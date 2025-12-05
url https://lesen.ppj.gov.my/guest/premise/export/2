--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -12,11822 +12,12428 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3926">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4128">
   <si>
     <t>Senarai Premis</t>
   </si>
   <si>
     <t>Bil</t>
   </si>
   <si>
     <t>Nama Komersil</t>
   </si>
   <si>
     <t>Alamat Premis</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>KOPRIMA TRAVEL</t>
+  </si>
+  <si>
+    <t>NO21B, JALAN DIPLOMATIK P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>DANDY LAUNDRY</t>
+  </si>
+  <si>
+    <t>NO 1,JALAN TEMPUA P9 B/1,74,PRESINT 9,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>NO. 3A, JALAN P9 B1/2, PRESINT 9</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>ADIB LAUNDRY</t>
+  </si>
+  <si>
+    <t>BLOK D, PERUMAHAN PENJAWAT AWAM FASA 5R4, JALAN P5 A/5</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>ANTARA UNGGUL ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT KEDAI NO. K01, JALAN P11, PRESINT 11</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>FARMASI LP SDN BHD</t>
+  </si>
+  <si>
+    <t>KEDAI 2, ARAS 3, INSTITUT KANSER NEGARA, JALAN P7, PRESINT 7, 62250 PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>NASRUN MAJU RESOURCES</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G13, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>ALI'S ICE CREAM GULA APONG</t>
+  </si>
+  <si>
+    <t>NO.2, JALAN PAHANG, PRESINT 15</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>KURUNG MELAYU ASLI TRAVEL &amp; TOURS SDN. BHD.</t>
+  </si>
+  <si>
+    <t>D-1-6, AYER@8, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>KHAIRUL ANUAR</t>
+  </si>
+  <si>
+    <t>NO. 11A,JALAN JATI BUKIT P11/25,PRESINT 11,62300,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>KOPERASI SURUHANJAYA PENCEGAHAN RASUAH MALAYSIA BHD.</t>
+  </si>
+  <si>
+    <t>KEDAI SERBANEKA, LEBUH WAWASAN, PRESINT 7</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>MENTROL MARINE SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. 11B, JALAN JATI BUKIT P11/25, PRESINT 11</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>CHEF EWAN CAFE</t>
+  </si>
+  <si>
+    <t>NO G12, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>NHR UNITED RESOURCES</t>
+  </si>
+  <si>
+    <t>LOT 1 KAFETERIA, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>BAHAR BIN HURMIN</t>
+  </si>
+  <si>
+    <t>LOT G14 (ARAS ATAS), MEDAN SELERA, JALAN PC,PRESINT 8</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>SHARIFAH KITCHEN</t>
+  </si>
+  <si>
+    <t>GERAI NO. 4, KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>BIG BAZAAR RETAIL SDN BHD</t>
+  </si>
+  <si>
+    <t>NO 26, 25, 24 BAZAAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>PRINT8</t>
+  </si>
+  <si>
+    <t>NO.14 TINGKAT ATAS PASAR AWAM, JALAN P8 D, PRESINT 8</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>SIERRAFORCE PROTECTION SDN BHD</t>
+  </si>
+  <si>
+    <t>NO 26A,JALAN P8G1,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>AM TO PM EDGE SDN BHD</t>
+  </si>
+  <si>
+    <t>C1-G-3A, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>ZUS COFFEE</t>
+  </si>
+  <si>
+    <t>MINIMART 1, KAFETERIA ARAS 1, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>LOT NO. 01 AND 02 (KIOSK), AYER@8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>UNIT A-G-R10 &amp; A-G-R11, BLOCK A, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>DIVERSIFIED RESEARCH SDN. BHD.</t>
+  </si>
+  <si>
+    <t>ARAS BAWAH BLOK UTARA, BANGUNAN PERBENDAHARAAN 2, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>U BOWL SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT NO. P01, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>PASAR RAYA TAFAZ MAJU</t>
+  </si>
+  <si>
+    <t>NO 3 JALAN MELINJAU, JALAN P11 E/1, PRESINT 11</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>BLOK A -T00-F1, JALAN P11E, PRESINT 11</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>NO. 4 &amp; 5, RUMAH KEDAI MAMPU MILIK, JALAN P9B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>CITY COIN TECHNOLOGY BERHAD</t>
+  </si>
+  <si>
+    <t>BLOK A-T00-U01, NO.1, JALAN P8C/2, PRESINT 8</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>COSMO RESTAURANTS SDN BHD</t>
+  </si>
+  <si>
+    <t>UNIT G-03 &amp; G-04, MENARA PERKESO PUTRAJAYA, NO. 6, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>NO. 16, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>ROTI BAHGDAD PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>LOT GERAI GI 04, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>TEXAS CHICKEN</t>
+  </si>
+  <si>
+    <t>CALTEX PUTRAJAYA, LOT 333, JALAN P8 H, PRESINT 8</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>LAUNDRYBAR</t>
+  </si>
+  <si>
+    <t>NO. 15, GROUND FLOOR BAZAR@8 JALAN SELUANG P8/7 PRESINT 8 62250 PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>HEALTH LANE FAMILY PHARMACY SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. 19, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>BAKARA RESOURCES</t>
+  </si>
+  <si>
+    <t>L02-88, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>MCT GLOBAL TOURS</t>
+  </si>
+  <si>
+    <t>L02-58, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>BOOST JUICE BARS</t>
+  </si>
+  <si>
+    <t>OS16, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>ETIQA FAMILY TAKAFUL BERHAD</t>
+  </si>
+  <si>
+    <t>NO. 15 &amp; 15A, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>BREAD HISTORY</t>
+  </si>
+  <si>
+    <t>LOT LG34, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>CZ ENERGY SDN BHD</t>
+  </si>
+  <si>
+    <t>T.01-U.05-1, JALAN P9 E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>JOM CUCI PPAM JINTAN</t>
+  </si>
+  <si>
+    <t>LOT 5, JALAN KANDIS P16, PRESINT 16</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>KOPIESATU</t>
+  </si>
+  <si>
+    <t>MS 10, JALAN P4 H, PRESINT 4</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>NHSAY ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO. 6-G, JALAN P11E/5, PRESINT 11 , 62300 PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>R.A.M TRAVEL &amp; TOURS SDN. BHD.</t>
+  </si>
+  <si>
+    <t>BLOK A-T02-U07, JALAN P8C/2, PRESINT 8</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>TADIKA MUKMIN BESTARI</t>
+  </si>
+  <si>
+    <t>N0.6, JALAN P16 G, PRESINT 16</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>ORION APOTHEC SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT A2-G-5A, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>NASI KUKUS WARISAN AMBO</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO.G01, MEDAN SELERA P8, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>NASI AYAM BEREMPAH SUP MELETOP</t>
+  </si>
+  <si>
+    <t>3 LOT PT 12305, FOOD VALET PUTRAJAYA, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>MUTIARA HIDAYAH RESOURCES</t>
+  </si>
+  <si>
+    <t>LOT GERAI MINUMAN, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>GERBANG ALAF RESTAURANTS SDN. BHD.</t>
+  </si>
+  <si>
+    <t>LOT 7 (2M1), JALAN P2N, PRESINT 2</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>PRIMER CAPITAL SDN BHD</t>
+  </si>
+  <si>
+    <t>No. 20, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>GARUD SECURITY</t>
+  </si>
+  <si>
+    <t>D-03-05, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>KOPERASI KOSWIP MALAYSIA BERHAD</t>
+  </si>
+  <si>
+    <t>BLOK A-T01-U08, JALAN P8 C/2, PRESINT 8</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>TADIKA VONAD SDN BHD</t>
+  </si>
+  <si>
+    <t>PUSAT KOMUNITI, KUARTERS KEDIAMAN KAKITANGAN AWAM, FASA 7, JALAN P9 C/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>ROZIATY</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH, JALAN P9F, PRESINT 9</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>NFINITY MUSCLE</t>
+  </si>
+  <si>
+    <t>NO.2B, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>THAI TOM YAM KUNG</t>
+  </si>
+  <si>
+    <t>NO. A1-G-5, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>DARUSSALAM SERVICES (M) SDN.BHD.</t>
+  </si>
+  <si>
+    <t>T.01-U4-1 &amp; T.01-U4-2, JALAN P9 E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>PASARAYA DARUSSALAM SDN. BHD.</t>
+  </si>
+  <si>
+    <t>LOT NO K02, KOMPLEKS TEMPAT LETAK KERETA BERTINGKAT, LINGKARAN GEMILANG SATU, PRESINT 4</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>T.00.U-6, JALAN P9 E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>RESTORAN DARUSSALAM SDN BHD</t>
+  </si>
+  <si>
+    <t>D-28 &amp; D-29, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>4, JALAN P9 E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>7 &amp; 8, JALAN P9 G/7, PRESINT 9</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>NEO ASSET SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. L02-42, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>MY HERO HYPERMARKET SDN. BHD.</t>
+  </si>
+  <si>
+    <t>LOT 3C5, JALAN TUN ABDUL RAZAK, PRESINT 3</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>TADIKA VONAD PRESINT 11</t>
+  </si>
+  <si>
+    <t>NO. 121, JALAN JATI BUKIT P11/4, PRESINT 11</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>KEDAI GUNTING RAMBUT</t>
+  </si>
+  <si>
+    <t>PUSAT KOMUNITI, KUARTERS KEDIAMAN KAKITANGAN AWAM, FASA 3, JALAN P9 G/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>D NELAYAN KITCHEN SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT C1-G-5 AYER@8, AYER@8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>RESTORAN MR. KABAB &amp; BIRYANI</t>
+  </si>
+  <si>
+    <t>NO. 38, 40, 42 &amp; 44, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>F J BENJAMIN (M) SDN BHD</t>
+  </si>
+  <si>
+    <t>LG 49 &amp; LG 50, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>HAIM TECH ENGINEERING</t>
+  </si>
+  <si>
+    <t>NO. 55C ROOM 1, JALAN DIPLOMATIK P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>TURBO BY TOMAZ</t>
+  </si>
+  <si>
+    <t>LOT LG53, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>MHV HOLDINGS SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. 22A (ROOM 3), JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>DAPUR GEPUK &amp; MASAKAN PANAS</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. 3, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>BERSIH BUMI SDN BHD</t>
+  </si>
+  <si>
+    <t>TAPAK PARK &amp; RIDE, JALAN P14L, PRESINT 14</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>TADIKA MUHAMMAD AL FATEH</t>
+  </si>
+  <si>
+    <t>16, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>DAYANG SARAWAK CORNER CAFE</t>
+  </si>
+  <si>
+    <t>NO 2, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>M.A. BASIR</t>
+  </si>
+  <si>
+    <t>RUANG KEDAI RUNCIT BLOK B, KUARTERS KEDIAMAN KAKITANGAN AWAM ZON 4A, JALAN P11 J, PRESINT 11</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>AL - FIRDOUS WHOLESALE SDN BHD</t>
+  </si>
+  <si>
+    <t>NO 6, JALAN PAHANG, PRESINT 15</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>Z' CAFE</t>
+  </si>
+  <si>
+    <t>RUANG KAFETERIA, PUSAT KOMUNITI KUARTERS JENIS APARTMENT FASA 11, JALAN P9 F, PRESINT 9</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>DACO PETSMART SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO. 91, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>GHILANI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO. 20A, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>JUNGLEBOOK SDN BHD</t>
+  </si>
+  <si>
+    <t>NO 15, 16 &amp; 17, JALAN P4 W, PRESINT 4</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>CHAKRI PALACE THAI ROYAL</t>
+  </si>
+  <si>
+    <t>LOT G50, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>COSMO GOODNESS MALAYSIA SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO. 36, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>TASKA VONAD SDN BHD</t>
+  </si>
+  <si>
+    <t>RUANG BILIK BACAAN, JALAN P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>RUANG TASKA, BLOK B, JALAN P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>KOPERASI PEGAWAI-PEGAWAI MELAYU JABATAN PERTANIAN BERHAD</t>
+  </si>
+  <si>
+    <t>NO. 21A, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>QAUSAR BINAHARTA SDN BHD</t>
+  </si>
+  <si>
+    <t>L02-73, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>SCIENOTECH SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. C-T.02-U05, C-T.02-U.06, C-T.01-U.06, JALAN P8 C/1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>EYEZ OPTOMETRY HOLDINGS SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO. 16, JALAN PAHANG, PRESINT 15</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>202303116416</t>
+  </si>
+  <si>
+    <t>LOT S2, JALAN SENTRAL P7, PRESINT 7</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>ME MALL SOLUTION</t>
+  </si>
+  <si>
+    <t>LOT S1, JALAN SENTRAL P7, PRESINT 7</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>99 SPEED MART SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO. 22 &amp; 24, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>NO. 6 &amp; 7, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>NO. 6 &amp; 7, JALAN JATI BUKIT P11/25, PRESINT 11</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>T.00-U.01, NO. 1, JALAN P9 E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>DOMMAL FOOD SERVICES SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO.3, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>CB FRANCHISING SDN BHD</t>
+  </si>
+  <si>
+    <t>48, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>MATRAZ ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO 35, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>NO. 31,JALAN INDUSTRI PUTRA 1,PRESINT 14,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>KIDS CASTLE</t>
+  </si>
+  <si>
+    <t>LOT TASKA DAN TADIKA, PPAM SADERI, JALAN P16, PRESINT 16</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>BERJAYA STARBUCKS COFFEE COMPANY (M) SDN BHD</t>
+  </si>
+  <si>
+    <t>G-K02, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>SULAINI</t>
+  </si>
+  <si>
+    <t>LOT S8, JALAN SENTRAL P7, PRESINT 7</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>AF BAMBOO BARBERSHOP</t>
+  </si>
+  <si>
+    <t>NO. 1A, JALAN P11 E/1, PRESINT 11</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>EZ ADVANCED CONCEPT</t>
+  </si>
+  <si>
+    <t>LOT G-015, JALAN MASJID PUTRA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>GUARDIAN HEALTH AND BEAUTY SDN. BHD.</t>
+  </si>
+  <si>
+    <t>BLOCK C-T00-U01, NO. 1, JALAN P8D, PRESINT 8</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>RNL ENTERPRISE</t>
+  </si>
+  <si>
+    <t>5A &amp; 5B LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>VILLAGE BAKERY</t>
+  </si>
+  <si>
+    <t>LOT 3, JALAN P17, PRESINT 17</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
     <t>1901</t>
   </si>
   <si>
     <t>LOT S5, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>2</t>
+    <t>113</t>
   </si>
   <si>
     <t>JV GELIGA TRANSMISI RESOURCES</t>
   </si>
   <si>
     <t>NO. 4, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>3</t>
+    <t>114</t>
   </si>
   <si>
     <t>GLORIA JEANS COFFEE PARCEL F</t>
   </si>
   <si>
     <t>LOT FF3, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>4</t>
+    <t>115</t>
   </si>
   <si>
     <t>SEKOLAH AL-FAIZEEN</t>
   </si>
   <si>
     <t>1, 1A, 2A, 3A &amp; 4A, JALAN P18 F, PRESINT 18</t>
   </si>
   <si>
-    <t>5</t>
+    <t>116</t>
   </si>
   <si>
     <t>MAT ROCK AYAM GORENG KUNYIT</t>
   </si>
   <si>
     <t>NO. 10, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>6</t>
+    <t>117</t>
   </si>
   <si>
     <t>KK SUPERMART &amp; SUPERSTORE SDN BHD</t>
   </si>
   <si>
     <t>C-01-21, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>7</t>
+    <t>118</t>
   </si>
   <si>
     <t>MEGASOLVE SDN BHD</t>
   </si>
   <si>
     <t>NO.53A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>8</t>
+    <t>119</t>
+  </si>
+  <si>
+    <t>CILI KAMPUNG RESTAURANT SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT G91, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>120</t>
   </si>
   <si>
     <t>KAFE JALUR BERINGIN</t>
   </si>
   <si>
     <t>B-G-R15, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>9</t>
+    <t>121</t>
   </si>
   <si>
     <t>SOLARIS ONE ENTERPRISE</t>
   </si>
   <si>
     <t>PUSAT KOMUNITI PANGSAPURI FASA 3, JALAN P9 G, PRESINT 9</t>
   </si>
   <si>
-    <t>10</t>
+    <t>122</t>
+  </si>
+  <si>
+    <t>DAUS TAILOR SHOP</t>
+  </si>
+  <si>
+    <t>LOT KEDAI NO. K02, KOMPLEKS KEJIRANAN PRESINT 16, JALAN P16 D/1, PRESINT 16</t>
+  </si>
+  <si>
+    <t>123</t>
   </si>
   <si>
     <t>MEELA - HIDANGAN CINA MUSLIM LANZHOU MI TARIK</t>
   </si>
   <si>
     <t>2 LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>11</t>
+    <t>124</t>
   </si>
   <si>
     <t>SING KENG HENG SDN BHD</t>
   </si>
   <si>
     <t>NO.95, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>12</t>
+    <t>125</t>
   </si>
   <si>
     <t>SAKINAH</t>
   </si>
   <si>
     <t>NO. C1-G-01, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>13</t>
+    <t>126</t>
   </si>
   <si>
     <t>ORLIN ACADEMY SDN BHD</t>
   </si>
   <si>
     <t>10A,10B &amp; 12A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>14</t>
-[...2 lines deleted...]
-    <t>DOMMAL FOOD SERVICES SDN. BHD.</t>
+    <t>127</t>
   </si>
   <si>
     <t>BLOK C, T00-U06, JALAN P8C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>15</t>
+    <t>128</t>
   </si>
   <si>
     <t>BRISTOL LAUNDERETTE ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 62, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>16</t>
+    <t>129</t>
   </si>
   <si>
     <t>MIRLIA BRANDS ENTERPRISE</t>
   </si>
   <si>
     <t>UNIT 6, JALAN VENNA P5/2, PRESINT 5</t>
   </si>
   <si>
-    <t>17</t>
+    <t>130</t>
   </si>
   <si>
     <t>MAP ACTIVE MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG83, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>18</t>
+    <t>131</t>
   </si>
   <si>
     <t>BULLION TRADE CENTRE</t>
   </si>
   <si>
     <t>NO. 22A (ROOM 1), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>19</t>
+    <t>132</t>
   </si>
   <si>
     <t>NO. 70, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>20</t>
+    <t>133</t>
   </si>
   <si>
     <t>ROZAIMI OPTOMETRIST SDN. BHD.</t>
   </si>
   <si>
     <t>NO.19, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>21</t>
+    <t>134</t>
   </si>
   <si>
     <t>LIANGXINSPA SDN. BHD.</t>
   </si>
   <si>
     <t>11A, 11B, 11C, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>22</t>
+    <t>135</t>
   </si>
   <si>
     <t>BANK SIMPANAN NASIONAL</t>
   </si>
   <si>
-    <t>ARAS BAWAH BLOK UTARA, BANGUNAN PERBENDAHARAAN 2, PERSIARAN PERDANA, PRESINT 2</t>
-[...2 lines deleted...]
-    <t>23</t>
+    <t>136</t>
   </si>
   <si>
     <t>VCARE PHARMACY</t>
   </si>
   <si>
     <t>NO.5-LG, JALAN P16/1, PRESINT 16</t>
   </si>
   <si>
-    <t>24</t>
+    <t>137</t>
   </si>
   <si>
     <t>NASI KANDAR UTARA</t>
   </si>
   <si>
     <t>LOT R34, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>25</t>
+    <t>138</t>
   </si>
   <si>
     <t>MR CHEF A.H. KITCHEN ENTERPRISE</t>
   </si>
   <si>
     <t>KAFETERIA, BLOK 3, JALAN P11 H/7, PRESINT 11</t>
   </si>
   <si>
-    <t>26</t>
+    <t>139</t>
   </si>
   <si>
     <t>RK WESTERN</t>
   </si>
   <si>
     <t>NO.8, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>27</t>
+    <t>140</t>
   </si>
   <si>
     <t>TASKA KASIH TOK MI</t>
   </si>
   <si>
     <t>BLOK E12, KOMPLEKS E, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>28</t>
+    <t>141</t>
   </si>
   <si>
     <t>KEMENTERIAN PEMBANGUNAN USAHAWAN, BLOK E4/5, KOMPLEKS E, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>29</t>
+    <t>142</t>
   </si>
   <si>
     <t>ALLIANCE CREATIVE</t>
   </si>
   <si>
     <t>L02-92, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>30</t>
+    <t>143</t>
   </si>
   <si>
     <t>GERAI NO .6 MEDAN SELERA PRESINT 16</t>
   </si>
   <si>
     <t>G06,JALAN P16G,182,PRESINT 16,62150,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>31</t>
+    <t>144</t>
+  </si>
+  <si>
+    <t>MYCU RETAIL SDN BHD</t>
+  </si>
+  <si>
+    <t>KAFETERIA HOSPITAL PUTRAJAYA, JALAN P7, PRESINT 7</t>
+  </si>
+  <si>
+    <t>145</t>
   </si>
   <si>
     <t>UNA CROP</t>
   </si>
   <si>
     <t>NO. 3B, JALAN KEDAH, PRESINT 15, PRESINT 15</t>
   </si>
   <si>
-    <t>32</t>
+    <t>146</t>
+  </si>
+  <si>
+    <t>SIFON FURNITURE CONCEPT SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. 6, 6A &amp; 6B, JALAN DIPLOMATIK 2, PRESINT 15</t>
+  </si>
+  <si>
+    <t>147</t>
   </si>
   <si>
     <t>INOVASI BUMI SDN. BHD.</t>
   </si>
   <si>
     <t>NO.32, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>33</t>
+    <t>148</t>
   </si>
   <si>
     <t>TASKA KREATIF KAMPUS</t>
   </si>
   <si>
     <t>NO. 2, JALAN P9 G1/1, PRESINT 9</t>
   </si>
   <si>
-    <t>34</t>
+    <t>149</t>
   </si>
   <si>
     <t>BRO'S BARBERSHOP</t>
   </si>
   <si>
     <t>LOT 5, JALAN KASTURI, PRESINT 17</t>
   </si>
   <si>
-    <t>35</t>
+    <t>150</t>
   </si>
   <si>
     <t>NASI KANDAR SULAIMAN SIGNATURE</t>
   </si>
   <si>
     <t>NO. 2, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>36</t>
+    <t>151</t>
   </si>
   <si>
     <t>HAPPY POTATO</t>
   </si>
   <si>
     <t>PT1442 PETRONAS PRESINT 9,62000 WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>37</t>
+    <t>152</t>
+  </si>
+  <si>
+    <t>BUAR</t>
+  </si>
+  <si>
+    <t>PIER 2A, JALAN KOMPLEKS PERDANA PUTRA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>153</t>
   </si>
   <si>
     <t>YIE HAIR STYLO</t>
   </si>
   <si>
     <t>KEDAI 1, JALAN P17, PRESINT 17</t>
   </si>
   <si>
-    <t>38</t>
+    <t>154</t>
   </si>
   <si>
     <t>PACAK ENTERPRISE</t>
   </si>
   <si>
     <t>NO 9, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>39</t>
+    <t>155</t>
   </si>
   <si>
     <t>TASKA SINARAN KASIH DUA</t>
   </si>
   <si>
     <t>LOT TASKA, LEBUH BESTARI, PRESINT 17</t>
   </si>
   <si>
-    <t>40</t>
+    <t>156</t>
   </si>
   <si>
     <t>AMR SOLUTION RESOURCES</t>
   </si>
   <si>
     <t>NO. 7, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>41</t>
+    <t>157</t>
   </si>
   <si>
     <t>ALAMANDA SHOPPING CENTRE</t>
   </si>
   <si>
     <t>LOT LG77, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>42</t>
+    <t>158</t>
   </si>
   <si>
     <t>EITIST SDN BHD</t>
   </si>
   <si>
     <t>32B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>43</t>
+    <t>159</t>
   </si>
   <si>
     <t>TFG CHILD CARE CENTRE</t>
   </si>
   <si>
     <t>NO. 12, JALAN P11 F/14, PRESINT 11</t>
   </si>
   <si>
-    <t>44</t>
+    <t>160</t>
   </si>
   <si>
     <t>NO. 8, JALAN P11 F/15, PRESINT 11</t>
   </si>
   <si>
-    <t>45</t>
+    <t>161</t>
   </si>
   <si>
     <t>NO. 1, JALAN P11 F/15, PRESINT 11</t>
   </si>
   <si>
-    <t>46</t>
+    <t>162</t>
   </si>
   <si>
     <t>(NASYRUL QURAN)</t>
   </si>
   <si>
     <t>NO.1, KOMPLEKS NASYRUL QURAN, JALAN P14 J</t>
   </si>
   <si>
-    <t>47</t>
+    <t>163</t>
   </si>
   <si>
     <t>SYSF ENTERPRISE</t>
   </si>
   <si>
     <t>GERAI NO. 4, RUANG KAFETERIA, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>48</t>
+    <t>164</t>
   </si>
   <si>
     <t>CHOOCHII CAR WASH &amp; DETAILING</t>
   </si>
   <si>
     <t>B2-014 &amp; B2-015, CAR PARK, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>49</t>
+    <t>165</t>
   </si>
   <si>
     <t>THINKING FOOD SERVICE SDN. BHD.</t>
   </si>
   <si>
     <t>UNIT B-G-R19, BLOK B, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>50</t>
+    <t>166</t>
   </si>
   <si>
     <t>HARMONY THERAPY CENTRE</t>
   </si>
   <si>
     <t>LOT KEDAI NO. K06, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>51</t>
+    <t>167</t>
   </si>
   <si>
     <t>KAFA AL AMIN ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 2A &amp; 4A, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>52</t>
+    <t>168</t>
   </si>
   <si>
     <t>MADAH</t>
   </si>
   <si>
     <t>NO. 20, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>53</t>
+    <t>169</t>
   </si>
   <si>
     <t>KAK IMAH</t>
   </si>
   <si>
     <t>17A, PUSAT KOMERSIAL PUTRA HARMONI, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>54</t>
+    <t>170</t>
   </si>
   <si>
     <t>APPLE GREEN PHARMACY</t>
   </si>
   <si>
     <t>L02-82, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>55</t>
+    <t>171</t>
   </si>
   <si>
     <t>D LAILA KITCHEN</t>
   </si>
   <si>
     <t>G04, MEDAN SELERA PRESINT 16, JALAN P16</t>
   </si>
   <si>
-    <t>56</t>
+    <t>172</t>
   </si>
   <si>
     <t>NASKEN INTERNATIONAL SDN BHD</t>
   </si>
   <si>
     <t>GF &amp; 1, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>57</t>
+    <t>173</t>
   </si>
   <si>
     <t>TBC ELEKTRIK SDN BHD</t>
   </si>
   <si>
     <t>NO. 92, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>58</t>
+    <t>174</t>
   </si>
   <si>
     <t>AZDPRO GLOBAL NETWORK SDN BHD</t>
   </si>
   <si>
     <t>LOT KAFETERIA, PODIUM 3, MENARA PETRA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>59</t>
+    <t>175</t>
   </si>
   <si>
     <t>HONG KONG SASA (M) SDN. BHD.</t>
   </si>
   <si>
     <t>LG 61, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>60</t>
+    <t>176</t>
   </si>
   <si>
     <t>HANIYA MART</t>
   </si>
   <si>
     <t>T00-U02, KUARTERS JENIS PANGSAPURI FASA 18R4, JALAN P18 J, PRESINT 18</t>
   </si>
   <si>
-    <t>61</t>
+    <t>177</t>
   </si>
   <si>
     <t>NUZUL SERVICES SDN BHD</t>
   </si>
   <si>
     <t>100A, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>62</t>
+    <t>178</t>
+  </si>
+  <si>
+    <t>7-ELEVEN MALAYSIA SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT NWR-2, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>LOT 333, JALAN P8H, PRESINT 8</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>A-5 (GF), BLOCK A, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>NO. 5 (GF), JALAN JATI BUKIT P11/25, PRESINT 11</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>SH 6, JALAN P9B/1A, PRESINT 9</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>BLOK C-T.00-U.08 (GF), JALAN P8C/1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>184</t>
   </si>
   <si>
     <t>REST N GO APP SDN BHD</t>
   </si>
   <si>
     <t>C-005, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>63</t>
-[...2 lines deleted...]
-    <t>64</t>
+    <t>185</t>
+  </si>
+  <si>
+    <t>186</t>
   </si>
   <si>
     <t>RESTORAN AL-MALEK</t>
   </si>
   <si>
     <t>G-01, JALAN TEJA P18B, PRESINT 18</t>
   </si>
   <si>
-    <t>65</t>
+    <t>187</t>
   </si>
   <si>
     <t>LUMUT HATI</t>
   </si>
   <si>
     <t>UNIT 7, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>66</t>
+    <t>188</t>
   </si>
   <si>
     <t>AIRSTAR (M) SDN BHD</t>
   </si>
   <si>
     <t>Z1-08-03, BLOK Z1, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>67</t>
+    <t>189</t>
   </si>
   <si>
     <t>ANS STATION</t>
   </si>
   <si>
     <t>KAFETERIA CA-5, BLOK 2, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>68</t>
+    <t>190</t>
   </si>
   <si>
     <t>WAWASAN MART</t>
   </si>
   <si>
     <t>NO. 2, LOT KEDAI, JALAN P11 E/1, PRESINT 11</t>
   </si>
   <si>
-    <t>69</t>
+    <t>191</t>
   </si>
   <si>
     <t>6-1 BLOK 6, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>70</t>
+    <t>192</t>
   </si>
   <si>
     <t>RIZA RIZKI</t>
   </si>
   <si>
     <t>LOT NO.5, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>71</t>
+    <t>193</t>
   </si>
   <si>
     <t>PYROFORCE RESOURCES SDN BHD</t>
   </si>
   <si>
     <t>NO. 51, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>72</t>
+    <t>194</t>
   </si>
   <si>
     <t>USHAMAX RESOURCES PLT</t>
   </si>
   <si>
-    <t>73</t>
+    <t>195</t>
   </si>
   <si>
     <t>MYFARM OUTLET</t>
   </si>
   <si>
     <t>PH 4, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>74</t>
+    <t>196</t>
   </si>
   <si>
     <t>THE HEALER CRIB</t>
   </si>
   <si>
     <t>NO. 18A, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>75</t>
+    <t>197</t>
   </si>
   <si>
     <t>KAFE CHE ANI</t>
   </si>
   <si>
     <t>KEDAI NO. 1, BLOK B, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>76</t>
+    <t>198</t>
   </si>
   <si>
     <t>FIRAS ALIYAN CEKAL ENTERPRISE</t>
   </si>
   <si>
     <t>GERAI NO G24, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>77</t>
+    <t>199</t>
   </si>
   <si>
     <t>BUSINESS MANAGEMENT &amp; SERVICES FOR MM2H</t>
   </si>
   <si>
     <t>NO.L02-43, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>78</t>
+    <t>200</t>
   </si>
   <si>
     <t>SHAH</t>
   </si>
   <si>
     <t>NO.L02-43, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>79</t>
+    <t>201</t>
   </si>
   <si>
     <t>AKADEMI NILA PAHLAWAN RESOURCES</t>
   </si>
   <si>
     <t>NO. 4A, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>80</t>
+    <t>202</t>
   </si>
   <si>
     <t>MEDIFLEXX</t>
   </si>
   <si>
     <t>L02-76, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>81</t>
+    <t>203</t>
   </si>
   <si>
     <t>L02-67, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>82</t>
+    <t>204</t>
   </si>
   <si>
     <t>CROSSMOVE ADVENTURE</t>
   </si>
   <si>
     <t>LOT KIOS NO. 01, KOMPLEKS SUKAN MENDAKI TEMBOK TIRUAN, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>83</t>
+    <t>205</t>
   </si>
   <si>
     <t>FADA RESOURCES</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 16(2), JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>84</t>
+    <t>206</t>
   </si>
   <si>
     <t>SAVOURY FISH</t>
   </si>
   <si>
     <t>STALL 11, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>85</t>
+    <t>207</t>
   </si>
   <si>
     <t>MIEQA FAMILY ENTERPRISE</t>
   </si>
   <si>
     <t>KAFETERIA CA-2, BLOK 2, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>86</t>
+    <t>208</t>
   </si>
   <si>
     <t>MAMA SIZZLING AND GRILL</t>
   </si>
   <si>
     <t>MS 3, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>87</t>
+    <t>209</t>
   </si>
   <si>
     <t>PERANTAU GLOBAL RESOURCES</t>
   </si>
   <si>
     <t>MS 9, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>88</t>
+    <t>210</t>
   </si>
   <si>
     <t>SETIA PUTRAJAYA DEVELOPMENT SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 5, 5A, 5B, 5C, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>89</t>
+    <t>211</t>
   </si>
   <si>
     <t>ORENG ACADEMY SDN BHD</t>
   </si>
   <si>
     <t>D-2-8, JALAN P8G 8C1, PRESINT 8</t>
   </si>
   <si>
-    <t>90</t>
+    <t>212</t>
   </si>
   <si>
     <t>AFFENDY JAYA ENTERPRISE</t>
   </si>
   <si>
     <t>KAFETERIA CA-3, BLOK 2, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>91</t>
+    <t>213</t>
   </si>
   <si>
     <t>SELERA DESA</t>
   </si>
   <si>
     <t>NO.G02, JALAN P9 E, PRESINT 9</t>
   </si>
   <si>
-    <t>92</t>
+    <t>214</t>
   </si>
   <si>
     <t>RSMY BANGI BEST CHEESE NAAN</t>
   </si>
   <si>
     <t>NO. 110, LOT KOMERSIL NADI@15, JALAN DIPLOMATIK 1, PRESINT 15</t>
   </si>
   <si>
-    <t>93</t>
+    <t>215</t>
   </si>
   <si>
     <t>TADIKA INTEGRASI MUTIARA</t>
   </si>
   <si>
     <t>2-1 &amp; 3-1, JALAN P16/1, PRESINT 16</t>
   </si>
   <si>
-    <t>94</t>
+    <t>216</t>
   </si>
   <si>
     <t>AGRO FRESH</t>
   </si>
   <si>
     <t>PH 6, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>95</t>
+    <t>217</t>
   </si>
   <si>
     <t>WORLDBAY NETWORK SYSTEM SDN BHD</t>
   </si>
   <si>
     <t>L1-55, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>96</t>
+    <t>218</t>
   </si>
   <si>
     <t>DAASH CONSTRUCTIONS SDN BHD</t>
   </si>
   <si>
     <t>NO. 73A, PRESINT DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>97</t>
+    <t>219</t>
   </si>
   <si>
     <t>TEGUH MEDEVA SDN BHD</t>
   </si>
   <si>
     <t>L02-49, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>98</t>
+    <t>220</t>
   </si>
   <si>
     <t>TEGUH MAMPAN SDN BHD</t>
   </si>
   <si>
     <t>L02-56, LEVEL 2,JALAN ALAMANDA,144,PRESINT 1,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>99</t>
+    <t>221</t>
   </si>
   <si>
     <t>GELANGGANG PUTRAJAYA</t>
   </si>
   <si>
     <t>L02-15, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>100</t>
+    <t>222</t>
   </si>
   <si>
     <t>REZEKI SYA ENTERPRISE</t>
   </si>
   <si>
-    <t>L02-73, JALAN ALAMANDA, PRESINT 1</t>
-[...2 lines deleted...]
-    <t>101</t>
+    <t>223</t>
   </si>
   <si>
     <t>ADIDAS (MALAYSIA) SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG81 &amp; LG82,ALAMANDA PUTRAJAYA SHOPPING CENTRE,JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>102</t>
+    <t>224</t>
   </si>
   <si>
     <t>PERNIAGAAN CNAR ILAHI</t>
   </si>
   <si>
     <t>MS 6, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>103</t>
+    <t>225</t>
   </si>
   <si>
     <t>AIMY FALISYA</t>
   </si>
   <si>
     <t>MS 4, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>104</t>
+    <t>226</t>
   </si>
   <si>
     <t>YAZEER</t>
   </si>
   <si>
     <t>C-G-02, BLOK C PANGSAPURI PUTRA DAMAI, JALAN P11 G, PRESINT 11</t>
   </si>
   <si>
-    <t>105</t>
+    <t>227</t>
   </si>
   <si>
     <t>MAGICA PICC SDN. BHD.</t>
   </si>
   <si>
     <t>POT PAN HALL, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>106</t>
+    <t>228</t>
   </si>
   <si>
     <t>QUMUNIKA SDN BHD</t>
   </si>
   <si>
     <t>NO. 55C (R4), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>107</t>
+    <t>229</t>
   </si>
   <si>
     <t>EMPIRE SUSHI SDN BHD</t>
   </si>
   <si>
     <t>STLG18, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>108</t>
+    <t>230</t>
   </si>
   <si>
     <t>MR MUSASHI</t>
   </si>
   <si>
     <t>NO. 19, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>109</t>
+    <t>231</t>
   </si>
   <si>
     <t>PERODUA SALES SDN BHD</t>
   </si>
   <si>
     <t>LOT 24, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>110</t>
+    <t>232</t>
   </si>
   <si>
     <t>YORI MART</t>
   </si>
   <si>
     <t>B1-G-1, RESIDENSI FLORA ROSA, JALAN P11J, PRESINT 11</t>
   </si>
   <si>
-    <t>111</t>
+    <t>233</t>
   </si>
   <si>
     <t>ERA KENANGAN INDAH SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 7A, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>112</t>
+    <t>234</t>
   </si>
   <si>
     <t>FINA</t>
   </si>
   <si>
     <t>NO. 13, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>113</t>
+    <t>235</t>
   </si>
   <si>
     <t>HAMIZAH</t>
   </si>
   <si>
     <t>KAFETERIA, KEMENTERIAN PEMBANGUNAN USAHAWAN DAN KOPERASI (KUSKOP), BLOK E4/5, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>114</t>
+    <t>236</t>
   </si>
   <si>
     <t>HHR BERSATU ENTERPRISE</t>
   </si>
   <si>
     <t>LOT A, JALAN P18 C, PRESINT 18</t>
   </si>
   <si>
-    <t>115</t>
+    <t>237</t>
   </si>
   <si>
     <t>SMART READER KIDS</t>
   </si>
   <si>
     <t>NO.81A, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>116</t>
+    <t>238</t>
   </si>
   <si>
     <t>RESTORAN AYAM KAMPUNG L &amp; D</t>
   </si>
   <si>
     <t>GERAI NO. 4, RUANG KAFETERIA, MENARA SERI WILAYAH, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>117</t>
+    <t>239</t>
   </si>
   <si>
     <t>THL VILLAGE KITCHEN</t>
   </si>
   <si>
     <t>LOT LG-08, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>118</t>
+    <t>240</t>
   </si>
   <si>
     <t>FA STATIONERY &amp; PRINTING CENTRE</t>
   </si>
   <si>
     <t>LOT KEDAI MAKAN KETUMBAR, JALAN P17 B, PRESINT 17</t>
   </si>
   <si>
-    <t>119</t>
+    <t>241</t>
   </si>
   <si>
     <t>EMPAYAR RAZALI TRAVEL &amp; TOURS SDN. BHD.</t>
   </si>
   <si>
     <t>D-1-7, BLOK D, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>120</t>
+    <t>242</t>
   </si>
   <si>
     <t>IBUNDA CARE SERVICES</t>
   </si>
   <si>
     <t>STESEN FRANCAIS 7, KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>121</t>
+    <t>243</t>
   </si>
   <si>
     <t>CIK FARAH HAFIZAN BINTI ZUWAWI</t>
   </si>
   <si>
     <t>STALL 4, FOOD COURT, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>122</t>
+    <t>244</t>
   </si>
   <si>
     <t>MARNET ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G03 (BERHADAPAN KEMENTERIAN KEWANGAN MALAYSIA), PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>123</t>
+    <t>245</t>
   </si>
   <si>
     <t>TBS PLAYSCHOOL &amp; PRESCHOOL</t>
   </si>
   <si>
     <t>LOT TASKA, JALAN P17 B, PRESINT 17</t>
   </si>
   <si>
-    <t>124</t>
+    <t>246</t>
   </si>
   <si>
     <t>MAKCIK URUT MUSLIMAH SPA</t>
   </si>
   <si>
     <t>NO. 3, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>125</t>
+    <t>247</t>
   </si>
   <si>
     <t>HJ AZMI</t>
   </si>
   <si>
     <t>LOT KEDAI NO.K04, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>126</t>
+    <t>248</t>
   </si>
   <si>
     <t>SMART AND EASY LAUNDRY</t>
   </si>
   <si>
     <t>30, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>127</t>
+    <t>249</t>
   </si>
   <si>
     <t>QIU MART</t>
   </si>
   <si>
     <t>G-02, JALAN TEJA P18B, PRESINT 18</t>
   </si>
   <si>
-    <t>128</t>
+    <t>250</t>
   </si>
   <si>
     <t>NAAH GLOBAL RESOURCES</t>
   </si>
   <si>
     <t>RETAIL 1, NO. 2, BLOK B2,, JALAN P11J, PRESINT 11</t>
   </si>
   <si>
-    <t>129</t>
+    <t>251</t>
   </si>
   <si>
     <t>SIIKAT SPA PUTRAJAYA</t>
   </si>
   <si>
     <t>D-1-3A, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>130</t>
+    <t>252</t>
   </si>
   <si>
     <t>BEMED (PTJ) SDN. BHD.</t>
   </si>
   <si>
     <t>NO 36, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>131</t>
+    <t>253</t>
   </si>
   <si>
     <t>PAK NGAH RAMAISUKA ENTERPRISE</t>
   </si>
   <si>
     <t>STALL 2, FOOD COURT, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>132</t>
+    <t>254</t>
   </si>
   <si>
     <t>GLASSHOPPER</t>
   </si>
   <si>
     <t>BANGUNAN SKELETON HOUSE, TAMAN BOTANI, LEBUH PERDANA BARAT, PRESINT 1</t>
   </si>
   <si>
-    <t>133</t>
+    <t>255</t>
   </si>
   <si>
     <t>MICFRONT PUTRAJAYA</t>
   </si>
   <si>
     <t>12A, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>134</t>
+    <t>256</t>
   </si>
   <si>
     <t>ROOLLIN RICH ENTERPRISE</t>
   </si>
   <si>
     <t>LOT KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>135</t>
+    <t>257</t>
   </si>
   <si>
     <t>MASTERCRAFT M&amp;E CONSTRUCTION</t>
   </si>
   <si>
     <t>NO. 45, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>136</t>
+    <t>258</t>
   </si>
   <si>
     <t>LIYANATAILOR</t>
   </si>
   <si>
     <t>NO. 31, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>137</t>
+    <t>259</t>
   </si>
   <si>
     <t>CAFYN COFFEE</t>
   </si>
   <si>
     <t>F1 (GF) LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>138</t>
+    <t>260</t>
   </si>
   <si>
     <t>YAPEIM HOLDINGS SDN.BHD.</t>
   </si>
   <si>
     <t>Z1-09-01, Z1-09-02, Z1-09-03, Z1-09-04, Z1-09-05, BLOK Z1, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>139</t>
+    <t>261</t>
   </si>
   <si>
     <t>BATIK STUDIO</t>
   </si>
   <si>
     <t>NO. 9A, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>140</t>
+    <t>262</t>
   </si>
   <si>
     <t>SITI KHADIJAH</t>
   </si>
   <si>
     <t>LOT G70 - G72, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>141</t>
+    <t>263</t>
   </si>
   <si>
     <t>NO. 8, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>142</t>
+    <t>264</t>
   </si>
   <si>
     <t>DUNKIN DONUTS</t>
   </si>
   <si>
     <t>LOT FF1, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>143</t>
+    <t>265</t>
   </si>
   <si>
     <t>SAS AUTO &amp; TYRE SDN. BHD</t>
   </si>
   <si>
     <t>NO. 53, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>144</t>
+    <t>266</t>
   </si>
   <si>
     <t>ZARANUR ZARADHIYA ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 56, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>145</t>
+    <t>267</t>
   </si>
   <si>
     <t>SMARTCO RETAIL COMMERCE SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG90 &amp; LG91, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>146</t>
+    <t>268</t>
   </si>
   <si>
     <t>THE GREEN PARTY</t>
   </si>
   <si>
     <t>LOT G02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>147</t>
+    <t>269</t>
   </si>
   <si>
     <t>ACUMINATA TRADING</t>
   </si>
   <si>
     <t>NO. 10, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>148</t>
+    <t>270</t>
   </si>
   <si>
     <t>BUSHRA</t>
   </si>
   <si>
     <t>UNIT L02-32, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>149</t>
+    <t>271</t>
   </si>
   <si>
     <t>BEEF ROTI</t>
   </si>
   <si>
     <t>STALL 13A, LOT G17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>150</t>
+    <t>272</t>
   </si>
   <si>
     <t>DETIK JITU SDN BHD</t>
   </si>
   <si>
     <t>31A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>151</t>
+    <t>273</t>
   </si>
   <si>
     <t>IKHLAS JAYA DEVELOPMENT SDN. BHD.</t>
   </si>
   <si>
-    <t>152</t>
+    <t>274</t>
   </si>
   <si>
     <t>KHASFULLAH ENTERPRISE</t>
   </si>
   <si>
-    <t>153</t>
+    <t>275</t>
   </si>
   <si>
     <t>KOPUDINA</t>
   </si>
   <si>
     <t>LOT KEDAI 1, PPAM PUDINA, JALAN KASTURI, PRESINT 17</t>
   </si>
   <si>
-    <t>154</t>
+    <t>276</t>
   </si>
   <si>
     <t>ISRAK OPTICAL SDN BHD</t>
   </si>
   <si>
     <t>NO. 78-G, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK</t>
   </si>
   <si>
-    <t>155</t>
+    <t>277</t>
   </si>
   <si>
     <t>PETRONAS AUTOEXPERT</t>
   </si>
   <si>
     <t>28, JALAN INDUSTRI PUTRA 1, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>156</t>
+    <t>278</t>
   </si>
   <si>
     <t>SCHOOL OF FLORAL DESIGN</t>
   </si>
   <si>
     <t>LOT 5, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>157</t>
+    <t>279</t>
   </si>
   <si>
     <t>TASKA NARIZAN</t>
   </si>
   <si>
     <t>NO. 51, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>158</t>
+    <t>280</t>
   </si>
   <si>
     <t>IB 63 FRUITS</t>
   </si>
   <si>
     <t>PH 8, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>159</t>
+    <t>281</t>
   </si>
   <si>
     <t>RAFA MART</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA, BLOK C3, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>160</t>
+    <t>282</t>
   </si>
   <si>
     <t>HH GO FRESH</t>
   </si>
   <si>
     <t>PH 2, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>161</t>
+    <t>283</t>
   </si>
   <si>
     <t>NASI KANDAR NOSTALGIA</t>
   </si>
   <si>
     <t>KAFETERIA CA-7, BLOK 2, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>162</t>
+    <t>284</t>
   </si>
   <si>
     <t>TASKA SERI KANDI</t>
   </si>
   <si>
     <t>TASKA, BLOK PODIUM, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>163</t>
+    <t>285</t>
   </si>
   <si>
     <t>SQF DIVERSIFIED</t>
   </si>
   <si>
     <t>L02-110, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>164</t>
+    <t>286</t>
   </si>
   <si>
     <t>ANGGUN FLORIST AND EVENT</t>
   </si>
   <si>
     <t>UG-18, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>165</t>
+    <t>287</t>
   </si>
   <si>
     <t>GENERASI BESTARI SDN BHD</t>
   </si>
   <si>
     <t>C1-LG-6, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>166</t>
+    <t>288</t>
   </si>
   <si>
     <t>COFY COFFEE</t>
   </si>
   <si>
     <t>KIOS MINUMAN, LOBI LOT 4G9, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>167</t>
+    <t>289</t>
   </si>
   <si>
     <t>MYKLNET SDN BHD</t>
   </si>
   <si>
     <t>NO. 6B, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>168</t>
+    <t>290</t>
   </si>
   <si>
     <t>CONVENTION &amp; EXHIBITION (PUTRAJAYA) SDN. BHD.</t>
   </si>
   <si>
     <t>CRUISE TASIK PUTRAJAYA, JETI PUTRAJAYA JAMBATAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>169</t>
+    <t>291</t>
   </si>
   <si>
     <t>TOMEI SIGNATURE SDN BHD</t>
   </si>
   <si>
     <t>LG64, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>170</t>
+    <t>292</t>
   </si>
   <si>
     <t>ECO-SHOP MARKETING BERHAD</t>
   </si>
   <si>
     <t>NO. 101, 101A, 103, 103A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>171</t>
+    <t>293</t>
   </si>
   <si>
     <t>KUALI WARISAN PUTRAJAYA</t>
   </si>
   <si>
     <t>M2, JALAN P4H, PRESINT 4</t>
   </si>
   <si>
-    <t>172</t>
+    <t>294</t>
   </si>
   <si>
     <t>KHAIRUL NAIM EMPIRE</t>
   </si>
   <si>
     <t>LOT GERAI NO. 1, BERHADAPAN MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>173</t>
+    <t>295</t>
   </si>
   <si>
     <t>AZRUL FRUIT ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. 2, BERHADAPAN MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>174</t>
+    <t>296</t>
   </si>
   <si>
     <t>AJC PROPERTY SURVEYORS SDN. BHD.</t>
   </si>
   <si>
     <t>NO.19A &amp; 19B, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>175</t>
+    <t>297</t>
   </si>
   <si>
     <t>JTB</t>
   </si>
   <si>
     <t>KEDAI GUNTING RAMBUT, PUSAT KOMUNITI, PERUMAHAN PENJAWAT AWAM FASA 1C, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>176</t>
+    <t>298</t>
   </si>
   <si>
     <t>HEGIRA</t>
   </si>
   <si>
     <t>LOT G73, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>177</t>
+    <t>299</t>
   </si>
   <si>
     <t>PERSATUAN PERUNDING HARTANAH MUSLIM MALAYSIA (PEHAM)</t>
   </si>
   <si>
     <t>32A, NADI 15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>178</t>
+    <t>300</t>
   </si>
   <si>
     <t>AYAM GEPUK EXPRESS PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 46, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>179</t>
+    <t>301</t>
   </si>
   <si>
     <t>RESTORAN AL NAZ MAJU SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 1 &amp; 2, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>180</t>
+    <t>302</t>
   </si>
   <si>
     <t>MEDINA BRAND</t>
   </si>
   <si>
     <t>JALAN DIPLOMATIK 2/2</t>
   </si>
   <si>
-    <t>181</t>
+    <t>303</t>
   </si>
   <si>
     <t>MIRACLE ALFAA ENTERPRISE</t>
   </si>
   <si>
     <t>PH 5, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>182</t>
+    <t>304</t>
   </si>
   <si>
     <t>FNJ UNICORN PLAYGROUND</t>
   </si>
   <si>
     <t>PS 12A &amp; B, IN FRONT OF COLD STORAGE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>183</t>
+    <t>305</t>
   </si>
   <si>
     <t>MYNEWS RETAIL SDN BHD</t>
   </si>
   <si>
     <t>LOT LG.69, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>184</t>
+    <t>306</t>
   </si>
   <si>
     <t>PICEVENT</t>
   </si>
   <si>
     <t>L02-08, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>185</t>
+    <t>307</t>
   </si>
   <si>
     <t>MULTIPLE VENTURE</t>
   </si>
   <si>
     <t>NO. 46 &amp; 46A,JALAN DIPLOMATIK 3/1,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>186</t>
+    <t>308</t>
   </si>
   <si>
     <t>R.E.A.L EDUCATION GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>NO 25B &amp; 25C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>187</t>
+    <t>309</t>
   </si>
   <si>
     <t>KIEHL'S</t>
   </si>
   <si>
     <t>LOT LG59, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>188</t>
+    <t>310</t>
   </si>
   <si>
     <t>JASFM FRESH MART</t>
   </si>
   <si>
     <t>LOT KEDAI RUNCIT, JALAN P17 B, PRESINT 17</t>
   </si>
   <si>
-    <t>189</t>
+    <t>311</t>
   </si>
   <si>
     <t>ZAILINMY ENTERPRISE</t>
   </si>
   <si>
     <t>D2-T1-F1, PANGSAPURI PUTRA HARMONI, JALAN P9 B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>190</t>
+    <t>312</t>
   </si>
   <si>
     <t>5 RASA</t>
   </si>
   <si>
     <t>GERAI NO. 2, KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>191</t>
+    <t>313</t>
   </si>
   <si>
     <t>NSCO GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 56B, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>192</t>
+    <t>314</t>
   </si>
   <si>
     <t>GLOBALRAIN SDN. BHD.</t>
   </si>
   <si>
     <t>LOT NO. 9, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>193</t>
+    <t>315</t>
   </si>
   <si>
     <t>PHD DELIVERY SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 18, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>194</t>
+    <t>316</t>
   </si>
   <si>
     <t>LOOP &amp; LOOP STORE</t>
   </si>
   <si>
     <t>43A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>195</t>
+    <t>317</t>
   </si>
   <si>
     <t>MAYSSA SALON</t>
   </si>
   <si>
     <t>NO. 11, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>196</t>
+    <t>318</t>
   </si>
   <si>
     <t>ABARAYYAN TRAVEL &amp; TOURS SDN. BHD.</t>
   </si>
   <si>
     <t>L02-63, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>197</t>
+    <t>319</t>
   </si>
   <si>
     <t>KAFE LOT 8</t>
   </si>
   <si>
     <t>LOT R8, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>198</t>
+    <t>320</t>
   </si>
   <si>
     <t>BANK KERJASAMA RAKYAT MALAYSIA BHD</t>
   </si>
   <si>
     <t>NO. 22, 22A, 22B, 24, 24A &amp; 24B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>199</t>
+    <t>321</t>
   </si>
   <si>
     <t>BLOK 12E2, KUARTERS KEDIAMAN KAKITANGAN AWAM FASA 12, JALAN P9 C/1, PRESINT 9</t>
   </si>
   <si>
-    <t>200</t>
+    <t>322</t>
   </si>
   <si>
     <t>MOHD FAUZI</t>
   </si>
   <si>
     <t>NO LG 3, PUSAT PERDAGANGAN GREENPARK, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>201</t>
+    <t>323</t>
   </si>
   <si>
     <t>TINTA MUMTAZ HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>NO. 12-G, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>202</t>
+    <t>324</t>
   </si>
   <si>
     <t>KUMON NADI15</t>
   </si>
   <si>
     <t>UNIT NO. 6A, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>203</t>
+    <t>325</t>
   </si>
   <si>
     <t>RR WRAP AND TINT SPECIALIST</t>
   </si>
   <si>
     <t>NO.17, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>204</t>
+    <t>326</t>
   </si>
   <si>
     <t>MOHAMAD NAZHIF BIN MOHAMAD NAZRUL</t>
   </si>
   <si>
     <t>KIOSK RIMAU CAFE, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>205</t>
+    <t>327</t>
   </si>
   <si>
     <t>MERAK PUTIH</t>
   </si>
   <si>
     <t>L01-51, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>206</t>
+    <t>328</t>
   </si>
   <si>
     <t>C1-LG-05, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>207</t>
+    <t>329</t>
   </si>
   <si>
     <t>ZARA AGENCY</t>
   </si>
   <si>
     <t>LOT 8, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>208</t>
-[...2 lines deleted...]
-    <t>TADIKA VONAD SDN BHD</t>
+    <t>330</t>
   </si>
   <si>
     <t>BLOK B-LG2, PRESINT 15-12A, JALAN P15 PRESINT 15 62050 PRESINT 15</t>
   </si>
   <si>
-    <t>209</t>
+    <t>331</t>
   </si>
   <si>
     <t>SHUKOR NIKMAT LEISURE SDN BHD</t>
   </si>
   <si>
     <t>NO.55A, ROOM 3, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>210</t>
+    <t>332</t>
   </si>
   <si>
     <t>PUSAT PSIKOLOGI JIWADAMAI</t>
   </si>
   <si>
     <t>NO. 21A, NADI@15, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>211</t>
+    <t>333</t>
   </si>
   <si>
     <t>NACURAL</t>
   </si>
   <si>
     <t>62 A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>212</t>
+    <t>334</t>
   </si>
   <si>
     <t>D BONGDING CHILD CARE CENTRE</t>
   </si>
   <si>
     <t>NO. 11, JALAN P11 D/11, PRESINT 11</t>
   </si>
   <si>
-    <t>213</t>
+    <t>335</t>
   </si>
   <si>
     <t>IKATAN SEMANTAN ENTERPRISE</t>
   </si>
   <si>
     <t>LOT G 01, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>214</t>
+    <t>336</t>
   </si>
   <si>
     <t>DUA DARJAT CAFE SDN. BHD.</t>
   </si>
   <si>
     <t>NO.6, JALAN PULAU PINANG NADI 15, PRESINT 15</t>
   </si>
   <si>
-    <t>215</t>
+    <t>337</t>
   </si>
   <si>
     <t>T LOCK ENTERPRISE</t>
   </si>
   <si>
     <t>LOT OSP403, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>216</t>
+    <t>338</t>
   </si>
   <si>
     <t>SABREE CATERER</t>
   </si>
   <si>
     <t>STALL 3, FOOD COURT, MENARA PRISMA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>217</t>
+    <t>339</t>
   </si>
   <si>
     <t>TASKA NO. 25 DAN TADIKA NO. 25A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>218</t>
+    <t>340</t>
   </si>
   <si>
     <t>AJS MAJU SERVICES SDN BHD</t>
   </si>
   <si>
     <t>NO. 7B, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>219</t>
+    <t>341</t>
   </si>
   <si>
     <t>INITIAL FORCE SDN BHD</t>
   </si>
   <si>
     <t>LOT UG15 &amp; UG16, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>220</t>
+    <t>342</t>
   </si>
   <si>
     <t>OCULLOSPACE SDN BHD</t>
   </si>
   <si>
     <t>D-3-1, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>221</t>
+    <t>343</t>
   </si>
   <si>
     <t>UNAN ENTERPRISE</t>
   </si>
   <si>
     <t>MS 7, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>222</t>
+    <t>344</t>
   </si>
   <si>
     <t>ZEELTY</t>
   </si>
   <si>
     <t>A2-G-5E, AYER@8, JALAN P8 C, PRESINT 8</t>
   </si>
   <si>
-    <t>223</t>
+    <t>345</t>
   </si>
   <si>
     <t>UMAI CAFE</t>
   </si>
   <si>
     <t>LOT RESTORAN, JALAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>224</t>
+    <t>346</t>
   </si>
   <si>
     <t>FIDJ LEGACY</t>
   </si>
   <si>
     <t>LOT 9, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>225</t>
+    <t>347</t>
   </si>
   <si>
     <t>RAN</t>
   </si>
   <si>
-    <t>A3-T01-U05, JALAN P9 B/2, PRESINT 9</t>
-[...4 lines deleted...]
-  <si>
     <t>G 16, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>227</t>
+    <t>348</t>
   </si>
   <si>
     <t>HADY TIGA JUARA ENTERPRISE</t>
   </si>
   <si>
     <t>MS 1, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>228</t>
+    <t>349</t>
   </si>
   <si>
     <t>K CHIK ENTERPRISE</t>
   </si>
   <si>
     <t>BLOCK C3, KOMPLEKS C, PRESINT 1</t>
   </si>
   <si>
-    <t>229</t>
+    <t>350</t>
   </si>
   <si>
     <t>SPINTACT ACADEMY</t>
   </si>
   <si>
     <t>BLOK A-T02-U01, JALAN P8C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>230</t>
+    <t>351</t>
   </si>
   <si>
     <t>KARAOKE MANEKINEKO ALAMANDA</t>
   </si>
   <si>
     <t>LOT LG87, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>231</t>
+    <t>352</t>
   </si>
   <si>
     <t>IN SAFF TRAVEL PUTRAJAYA</t>
   </si>
   <si>
     <t>2A, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>232</t>
+    <t>353</t>
   </si>
   <si>
     <t>BASK BEAR COFFEE</t>
   </si>
   <si>
     <t>NO. 65, PRESINT DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>233</t>
+    <t>354</t>
   </si>
   <si>
     <t>FAMILY MART</t>
   </si>
   <si>
     <t>LOT PT 9029, NO. HS(D) 7824, STESEN MINYAK, JALAN P14, PRESINT 14</t>
   </si>
   <si>
-    <t>234</t>
+    <t>355</t>
   </si>
   <si>
     <t>NSZ AFFI GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>BLOK A-T02-U05, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>235</t>
+    <t>356</t>
   </si>
   <si>
     <t>LOT OS03, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>236</t>
+    <t>357</t>
   </si>
   <si>
     <t>STORK TRAVEL &amp; TOUR SDN BHD</t>
   </si>
   <si>
     <t>L02-43, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>237</t>
+    <t>358</t>
   </si>
   <si>
     <t>SS AUTO VENTURE SDN BHD</t>
   </si>
   <si>
     <t>NO 74, NADI@15, JALAN PERAK P15</t>
   </si>
   <si>
-    <t>238</t>
+    <t>359</t>
   </si>
   <si>
     <t>JUALAN NASI LEMAK DAN KUIH-MUIH</t>
   </si>
   <si>
     <t>G23, JALAN P8D, PRESINT 8</t>
   </si>
   <si>
-    <t>239</t>
+    <t>360</t>
   </si>
   <si>
     <t>FAZ MART</t>
   </si>
   <si>
     <t>PH 7, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>240</t>
+    <t>361</t>
   </si>
   <si>
     <t>SUHIDA RESOURCES</t>
   </si>
   <si>
     <t>LOT KAFETERIA B1, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>241</t>
+    <t>362</t>
   </si>
   <si>
     <t>KKV</t>
   </si>
   <si>
     <t>LG39 &amp; LG40, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>242</t>
+    <t>363</t>
   </si>
   <si>
     <t>RAUDHAH ISLAMIC SDN BHD</t>
   </si>
   <si>
     <t>NO. 88, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>243</t>
+    <t>364</t>
   </si>
   <si>
     <t>NO. 88A, 88B, 88C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>244</t>
+    <t>365</t>
   </si>
   <si>
     <t>AL FATEH EXCELLENCE SDN BHD</t>
   </si>
   <si>
     <t>NO.20, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>245</t>
+    <t>366</t>
   </si>
   <si>
     <t>AYUZ AGENCY</t>
   </si>
   <si>
     <t>NO. 47A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>246</t>
+    <t>367</t>
   </si>
   <si>
     <t>AYAM CILI KAK NAB</t>
   </si>
   <si>
     <t>MS 5, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>247</t>
+    <t>368</t>
   </si>
   <si>
     <t>TEALIVE</t>
   </si>
   <si>
     <t>A2-G-5C, AYER@8, PRESINT 8</t>
   </si>
   <si>
-    <t>248</t>
+    <t>369</t>
   </si>
   <si>
     <t>RAZI RAFI EXPLORER TRAVEL &amp; TOURS SDN BHD</t>
   </si>
   <si>
     <t>NO. 24B-R1, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>249</t>
+    <t>370</t>
   </si>
   <si>
     <t>US PIZZA</t>
   </si>
   <si>
     <t>NO.10, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>250</t>
+    <t>371</t>
   </si>
   <si>
     <t>PAYOT PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 83, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>251</t>
+    <t>372</t>
   </si>
   <si>
     <t>RSM KASTURI ENTERPRISE</t>
   </si>
   <si>
     <t>KAFETERIA BLOK E2, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>252</t>
+    <t>373</t>
   </si>
   <si>
     <t>M&amp;A PLATINUM HOLDING SDN. BHD.</t>
   </si>
   <si>
     <t>G-08, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>253</t>
+    <t>374</t>
   </si>
   <si>
     <t>D'KUNAFA CAFE</t>
   </si>
   <si>
     <t>L01-13, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>254</t>
+    <t>375</t>
   </si>
   <si>
     <t>NO. G-11, lEVEL G,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>255</t>
+    <t>376</t>
   </si>
   <si>
     <t>GEGAS PLT</t>
   </si>
   <si>
     <t>NO. 12, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>256</t>
+    <t>377</t>
   </si>
   <si>
     <t>YEAH RAZI ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 33, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>257</t>
+    <t>378</t>
   </si>
   <si>
     <t>LAILA LEGACY GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 15B, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>258</t>
+    <t>379</t>
   </si>
   <si>
     <t>EZY DURIAN PUTRAJAYA</t>
   </si>
   <si>
     <t>UNIT UK 11,JALAN P16,244,PRESINT 16,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>259</t>
+    <t>380</t>
   </si>
   <si>
     <t>YUSLIN ENTERPRISE</t>
   </si>
   <si>
     <t>GERAI NO 4, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>260</t>
+    <t>381</t>
   </si>
   <si>
     <t>COOL MORE AIR COND ENGINEERING &amp; WIRING</t>
   </si>
   <si>
     <t>NO. 10, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>261</t>
+    <t>382</t>
   </si>
   <si>
     <t>PITSTOP NUTRITION HUB SDN BHD</t>
   </si>
   <si>
     <t>LOT KEDAI K01, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>262</t>
+    <t>383</t>
   </si>
   <si>
     <t>ANI SUP UTARA XPRESS PUTRAJAYA</t>
   </si>
   <si>
     <t>MS 8, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>263</t>
+    <t>384</t>
   </si>
   <si>
     <t>BANGKOK GRILL</t>
   </si>
   <si>
     <t>SEBAHAGIAN RUANG BANGUNAN, LINGKARAN GEMILANG DUA, PRESINT 4</t>
   </si>
   <si>
-    <t>264</t>
+    <t>385</t>
   </si>
   <si>
     <t>MR DIY</t>
   </si>
   <si>
     <t>CB-P-01-03 &amp; CB-1-01-05, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>265</t>
+    <t>386</t>
   </si>
   <si>
     <t>MARIATI HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>96 &amp; 96A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>266</t>
+    <t>387</t>
   </si>
   <si>
     <t>SALYS KITCHEN</t>
   </si>
   <si>
     <t>KEDAI BARANGAN RUNCIT, NO. 47, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>267</t>
+    <t>388</t>
   </si>
   <si>
     <t>GOOD MORNING KOPITIAM</t>
   </si>
   <si>
     <t>HWUM CAFETARIA, NO.1 JLN VENNA P5/2, PRESINT 5</t>
   </si>
   <si>
-    <t>268</t>
+    <t>389</t>
   </si>
   <si>
     <t>THE NEW STRAITS TIMES PRESS (MALAYSIA) BERHAD</t>
   </si>
   <si>
     <t>NO. 6A, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>269</t>
+    <t>390</t>
   </si>
   <si>
     <t>FREELANCE IT SOLUTION</t>
   </si>
   <si>
     <t>LOT R7, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>270</t>
+    <t>391</t>
   </si>
   <si>
     <t>EKIDZ INNOVATIVE RESOURCES</t>
   </si>
   <si>
     <t>LOT GERAI NO. 4, BERHADAPAN MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>271</t>
+    <t>392</t>
   </si>
   <si>
     <t>MAZLAN</t>
   </si>
   <si>
     <t>JALAN PAHANG</t>
   </si>
   <si>
-    <t>272</t>
+    <t>393</t>
   </si>
   <si>
     <t>MAY-BIRD SOCKS SHOP SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G07, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>273</t>
+    <t>394</t>
   </si>
   <si>
     <t>GOLDEN GLOBAL FOOD</t>
   </si>
   <si>
     <t>PLOT 1, ZONE 5, JALAN P11J, PRESINT 11</t>
   </si>
   <si>
-    <t>274</t>
+    <t>395</t>
   </si>
   <si>
     <t>OSMANLI OUD</t>
   </si>
   <si>
     <t>OS06, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>275</t>
+    <t>396</t>
   </si>
   <si>
     <t>HASSAN BIN RAMADI</t>
   </si>
   <si>
     <t>GAS DISTRICT COOLING (PUTRAJAYA), LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>276</t>
+    <t>397</t>
   </si>
   <si>
     <t>ATIQAH</t>
   </si>
   <si>
     <t>NO. 79, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>277</t>
+    <t>398</t>
   </si>
   <si>
     <t>ALWAN ARTCLASS</t>
   </si>
   <si>
     <t>NO. 14A, LOT KOMERSIAL NADI@15, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>278</t>
+    <t>399</t>
   </si>
   <si>
     <t>DANIEL BROTHER SOLUTIONS</t>
   </si>
   <si>
     <t>L02-03,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>279</t>
+    <t>400</t>
   </si>
   <si>
     <t>ZBLESSCO EMPIRE</t>
   </si>
   <si>
     <t>L02-01,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>280</t>
+    <t>401</t>
   </si>
   <si>
     <t>RICHIAMO COFFEE PUTRAJAYA</t>
   </si>
   <si>
     <t>18, NADI@15, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>281</t>
+    <t>402</t>
   </si>
   <si>
     <t>BKE</t>
   </si>
   <si>
     <t>L02-62, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>282</t>
+    <t>403</t>
   </si>
   <si>
     <t>OH MY NAILS</t>
   </si>
   <si>
     <t>L-01-27, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>283</t>
+    <t>404</t>
   </si>
   <si>
     <t>LOT 10 (GLORIA JEANS), PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>284</t>
+    <t>405</t>
   </si>
   <si>
     <t>LOBI UTAMA, ARAS 4, KEMENTERIAN KESIHATAN MALAYSIA, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>285</t>
+    <t>406</t>
   </si>
   <si>
     <t>PRECINCT 16 SERVICES</t>
   </si>
   <si>
     <t>PT 2386, NO. 4, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>286</t>
+    <t>407</t>
   </si>
   <si>
     <t>INTRAGRESS SDN BHD</t>
   </si>
   <si>
     <t>23, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>287</t>
+    <t>408</t>
   </si>
   <si>
     <t>KOPERASI PERBADANAN PUTRAJAYA BERHAD</t>
   </si>
   <si>
     <t>UK 3, TAMAN WARISAN PERTANIAN PUTRAJAYA, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>288</t>
+    <t>409</t>
   </si>
   <si>
     <t>HAU HE KEDAI RUNCIT</t>
   </si>
   <si>
     <t>LOT KEDAI NO. K10, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>289</t>
+    <t>410</t>
   </si>
   <si>
     <t>BISTRO BONDA</t>
   </si>
   <si>
     <t>NO. 33, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>290</t>
+    <t>411</t>
   </si>
   <si>
     <t>MINISO WINKY (M) SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG-06A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>291</t>
+    <t>412</t>
   </si>
   <si>
     <t>BERKAT USAHA LELA ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 2 GROUND FLOOR JLN DIPLOMATIK 3/1 62050 PRESINT 15</t>
   </si>
   <si>
-    <t>292</t>
+    <t>413</t>
   </si>
   <si>
     <t>LINOR ENTERPRISE</t>
   </si>
   <si>
     <t>KEDAI RUNCIT PUSAT KOMUNITI KUARTERS JENIS APARTMENT P16, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>293</t>
+    <t>414</t>
   </si>
   <si>
     <t>YOUNG HEARTS SDN BHD</t>
   </si>
   <si>
     <t>G68, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>294</t>
+    <t>415</t>
   </si>
   <si>
     <t>ISMARANI BINTI SIRAN</t>
   </si>
   <si>
     <t>NO 85B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>295</t>
+    <t>416</t>
   </si>
   <si>
     <t>WARIGH ROYAL CAFE</t>
   </si>
   <si>
     <t>LOT C, KAFETERIA MASJID MAHMOODIAH, JALAN P18 C, PRESINT 18</t>
   </si>
   <si>
-    <t>296</t>
+    <t>417</t>
   </si>
   <si>
     <t>RISSMART BUTCHERY</t>
   </si>
   <si>
     <t>NO. 3, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>297</t>
+    <t>418</t>
   </si>
   <si>
     <t>SURAINI</t>
   </si>
   <si>
     <t>L02-90, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>298</t>
+    <t>419</t>
   </si>
   <si>
     <t>RESTORAN KAMPUNG PANDAN KARI KEPALA IKAN</t>
   </si>
   <si>
     <t>LOT G-001, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>299</t>
+    <t>420</t>
   </si>
   <si>
     <t>MUBARAK STORE</t>
   </si>
   <si>
     <t>NO. 99, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>300</t>
+    <t>421</t>
   </si>
   <si>
     <t>M&amp;A PLATINUM FOOD SDN.BHD.</t>
   </si>
   <si>
     <t>G-08, MENARA SHAFTBURY PUTRAJAYA JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>301</t>
+    <t>422</t>
   </si>
   <si>
     <t>PASARAYA ASFA MAJU</t>
   </si>
   <si>
     <t>NO. 8A (GF-7), JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>302</t>
+    <t>423</t>
   </si>
   <si>
     <t>RIZA BARAKAT ENTERPRISE</t>
   </si>
   <si>
-    <t>303</t>
+    <t>424</t>
   </si>
   <si>
     <t>KEDAI GUNTING BERSAMA</t>
   </si>
   <si>
     <t>NO. 8, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>304</t>
+    <t>425</t>
   </si>
   <si>
     <t>ENVIRO AXIS SDN. BHD.</t>
   </si>
   <si>
     <t>10B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>305</t>
+    <t>426</t>
   </si>
   <si>
     <t>TPB</t>
   </si>
   <si>
     <t>RUANG TASKA, ARAS 1 BLOK F3, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>306</t>
+    <t>427</t>
   </si>
   <si>
     <t>JACK STUDIO MARKETING SDN BHD</t>
   </si>
   <si>
     <t>NO. LG42,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>307</t>
+    <t>428</t>
   </si>
   <si>
     <t>0388616922</t>
   </si>
   <si>
-    <t>NO. L02-42, JALAN ALAMANDA, PRESINT 1</t>
-[...2 lines deleted...]
-    <t>308</t>
+    <t>429</t>
   </si>
   <si>
     <t>BIZ MILLA CATERING (M) SDN. BHD.</t>
   </si>
   <si>
     <t>UG 01-UG 03, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>309</t>
+    <t>430</t>
   </si>
   <si>
     <t>UG 12 &amp; UG 13, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>310</t>
+    <t>431</t>
   </si>
   <si>
     <t>UG 05, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>311</t>
+    <t>432</t>
   </si>
   <si>
     <t>UG 20, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>312</t>
+    <t>433</t>
   </si>
   <si>
     <t>UG 08 - UG 11, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>313</t>
+    <t>434</t>
   </si>
   <si>
     <t>CORPORATE TRAVEL ADVISOR SDN.BHD</t>
   </si>
   <si>
     <t>31-B TINGKAT 2 JALAN DIPLOMATIK 62050 PRESINT 15</t>
   </si>
   <si>
-    <t>314</t>
+    <t>435</t>
   </si>
   <si>
     <t>SAUJANA HERITAGE (M) SDN. BHD.</t>
   </si>
   <si>
     <t>NO. L01-25, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>315</t>
+    <t>436</t>
   </si>
   <si>
     <t>ROMANTIKA</t>
   </si>
   <si>
     <t>LOT G31, GROUND FLOOR,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>316</t>
+    <t>437</t>
   </si>
   <si>
     <t>BOKITTA</t>
   </si>
   <si>
     <t>UG-35, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>317</t>
+    <t>438</t>
   </si>
   <si>
     <t>J&amp;I ART STUDIO</t>
   </si>
   <si>
     <t>NO. 15, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>318</t>
+    <t>439</t>
   </si>
   <si>
     <t>HYDRAMAS TRAVEL AND TOURS SDN BHD</t>
   </si>
   <si>
     <t>LOT KEDAI NO. K04, JALAN P16 D/1, PRESINT 16</t>
   </si>
   <si>
-    <t>319</t>
+    <t>440</t>
   </si>
   <si>
     <t>RESTORAN MASAKAN CINA MUSLIM</t>
   </si>
   <si>
     <t>NO. 1, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>320</t>
+    <t>441</t>
   </si>
   <si>
     <t>ICONIC CREATIVE</t>
   </si>
   <si>
     <t>L02-48, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>321</t>
+    <t>442</t>
   </si>
   <si>
     <t>ALVINA</t>
   </si>
   <si>
     <t>L02-25,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>322</t>
+    <t>443</t>
   </si>
   <si>
     <t>PRESINT EMPAT BELAS SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 5, JALAN P14, PRESINT 14, 62050 PUTRAJAYA</t>
   </si>
   <si>
-    <t>323</t>
+    <t>444</t>
   </si>
   <si>
     <t>RANGKAIAN NIAGA ENTERPRISE(MAA JAH CAFE)</t>
   </si>
   <si>
     <t>LOT B, JALAN P18 C, PRESINT 18</t>
   </si>
   <si>
-    <t>324</t>
+    <t>445</t>
   </si>
   <si>
     <t>KARYANEKA</t>
   </si>
   <si>
     <t>LOT OUTLET/KABIN, PERSIARAN PERSEKUTUAN, PRESINT 1</t>
   </si>
   <si>
-    <t>325</t>
+    <t>446</t>
   </si>
   <si>
     <t>BATA</t>
   </si>
   <si>
     <t>LOT NO LG06B, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>326</t>
+    <t>447</t>
   </si>
   <si>
     <t>OMAR ALI HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>UG-03A MENARA SHAFTSBURY PUTRAJAYA, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>327</t>
+    <t>448</t>
   </si>
   <si>
     <t>SEGI CASH &amp; CARRY SDN. BHD.</t>
   </si>
   <si>
     <t>NO 8 &amp; NO 10, JALAN PULAU PINANG 15, JALAN PULAU PINANG NADI 15, PRESINT 15</t>
   </si>
   <si>
-    <t>328</t>
+    <t>449</t>
   </si>
   <si>
     <t>ORIENTAL KOPI</t>
   </si>
   <si>
     <t>STLG24, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>329</t>
+    <t>450</t>
   </si>
   <si>
     <t>LANAI ASMARA</t>
   </si>
   <si>
     <t>L01-05,06,07, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>330</t>
+    <t>451</t>
   </si>
   <si>
     <t>STELLARIZ</t>
   </si>
   <si>
     <t>NO.17A, NADI@15, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>331</t>
+    <t>452</t>
   </si>
   <si>
     <t>VCARE PHARMACY SDN BHD</t>
   </si>
   <si>
     <t>NO.6, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>332</t>
+    <t>453</t>
   </si>
   <si>
     <t>MARRYBROWN</t>
   </si>
   <si>
     <t>NO. 84, NADI@15, JALAN PERAK P15</t>
   </si>
   <si>
-    <t>333</t>
+    <t>454</t>
   </si>
   <si>
     <t>MENARA SHAFTBURY PUTRAJAYA</t>
   </si>
   <si>
     <t>L02-35, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>334</t>
+    <t>455</t>
   </si>
   <si>
     <t>NUSANTARA TIMUR</t>
   </si>
   <si>
     <t>NO. 40, JALAN DIPLOMATIK, 62050 PRESINT 15 PUTRAJAYA</t>
   </si>
   <si>
-    <t>335</t>
+    <t>456</t>
   </si>
   <si>
     <t>F.O.S APPAREL GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>LG 01-04, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>336</t>
+    <t>457</t>
   </si>
   <si>
     <t>DAGATE RESOURCES</t>
   </si>
   <si>
     <t>L02-117, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>337</t>
+    <t>458</t>
   </si>
   <si>
     <t>K&amp;Y ICE TUBE ENTERPRISE</t>
   </si>
   <si>
     <t>NO.3, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>338</t>
+    <t>459</t>
   </si>
   <si>
     <t>MAXIPURA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT PT 2495, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>339</t>
+    <t>460</t>
   </si>
   <si>
     <t>ALIRAN BERNAS SDN BHD</t>
   </si>
   <si>
     <t>NO. 9B, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>340</t>
+    <t>461</t>
   </si>
   <si>
     <t>AMBANG ANGKASA SDN BHD</t>
   </si>
   <si>
     <t>NO. 9C, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>341</t>
+    <t>462</t>
   </si>
   <si>
     <t>G09, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>342</t>
+    <t>463</t>
   </si>
   <si>
     <t>CENDEKIAWAN EDUCARE GROUP SDN BHD</t>
   </si>
   <si>
     <t>RUANG TADIKA, BLOK B, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>343</t>
+    <t>464</t>
   </si>
   <si>
     <t>L02-33, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>344</t>
+    <t>465</t>
   </si>
   <si>
     <t>UAP PARTNERS SDN BHD</t>
   </si>
   <si>
     <t>NO 20-B, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>345</t>
+    <t>466</t>
   </si>
   <si>
     <t>RUSDIPUTEH CLOTHIERS</t>
   </si>
   <si>
     <t>NO. 4, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>346</t>
+    <t>467</t>
   </si>
   <si>
     <t>ROSLAN</t>
   </si>
   <si>
     <t>KA-01 BLOK A, KUARTERS APARTMEN SUB 14-12, JALAN P14H, PRESINT 14</t>
   </si>
   <si>
-    <t>347</t>
+    <t>468</t>
   </si>
   <si>
     <t>CHRISNA JENIO SDN BHD</t>
   </si>
   <si>
     <t>LG, OS02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>348</t>
+    <t>469</t>
   </si>
   <si>
     <t>PEARL GAIN SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G69, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>349</t>
+    <t>470</t>
   </si>
   <si>
     <t>SAN FRANCISCO COFFEE</t>
   </si>
   <si>
     <t>NO. 37G, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>350</t>
+    <t>471</t>
   </si>
   <si>
     <t>MAQ GLOBAL ENTERPRISE</t>
   </si>
   <si>
     <t>L2-79, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>351</t>
+    <t>472</t>
   </si>
   <si>
     <t>KEDAI MAKAN POK NIK</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, P16 G, PRESINT 16</t>
   </si>
   <si>
-    <t>352</t>
+    <t>473</t>
   </si>
   <si>
     <t>ROTIBOY BAKESHOPPE</t>
   </si>
   <si>
     <t>LG-71, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>353</t>
+    <t>474</t>
   </si>
   <si>
     <t>QI WELLNESS CENTER</t>
   </si>
   <si>
     <t>NO 3A, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>354</t>
+    <t>475</t>
   </si>
   <si>
     <t>GOLFTREKS TRAVEL SERVICES SDN BHD</t>
   </si>
   <si>
     <t>L02-37, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>355</t>
+    <t>476</t>
   </si>
   <si>
     <t>JN GALLYSHA ENTERPRISE</t>
   </si>
   <si>
     <t>1 CRUISE TASIK PUTRAJAYA, JETI PUTRAJAYA JAMBATAN PUTRA, PRESINT1,PUTRAJAYA</t>
   </si>
   <si>
-    <t>356</t>
+    <t>477</t>
   </si>
   <si>
     <t>CLOVER HOMEBAKER SDN BHD</t>
   </si>
   <si>
     <t>OS10, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>357</t>
+    <t>478</t>
   </si>
   <si>
     <t>ORANGEBEAM DEVELOPMENT SDN BHD</t>
   </si>
   <si>
     <t>T00-U04, NO. 5, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>358</t>
+    <t>479</t>
   </si>
   <si>
     <t>ARIZAF MART</t>
   </si>
   <si>
     <t>KEDAI RUNCIT BLOK A2, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>359</t>
+    <t>480</t>
   </si>
   <si>
     <t>UMMI FOOD AND BEVERAGE</t>
   </si>
   <si>
     <t>JALAN P18,183,PRESINT 18,62150,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>360</t>
+    <t>481</t>
   </si>
   <si>
     <t>ZORDAQ AUTO SERVICES</t>
   </si>
   <si>
     <t>NO 1, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>361</t>
+    <t>482</t>
   </si>
   <si>
     <t>EYKA &amp; MOMS SDN BHD</t>
   </si>
   <si>
     <t>G-004, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>362</t>
+    <t>483</t>
   </si>
   <si>
     <t>BAKERS COTTAGE</t>
   </si>
   <si>
     <t>NO.60,JALAN DIPLOMATIK,73,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>363</t>
+    <t>484</t>
   </si>
   <si>
     <t>RESTORAN NASI KANDAR MELAYU</t>
   </si>
   <si>
     <t>LOT G-009, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>364</t>
+    <t>485</t>
   </si>
   <si>
     <t>LOT G-007, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>365</t>
+    <t>486</t>
   </si>
   <si>
     <t>HAJI TAPAH BISTRO</t>
   </si>
   <si>
     <t>NO. 51, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>366</t>
+    <t>487</t>
   </si>
   <si>
     <t>NO.G02, MEDAN SELERA, JALAN P16 D/1</t>
   </si>
   <si>
-    <t>367</t>
+    <t>488</t>
   </si>
   <si>
     <t>IRFAN MAJU MART</t>
   </si>
   <si>
     <t>MINIMART 1-BLOK G, PPAM SELASIH, JALAN P17 E, PRESINT 17</t>
   </si>
   <si>
-    <t>368</t>
+    <t>489</t>
   </si>
   <si>
     <t>PUSAT KOMUNITI, KUARTERS JENIS PANGSAPURI FASA 17RK1, JALAN P17 A</t>
   </si>
   <si>
-    <t>369</t>
+    <t>490</t>
   </si>
   <si>
     <t>ALFA BARBERSHOP</t>
   </si>
   <si>
     <t>MINI MART 2 , BLOCK G PPA1M SELASIH,, JALAN P17 E, PRESINT 17</t>
   </si>
   <si>
-    <t>370</t>
+    <t>491</t>
   </si>
   <si>
     <t>DAGGAR GLOBAL RESOURCES SDN BHD</t>
   </si>
   <si>
     <t>NO. 61, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>371</t>
+    <t>492</t>
   </si>
   <si>
     <t>IMPIAN KREATIF RESOURCES</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH KEBANGSAAN PUTRAJAYA P18(2), NO 3, JALAN P18G, PRESINT 18</t>
   </si>
   <si>
-    <t>372</t>
+    <t>493</t>
   </si>
   <si>
     <t>AG MOBILE SDN. BHD.</t>
   </si>
   <si>
     <t>SUITE 49B, PRESINT DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>373</t>
+    <t>494</t>
   </si>
   <si>
     <t>NASI AYAM JOHOLICIOUS</t>
   </si>
   <si>
     <t>LOT PENANGGAH, NO. 4, TAMAN WARISAN PERTANIAN PUTRAJAYA, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>374</t>
+    <t>495</t>
   </si>
   <si>
     <t>LIEW KAR MUN</t>
   </si>
   <si>
     <t>NO. 44, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>375</t>
+    <t>496</t>
   </si>
   <si>
     <t>KZ GOLDEN RESOURCES</t>
   </si>
   <si>
     <t>B-G-R17, BLOK B, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>376</t>
+    <t>497</t>
   </si>
   <si>
     <t>HAIRVEN (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT G26B, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>377</t>
+    <t>498</t>
   </si>
   <si>
     <t>SIRE EMY ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 30A, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>378</t>
+    <t>499</t>
   </si>
   <si>
     <t>LANGKAH SLD SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 47, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>379</t>
-[...2 lines deleted...]
-    <t>380</t>
+    <t>500</t>
+  </si>
+  <si>
+    <t>501</t>
   </si>
   <si>
     <t>ALWANI</t>
   </si>
   <si>
     <t>LOT MK 04,DATARAN PUTRA,PRESINT 1,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>381</t>
+    <t>502</t>
   </si>
   <si>
     <t>CHAMELON SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG43, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>382</t>
+    <t>503</t>
   </si>
   <si>
     <t>TRESOR MONDEH SDN BHD</t>
   </si>
   <si>
     <t>NO. G-15 &amp; G-16, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>383</t>
+    <t>504</t>
   </si>
   <si>
     <t>RAZI PET SHOP</t>
   </si>
   <si>
     <t>81, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>384</t>
+    <t>505</t>
   </si>
   <si>
     <t>AZZA ALLIANCE</t>
   </si>
   <si>
     <t>L02-38, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>385</t>
+    <t>506</t>
   </si>
   <si>
     <t>ANAKKU SDN BHD</t>
   </si>
   <si>
     <t>LOT G08, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>386</t>
+    <t>507</t>
   </si>
   <si>
     <t>SPA BEKAM AL IHSAN</t>
   </si>
   <si>
     <t>NO.8, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>387</t>
+    <t>508</t>
   </si>
   <si>
     <t>PRO SPORT TAEKWONDO CLUB</t>
   </si>
   <si>
     <t>L01-57, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>388</t>
+    <t>509</t>
   </si>
   <si>
     <t>DAPOMAMALAH</t>
   </si>
   <si>
     <t>LOT GERAI NO. G31, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>389</t>
+    <t>510</t>
   </si>
   <si>
     <t>QASTURI TIGA SDN. BHD</t>
   </si>
   <si>
     <t>JALAN DIPLOMATIK 3/1</t>
   </si>
   <si>
-    <t>390</t>
+    <t>511</t>
   </si>
   <si>
     <t>ESTIKA MEDISPA</t>
   </si>
   <si>
     <t>60A, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>391</t>
+    <t>512</t>
   </si>
   <si>
     <t>QMAC</t>
   </si>
   <si>
     <t>NO. 38,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>392</t>
+    <t>513</t>
   </si>
   <si>
     <t>NAUTIKA SCUBA CENTER</t>
   </si>
   <si>
     <t>L02-02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>393</t>
+    <t>514</t>
   </si>
   <si>
     <t>RYANS REHABILITATION &amp; SPECIAL NEEDS CENTRE</t>
   </si>
   <si>
     <t>NO. L01-21, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>394</t>
+    <t>515</t>
   </si>
   <si>
     <t>RYANS SPECIAL NEEDS CARE CENTER</t>
   </si>
   <si>
     <t>63A &amp; 65A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>395</t>
+    <t>516</t>
   </si>
   <si>
     <t>RYANS BOOK CAFE &amp; COFFEE</t>
   </si>
   <si>
     <t>L02-26, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>396</t>
+    <t>517</t>
   </si>
   <si>
     <t>EXCLUSIVE DIGITAL SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 66 &amp; 68, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>397</t>
+    <t>518</t>
   </si>
   <si>
     <t>59A &amp; 61A, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>398</t>
+    <t>519</t>
   </si>
   <si>
     <t>SURI</t>
   </si>
   <si>
     <t>NO. 77, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>399</t>
+    <t>520</t>
   </si>
   <si>
     <t>IR WISE ENTERPRISE</t>
   </si>
   <si>
     <t>NO.18B, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>400</t>
+    <t>521</t>
   </si>
   <si>
     <t>KRU STUDIOS</t>
   </si>
   <si>
     <t>WETLAND STUDIOS PUTRAJAYA, NATURE INTERPRETATION CENTER, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>401</t>
+    <t>522</t>
   </si>
   <si>
     <t>DZ COM TECHNOLOGIES</t>
   </si>
   <si>
     <t>NO 18C, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>402</t>
+    <t>523</t>
   </si>
   <si>
     <t>KITA BALLOONS</t>
   </si>
   <si>
     <t>84A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>403</t>
+    <t>524</t>
   </si>
   <si>
     <t>LOT 16, 18, 20, 22 &amp; 41, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>404</t>
+    <t>525</t>
   </si>
   <si>
     <t>SAND KITCHEN RESTAURANT SDN BHD</t>
   </si>
   <si>
     <t>C1-G-03, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>405</t>
+    <t>526</t>
   </si>
   <si>
     <t>TADIKA VONAD (PRESINT 16) SDN BHD</t>
   </si>
   <si>
     <t>JALAN P16 D/4</t>
   </si>
   <si>
-    <t>406</t>
+    <t>527</t>
   </si>
   <si>
     <t>PAPPA STEAMBOAT &amp; GRILL</t>
   </si>
   <si>
     <t>NO. 2, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>407</t>
+    <t>528</t>
   </si>
   <si>
     <t>BERYL'S</t>
   </si>
   <si>
     <t>LOT OS05, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>408</t>
+    <t>529</t>
   </si>
   <si>
     <t>TRAJU TEAM</t>
   </si>
   <si>
     <t>NO. 48B, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>409</t>
+    <t>530</t>
   </si>
   <si>
     <t>NO. 10A &amp; 12A, NADI@15, JALAN PERAK P15</t>
   </si>
   <si>
-    <t>410</t>
+    <t>531</t>
   </si>
   <si>
     <t>BLOK C3, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>411</t>
+    <t>532</t>
   </si>
   <si>
     <t>BLOK A, JALAN P18B, PRESINT 18</t>
   </si>
   <si>
-    <t>412</t>
+    <t>533</t>
   </si>
   <si>
     <t>PAJAK GADAI PELANGI SDN. BHD.</t>
   </si>
   <si>
     <t>NO.93(G), PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK</t>
   </si>
   <si>
-    <t>413</t>
+    <t>534</t>
   </si>
   <si>
     <t>SHARIL</t>
   </si>
   <si>
     <t>NO. 1, NEXUS INTERNATIONAL SCHOOL MALAYSIA, JALAN DIPLOMATIK 3/6, PRESINT 15</t>
   </si>
   <si>
-    <t>414</t>
+    <t>535</t>
   </si>
   <si>
     <t>ROMEO PET SHOP</t>
   </si>
   <si>
     <t>NO. 4, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>415</t>
+    <t>536</t>
   </si>
   <si>
     <t>MR DIY (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT 50,50A,52,52A,52B,54A,54B, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>416</t>
+    <t>537</t>
   </si>
   <si>
     <t>MOHD ADZHAM BIN HASAN</t>
   </si>
   <si>
     <t>PUSAT SEMBELIHAN AYAM PUTRAJAYA,JALAN P20,PRESINT 20,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>417</t>
+    <t>538</t>
   </si>
   <si>
     <t>GENIUS AULAD</t>
   </si>
   <si>
     <t>10A, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>418</t>
+    <t>539</t>
   </si>
   <si>
     <t>PUTRAJAYA STORY</t>
   </si>
   <si>
     <t>SOUQ PUTRAJAYA, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>419</t>
+    <t>540</t>
   </si>
   <si>
     <t>DYNASUN SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G84B - G85, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>420</t>
+    <t>541</t>
   </si>
   <si>
     <t>SOUQ SHOPPE</t>
   </si>
   <si>
-    <t>421</t>
+    <t>542</t>
   </si>
   <si>
     <t>NANA</t>
   </si>
   <si>
     <t>NO. 18, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>422</t>
+    <t>543</t>
   </si>
   <si>
     <t>B-CANYON (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT G88, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>423</t>
+    <t>544</t>
   </si>
   <si>
     <t>NO. 12, 12A, 14 &amp; 14A, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>424</t>
+    <t>545</t>
   </si>
   <si>
     <t>ONE GREENTOUCH ENTERPRISE</t>
   </si>
   <si>
     <t>NO.55A (ROOM 6),JALAN DIPLOMATIK,73,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>425</t>
+    <t>546</t>
   </si>
   <si>
     <t>NBR RICH EMPIRE</t>
   </si>
   <si>
     <t>LOT G-008, (FOOD COURT) SELERA PUTRA, SOUQ PUTRAJAYA, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>426</t>
+    <t>547</t>
   </si>
   <si>
     <t>FIRST MILLION AVENUE SDN BHD</t>
   </si>
   <si>
     <t>LOT OS28, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>427</t>
+    <t>548</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA, KEMENTERIAN PENGAJIAN TINGGI, JALAN P5/6, PRESINT 5</t>
   </si>
   <si>
-    <t>428</t>
+    <t>549</t>
   </si>
   <si>
     <t>IDEAL DELUXE SDN BHD</t>
   </si>
   <si>
     <t>NO. 10, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>429</t>
+    <t>550</t>
   </si>
   <si>
     <t>SHARNA S FLORAL &amp; GIFTS</t>
   </si>
   <si>
     <t>NO. 6, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>430</t>
+    <t>551</t>
   </si>
   <si>
     <t>THE CATTON CAT HOTEL &amp; SPA</t>
   </si>
   <si>
     <t>5A, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>431</t>
+    <t>552</t>
   </si>
   <si>
     <t>MITRA KEMBARA</t>
   </si>
   <si>
     <t>LOT L02-103,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>432</t>
+    <t>553</t>
   </si>
   <si>
     <t>FADHLYN ENTERPRISE</t>
   </si>
   <si>
     <t>LOT PT 12850 HS(D) 8220, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>433</t>
+    <t>554</t>
   </si>
   <si>
     <t>CAFE MESRA</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA (LOT 11), LOBI BLOK F8, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>434</t>
+    <t>555</t>
   </si>
   <si>
     <t>KOPERASI PERANGKAAN MALAYSIA BERHAD</t>
   </si>
   <si>
     <t>BLOK C6, KOMPLEKS C, PRESINT 1</t>
   </si>
   <si>
-    <t>435</t>
+    <t>556</t>
   </si>
   <si>
     <t>GIORDANO (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT LG11, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>436</t>
+    <t>557</t>
   </si>
   <si>
     <t>KASBIN</t>
   </si>
   <si>
     <t>LOT G-002, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>437</t>
+    <t>558</t>
   </si>
   <si>
     <t>PUBLIC ISLAMIC BANK BERHAD</t>
   </si>
   <si>
     <t>NO.34,34A,34B.36,36A,36B &amp; 36C, NADI@15, NADI 15, DIPLOMATIK ENCLAVE, PRESINT 15</t>
   </si>
   <si>
-    <t>438</t>
+    <t>559</t>
   </si>
   <si>
     <t>REALME</t>
   </si>
   <si>
     <t>G28, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>439</t>
+    <t>560</t>
   </si>
   <si>
     <t>BUBBLELAB LAUNDRY</t>
   </si>
   <si>
     <t>NO. 14, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>440</t>
+    <t>561</t>
   </si>
   <si>
     <t>MOHD CHAN SIGNATURE SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 58 &amp; 60, JALAN PERAK 15, PRESINT 15</t>
   </si>
   <si>
-    <t>441</t>
+    <t>562</t>
   </si>
   <si>
     <t>JBS BIKE</t>
   </si>
   <si>
     <t>NO.5, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>442</t>
+    <t>563</t>
   </si>
   <si>
     <t>HTR AUTO SERVICE SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 29, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>443</t>
+    <t>564</t>
   </si>
   <si>
     <t>UK 8, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>444</t>
+    <t>565</t>
   </si>
   <si>
     <t>MEE CEDOK BATU KURAU</t>
   </si>
   <si>
     <t>LOT GERAI NO. G05, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>445</t>
+    <t>566</t>
   </si>
   <si>
     <t>MY MOMS LAUNDRY</t>
   </si>
   <si>
     <t>8, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>446</t>
+    <t>567</t>
   </si>
   <si>
     <t>NEXUS INTERNATIONAL SCHOOL MALAYSIA</t>
   </si>
   <si>
     <t>NO. 1, JALAN DIPLOMATIK 3/6, PRESINT 15</t>
   </si>
   <si>
-    <t>447</t>
+    <t>568</t>
   </si>
   <si>
     <t>R&amp;S INFINITE BUSINESS</t>
   </si>
   <si>
     <t>LOT PENANGGAH, NO. 3, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>448</t>
+    <t>569</t>
   </si>
   <si>
     <t>DINAMIK SAGA RESOURCES</t>
   </si>
   <si>
     <t>RUANG KEDAI DOBI, PUSAT KOMUNITI KUARTERS JENIS APARTMENT FASA 1C, JALAN P16 J, PRESINT 16</t>
   </si>
   <si>
-    <t>449</t>
+    <t>570</t>
   </si>
   <si>
     <t>LUCKIN COFFEE</t>
   </si>
   <si>
     <t>NO.35, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>450</t>
+    <t>571</t>
   </si>
   <si>
     <t>QEW TECHNOLOGIES (M) SDN BHD</t>
   </si>
   <si>
     <t>L02-16, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>451</t>
+    <t>572</t>
   </si>
   <si>
     <t>INDEPENDENT BARBERSHOP</t>
   </si>
   <si>
     <t>NO. 56A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>452</t>
+    <t>573</t>
   </si>
   <si>
     <t>NO. 80G, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>453</t>
+    <t>574</t>
   </si>
   <si>
     <t>MOHAMMAD HISHABMUDIN BIN ABU YAZIT</t>
   </si>
   <si>
     <t>NO. 07, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>454</t>
+    <t>575</t>
   </si>
   <si>
     <t>RESTU CATERING &amp; CAFE</t>
   </si>
   <si>
     <t>NO.1, KOMPLEKS NASYRUL QURAN, JALAN P14J</t>
   </si>
   <si>
-    <t>455</t>
+    <t>576</t>
   </si>
   <si>
     <t>MK CURTAIN</t>
   </si>
   <si>
     <t>NO.76, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>456</t>
+    <t>577</t>
   </si>
   <si>
     <t>EBRIGHT</t>
   </si>
   <si>
     <t>10A, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>457</t>
+    <t>578</t>
   </si>
   <si>
     <t>MR HAMMER SDN BHD</t>
   </si>
   <si>
     <t>NO. 14G, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>458</t>
+    <t>579</t>
   </si>
   <si>
     <t>RESTORAN KAK LA NASI ULAM</t>
   </si>
   <si>
     <t>NO.18, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>459</t>
+    <t>580</t>
   </si>
   <si>
     <t>NASI BERIANI GAM PUTRAJAYA</t>
   </si>
   <si>
     <t>LOT UNIT KERING 2 (UK 2), TAMAN WARISAN PERTANIAN PUTRAJAYA, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>460</t>
+    <t>581</t>
   </si>
   <si>
     <t>LAS PALACE</t>
   </si>
   <si>
     <t>NO. 8, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>461</t>
-[...2 lines deleted...]
-    <t>KIDS CASTLE</t>
+    <t>582</t>
   </si>
   <si>
     <t>BANGUNAN TASKA, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>462</t>
+    <t>583</t>
   </si>
   <si>
     <t>MGCS SDN BHD</t>
   </si>
   <si>
     <t>G29 &amp; G30,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>463</t>
+    <t>584</t>
   </si>
   <si>
     <t>AMIR</t>
   </si>
   <si>
     <t>NO. LG 38, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>464</t>
+    <t>585</t>
   </si>
   <si>
     <t>MENARA OPTOMETRY CENTRE SDN BHD</t>
   </si>
   <si>
     <t>64, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>465</t>
+    <t>586</t>
   </si>
   <si>
     <t>NS PRESTIGE AUTOSPA</t>
   </si>
   <si>
     <t>NO. 6, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>466</t>
+    <t>587</t>
   </si>
   <si>
     <t>PASARAYA KARNIVAL KIM WAH SDN BHD</t>
   </si>
   <si>
     <t>NO 10, 12 &amp; 14, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>467</t>
+    <t>588</t>
   </si>
   <si>
     <t>KIM HIN JOO (M)BHD</t>
   </si>
   <si>
     <t>G77-G79,, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>468</t>
+    <t>589</t>
   </si>
   <si>
     <t>KEDAI PAKAIAN UNIFORM PELANGI</t>
   </si>
   <si>
     <t>NO. L01-62, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>469</t>
+    <t>590</t>
   </si>
   <si>
     <t>POLAR ICE CREAM SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G-013, LOBBY SELERA PUTRA, SOUQ PUTRAJAYA, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>470</t>
+    <t>591</t>
   </si>
   <si>
     <t>L01-48, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>471</t>
+    <t>592</t>
   </si>
   <si>
     <t>PAJAK GADAI ISLAM ( AR-RAHNU )</t>
   </si>
   <si>
     <t>NO. 7, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>472</t>
+    <t>593</t>
   </si>
   <si>
     <t>ROCK AUDIO SDN. BHD.</t>
   </si>
   <si>
     <t>UG-17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>473</t>
+    <t>594</t>
   </si>
   <si>
     <t>EASY FAST MART</t>
   </si>
   <si>
     <t>KEDAI RUNCIT BLOK C2, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>474</t>
+    <t>595</t>
   </si>
   <si>
     <t>ADAN AFIAT RESOURCES</t>
   </si>
   <si>
     <t>L02-69, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>475</t>
+    <t>596</t>
   </si>
   <si>
     <t>R ENERGY CAR RENTAL</t>
   </si>
   <si>
     <t>NO. 14, 1st FLOOR,JALAN INDUSTRI PUTRA 1,PRESINT 14,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>476</t>
+    <t>597</t>
   </si>
   <si>
     <t>IDEAL CAR GROUP SDN BHD</t>
   </si>
   <si>
     <t>NO 14, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>477</t>
+    <t>598</t>
   </si>
   <si>
     <t>SALINA Z BEAUTY</t>
   </si>
   <si>
     <t>NO. 26A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>478</t>
-[...2 lines deleted...]
-    <t>PUSAT MEMPROSES MAKANAN FAMA (PMMF) PUCHONG JAYA</t>
+    <t>599</t>
   </si>
   <si>
     <t>ARAS G, KEMENTERIAN PEMBANGUNAN WANITA, KELUARGA DAN MASYARAKAT, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>479</t>
+    <t>600</t>
   </si>
   <si>
     <t>HABIB JEWELS SDN BHD</t>
   </si>
   <si>
     <t>LG 17 &amp; 18 ALAMANDA SHOPPING CENTRE , JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>480</t>
+    <t>601</t>
   </si>
   <si>
     <t>GRAB &amp; GO, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>481</t>
+    <t>602</t>
   </si>
   <si>
     <t>TADIKA INTELEK MINDA CERDAS</t>
   </si>
   <si>
     <t>NO. 18A, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>482</t>
-[...2 lines deleted...]
-    <t>MY HERO HYPERMARKET SDN. BHD.</t>
+    <t>603</t>
   </si>
   <si>
     <t>LOT 05, 05A, 06, 07 &amp; 08, JALAN TUN ABDUL RAZAK, PRESINT 3</t>
   </si>
   <si>
-    <t>483</t>
+    <t>604</t>
   </si>
   <si>
     <t>WETLAND STUDIOS PUTRAJAYA, NATURE INTERPRETATION CENTER, TAMAN WETLAND PUTRAJAYA, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>484</t>
+    <t>605</t>
   </si>
   <si>
     <t>SENHENG ELECTRIC (KL) SDN.BHD.</t>
   </si>
   <si>
     <t>9, 9A, 9B, 11, 11A, 11B, 11C, 13, 13A, 13B, 13C,JALAN DIPLOMATIK P15,PRESINT 15,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>485</t>
+    <t>606</t>
   </si>
   <si>
     <t>GOLDEN SCOOP SDN BHD</t>
   </si>
   <si>
     <t>LOT OS19, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>486</t>
+    <t>607</t>
   </si>
   <si>
     <t>PUSTAKA RAWANG SDN BHD</t>
   </si>
   <si>
     <t>NO. 6 &amp; 8, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>487</t>
+    <t>608</t>
   </si>
   <si>
     <t>NO. 4G, JALAN P16/1, PRESINT 16</t>
   </si>
   <si>
-    <t>488</t>
+    <t>609</t>
   </si>
   <si>
     <t>LOT OS13, GROUND FLOOR,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>489</t>
+    <t>610</t>
   </si>
   <si>
     <t>LOT G 27, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>490</t>
+    <t>611</t>
   </si>
   <si>
     <t>LOT G42, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>491</t>
+    <t>612</t>
   </si>
   <si>
     <t>BIG PHARMACY HEALTHCARE SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 24 &amp; 26, JALAN DIPLOMATIK, PRESINT 15,62050 PUTRAJAYA</t>
   </si>
   <si>
-    <t>492</t>
+    <t>613</t>
   </si>
   <si>
     <t>QEW COMMUNICATIONS SDN BHD</t>
   </si>
   <si>
-    <t>493</t>
+    <t>614</t>
   </si>
   <si>
     <t>QEW GROUP BERHAD</t>
   </si>
   <si>
     <t>L02-13, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>494</t>
+    <t>615</t>
   </si>
   <si>
     <t>TRAVEL FOR ALL RETAIL SDN BHD</t>
   </si>
   <si>
     <t>LOT LG37, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>495</t>
+    <t>616</t>
   </si>
   <si>
     <t>PURPLE BLOSSOM ENTERPRISE</t>
   </si>
   <si>
     <t>UG-06, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>496</t>
+    <t>617</t>
   </si>
   <si>
     <t>AFFIN BANK BERHAD</t>
   </si>
   <si>
     <t>NO. 38, 38A, 38B, 38C &amp; 40, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>497</t>
+    <t>618</t>
   </si>
   <si>
     <t>IKHASAS TRAVEL &amp; TOUR SDN BHD</t>
   </si>
   <si>
     <t>B2, BLOK A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>498</t>
+    <t>619</t>
   </si>
   <si>
     <t>LOT PENANGGAH NO. 2, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>499</t>
+    <t>620</t>
   </si>
   <si>
     <t>RAKAM RAGAM</t>
   </si>
   <si>
     <t>L01-28, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>500</t>
+    <t>621</t>
   </si>
   <si>
     <t>TREND WORLD</t>
   </si>
   <si>
     <t>40-1B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>501</t>
+    <t>622</t>
   </si>
   <si>
     <t>SMART FIX MOBILE</t>
   </si>
   <si>
     <t>NO. 38, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>502</t>
+    <t>623</t>
   </si>
   <si>
     <t>HARUM BAROKAH RESOURCES</t>
   </si>
   <si>
     <t>97, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>503</t>
+    <t>624</t>
   </si>
   <si>
     <t>STN RESOURCES SDN BHD</t>
   </si>
   <si>
     <t>NO. 7B, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>504</t>
+    <t>625</t>
   </si>
   <si>
     <t>FALIH AD DEEN EDUCATION SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 18A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>505</t>
+    <t>626</t>
   </si>
   <si>
     <t>WARUNG SANTAI KITA</t>
   </si>
   <si>
     <t>G.10 MEDAN SELERA P8, JALAN P8, PRESINT 8, 62250 PUTRAJAYA</t>
   </si>
   <si>
-    <t>506</t>
+    <t>627</t>
   </si>
   <si>
     <t>R &amp; D SINAR ENTERPRISE</t>
   </si>
   <si>
     <t>C-003, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>507</t>
+    <t>628</t>
   </si>
   <si>
     <t>FOCUS POINT VISION CARE GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG 62, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>508</t>
+    <t>629</t>
   </si>
   <si>
     <t>C. I. READYMIX SDN BHD</t>
   </si>
   <si>
     <t>LOT 14067 P19 PRESINT 19 PUTRAJAYA 62200 PRESINT 19</t>
   </si>
   <si>
-    <t>509</t>
+    <t>630</t>
   </si>
   <si>
     <t>BERJAYA KRISPY KREME DOUGHNUTS SDN BHD</t>
   </si>
   <si>
     <t>LOT LG 35, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>510</t>
+    <t>631</t>
   </si>
   <si>
     <t>KUJDT</t>
   </si>
   <si>
     <t>UG-30, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>511</t>
+    <t>632</t>
   </si>
   <si>
     <t>ZAKI HOME FURNITURE</t>
   </si>
   <si>
     <t>NO.72 &amp;72A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>512</t>
+    <t>633</t>
   </si>
   <si>
     <t>PASARAYA MU SDN.BHD</t>
   </si>
   <si>
     <t>NO. 67G, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>513</t>
+    <t>634</t>
   </si>
   <si>
     <t>AL IKHSAN SPORTS SDN BHD</t>
   </si>
   <si>
     <t>LG 25 &amp; 25A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>514</t>
+    <t>635</t>
   </si>
   <si>
     <t>PUTRAHOMES REALTY</t>
   </si>
   <si>
     <t>104A, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>515</t>
+    <t>636</t>
   </si>
   <si>
     <t>AZHAR STATION</t>
   </si>
   <si>
     <t>NO. 10, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>516</t>
+    <t>637</t>
   </si>
   <si>
     <t>G 16, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>517</t>
+    <t>638</t>
   </si>
   <si>
     <t>LOO WOI LIP</t>
   </si>
   <si>
     <t>LOT G15, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>518</t>
+    <t>639</t>
   </si>
   <si>
     <t>CHEF'S CANVAS</t>
   </si>
   <si>
     <t>NO. 45 &amp; 45A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>519</t>
+    <t>640</t>
   </si>
   <si>
     <t>GENE MARTINO</t>
   </si>
   <si>
     <t>LOT G-25, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>520</t>
+    <t>641</t>
   </si>
   <si>
     <t>KACAMUDA</t>
   </si>
   <si>
     <t>DEWAN MAKAN, SEKOLAH SULTAN ALAM SHAH, PARCEL G, PRESINT 1</t>
   </si>
   <si>
-    <t>521</t>
+    <t>642</t>
   </si>
   <si>
     <t>TASKA DUNIA ADINDA</t>
   </si>
   <si>
     <t>NO. 2, JALAN P9 A/3, PRESINT 9</t>
   </si>
   <si>
-    <t>522</t>
+    <t>643</t>
   </si>
   <si>
     <t>DE GIFT HOUSE</t>
   </si>
   <si>
     <t>12, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>523</t>
+    <t>644</t>
   </si>
   <si>
     <t>CAT ZOUK MALAYA</t>
   </si>
   <si>
     <t>NO 17, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>524</t>
+    <t>645</t>
   </si>
   <si>
     <t>HABIB JEWELS FRANCHISE SDN BHD</t>
   </si>
   <si>
     <t>LOT LG 45, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>525</t>
+    <t>646</t>
   </si>
   <si>
     <t>G-012, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>526</t>
+    <t>647</t>
   </si>
   <si>
     <t>C-002, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>527</t>
+    <t>648</t>
   </si>
   <si>
     <t>PIZZA HUT RESTAURANTS SDN BHD</t>
   </si>
   <si>
     <t>LOT G-90, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>528</t>
+    <t>649</t>
   </si>
   <si>
     <t>QSR STORES SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G89, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>529</t>
+    <t>650</t>
   </si>
   <si>
     <t>SALAM NOODLES</t>
   </si>
   <si>
     <t>NO. 64, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>530</t>
+    <t>651</t>
   </si>
   <si>
     <t>BOON HUA BIKERS SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 37 &amp; 39, KAWASAN PERINDUSTRIAN, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>531</t>
+    <t>652</t>
   </si>
   <si>
     <t>GERAI LAMAN DUTA PRESINT 15</t>
   </si>
   <si>
     <t>KAFETERIA DATARAN DUTA,JALAN DIPLOMATIK 3/6,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>532</t>
+    <t>653</t>
   </si>
   <si>
     <t>SEEDS HOTEL</t>
   </si>
   <si>
     <t>NO. 23, 23A, 23B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>533</t>
+    <t>654</t>
   </si>
   <si>
     <t>NICE STYLE</t>
   </si>
   <si>
     <t>67, 67A, 67B &amp; 67C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>534</t>
+    <t>655</t>
   </si>
   <si>
     <t>MESRA PET SHOP</t>
   </si>
   <si>
     <t>NO. 74, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>535</t>
+    <t>656</t>
   </si>
   <si>
     <t>ILHAM UNIK SDN BHD</t>
   </si>
   <si>
     <t>LOT G26A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>536</t>
+    <t>657</t>
   </si>
   <si>
     <t>GLORIA JEANS COFFEE</t>
   </si>
   <si>
     <t>KAFETERIA ARAS 1, SETIA PERDANA 2, BAHAGIAN KHIDMAT PENGURUSAN, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>537</t>
+    <t>658</t>
   </si>
   <si>
     <t>TADIKA GENERASI PINTAR BERBUDI</t>
   </si>
   <si>
     <t>NO. 64A, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>538</t>
+    <t>659</t>
   </si>
   <si>
     <t>FLASH MALAYSIA EXPRESS SDN. BHD.</t>
   </si>
   <si>
     <t>38, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>539</t>
+    <t>660</t>
   </si>
   <si>
     <t>A-SALOON SDN BHD</t>
   </si>
   <si>
     <t>LOT G-66 &amp; G-67, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>540</t>
-[...2 lines deleted...]
-    <t>GERBANG ALAF RESTAURANTS SDN. BHD.</t>
+    <t>661</t>
   </si>
   <si>
     <t>NO G-17, SHAFTSBURY STELLAR PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>541</t>
+    <t>662</t>
   </si>
   <si>
     <t>AGENSI PEKERJAAN ALPHA NEPTUNE (M) SDN BHD</t>
   </si>
   <si>
     <t>NO. 2A,TINGKAT 1 JALAN DIPLOMATIK 2/1, PRESINT 15 ,62050, WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>542</t>
+    <t>663</t>
   </si>
   <si>
     <t>LOYALTY HAIR STUDIO (M) SDN. BHD.</t>
   </si>
   <si>
     <t>UG-31, RETAIL MALL, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>543</t>
+    <t>664</t>
   </si>
   <si>
     <t>SW MUSLIMAH SDN BHD</t>
   </si>
   <si>
     <t>NO. 17, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>544</t>
-[...2 lines deleted...]
-    <t>TADIKA MUHAMMAD AL FATEH</t>
+    <t>665</t>
   </si>
   <si>
     <t>RUANG TADIKA, BLOK 12E1, JALAN P9 C/1, PRESINT 9</t>
   </si>
   <si>
-    <t>545</t>
+    <t>666</t>
   </si>
   <si>
     <t>ESPRIT ESTATE AGENT SDN. BHD. (PUTRAJAYA)</t>
   </si>
   <si>
     <t>L02-68, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>546</t>
+    <t>667</t>
   </si>
   <si>
     <t>ZENSORI</t>
   </si>
   <si>
     <t>4-2 &amp; 3-2, JALAN P16/1, PRESINT 16</t>
   </si>
   <si>
-    <t>547</t>
+    <t>668</t>
   </si>
   <si>
     <t>ACCESS IDEAS (M) SDN BHD</t>
   </si>
   <si>
     <t>L01-46, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>548</t>
+    <t>669</t>
   </si>
   <si>
     <t>L02-80, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>549</t>
+    <t>670</t>
   </si>
   <si>
     <t>L01-41, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>550</t>
+    <t>671</t>
   </si>
   <si>
     <t>UNIQLO (M) SDN.BHD.</t>
   </si>
   <si>
     <t>LOT LG12, LG13 &amp; LG75, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>551</t>
+    <t>672</t>
   </si>
   <si>
     <t>PAJAK GADAI JP (NADI 15) SDN BHD</t>
   </si>
   <si>
     <t>NO. 30-G, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>552</t>
-[...2 lines deleted...]
-    <t>ZUS COFFEE</t>
+    <t>673</t>
   </si>
   <si>
     <t>NO. 43, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>553</t>
+    <t>674</t>
   </si>
   <si>
     <t>LOT G22, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>554</t>
+    <t>675</t>
   </si>
   <si>
     <t>CYC AUTO HAUS SERVICES</t>
   </si>
   <si>
     <t>NO.2, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>555</t>
+    <t>676</t>
   </si>
   <si>
     <t>WONG WENG YEW</t>
   </si>
   <si>
     <t>NO. 34B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>556</t>
+    <t>677</t>
   </si>
   <si>
     <t>EXTREME BROADBAND SDN BHD</t>
   </si>
   <si>
-    <t>557</t>
-[...5 lines deleted...]
-    <t>559</t>
+    <t>678</t>
+  </si>
+  <si>
+    <t>679</t>
+  </si>
+  <si>
+    <t>680</t>
   </si>
   <si>
     <t>TRENT PHARMA SDN BHD</t>
   </si>
   <si>
     <t>NO. 62, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>560</t>
+    <t>681</t>
   </si>
   <si>
     <t>PUSAT TUISYEN QALAM ILMU</t>
   </si>
   <si>
     <t>NO. 23A, JALAN TEMOLEH P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>561</t>
+    <t>682</t>
   </si>
   <si>
     <t>THE COFFEE BEAN &amp; TEA LEAF (MALAYSIA) SDN BHD</t>
   </si>
   <si>
     <t>NO. 16, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>562</t>
+    <t>683</t>
   </si>
   <si>
     <t>HAPPY HOME SUPERSTORE SDN BHD</t>
   </si>
   <si>
     <t>NO. 86 &amp; 86A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>563</t>
+    <t>684</t>
   </si>
   <si>
     <t>BALLOON BOUTIQUE</t>
   </si>
   <si>
     <t>LOT OS22, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>564</t>
+    <t>685</t>
   </si>
   <si>
     <t>LOKET</t>
   </si>
   <si>
     <t>7A, JALAN P9 G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>565</t>
+    <t>686</t>
   </si>
   <si>
     <t>OUTDOOR CENTRE SDN BHD</t>
   </si>
   <si>
     <t>NO.7, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>566</t>
+    <t>687</t>
   </si>
   <si>
     <t>ASTAKA TEKNIK</t>
   </si>
   <si>
     <t>NO. 22-B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>567</t>
+    <t>688</t>
   </si>
   <si>
     <t>SECRET RECIPE CAKES &amp; CAFE SDN.BHD.</t>
   </si>
   <si>
     <t>NO. 28, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>568</t>
+    <t>689</t>
   </si>
   <si>
     <t>LOT G01-82, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>569</t>
+    <t>690</t>
   </si>
   <si>
     <t>FOX TAILOR SDN BHD</t>
   </si>
   <si>
     <t>LOT G05, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>570</t>
+    <t>691</t>
   </si>
   <si>
     <t>ADIVAA STUDIO</t>
   </si>
   <si>
     <t>90B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>571</t>
+    <t>692</t>
   </si>
   <si>
     <t>KIDDO STICKERS GALLERY</t>
   </si>
   <si>
     <t>LOT OSP402, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>572</t>
+    <t>693</t>
   </si>
   <si>
     <t>CENDANA AUTO SDN BHD</t>
   </si>
   <si>
     <t>NO. 42, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>573</t>
+    <t>694</t>
   </si>
   <si>
     <t>WARISAN TOK ABAH</t>
   </si>
   <si>
     <t>LOT PENANGGAH NO.1, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>574</t>
+    <t>695</t>
   </si>
   <si>
     <t>FIX SERVICE</t>
   </si>
   <si>
     <t>LOT LG 72, LOWER GROUND FLOOR,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>575</t>
+    <t>696</t>
   </si>
   <si>
     <t>BBQ TOWN</t>
   </si>
   <si>
     <t>LOT G-17A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>576</t>
+    <t>697</t>
   </si>
   <si>
     <t>SUKIYA</t>
   </si>
   <si>
     <t>G13 &amp; G13A, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>577</t>
+    <t>698</t>
   </si>
   <si>
     <t>TADIKA ATFAAL BESTARI ELIT</t>
   </si>
   <si>
     <t>ARAS 1, BLOK F, PPAM SELASIH, JALAN P17 E, PRESINT 17</t>
   </si>
   <si>
-    <t>578</t>
+    <t>699</t>
   </si>
   <si>
     <t>ASTERSPRING</t>
   </si>
   <si>
     <t>LOT LG 55 &amp; 56, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>579</t>
+    <t>700</t>
   </si>
   <si>
     <t>SUPER DRAGON CATERING SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 5, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>580</t>
+    <t>701</t>
   </si>
   <si>
     <t>BANK MUAMALAT MALAYSIA BERHAD</t>
   </si>
   <si>
     <t>NO 2 &amp; 4, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>581</t>
+    <t>702</t>
   </si>
   <si>
     <t>NANOSTIX</t>
   </si>
   <si>
     <t>LOT 16G, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>582</t>
+    <t>703</t>
   </si>
   <si>
     <t>C &amp; J CLARK (M) SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG51A, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>583</t>
+    <t>704</t>
   </si>
   <si>
     <t>RANGKAIAN SHAHMAJU SDN.BHD</t>
   </si>
   <si>
     <t>RUANG KEDAI SERBANEKA, KAFETERIA LOT 2G6, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>584</t>
+    <t>705</t>
   </si>
   <si>
     <t>MIEE TARIK FAIZAL KONG ( BERCITARASA SDN. BHD.)</t>
   </si>
   <si>
     <t>LOT G84, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>585</t>
+    <t>706</t>
   </si>
   <si>
     <t>STOR BASK BEAR COFFEE, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>586</t>
+    <t>707</t>
   </si>
   <si>
     <t>AJP ENTERPRISE</t>
   </si>
   <si>
     <t>BLOK C6, KOMPLEKS C, LEBUH PERDANA SELATAN, PRESINT 1</t>
   </si>
   <si>
-    <t>587</t>
+    <t>708</t>
   </si>
   <si>
     <t>DEAR SURI</t>
   </si>
   <si>
     <t>LOT KIOS KACA, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>588</t>
+    <t>709</t>
   </si>
   <si>
     <t>MOOI XIN YI</t>
   </si>
   <si>
     <t>NO. 55, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>589</t>
+    <t>710</t>
   </si>
   <si>
     <t>PROQUAZ SDN BHD</t>
   </si>
   <si>
     <t>1B, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>590</t>
+    <t>711</t>
   </si>
   <si>
     <t>2B, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>591</t>
+    <t>712</t>
   </si>
   <si>
     <t>A-LOOK EYEWEAR SDN BHD</t>
   </si>
   <si>
-    <t>592</t>
+    <t>713</t>
   </si>
   <si>
     <t>HONG LEONG ISLAMIC BANK BERHAD</t>
   </si>
   <si>
     <t>NO. 5, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>593</t>
+    <t>714</t>
   </si>
   <si>
     <t>PPK PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 13 &amp; 13B, LOT KOMERSIAL NADI@15, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>594</t>
+    <t>715</t>
   </si>
   <si>
     <t>ENDOZ ENGINEERING</t>
   </si>
   <si>
     <t>NO.16B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>595</t>
+    <t>716</t>
   </si>
   <si>
     <t>LEON CLASSROOM SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 32A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>596</t>
+    <t>717</t>
   </si>
   <si>
     <t>GREEN BAG BY CIC SDN BHD</t>
   </si>
   <si>
     <t>3A, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>597</t>
+    <t>718</t>
   </si>
   <si>
     <t>MANJAKU RETAIL SDN BHD</t>
   </si>
   <si>
     <t>NO. 22,22A,22B,24,24A,24B,26,26A,26B,28,28A,28B,JALAN PERAK P15,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>598</t>
+    <t>719</t>
   </si>
   <si>
     <t>PERNIAGAAN KMJ</t>
   </si>
   <si>
     <t>SK PUTRAJAYA PRESINT 14 (1), JALAN P14, PRESINT 14</t>
   </si>
   <si>
-    <t>599</t>
+    <t>720</t>
   </si>
   <si>
     <t>TADIKA NASYRAH</t>
   </si>
   <si>
     <t>JABATAN PERANGKAAN MALAYSIA, BLOK C7, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>600</t>
+    <t>721</t>
   </si>
   <si>
     <t>TADIKA, NO. 45, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>601</t>
+    <t>722</t>
   </si>
   <si>
     <t>NO. 2, PUSAT KOMUNITI KUARTERS JENIS APARTMENT P16, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>602</t>
+    <t>723</t>
   </si>
   <si>
     <t>COSWAY (M) SDN BHD</t>
   </si>
   <si>
     <t>NO 1, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>603</t>
+    <t>724</t>
   </si>
   <si>
     <t>MR JAY ENTERPRISE</t>
   </si>
   <si>
     <t>JALAN P18M, PRESINT 18 62100 PUTRAJAYA</t>
   </si>
   <si>
-    <t>604</t>
+    <t>725</t>
   </si>
   <si>
     <t>SA LOKALICIOUS KITCHEN</t>
   </si>
   <si>
     <t>NO 18, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>605</t>
+    <t>726</t>
   </si>
   <si>
     <t>IRHA INTERNATIONAL SDN BHD</t>
   </si>
   <si>
     <t>NO. 43, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>606</t>
+    <t>727</t>
   </si>
   <si>
     <t>AURORA BIDAN SDN BHD</t>
   </si>
   <si>
     <t>NO.9, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>607</t>
+    <t>728</t>
   </si>
   <si>
     <t>OCC SAFETY HEALTH &amp; ENVIRONMENT GLOBAL VENTURES</t>
   </si>
   <si>
     <t>NO.7 LG, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>608</t>
+    <t>729</t>
   </si>
   <si>
     <t>DAISY</t>
   </si>
   <si>
     <t>LOT G45-G49, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>609</t>
+    <t>730</t>
   </si>
   <si>
     <t>ES ADVANCED CONCEPT</t>
   </si>
   <si>
     <t>LOT C-001, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>610</t>
+    <t>731</t>
   </si>
   <si>
     <t>AEON BIG (M) SDN BHD</t>
   </si>
   <si>
     <t>LOWER GROUND FLOOR AND GROUND FLOOR, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>611</t>
+    <t>732</t>
   </si>
   <si>
     <t>CUCKOO INTERNATIONAL (MAL) BERHAD</t>
   </si>
   <si>
     <t>LOT OS01, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>612</t>
+    <t>733</t>
   </si>
   <si>
     <t>KOPERASI YAPEIM BERHAD</t>
   </si>
   <si>
     <t>LOT Z1-06-01 HINGGA Z1-06-16, BLOK Z1, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>613</t>
+    <t>734</t>
   </si>
   <si>
     <t>AGROBANK</t>
   </si>
   <si>
     <t>LOT 4G1,PERSIARAN PERDANA,47,PRESINT 4,,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>614</t>
+    <t>735</t>
   </si>
   <si>
     <t>ORINCO SANOLAN CONSTRUCTION SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 41B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>615</t>
+    <t>736</t>
   </si>
   <si>
     <t>KITIKAT HOTEL</t>
   </si>
   <si>
     <t>No 6A,JALAN DIPLOMATIK,238,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>616</t>
+    <t>737</t>
   </si>
   <si>
     <t>KAFE SINGGAH SELALU ENTERPRISE</t>
   </si>
   <si>
     <t>LOT 2, KAFETERIA (A), BANGUNAN LOT 2G4, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>617</t>
+    <t>738</t>
   </si>
   <si>
     <t>TADIKA ALIF CERIA</t>
   </si>
   <si>
     <t>NO. 2, JALAN P14B 1/7, PRESINT 14</t>
   </si>
   <si>
-    <t>618</t>
+    <t>739</t>
   </si>
   <si>
     <t>DOKTOR GADGET</t>
   </si>
   <si>
     <t>D-01-23, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>619</t>
+    <t>740</t>
   </si>
   <si>
     <t>THAI CUSINE</t>
   </si>
   <si>
     <t>STALL 16, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>620</t>
+    <t>741</t>
   </si>
   <si>
     <t>SMOKED KINGDOM</t>
   </si>
   <si>
     <t>B1-G-1, AYER @ 8 FASA P8C1, JALAN P8G</t>
   </si>
   <si>
-    <t>621</t>
+    <t>742</t>
   </si>
   <si>
     <t>QA BUSINESS SERVICES</t>
   </si>
   <si>
     <t>NO.55-C (ROOM3), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>622</t>
+    <t>743</t>
   </si>
   <si>
     <t>PANJI JAYA PLT</t>
   </si>
   <si>
     <t>UNIT KEDAI 04, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>623</t>
+    <t>744</t>
   </si>
   <si>
     <t>SATU AZAM BERJAYA SERVICES</t>
   </si>
   <si>
     <t>LOT GERAI NO. GI03, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>624</t>
-[...8 lines deleted...]
-    <t>625</t>
+    <t>745</t>
+  </si>
+  <si>
+    <t>746</t>
   </si>
   <si>
     <t>KAFETERIA KASTAM, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>626</t>
+    <t>747</t>
   </si>
   <si>
     <t>LITTLE WOK</t>
   </si>
   <si>
     <t>STALL 3A, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>627</t>
+    <t>748</t>
   </si>
   <si>
     <t>PRINTEC</t>
   </si>
   <si>
     <t>L02-66,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>628</t>
+    <t>749</t>
   </si>
   <si>
     <t>BARAQAH IMAN RESOURCES</t>
   </si>
   <si>
     <t>STALL NO. 3, LINGKARAN GEMILANG SATU, PRESINT 4</t>
   </si>
   <si>
-    <t>629</t>
+    <t>750</t>
   </si>
   <si>
     <t>PANGLIMA JUTA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G51, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>630</t>
+    <t>751</t>
   </si>
   <si>
     <t>GERAI MINUMAN</t>
   </si>
   <si>
     <t>LOT GERAI GM01, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>631</t>
+    <t>752</t>
   </si>
   <si>
     <t>MOTOR MUDAH TRADING</t>
   </si>
   <si>
     <t>NO. 27, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>632</t>
+    <t>753</t>
   </si>
   <si>
     <t>CRUISE TASIK PUTRAJAYA, JETI PUTRAJAYA JAMBATAN PUTRA, PRESINT1, PUTRAJAYA, PRESINT 1</t>
   </si>
   <si>
-    <t>633</t>
+    <t>754</t>
   </si>
   <si>
     <t>TITI MAJU SDN BHD</t>
   </si>
   <si>
     <t>NO. 39B &amp; 39C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>634</t>
+    <t>755</t>
   </si>
   <si>
     <t>LERUN INDUSTRIES SDN. BHD.</t>
   </si>
   <si>
     <t>21, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>635</t>
+    <t>756</t>
   </si>
   <si>
     <t>ENCLAVE HOTEL</t>
   </si>
   <si>
     <t>UNIT 16A, 16B, 16C, 18, 18A, 18B &amp; 18C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>636</t>
+    <t>757</t>
   </si>
   <si>
     <t>WARISAN IBONDA ENTERPRISE</t>
   </si>
   <si>
     <t>LOT KAFETERIA, ISTANA KEHAKIMAN, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>637</t>
+    <t>758</t>
   </si>
   <si>
     <t>KAFETERIA (ARAS 1), JABATAN AKAUNTAN NEGARA MALAYSIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>638</t>
+    <t>759</t>
   </si>
   <si>
     <t>LS RETAIL (MALAYSIA) SDN BHD</t>
   </si>
   <si>
     <t>LOT LG54, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>639</t>
+    <t>760</t>
   </si>
   <si>
     <t>TAKAFUL IKHLAS GENERAL BERHAD</t>
   </si>
   <si>
     <t>NO.12, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>640</t>
+    <t>761</t>
   </si>
   <si>
     <t>SS COLLECTION</t>
   </si>
   <si>
     <t>LOT KEDAI NO. K11, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>641</t>
+    <t>762</t>
   </si>
   <si>
     <t>G&amp;T BRAND SDN BHD</t>
   </si>
   <si>
     <t>LOT LG 31-LG 33, LOWER GROUND FLOOR, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>642</t>
+    <t>763</t>
   </si>
   <si>
     <t>CELCOMDIGI TELECOMMUNICATIONS SDN. BHD.</t>
   </si>
   <si>
     <t>LOT 33, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA 62000 PRESINT 1 PUTRAJAYA</t>
   </si>
   <si>
-    <t>643</t>
+    <t>764</t>
   </si>
   <si>
     <t>KOPI KENANGAN SDN. BHD.</t>
   </si>
   <si>
     <t>NO.39, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>644</t>
+    <t>765</t>
   </si>
   <si>
     <t>PONEY GARMENTS SDN BHD</t>
   </si>
   <si>
     <t>LOT G10, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>645</t>
+    <t>766</t>
   </si>
   <si>
     <t>SEPIRING CAFE SDN BHD</t>
   </si>
   <si>
     <t>LG 30 &amp; 30ES, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>646</t>
+    <t>767</t>
   </si>
   <si>
     <t>AH CHENG LAKSA</t>
   </si>
   <si>
     <t>LOT LG 36, LOWER GROUND FLOOR, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>647</t>
+    <t>768</t>
   </si>
   <si>
     <t>PAPARONIS CAFE ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G04 (BERHADAPAN KEMENTERIAN KEWANGAN MALAYSIA), PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>648</t>
+    <t>769</t>
   </si>
   <si>
     <t>JMB SPJ</t>
   </si>
   <si>
     <t>B-G-01, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>649</t>
+    <t>770</t>
   </si>
   <si>
     <t>COWAY (MALAYSIA) SDN BHD</t>
   </si>
   <si>
     <t>NO.2A, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>650</t>
+    <t>771</t>
   </si>
   <si>
     <t>PETSMORE SDN BHD</t>
   </si>
   <si>
     <t>NO. 71, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>651</t>
+    <t>772</t>
   </si>
   <si>
     <t>AVIATRICH HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>NO. 3, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>652</t>
+    <t>773</t>
   </si>
   <si>
     <t>SPEECHEESE TALENT &amp; SPEECH CENTRE</t>
   </si>
   <si>
     <t>18A, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>653</t>
-[...8 lines deleted...]
-    <t>654</t>
+    <t>774</t>
+  </si>
+  <si>
+    <t>775</t>
   </si>
   <si>
     <t>TAN BOON MING SDN BHD</t>
   </si>
   <si>
     <t>NO. 2 &amp; 2A, JALAN DIPLOMATIK 1/2, PRESINT 15</t>
   </si>
   <si>
-    <t>655</t>
+    <t>776</t>
   </si>
   <si>
     <t>SDS BAKERY &amp; CAFETERIA SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 2, JALAN PULAU PINANG NADI 15, PRESINT 15</t>
   </si>
   <si>
-    <t>656</t>
+    <t>777</t>
   </si>
   <si>
     <t>ALPRO OPTISAVER</t>
   </si>
   <si>
     <t>NO.22, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>657</t>
+    <t>778</t>
   </si>
   <si>
     <t>EATIZEN MINI MART</t>
   </si>
   <si>
     <t>LOT 3, JALAN KANDIS P16, PRESINT 16</t>
   </si>
   <si>
-    <t>658</t>
+    <t>779</t>
   </si>
   <si>
     <t>GAS MALAYSIA DISTRIBUTION SDN. BHD.</t>
   </si>
   <si>
     <t>JALAN P18 F</t>
   </si>
   <si>
-    <t>659</t>
+    <t>780</t>
   </si>
   <si>
     <t>RICHEESE FACTORY MALAYSIA SDN. BHD.</t>
   </si>
   <si>
-    <t>LOT 53A, JALAN ALAMANDA, PRESINT 1</t>
-[...2 lines deleted...]
-    <t>660</t>
+    <t>LOT G53A, GROUND FLOOR, ALAMANDA PUTRAJAYA SHOPPING CENTER, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA, WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>781</t>
   </si>
   <si>
     <t>FIXERLAB SOLUTIONS</t>
   </si>
   <si>
     <t>LOT K13, PASAR AWAM PRESINT 8, JALAN P8D, PRESINT 8</t>
   </si>
   <si>
-    <t>661</t>
+    <t>782</t>
   </si>
   <si>
     <t>NORA</t>
   </si>
   <si>
     <t>KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>662</t>
+    <t>783</t>
   </si>
   <si>
     <t>FASHION INSPIRATION (M)SDN BHD</t>
   </si>
   <si>
     <t>LOT G13 &amp; 13B, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>663</t>
+    <t>784</t>
   </si>
   <si>
     <t>LOVELY LACE RETAILS &amp; MARKETING SDN BHD</t>
   </si>
   <si>
     <t>G12, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>664</t>
+    <t>785</t>
   </si>
   <si>
     <t>PUSTAKA RAKYAT (PRESINT 15) SDN BHD</t>
   </si>
   <si>
     <t>NO.1, 1A, 1B &amp; 1C, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>665</t>
-[...2 lines deleted...]
-    <t>PASARAYA DARUSSALAM SDN. BHD.</t>
+    <t>786</t>
   </si>
   <si>
     <t>NO. 11, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>666</t>
+    <t>787</t>
   </si>
   <si>
     <t>HOTEL PULSE GRANDE, JALAN TAMAN PUTRA PERDANA, PRESINT 1</t>
   </si>
   <si>
-    <t>667</t>
+    <t>788</t>
   </si>
   <si>
     <t>LOT RESTORAN, TAMAN BOTANI,PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>668</t>
+    <t>789</t>
   </si>
   <si>
     <t>OPTICAL 88 EYECARE (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT G43, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>669</t>
+    <t>790</t>
   </si>
   <si>
     <t>INDAH PUTRAJAYA SDN BHD</t>
   </si>
   <si>
     <t>NO. 1, JALAN ALAMANDA 2, PRESINT 1</t>
   </si>
   <si>
-    <t>670</t>
+    <t>791</t>
   </si>
   <si>
     <t>MERCU CITA MANUFACTURING SDN.BHD.</t>
   </si>
   <si>
     <t>LOT LG70,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>671</t>
+    <t>792</t>
   </si>
   <si>
     <t>LOT G15-ES, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>672</t>
+    <t>793</t>
   </si>
   <si>
     <t>TRV SEVEN HILLS ACADEMY HUB</t>
   </si>
   <si>
     <t>L02-27, MENARA SHAFTSBURY,PRESINT 1</t>
   </si>
   <si>
-    <t>673</t>
+    <t>794</t>
   </si>
   <si>
     <t>ESTEE LAUDER MALAYSIA SDN BHD</t>
   </si>
   <si>
     <t>LOT LG16, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>674</t>
+    <t>795</t>
   </si>
   <si>
     <t>FACTORY EYEWEAR</t>
   </si>
   <si>
     <t>NO. 57, PRESINT DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>675</t>
+    <t>796</t>
   </si>
   <si>
     <t>CR BOUTIQUE SDN BHD</t>
   </si>
   <si>
     <t>LOT LG 10, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>676</t>
+    <t>797</t>
   </si>
   <si>
     <t>JPS FASHIONS (MALAYSIA) SDN. BHD.</t>
   </si>
   <si>
     <t>LG-66, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>677</t>
+    <t>798</t>
   </si>
   <si>
     <t>PERTUBUHAN KOMUNITI BLOK - A PPAM KETUMBAR PUTRAJAYA</t>
   </si>
   <si>
     <t>A-2-2-2, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>678</t>
+    <t>799</t>
   </si>
   <si>
     <t>GIMME4FINGERS MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>NO.42, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>679</t>
+    <t>800</t>
   </si>
   <si>
     <t>PARTNERS 360 SDN. BHD.</t>
   </si>
   <si>
     <t>G 56, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>680</t>
+    <t>801</t>
   </si>
   <si>
     <t>ROLLIN' DOH SHAFTSBURY PUTRAJAYA</t>
   </si>
   <si>
     <t>G-K03, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>681</t>
-[...2 lines deleted...]
-    <t>COSMO RESTAURANTS SDN BHD</t>
+    <t>802</t>
   </si>
   <si>
     <t>LOT LG28 &amp; LG29, ALAMANDA SHOPPING CENTRE JALAN ALAMANDA 62000 PRESINT 1 PUTRAJAYA</t>
   </si>
   <si>
-    <t>682</t>
+    <t>803</t>
   </si>
   <si>
     <t>ZEFIKS</t>
   </si>
   <si>
     <t>LOT G11, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>683</t>
+    <t>804</t>
   </si>
   <si>
     <t>PUSAT BAHASA CAMBRIDGE ENGLISH FOR LIFE (PUTRAJAYA)</t>
   </si>
   <si>
     <t>NO.20B, LOT KOMERSIAL NADI@15, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>684</t>
-[...2 lines deleted...]
-    <t>7-ELEVEN MALAYSIA SDN BHD</t>
+    <t>805</t>
   </si>
   <si>
     <t>NO G-20, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>685</t>
+    <t>806</t>
   </si>
   <si>
     <t>NO. 6, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>686</t>
+    <t>807</t>
   </si>
   <si>
     <t>NO. 75, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>687</t>
+    <t>808</t>
   </si>
   <si>
     <t>OS18, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>688</t>
-[...2 lines deleted...]
-    <t>99 SPEED MART SDN. BHD.</t>
+    <t>809</t>
   </si>
   <si>
     <t>LG-1, NO. BANGUNAN 01, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>689</t>
+    <t>810</t>
   </si>
   <si>
     <t>NO.2 &amp; 4, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>690</t>
+    <t>811</t>
   </si>
   <si>
     <t>MAYANG @ PUTRAJAYA</t>
   </si>
   <si>
     <t>STALL NO. 4, LINGKARAN GEMILANG SATU, PRESINT 4</t>
   </si>
   <si>
-    <t>691</t>
+    <t>812</t>
   </si>
   <si>
     <t>AD DARI KIDS STATION</t>
   </si>
   <si>
     <t>NO. 1B, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>692</t>
+    <t>813</t>
   </si>
   <si>
     <t>BLOK C-T-00-U04, JALAN P8 D, PRESINT 8</t>
   </si>
   <si>
-    <t>693</t>
+    <t>814</t>
   </si>
   <si>
     <t>ETIQA INSURANCE BERHAD</t>
   </si>
   <si>
     <t>NO. 85 &amp; 85A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>694</t>
+    <t>815</t>
   </si>
   <si>
     <t>POLAR MART</t>
   </si>
   <si>
     <t>LOT C-004, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>695</t>
+    <t>816</t>
   </si>
   <si>
     <t>STORE STG01, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>696</t>
+    <t>817</t>
   </si>
   <si>
     <t>COKLAT PISANG ENTERPRISE</t>
   </si>
   <si>
     <t>LOT KIOS KS04, JALAN P16 D/1, PRESINT 16</t>
   </si>
   <si>
-    <t>697</t>
+    <t>818</t>
   </si>
   <si>
     <t>SYADAM CATERER</t>
   </si>
   <si>
     <t>LOT GERAI NO. G01 (BERHADAPAN KEMENTERIAN KEWANGAN MALAYSIA), PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>698</t>
+    <t>819</t>
   </si>
   <si>
     <t>RASA FOOD ARENA</t>
   </si>
   <si>
     <t>STALL 18, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>699</t>
+    <t>820</t>
   </si>
   <si>
     <t>FD3 &amp; FD4, LOT G17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>700</t>
+    <t>821</t>
   </si>
   <si>
     <t>STALL 17</t>
   </si>
   <si>
     <t>STALL 17, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>701</t>
+    <t>822</t>
   </si>
   <si>
     <t>STALL 15</t>
   </si>
   <si>
     <t>STALL 15, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>702</t>
+    <t>823</t>
   </si>
   <si>
     <t>STALL 13</t>
   </si>
   <si>
     <t>STALL 13, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>703</t>
+    <t>824</t>
   </si>
   <si>
     <t>STALL 12</t>
   </si>
   <si>
     <t>STALL 12, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>704</t>
+    <t>825</t>
   </si>
   <si>
     <t>STALL 10</t>
   </si>
   <si>
     <t>STALL 10, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>705</t>
+    <t>826</t>
   </si>
   <si>
     <t>STALL 8</t>
   </si>
   <si>
     <t>STALL 8, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>706</t>
+    <t>827</t>
   </si>
   <si>
     <t>STALL 7</t>
   </si>
   <si>
     <t>STALL 7, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>707</t>
+    <t>828</t>
   </si>
   <si>
     <t>STALL 6</t>
   </si>
   <si>
     <t>STALL 6, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>708</t>
+    <t>829</t>
   </si>
   <si>
     <t>STALL 5</t>
   </si>
   <si>
     <t>STALL 5, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>709</t>
+    <t>830</t>
   </si>
   <si>
     <t>STALL 3</t>
   </si>
   <si>
     <t>STALL 3, LOT G17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>710</t>
+    <t>831</t>
   </si>
   <si>
     <t>MEE TARIK</t>
   </si>
   <si>
     <t>STALL 2, LOT G17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>711</t>
+    <t>832</t>
   </si>
   <si>
     <t>MQH MOLLA MEGA SDN BHD</t>
   </si>
   <si>
     <t>STALL 9, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>712</t>
+    <t>833</t>
   </si>
   <si>
     <t>STALL 1, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>713</t>
+    <t>834</t>
   </si>
   <si>
     <t>PVH COMMERCIAL MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG 46-LG 47, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>714</t>
+    <t>835</t>
   </si>
   <si>
     <t>SITI MUHAINI</t>
   </si>
   <si>
     <t>UNIT B-G-R09, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>715</t>
-[...2 lines deleted...]
-    <t>MYCU RETAIL SDN BHD</t>
+    <t>836</t>
   </si>
   <si>
     <t>NO 17, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>716</t>
+    <t>837</t>
   </si>
   <si>
     <t>HIJRAH H&amp;K ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G04, MEDAN SELERA, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>717</t>
+    <t>838</t>
   </si>
   <si>
     <t>SYIEMARAZAK ATELIER</t>
   </si>
   <si>
     <t>UNIT L02-18, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>718</t>
+    <t>839</t>
   </si>
   <si>
     <t>PADI HOUSE</t>
   </si>
   <si>
     <t>LOT G83, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>719</t>
+    <t>840</t>
   </si>
   <si>
     <t>NMN ENTERPRISE</t>
   </si>
   <si>
-    <t>720</t>
+    <t>841</t>
   </si>
   <si>
     <t>NO. 1A, GF-1, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>721</t>
+    <t>842</t>
   </si>
   <si>
     <t>UWSB</t>
   </si>
   <si>
     <t>BLOK A,,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>722</t>
+    <t>843</t>
   </si>
   <si>
     <t>LG-13, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>723</t>
+    <t>844</t>
   </si>
   <si>
     <t>KKV BUSINESS MANAGEMENT SDN. BHD.</t>
   </si>
   <si>
     <t>LG-84 &amp; LG-85, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>724</t>
+    <t>845</t>
   </si>
   <si>
     <t>RAPID BUS SDN BHD</t>
   </si>
   <si>
     <t>NO. 28, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>725</t>
+    <t>846</t>
   </si>
   <si>
     <t>SOFIA KIDS PLANET</t>
   </si>
   <si>
     <t>T.03-U.01, JALAN P9E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>726</t>
+    <t>847</t>
   </si>
   <si>
     <t>PUTRACYBER PRINTING</t>
   </si>
   <si>
     <t>A1-T1-U06, JALAN P9B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>727</t>
+    <t>848</t>
   </si>
   <si>
     <t>PUSAT HEMODIALISIS MAIWP-PICOMS</t>
   </si>
   <si>
     <t>NO. 90 &amp; NO. 90B, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>728</t>
+    <t>849</t>
   </si>
   <si>
     <t>KAFETERIA, LEBUH WAWASAN, PRESINT 7</t>
   </si>
   <si>
-    <t>729</t>
+    <t>850</t>
   </si>
   <si>
     <t>KIM TIME SDN BHD</t>
   </si>
   <si>
     <t>LOT LG21, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>730</t>
+    <t>851</t>
   </si>
   <si>
     <t>RHMSB-PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 12, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>731</t>
+    <t>852</t>
   </si>
   <si>
     <t>MERCI PASTRIES &amp; COFFEE</t>
   </si>
   <si>
     <t>G-12B,JALAN ALAMANDA,192,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>732</t>
+    <t>853</t>
   </si>
   <si>
     <t>GLAMPING WETLAND PUTRAJAYA</t>
   </si>
   <si>
     <t>TAPAK ZIPLINE, TAPAK RV &amp; TAPAK PERKHEMAHAN, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>733</t>
+    <t>854</t>
   </si>
   <si>
     <t>DEJA BREW ENTERPRISE</t>
   </si>
   <si>
     <t>LOT 10,000 TANAH RIZAB TASIK, JALAN TUNKU ABDUL RAHMAN, PRESINT 4</t>
   </si>
   <si>
-    <t>734</t>
+    <t>855</t>
   </si>
   <si>
     <t>BASKIN ROBBINS, LOT PT 1809, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>735</t>
+    <t>856</t>
   </si>
   <si>
     <t>EDEN</t>
   </si>
   <si>
     <t>LOADING BAY INSTITUT KANSER NEGARA, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>736</t>
+    <t>857</t>
   </si>
   <si>
     <t>GK TOUCH RESOURCES</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH MENENGAH KEBANGSAAN PRESINT 5, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>737</t>
+    <t>858</t>
   </si>
   <si>
     <t>LOT GERAI NO. G02 (BERHADAPAN KEMENTERIAN KEWANGAN MALAYSIA), PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>738</t>
-[...2 lines deleted...]
-    <t>739</t>
+    <t>859</t>
+  </si>
+  <si>
+    <t>860</t>
   </si>
   <si>
     <t>SWITCH</t>
   </si>
   <si>
     <t>LOT G39, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>740</t>
+    <t>861</t>
   </si>
   <si>
     <t>SUNAN</t>
   </si>
   <si>
     <t>RUANG KEDAI SERBANEKA, KUARTERS JENIS PANGSAPURI FASA 18R12, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>741</t>
+    <t>862</t>
   </si>
   <si>
     <t>SR ELEGANT GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>RUANG LEGAR, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>742</t>
+    <t>863</t>
   </si>
   <si>
     <t>NHS NATIONWIDE SECURITY SYSTEM SDN BHD</t>
   </si>
   <si>
     <t>Z1-07-16, NO 2, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>743</t>
-[...2 lines deleted...]
-    <t>LAKE RECREATION CENTRE PUTRAJAYA</t>
+    <t>864</t>
+  </si>
+  <si>
+    <t>GGP CONSULTANCY &amp; TRAINING SDN BHD</t>
   </si>
   <si>
     <t>LOT KIOS, PUSAT AKTIVITI AIR, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>744</t>
+    <t>865</t>
   </si>
   <si>
     <t>PUSAT REKREASI AIR, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>745</t>
-[...2 lines deleted...]
-    <t>HAMEED'S NASI KANDAR</t>
+    <t>866</t>
+  </si>
+  <si>
+    <t>RESTORAN HAMEED'S</t>
   </si>
   <si>
     <t>JALAN P9 B1/2</t>
   </si>
   <si>
-    <t>746</t>
+    <t>867</t>
   </si>
   <si>
     <t>FZ WARISAN BISTRO</t>
   </si>
   <si>
     <t>NO.20, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>747</t>
+    <t>868</t>
   </si>
   <si>
     <t>KAFETERIA MOTAC, NO. 2, TOWER 1, KEMENTERIAN PELANCONGAN MALAYSIA, JALAN P5/6, PRESINT 5</t>
   </si>
   <si>
-    <t>748</t>
+    <t>869</t>
   </si>
   <si>
     <t>SATE KAJANG HJ. SAMURI</t>
   </si>
   <si>
     <t>NO 1, TAMAN WARISAN PERTANIAN PUTRAJAYA, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>749</t>
+    <t>870</t>
   </si>
   <si>
     <t>SATE KAJANG HJ SAMURI MARKETING SDN BHD</t>
   </si>
   <si>
-    <t>750</t>
-[...2 lines deleted...]
-    <t>DIVERSIFIED RESEARCH SDN. BHD.</t>
+    <t>871</t>
   </si>
   <si>
     <t>ARAS 2, BLOK D3, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>751</t>
+    <t>872</t>
   </si>
   <si>
     <t>NO 2A, LOT KOMERSIAL NADI 15, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>752</t>
+    <t>873</t>
   </si>
   <si>
     <t>NO. 108, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>753</t>
+    <t>874</t>
   </si>
   <si>
     <t>KDQ SDN. BHD.</t>
   </si>
   <si>
     <t>BANGUNAN UTAMA KOMPLEKS PUSAT PELAWAT (VISITOR CENTRE), JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>754</t>
+    <t>875</t>
   </si>
   <si>
     <t>MATHS POWER</t>
   </si>
   <si>
     <t>NO. 6B &amp; 7B, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>755</t>
+    <t>876</t>
   </si>
   <si>
     <t>HUMAINI MAJU SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 23, LOT 8C3, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>756</t>
+    <t>877</t>
   </si>
   <si>
     <t>A2-G-3, RUMAH KEDAI 8C1, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>757</t>
-[...8 lines deleted...]
-    <t>758</t>
+    <t>878</t>
+  </si>
+  <si>
+    <t>879</t>
   </si>
   <si>
     <t>PEACHY ENTERPRISE</t>
   </si>
   <si>
     <t>LOT S4, JALAN PUTRAJAYA SENTRAL, PRESINT 7</t>
   </si>
   <si>
-    <t>759</t>
+    <t>880</t>
   </si>
   <si>
     <t>D EMAS TAILOR</t>
   </si>
   <si>
     <t>L-02-70, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>760</t>
+    <t>881</t>
   </si>
   <si>
     <t>TEFAL</t>
   </si>
   <si>
     <t>LOT LG05, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>761</t>
-[...2 lines deleted...]
-    <t>RESTORAN DARUSSALAM SDN BHD</t>
+    <t>882</t>
   </si>
   <si>
     <t>NO 53, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>762</t>
+    <t>883</t>
   </si>
   <si>
     <t>PARKSON CORPORATION SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG101A &amp; G101, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>763</t>
+    <t>884</t>
   </si>
   <si>
     <t>PAZI CATERER</t>
   </si>
   <si>
     <t>LOT 10, MASJID TUANKU MIZAN ZAINAL ABIDIN, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>764</t>
-[...8 lines deleted...]
-    <t>765</t>
+    <t>885</t>
   </si>
   <si>
     <t>ASAL KAMPUNG</t>
   </si>
   <si>
     <t>UNIT 1, MENARA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>766</t>
+    <t>886</t>
   </si>
   <si>
     <t>KEDAI TELEKOMUNIKASI</t>
   </si>
   <si>
     <t>NO.69, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>767</t>
-[...5 lines deleted...]
-    <t>768</t>
+    <t>887</t>
+  </si>
+  <si>
+    <t>888</t>
   </si>
   <si>
     <t>AMYRA HIJABI SALON</t>
   </si>
   <si>
     <t>NO.16A, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>769</t>
+    <t>889</t>
   </si>
   <si>
     <t>NO. 1, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>770</t>
-[...2 lines deleted...]
-    <t>GUARDIAN HEALTH AND BEAUTY SDN. BHD.</t>
+    <t>890</t>
   </si>
   <si>
     <t>NO 5, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>771</t>
+    <t>891</t>
   </si>
   <si>
     <t>LOT G32, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>772</t>
+    <t>892</t>
   </si>
   <si>
     <t>ALI MAJU MART SDN BHD</t>
   </si>
   <si>
     <t>KEDAI RUNCIT, BLOK B, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>773</t>
+    <t>893</t>
   </si>
   <si>
     <t>KEDAI RUNCIT, BLOK E, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>774</t>
+    <t>894</t>
   </si>
   <si>
     <t>lot g03-04,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>775</t>
+    <t>895</t>
   </si>
   <si>
     <t>NO. 58, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>776</t>
+    <t>896</t>
   </si>
   <si>
     <t>MY JHAN VETCARE SDN BHD</t>
   </si>
   <si>
     <t>NO 2, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>777</t>
+    <t>897</t>
   </si>
   <si>
     <t>PUSAT PERKEMBANGAN MINDA TUNAS CEMERLANG</t>
   </si>
   <si>
     <t>NO. 93A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>778</t>
+    <t>898</t>
   </si>
   <si>
     <t>ER MAJU ENTERPRISE</t>
   </si>
   <si>
-    <t>779</t>
-[...5 lines deleted...]
-    <t>780</t>
+    <t>899</t>
+  </si>
+  <si>
+    <t>900</t>
   </si>
   <si>
     <t>MYDIN MOHAMED HOLDINGS BHD.</t>
   </si>
   <si>
     <t>NO. 40-54, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>781</t>
+    <t>901</t>
   </si>
   <si>
     <t>SS LEEZ ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G27, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>782</t>
+    <t>902</t>
   </si>
   <si>
     <t>LG07, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>783</t>
+    <t>903</t>
   </si>
   <si>
     <t>CHAGEE</t>
   </si>
   <si>
     <t>LOT G54, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>784</t>
+    <t>904</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA, KAFETERIA (B), BLOK 2G4, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>785</t>
-[...2 lines deleted...]
-    <t>786</t>
+    <t>905</t>
+  </si>
+  <si>
+    <t>906</t>
   </si>
   <si>
     <t>KAFETERIA (B), BLOK 2G4, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>787</t>
+    <t>907</t>
   </si>
   <si>
     <t>TADIKA PERMATA SAUJANA</t>
   </si>
   <si>
     <t>NO.40A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>788</t>
+    <t>908</t>
   </si>
   <si>
     <t>NOR HAYATI BINTI HASAN</t>
   </si>
   <si>
     <t>GERAI NO. 14, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>789</t>
+    <t>909</t>
   </si>
   <si>
     <t>WAJA</t>
   </si>
   <si>
     <t>NO. 9 KANTIN SEKOLAH, JALAN P11A, PRESINT 11</t>
   </si>
   <si>
-    <t>790</t>
+    <t>910</t>
   </si>
   <si>
     <t>INARA KAFE</t>
   </si>
   <si>
     <t>LOT A2-1-3A, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>791</t>
+    <t>911</t>
   </si>
   <si>
     <t>HARISFADZLAH EMPIRE</t>
   </si>
   <si>
     <t>L02-59, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>792</t>
+    <t>912</t>
   </si>
   <si>
     <t>ABP AUTO VENTURES SDN BHD</t>
   </si>
   <si>
     <t>NO. 1, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>793</t>
+    <t>913</t>
   </si>
   <si>
     <t>LOT 07, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>794</t>
+    <t>914</t>
   </si>
   <si>
     <t>SUSHI KING</t>
   </si>
   <si>
     <t>LOT P06, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>795</t>
+    <t>915</t>
   </si>
   <si>
     <t>ZESTFULPLATE SUPPLY</t>
   </si>
   <si>
     <t>KAFETERIA LOT 8, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>796</t>
+    <t>916</t>
   </si>
   <si>
     <t>KOPENK MART</t>
   </si>
   <si>
     <t>K01, KOMPLEKS KEJIRANAN PRESINT 16, JALAN P16G, PRESINT 16</t>
   </si>
   <si>
-    <t>797</t>
+    <t>917</t>
   </si>
   <si>
     <t>LOT L02-63A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>798</t>
+    <t>918</t>
   </si>
   <si>
     <t>MY FRESH CAKE &amp; BAKE SDN BHD</t>
   </si>
   <si>
     <t>A2-LG-1, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>799</t>
-[...2 lines deleted...]
-    <t>NASI KHAOMOK RORO</t>
+    <t>919</t>
+  </si>
+  <si>
+    <t>THE RORO KITCHEN</t>
   </si>
   <si>
     <t>LOT ROTI CANAI, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>800</t>
+    <t>920</t>
   </si>
   <si>
     <t>QALAM QURAN SOLUTION</t>
   </si>
   <si>
     <t>SUITE 1.1D, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>801</t>
+    <t>921</t>
   </si>
   <si>
     <t>RIFMAN RESOURCES</t>
   </si>
   <si>
     <t>LOT S6, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>802</t>
+    <t>922</t>
   </si>
   <si>
     <t>DUBUYO SDN. BHD.</t>
   </si>
   <si>
     <t>LOT P05, PLAZA LEVEL, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>803</t>
+    <t>923</t>
   </si>
   <si>
     <t>NO. 11, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>804</t>
+    <t>924</t>
   </si>
   <si>
     <t>HISTOBUMI CAR CARE SDN BHD</t>
   </si>
   <si>
     <t>NO. 15, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>805</t>
+    <t>925</t>
   </si>
   <si>
     <t>MPH BOOKSTORES SDN.BHD</t>
   </si>
   <si>
     <t>LOT LG22-23, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>806</t>
+    <t>926</t>
   </si>
   <si>
     <t>LOT PT 413, JALAN P9 G1, PRESINT 9</t>
   </si>
   <si>
-    <t>807</t>
+    <t>927</t>
   </si>
   <si>
     <t>TCRS RESTAURANTS SDN. BHD.</t>
   </si>
   <si>
     <t>LOT P04, PLAZA LEVEL, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>808</t>
+    <t>928</t>
   </si>
   <si>
     <t>NO. 13, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>809</t>
+    <t>929</t>
   </si>
   <si>
     <t>WARISAN BONDA</t>
   </si>
   <si>
     <t>G 29, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>810</t>
+    <t>930</t>
   </si>
   <si>
     <t>HOT &amp; ROLL HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>LOBI 2, ARAS 4, BLOK E7, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>811</t>
+    <t>931</t>
   </si>
   <si>
     <t>DIN UNIO ENTERPRISE</t>
   </si>
   <si>
     <t>NO.G04, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>812</t>
+    <t>932</t>
   </si>
   <si>
     <t>G-003, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>813</t>
+    <t>933</t>
   </si>
   <si>
     <t>NO. 77A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>814</t>
+    <t>934</t>
   </si>
   <si>
     <t>IMAN &amp;AIMAN FOD CATERING SERVICE</t>
   </si>
   <si>
     <t>BLOK D, KUARTERS JENIS PANGSAPURI FASA 5R4, JALAN P5A, PRESINT 5</t>
   </si>
   <si>
-    <t>815</t>
+    <t>935</t>
   </si>
   <si>
     <t>STELLA KASIH HEALTHCARE SDN BHD</t>
   </si>
   <si>
     <t>LOT 192, BLOK B, STELLA KASIH MEDICAL CENTRE, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>816</t>
+    <t>936</t>
   </si>
   <si>
     <t>T CHANNEL</t>
   </si>
   <si>
     <t>LOT S7, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>817</t>
+    <t>937</t>
   </si>
   <si>
     <t>MAXIS BROADBAND SDN BHD</t>
   </si>
   <si>
     <t>LOT G80/81, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>818</t>
+    <t>938</t>
   </si>
   <si>
     <t>TOOL BOX (M) SDN BHD</t>
   </si>
   <si>
     <t>NO. 4, JALAN P8 G1, PRESINT 8</t>
   </si>
   <si>
-    <t>819</t>
+    <t>939</t>
   </si>
   <si>
     <t>RF CATERING</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH SULTAN ALAM SHAH, PARCEL G, PRESINT 1</t>
   </si>
   <si>
-    <t>820</t>
+    <t>940</t>
   </si>
   <si>
     <t>MALAYSIA SHIPOWNERS' ASSOCIATION</t>
   </si>
   <si>
     <t>A2-3-3, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>821</t>
+    <t>941</t>
   </si>
   <si>
     <t>TOP LEADER SDN.BHD.</t>
   </si>
   <si>
     <t>LOT P02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>822</t>
+    <t>942</t>
   </si>
   <si>
     <t>1, JALAN P14 C1/5, PRESINT 14</t>
   </si>
   <si>
-    <t>823</t>
+    <t>943</t>
   </si>
   <si>
     <t>JAMOL LEGACY</t>
   </si>
   <si>
-    <t>824</t>
+    <t>944</t>
   </si>
   <si>
     <t>SAZ UTARA ENTERPRISE</t>
   </si>
   <si>
     <t>G07, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>825</t>
-[...5 lines deleted...]
-    <t>826</t>
+    <t>945</t>
+  </si>
+  <si>
+    <t>946</t>
   </si>
   <si>
     <t>NO. 8 (GF-7), JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>827</t>
+    <t>947</t>
   </si>
   <si>
     <t>ALGORITHMICS</t>
   </si>
   <si>
     <t>D-2-1, AYER@8, JALAN P8G</t>
   </si>
   <si>
-    <t>828</t>
+    <t>948</t>
   </si>
   <si>
     <t>TASKA EUPHORIA</t>
   </si>
   <si>
     <t>NO.41A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>829</t>
+    <t>949</t>
   </si>
   <si>
     <t>LOT TASKA, ARAS G, LOT 2GA, JABATAN AKAUNTAN NEGARA MALAYSIA, KOMPLEKS KEMENTERIAN KEWANGAN</t>
   </si>
   <si>
-    <t>830</t>
-[...2 lines deleted...]
-    <t>831</t>
+    <t>950</t>
+  </si>
+  <si>
+    <t>951</t>
   </si>
   <si>
     <t>MRFIX GADGETS</t>
   </si>
   <si>
     <t>A-6A,JALAN SELUANG P8/7,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>832</t>
+    <t>952</t>
   </si>
   <si>
     <t>MUMIN MINI MARKET</t>
   </si>
   <si>
     <t>KEDAI RUNCIT, BLOK D ZONE 4A, JALAN P11 J, PRESINT 11</t>
   </si>
   <si>
-    <t>833</t>
+    <t>953</t>
   </si>
   <si>
     <t>ROMLAH HB RESOURCES</t>
   </si>
   <si>
     <t>NO. 11,JALAN SELUANG P8/7,174,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>834</t>
+    <t>954</t>
   </si>
   <si>
     <t>RAMZAN JEWELS</t>
   </si>
   <si>
     <t>UNIT B-G-R5,JALAN TUN ABDUL RAZAK,86,PRESINT 2,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>835</t>
+    <t>955</t>
   </si>
   <si>
     <t>TADIKA MINDA EPAL</t>
   </si>
   <si>
     <t>NO.9A &amp; 11A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>836</t>
+    <t>956</t>
   </si>
   <si>
     <t>SV LEARNING CENTER SDN BHD</t>
   </si>
   <si>
     <t>A-01-01, JALAN P8C/2, PRESINT 8</t>
   </si>
   <si>
-    <t>837</t>
+    <t>957</t>
   </si>
   <si>
     <t>HAQI JAYA ENTERPRISE</t>
   </si>
   <si>
     <t>LOT KEDAI NO. 9, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>838</t>
+    <t>958</t>
   </si>
   <si>
     <t>THB GLOBAL VENTURE (M) SDN BHD</t>
   </si>
   <si>
     <t>D'PUTRA CORNER, HOSPITAL PUTRAJAYA, JALAN P9, PRESINT 7</t>
   </si>
   <si>
-    <t>839</t>
+    <t>959</t>
   </si>
   <si>
     <t>4U2 SHOP</t>
   </si>
   <si>
     <t>KEDAI 3, INSTITUT KANSER NEGARA, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>840</t>
+    <t>960</t>
   </si>
   <si>
     <t>OSIM (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT LG65, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>841</t>
+    <t>961</t>
   </si>
   <si>
     <t>MAZURA WORLD ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G30, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>842</t>
+    <t>962</t>
   </si>
   <si>
     <t>NOOR HAZMIRA BINTI RAPIEN</t>
   </si>
   <si>
     <t>C1-LG-3, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>843</t>
+    <t>963</t>
   </si>
   <si>
     <t>BUDIPADU MANTAP SDN BHD</t>
   </si>
   <si>
     <t>T.03-U4-1, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>844</t>
-[...2 lines deleted...]
-    <t>845</t>
+    <t>964</t>
+  </si>
+  <si>
+    <t>965</t>
   </si>
   <si>
     <t>NURHANNAH</t>
   </si>
   <si>
     <t>LOT A2-G-1, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>846</t>
+    <t>966</t>
   </si>
   <si>
     <t>BANK RAKYAT</t>
   </si>
   <si>
     <t>LOT 3 &amp; 3A, BLOK B8 C1, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>847</t>
+    <t>967</t>
   </si>
   <si>
     <t>ANDLUSIA TRAVEL &amp; TOURS SDN BHD</t>
   </si>
   <si>
     <t>D-G-3, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>848</t>
+    <t>968</t>
   </si>
   <si>
     <t>NZ YAKIN ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G18, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>849</t>
+    <t>969</t>
   </si>
   <si>
     <t>LOT GERAI GI 02, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>850</t>
+    <t>970</t>
   </si>
   <si>
     <t>WTC AUTOMOTIF (M) SDN-BHD</t>
   </si>
   <si>
     <t>78G &amp; 80G, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>851</t>
+    <t>971</t>
   </si>
   <si>
     <t>BATTLESTROKE ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G22, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>852</t>
-[...2 lines deleted...]
-    <t>BERJAYA STARBUCKS COFFEE COMPANY (M) SDN BHD</t>
+    <t>972</t>
   </si>
   <si>
     <t>NO. 1, KEMENTERIAN PEMBANGUNAN DAN KERAJAAN TEMPATAN, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>853</t>
+    <t>973</t>
   </si>
   <si>
     <t>CHAK'Z 1964</t>
   </si>
   <si>
     <t>C1-G-6,JALAN P8G,59,PRESINT 8,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>854</t>
+    <t>974</t>
   </si>
   <si>
     <t>BORAOMBAK SDN BHD</t>
   </si>
   <si>
     <t>NO. 1, JALAN P5/5, PRESINT 5</t>
   </si>
   <si>
-    <t>855</t>
+    <t>975</t>
   </si>
   <si>
     <t>RESTORAN NASI KANDAR AL AZWAN SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 30G, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>856</t>
+    <t>976</t>
   </si>
   <si>
     <t>LARRIE TRADING SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG-41,ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>857</t>
+    <t>977</t>
   </si>
   <si>
     <t>LOT LG-19, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>858</t>
+    <t>978</t>
   </si>
   <si>
     <t>JEJARI SUGEH ENTERPRISE</t>
   </si>
   <si>
     <t>NO.5, JABATAN PEGUAM NEGARA, PERSIARAN PERDANA</t>
   </si>
   <si>
-    <t>859</t>
+    <t>979</t>
   </si>
   <si>
     <t>AIYSHA MART</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA, KAFETERIA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>860</t>
-[...8 lines deleted...]
-    <t>861</t>
+    <t>980</t>
+  </si>
+  <si>
+    <t>981</t>
   </si>
   <si>
     <t>MIN COFFEE</t>
   </si>
   <si>
     <t>LG-06, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>862</t>
-[...8 lines deleted...]
-    <t>863</t>
+    <t>982</t>
+  </si>
+  <si>
+    <t>983</t>
   </si>
   <si>
     <t>GALERI DIRI ENTERPRISE</t>
   </si>
   <si>
     <t>LOT G11, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>864</t>
+    <t>984</t>
   </si>
   <si>
     <t>TH TRAVEL &amp; SERVICES SDN BHD</t>
   </si>
   <si>
     <t>IFIC PUTRAJAYA, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>865</t>
+    <t>985</t>
   </si>
   <si>
     <t>RESTORAN NANDO'S</t>
   </si>
   <si>
     <t>LOT P07, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>866</t>
-[...5 lines deleted...]
-    <t>867</t>
+    <t>986</t>
+  </si>
+  <si>
+    <t>987</t>
   </si>
   <si>
     <t>NATRAH</t>
   </si>
   <si>
     <t>NO. 10, JALAN P8 G1, PRESINT 8</t>
   </si>
   <si>
-    <t>868</t>
-[...5 lines deleted...]
-    <t>869</t>
+    <t>988</t>
+  </si>
+  <si>
+    <t>989</t>
   </si>
   <si>
     <t>FAR EAST INTERPACIFIC SDN BHD</t>
   </si>
   <si>
     <t>NO. 20, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>870</t>
-[...8 lines deleted...]
-    <t>871</t>
+    <t>990</t>
+  </si>
+  <si>
+    <t>991</t>
   </si>
   <si>
     <t>RHB BANK BERHAD</t>
   </si>
   <si>
     <t>BLOK C-1-6, C-2-6, C-1-7, C-2-7, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>872</t>
+    <t>992</t>
   </si>
   <si>
     <t>HASMAH @ ROHINAH BINTI OMAR</t>
   </si>
   <si>
     <t>LOT GERAI NO. G06, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>873</t>
+    <t>993</t>
   </si>
   <si>
     <t>CHANTIQUE BEAUTY &amp; SPA</t>
   </si>
   <si>
     <t>A-G-02 BLOK A, JALAN P11 E, PRESINT 11</t>
   </si>
   <si>
-    <t>874</t>
-[...8 lines deleted...]
-    <t>875</t>
+    <t>994</t>
+  </si>
+  <si>
+    <t>995</t>
   </si>
   <si>
     <t>EP SECURITY SDN BHD</t>
   </si>
   <si>
     <t>Z1-08-01, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>876</t>
+    <t>996</t>
   </si>
   <si>
     <t>ALPHA TAEKWONDO SPORT ACADEMY</t>
   </si>
   <si>
     <t>NO. 10B, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>877</t>
+    <t>997</t>
   </si>
   <si>
     <t>AGENSI NADI</t>
   </si>
   <si>
     <t>UNIT 5, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>878</t>
+    <t>998</t>
   </si>
   <si>
     <t>FF MINI MART</t>
   </si>
   <si>
     <t>L02-07, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>879</t>
+    <t>999</t>
   </si>
   <si>
     <t>RESTORAN SELERA MAKANG MAKANG ENTERPRISE</t>
   </si>
   <si>
     <t>NO.16, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>880</t>
+    <t>1000</t>
   </si>
   <si>
     <t>OASIS COFFEE &amp; TEA COMPANY SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G8 &amp; G9, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>881</t>
-[...8 lines deleted...]
-    <t>882</t>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>1002</t>
   </si>
   <si>
     <t>TASKA GENERASI CERDIK PINTAR</t>
   </si>
   <si>
     <t>NO. 2, JALAN P11 F/16, PRESINT 11</t>
   </si>
   <si>
-    <t>883</t>
+    <t>1003</t>
   </si>
   <si>
     <t>SECRET RECIPE</t>
   </si>
   <si>
     <t>UNIT B-G-R06 &amp; B-G-R07, TOWER B,JALAN TUN ABDUL RAZAK,173,PRESINT 2,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>884</t>
+    <t>1004</t>
   </si>
   <si>
     <t>CITARASA AQEELA</t>
   </si>
   <si>
     <t>LOT GERAI NO. 5, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>885</t>
-[...17 lines deleted...]
-    <t>887</t>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>1007</t>
   </si>
   <si>
     <t>RISHPI AD KATERING</t>
   </si>
   <si>
     <t>LOT GERAI NO. G07, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>888</t>
+    <t>1008</t>
   </si>
   <si>
     <t>9 ELEVEN MANAGEMENT SDN.BHD</t>
   </si>
   <si>
     <t>KEDAI RUNCIT, BLOK A, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>889</t>
+    <t>1009</t>
   </si>
   <si>
     <t>GIGI COFFEE</t>
   </si>
   <si>
     <t>K2041-1, MRT PUTRAJAYA SENTRAL STATION, JALAN PUTRAJAYA SENTRAL, PRESINT 7</t>
   </si>
   <si>
-    <t>890</t>
+    <t>1010</t>
   </si>
   <si>
     <t>IIB INSURANCE BROKERS SDN BHD</t>
   </si>
   <si>
     <t>L01-16, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>891</t>
+    <t>1011</t>
   </si>
   <si>
     <t>KEDAI MOTOR BHM</t>
   </si>
   <si>
     <t>17, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>892</t>
-[...2 lines deleted...]
-    <t>SHARIFAH KITCHEN</t>
+    <t>1012</t>
   </si>
   <si>
     <t>NO. 14, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>893</t>
+    <t>1013</t>
   </si>
   <si>
     <t>ZIFANO LEGACY</t>
   </si>
   <si>
     <t>L01-61, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>894</t>
+    <t>1014</t>
   </si>
   <si>
     <t>JASTAM CORNER</t>
   </si>
   <si>
     <t>LOT GERAI NO. G03, MEDAN SELERA, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>895</t>
+    <t>1015</t>
   </si>
   <si>
     <t>IDAMAN HAKIM ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 1A, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>896</t>
+    <t>1016</t>
   </si>
   <si>
     <t>JAWAGHIH SDN BHD</t>
   </si>
   <si>
     <t>NO.36A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>897</t>
+    <t>1017</t>
   </si>
   <si>
     <t>TADIKA MUSLIM SOLIHIN</t>
   </si>
   <si>
     <t>6A &amp; 7A, JALAN MELINJAU P11E/5, PRESINT 11</t>
   </si>
   <si>
-    <t>898</t>
+    <t>1018</t>
   </si>
   <si>
     <t>CHECKMATE OPTOMETRY ENTERPRISE</t>
   </si>
   <si>
     <t>UNIT B-G-R20, NO. 10 JALAN TUN ABDUL RAZAK, SUASANA PjH, PRESINT 2 WP PUTRAJAYA.</t>
   </si>
   <si>
-    <t>899</t>
+    <t>1019</t>
   </si>
   <si>
     <t>D SERAMBI UMAI CAFE</t>
   </si>
   <si>
     <t>LOT 2 KAFETERIA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>900</t>
+    <t>1020</t>
   </si>
   <si>
     <t>NO. 1A, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>901</t>
+    <t>1021</t>
   </si>
   <si>
     <t>ENYFADZ ENTERPRISE</t>
   </si>
   <si>
     <t>KAFETERIA,JALAN WISMA PUTRA,168,PRESINT 2,62602,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>902</t>
-[...8 lines deleted...]
-    <t>903</t>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>1023</t>
   </si>
   <si>
     <t>LOT TEKO N TEH</t>
   </si>
   <si>
     <t>LOT GERAI NO 11, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>904</t>
-[...5 lines deleted...]
-    <t>905</t>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>1025</t>
   </si>
   <si>
     <t>SHAFTSBURY PUTRAJAYA</t>
   </si>
   <si>
     <t>LG-3A1, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>906</t>
+    <t>1026</t>
   </si>
   <si>
     <t>MEDICLOUD MALAYSIA SDN BHD</t>
   </si>
   <si>
     <t>BLOK A1-2-3A, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>907</t>
+    <t>1027</t>
   </si>
   <si>
     <t>STESEN MINYAK PETRONAS PUTRAJAYA 1</t>
   </si>
   <si>
     <t>STESYEN MINYAK PETRONAS, LOT 1442, HS(M) 668, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>908</t>
+    <t>1028</t>
   </si>
   <si>
     <t>MOHAMED AZMIR BIN HASSAN</t>
   </si>
   <si>
     <t>LOT KIOS SERBANEKA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>909</t>
+    <t>1029</t>
   </si>
   <si>
     <t>PRECINT GLOBAL RESOURCES</t>
   </si>
   <si>
     <t>KAFETERIA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>910</t>
-[...8 lines deleted...]
-    <t>911</t>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>1031</t>
   </si>
   <si>
     <t>IMPACT LAUNDRY SERVICES</t>
   </si>
   <si>
     <t>LOT 5, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>912</t>
+    <t>1032</t>
   </si>
   <si>
     <t>STESEN MINYAK PRESINT LAPAN</t>
   </si>
   <si>
     <t>LOT PT 1809, STESEN MINYAK PRESINT 8, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>913</t>
+    <t>1033</t>
   </si>
   <si>
     <t>NZ VENTURES ENTERPRISE</t>
   </si>
   <si>
     <t>55A, ROOM 4, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>914</t>
+    <t>1034</t>
   </si>
   <si>
     <t>TERKINI FOOD ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. 4, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>915</t>
+    <t>1035</t>
   </si>
   <si>
     <t>PRESINT IMAGING</t>
   </si>
   <si>
     <t>NO. 2, JALAN P9G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>916</t>
-[...5 lines deleted...]
-    <t>917</t>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>1037</t>
   </si>
   <si>
     <t>HNZ BAKE ENTERPRISE</t>
   </si>
   <si>
     <t>NO 12, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>918</t>
+    <t>1038</t>
   </si>
   <si>
     <t>RAMPAI NIAGA SDN BHD</t>
   </si>
   <si>
     <t>LOT LG-57, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>919</t>
+    <t>1039</t>
   </si>
   <si>
     <t>MUSLIMAH BEAUTY SALOON &amp; SPA</t>
   </si>
   <si>
     <t>NO. 11A,JALAN P9 B/1,PRESINT 9,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>920</t>
+    <t>1040</t>
   </si>
   <si>
     <t>ONIMANN NETWORK</t>
   </si>
   <si>
     <t>NO. 6, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>921</t>
+    <t>1041</t>
   </si>
   <si>
     <t>RULEZONE ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G03, MEDAN SELERA P8, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>922</t>
+    <t>1042</t>
   </si>
   <si>
     <t>SATE BAUNG</t>
   </si>
   <si>
     <t>2 LOT PT 12305, FOOD VALET PUTRAJAYA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>923</t>
+    <t>1043</t>
   </si>
   <si>
     <t>THE ADMIRE CAFE</t>
   </si>
   <si>
     <t>KEDAI 1, INSTITUT KANSER NEGARA, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>924</t>
+    <t>1044</t>
   </si>
   <si>
     <t>MONDO SMART STORE</t>
   </si>
   <si>
     <t>NO. 2 OPEN SPACE, MRT PUTRAJAYA SENTRAL STATION, JALAN PUTRAJAYA SENTRAL, PRESINT 7</t>
   </si>
   <si>
-    <t>925</t>
+    <t>1045</t>
   </si>
   <si>
     <t>MCPATH QAP SDN BHD</t>
   </si>
   <si>
     <t>UNIT 3.6, NO. 5, JALAN KEPIMPINAN P8H, PRESINT 8</t>
   </si>
   <si>
-    <t>926</t>
+    <t>1046</t>
   </si>
   <si>
     <t>PAK TAMS ZACHARYA</t>
   </si>
   <si>
     <t>NO.G09, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>927</t>
+    <t>1047</t>
   </si>
   <si>
     <t>NOREKMAL ENTERPRISE</t>
   </si>
   <si>
     <t>RUANG KAFETERIA, BLOK E14, KEMENTERIAN PENDIDIKAN MALAYSIA, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>928</t>
+    <t>1048</t>
   </si>
   <si>
     <t>AVIS VISION CARE OPTOMETRIST SDN. BHD.</t>
   </si>
   <si>
     <t>L01-19, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>929</t>
+    <t>1049</t>
   </si>
   <si>
     <t>AZAM DAGING TRADING</t>
   </si>
   <si>
     <t>GERAI NO 10, PASAR AWAM, JALAN P8</t>
   </si>
   <si>
-    <t>930</t>
+    <t>1050</t>
   </si>
   <si>
     <t>AMIR CATERER</t>
   </si>
   <si>
     <t>KAFETERIA E12, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>931</t>
+    <t>1051</t>
   </si>
   <si>
     <t>NO. 10-10C 12B, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>932</t>
+    <t>1052</t>
   </si>
   <si>
     <t>SB BOUTIQUE SDN BHD</t>
   </si>
   <si>
     <t>LOT LG63, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>933</t>
-[...11 lines deleted...]
-    <t>935</t>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>1055</t>
   </si>
   <si>
     <t>ALAM FLORA SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 51A, 51B, 51C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>936</t>
+    <t>1056</t>
   </si>
   <si>
     <t>TERAPI MEMBACA &amp; MENGIRA CIKGU EZI</t>
   </si>
   <si>
     <t>NO. 82A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>937</t>
+    <t>1057</t>
   </si>
   <si>
     <t>MBSB BANK BERHAD</t>
   </si>
   <si>
     <t>LOT 94, UNIT 8, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>938</t>
+    <t>1058</t>
   </si>
   <si>
     <t>KEDAI KEK HONEYBERRYBAKE</t>
   </si>
   <si>
     <t>BLOK D-T00-U02, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>939</t>
+    <t>1059</t>
   </si>
   <si>
     <t>PENYAYANG PESAKIT KANSER SDN. BHD.</t>
   </si>
   <si>
     <t>RT 132, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>940</t>
-[...5 lines deleted...]
-    <t>941</t>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>1061</t>
   </si>
   <si>
     <t>RESTORAN REBUNG CHEF ISMAIL</t>
   </si>
   <si>
     <t>PUSAT KAWALAN TEMPATAN EMPANGAN, TAMAN SERI EMPANGAN, LEBUH GEMILANG, PRESINT 5</t>
   </si>
   <si>
-    <t>942</t>
+    <t>1062</t>
   </si>
   <si>
     <t>DAPOQ CHEF BAHA</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH MENENGAH KEBANGSAAN PUTRAJAYA P14(1), JALAN P14, PRESINT 14</t>
   </si>
   <si>
-    <t>943</t>
-[...5 lines deleted...]
-    <t>944</t>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>1064</t>
   </si>
   <si>
     <t>UNCLEBOB</t>
   </si>
   <si>
-    <t>945</t>
+    <t>1065</t>
   </si>
   <si>
     <t>TRIPLE A LIMITED ENTERPRISE</t>
   </si>
   <si>
     <t>NO. G12, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>946</t>
+    <t>1066</t>
   </si>
   <si>
     <t>PASARAYA HAMMAD</t>
   </si>
   <si>
     <t>NO. 5, JALAN P9E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>947</t>
+    <t>1067</t>
   </si>
   <si>
     <t>TAZMIDI</t>
   </si>
   <si>
     <t>L02-03A, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>948</t>
+    <t>1068</t>
   </si>
   <si>
     <t>KOLEKSI JAHITAN MALINDA</t>
   </si>
   <si>
     <t>A-G-03, JALAN P11E, PRESINT 11</t>
   </si>
   <si>
-    <t>949</t>
+    <t>1069</t>
   </si>
   <si>
     <t>HOMST AYER SDN BHD</t>
   </si>
   <si>
     <t>LOT NO B2-LG-1, AYER@8, PRESINT 8</t>
   </si>
   <si>
-    <t>950</t>
+    <t>1070</t>
   </si>
   <si>
     <t>PASARAYA BIG BAZAAR</t>
   </si>
   <si>
     <t>NO 1 &amp; NO. 2,JALAN P11 E/5,PRESINT 11,62300,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>951</t>
-[...5 lines deleted...]
-    <t>952</t>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>1072</t>
   </si>
   <si>
     <t>ACARE CONCEPT STORE</t>
   </si>
   <si>
     <t>G-06, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>953</t>
+    <t>1073</t>
   </si>
   <si>
     <t>N.K. RESOURCES</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 8 (1), JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>954</t>
+    <t>1074</t>
   </si>
   <si>
     <t>NASI AYAM</t>
   </si>
   <si>
     <t>LOT 4 KAFETERIA, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>955</t>
-[...8 lines deleted...]
-    <t>956</t>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>1076</t>
   </si>
   <si>
     <t>JFS FOOD ENTERPRISE</t>
   </si>
   <si>
-    <t>KANTIN SEKOLAH, JALAN P9F, PRESINT 9</t>
-[...17 lines deleted...]
-    <t>959</t>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>1079</t>
   </si>
   <si>
     <t>MAN-J CUISINE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G07, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>960</t>
+    <t>1080</t>
   </si>
   <si>
     <t>AMBANK (M) BHD</t>
   </si>
   <si>
     <t>UNIT NO.UG-26, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>961</t>
+    <t>1081</t>
   </si>
   <si>
     <t>DEMI COFFEE</t>
   </si>
   <si>
     <t>NO. 67GA, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>962</t>
+    <t>1082</t>
   </si>
   <si>
     <t>GIM FITNESS SPACE</t>
   </si>
   <si>
     <t>UNIT D-2-6 AYER@8, JALAN TEMOLEH P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>963</t>
+    <t>1083</t>
   </si>
   <si>
     <t>CIK NA NASI DAGANG GANU</t>
   </si>
   <si>
     <t>LOT G.09, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>964</t>
+    <t>1084</t>
   </si>
   <si>
     <t>MYZADA ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G20, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>965</t>
+    <t>1085</t>
   </si>
   <si>
     <t>ZUL</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>966</t>
+    <t>1086</t>
   </si>
   <si>
     <t>AHR GLOBAL RESOURCES</t>
   </si>
   <si>
     <t>PUSAT KOMUNITI KUARTERS JENIS APARTMENT ZON 6B, JALAN P11/J, PRESINT 11</t>
   </si>
   <si>
-    <t>967</t>
+    <t>1087</t>
   </si>
   <si>
     <t>PATISSERIE ID BAKERY</t>
   </si>
   <si>
     <t>R12, NO.1 JLN VENNA P5/2, PRESINT 5</t>
   </si>
   <si>
-    <t>968</t>
+    <t>1088</t>
   </si>
   <si>
     <t>YUSGREATIDEA</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>969</t>
-[...8 lines deleted...]
-    <t>970</t>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>1090</t>
   </si>
   <si>
     <t>TASKA PERMATA IKHLAS BESTARI</t>
   </si>
   <si>
     <t>RUANG TASKA, LOBI ARAS G, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>971</t>
+    <t>1091</t>
   </si>
   <si>
     <t>TASKA DAN TADIKA, BLOK B, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>972</t>
+    <t>1092</t>
   </si>
   <si>
     <t>SUBWAY GALERIA PJH</t>
   </si>
   <si>
     <t>UNIT 12, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>973</t>
+    <t>1093</t>
   </si>
   <si>
     <t>DZULKHAIRI AHMAD</t>
   </si>
   <si>
     <t>RUANG LEGAR TENGAH, BANGUNAN PERBENDAHARAAN 2, NO. 5, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>974</t>
+    <t>1094</t>
   </si>
   <si>
     <t>KAFETERIA HAZNY</t>
   </si>
   <si>
     <t>NO.47, KEMENTERIAN PEMBANGUNAN LUAR BANDAR, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>975</t>
+    <t>1095</t>
   </si>
   <si>
     <t>FAZRULSTAR ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 63, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>976</t>
+    <t>1096</t>
   </si>
   <si>
     <t>KEDAI NO. 1, PPAM SADERI, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>977</t>
+    <t>1097</t>
   </si>
   <si>
     <t>KEDAI GUNTING RAMBUT SRI SETIA</t>
   </si>
   <si>
     <t>NO. 2A, JALAN P9 G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>978</t>
+    <t>1098</t>
   </si>
   <si>
     <t>ELMEDINA RESTAURANT</t>
   </si>
   <si>
     <t>NO. 27, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>979</t>
+    <t>1099</t>
   </si>
   <si>
     <t>DATASONIC TECHNOLOGIES SDN BHD</t>
   </si>
   <si>
     <t>BLOK A2-2-3, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>980</t>
+    <t>1100</t>
   </si>
   <si>
     <t>LOH BURGER PUTRAJAYA</t>
   </si>
   <si>
     <t>SH-7, JALAN RAJAWALI P9B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>981</t>
+    <t>1101</t>
   </si>
   <si>
     <t>BATERIKU.COM</t>
   </si>
   <si>
     <t>A3-T01-U06, JALAN P9 B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>982</t>
-[...8 lines deleted...]
-    <t>983</t>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>1103</t>
   </si>
   <si>
     <t>BLOK A2-3-2, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>984</t>
+    <t>1104</t>
   </si>
   <si>
     <t>BLOK A1-2-3A, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>985</t>
+    <t>1105</t>
   </si>
   <si>
     <t>DELICIOUS BARBEQUE SDN. BHD.</t>
   </si>
   <si>
     <t>LOT P03, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>986</t>
+    <t>1106</t>
   </si>
   <si>
     <t>KOPERASI PEKERJA-PEKERJA JABATAN PERDANA MENTERI (M) BERHAD</t>
   </si>
   <si>
     <t>NO. 1, T-02-U-03-2, JALAN P9E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>987</t>
+    <t>1107</t>
   </si>
   <si>
     <t>SCIENTIFIC ENVIRONMENTAL SERVICES SDN BHD</t>
   </si>
   <si>
     <t>NO. C-T.01-U.07, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>988</t>
+    <t>1108</t>
   </si>
   <si>
     <t>ZUL GUNTING ENTERPRISE</t>
   </si>
   <si>
     <t>A-G-06 BLOK A, JALAN P11 E, PRESINT 11</t>
   </si>
   <si>
-    <t>989</t>
-[...14 lines deleted...]
-    <t>991</t>
+    <t>1109</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>1111</t>
   </si>
   <si>
     <t>ARCALAND REALTY SERVICE</t>
   </si>
   <si>
     <t>D-G-3A, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>992</t>
+    <t>1112</t>
   </si>
   <si>
     <t>PUSTAKA RAWANG</t>
   </si>
   <si>
     <t>BLOCK C-T.00-U.07, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>993</t>
+    <t>1113</t>
   </si>
   <si>
     <t>AYER@8 PARKING MANAGEMENT</t>
   </si>
   <si>
     <t>M1-B1-5, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>994</t>
+    <t>1114</t>
   </si>
   <si>
     <t>LAKSA KUAH PEKAT</t>
   </si>
   <si>
     <t>LOT NO. 11 KIOSK MERAH, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>995</t>
+    <t>1115</t>
   </si>
   <si>
     <t>1 &amp; 1A, 2 &amp; 2A, 3 &amp; 3A, 4 &amp; 4A, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>996</t>
+    <t>1116</t>
   </si>
   <si>
     <t>TASKA WARISAN DE QASEH</t>
   </si>
   <si>
     <t>TASKA SWASTA NO. 2 IBU PEJABAT, LEBUH WAWASAN, PRESINT 7</t>
   </si>
   <si>
-    <t>997</t>
+    <t>1117</t>
   </si>
   <si>
     <t>FARAH</t>
   </si>
   <si>
     <t>NO.7, TINGKAT BAWAH,JALAN P8G1,236,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>998</t>
-[...2 lines deleted...]
-    <t>TEXAS CHICKEN</t>
+    <t>1118</t>
   </si>
   <si>
     <t>NO.5, JALAN P14, PRESINT 14</t>
   </si>
   <si>
-    <t>999</t>
+    <t>1119</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>LOT G-011, (FOOD COURT) SELERA PUTRA, SOUQ PUTRAJAYA,, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>1000</t>
+    <t>1120</t>
   </si>
   <si>
     <t>PLOT 3C7, MENARA IKHLAS, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1001</t>
+    <t>1121</t>
   </si>
   <si>
     <t>RESTORAN DAN KATERING SERI WANGI</t>
   </si>
   <si>
     <t>NO 2, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>1002</t>
+    <t>1122</t>
   </si>
   <si>
     <t>THE ZENITH HOTEL (PUTRAJAYA) SDN BHD</t>
   </si>
   <si>
     <t>NO 1, ZENITH HOTEL, JALAN P2A</t>
   </si>
   <si>
-    <t>1003</t>
+    <t>1123</t>
   </si>
   <si>
     <t>SPATIALWORKS SDN.BHD</t>
   </si>
   <si>
     <t>T.02-U.02, U.03,U.04, JALAN P8D, PRESINT 8</t>
   </si>
   <si>
-    <t>1004</t>
+    <t>1124</t>
   </si>
   <si>
     <t>NIZAM GLOBAL</t>
   </si>
   <si>
     <t>G3, PASAR AWAM PRESINT 8, JALAN P8</t>
   </si>
   <si>
-    <t>1005</t>
+    <t>1125</t>
   </si>
   <si>
     <t>HERCAA (M) SDN. BHD.</t>
   </si>
   <si>
     <t>A2-G-5D, LOT 1004, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1006</t>
+    <t>1126</t>
   </si>
   <si>
     <t>EIC ADVANCE SDN BHD</t>
   </si>
   <si>
     <t>T03-U03-2, JALAN P9E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1007</t>
-[...8 lines deleted...]
-    <t>1008</t>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>1128</t>
   </si>
   <si>
     <t>MAALIMUT TANZEEL</t>
   </si>
   <si>
     <t>JALAN P8G1</t>
   </si>
   <si>
-    <t>1009</t>
+    <t>1129</t>
   </si>
   <si>
     <t>AZZKA PETRO ENTERPRISE</t>
   </si>
   <si>
     <t>LOT PT 3352, HSM 3568, JALAN P11A, PRESINT 11</t>
   </si>
   <si>
-    <t>1010</t>
+    <t>1130</t>
   </si>
   <si>
     <t>AIR KELAPA SERI WILAYAH</t>
   </si>
   <si>
     <t>GERAI NO. 8, MENARA SERI WILAYAH, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>1011</t>
+    <t>1131</t>
   </si>
   <si>
     <t>TADIKA TEE ZEE FOKUS</t>
   </si>
   <si>
     <t>NO. 113, JALAN P11 F/3, PRESINT 11</t>
   </si>
   <si>
-    <t>1012</t>
+    <t>1132</t>
   </si>
   <si>
     <t>TOMYAM ML CLASSIC</t>
   </si>
   <si>
     <t>RESTORAN TOMYAM (PT 12343), LINGKARAN GEMILANG DUA, PRESINT 4</t>
   </si>
   <si>
-    <t>1013</t>
+    <t>1133</t>
   </si>
   <si>
     <t>AZMAN</t>
   </si>
   <si>
     <t>LOT NO. 10 KIOSK MERAH, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>1014</t>
+    <t>1134</t>
   </si>
   <si>
     <t>LOT KAFETERIA, BAHAGIAN HAL EHWAL UNDANG-UNDANG (BHEUU), JALAN TUN ABDUL RAZAK, PRESINT 3</t>
   </si>
   <si>
-    <t>1015</t>
+    <t>1135</t>
   </si>
   <si>
     <t>UNIT U.02-1, JALAN P9E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1016</t>
+    <t>1136</t>
   </si>
   <si>
     <t>ARAS TANAH &amp; ARAS 1, nO. 2,JALAN P5/6,56,PRESINT 5,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1017</t>
+    <t>1137</t>
   </si>
   <si>
     <t>LOT TASKA, KEMENTERIAN PEMBANGUNAN WANITA, KELUARGA DAN MASYARAKAT, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1018</t>
+    <t>1138</t>
   </si>
   <si>
     <t>HANIE HERITAGE ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G08, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>1019</t>
-[...8 lines deleted...]
-    <t>1020</t>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>1140</t>
   </si>
   <si>
     <t>ITIK SALAI MASTHAR</t>
   </si>
   <si>
     <t>16A &amp; 16B LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1021</t>
+    <t>1141</t>
   </si>
   <si>
     <t>MELLEYS LAUNDRY</t>
   </si>
   <si>
     <t>RUANG DOBI, PUSAT KOMUNITI KUARTERS JENIS APARTMENT FASA 11, JALAN P9 F, PRESINT 9</t>
   </si>
   <si>
-    <t>1022</t>
+    <t>1142</t>
   </si>
   <si>
     <t>SAM BARBER</t>
   </si>
   <si>
     <t>SH-3A, JALAN RAJAWALI P9B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1023</t>
+    <t>1143</t>
   </si>
   <si>
     <t>SYED AMIR</t>
   </si>
   <si>
     <t>D-3-3, BLOK D, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1024</t>
+    <t>1144</t>
   </si>
   <si>
     <t>NVF HEALTH &amp; BEAUTY</t>
   </si>
   <si>
     <t>LOT R12,PERSIARAN PERDANA,78,PRESINT 3,62675,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1025</t>
+    <t>1145</t>
   </si>
   <si>
     <t>KAK SEHA CONNER</t>
   </si>
   <si>
     <t>LOT NO. 7, MENARA SERI WILAYAH, JALAN P2A</t>
   </si>
   <si>
-    <t>1026</t>
+    <t>1146</t>
   </si>
   <si>
     <t>ANGGUN QASEH LESTARI SDN BHD</t>
   </si>
   <si>
     <t>B-G-R01 (BLOK A), SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1027</t>
-[...5 lines deleted...]
-    <t>1028</t>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>1148</t>
   </si>
   <si>
     <t>BIN HASHIM EMPIRE RESOURCES</t>
   </si>
   <si>
     <t>LOT GERAI NO 10, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>1029</t>
+    <t>1149</t>
   </si>
   <si>
     <t>ABD RAHMAN</t>
   </si>
   <si>
     <t>BLOK B-T1-F3/3/4, PANGSAPURI PUTRA HARMONI, JALAN P9B/1</t>
   </si>
   <si>
-    <t>1030</t>
-[...17 lines deleted...]
-    <t>1032</t>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t>1152</t>
   </si>
   <si>
     <t>CELCOM RETAIL SDN BHD</t>
   </si>
   <si>
     <t>LOT G36, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1033</t>
+    <t>1153</t>
   </si>
   <si>
     <t>SERI MUSLIMAH</t>
   </si>
   <si>
     <t>JALAN P9 G/7</t>
   </si>
   <si>
-    <t>1034</t>
+    <t>1154</t>
   </si>
   <si>
     <t>OGX NETWORKS SDN BHD</t>
   </si>
   <si>
     <t>NO.26, 26A &amp; 26B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>1035</t>
+    <t>1155</t>
   </si>
   <si>
     <t>HALIM SUPPLY'S</t>
   </si>
   <si>
     <t>LOT GERAI NO. G05, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1036</t>
+    <t>1156</t>
   </si>
   <si>
     <t>TEALIVE SHAFTSBURY PUTRAJAYA</t>
   </si>
   <si>
     <t>LOT NO. G-12A-01, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1037</t>
+    <t>1157</t>
   </si>
   <si>
     <t>LOT 1 &amp; 2, GALERIA PJH, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1038</t>
+    <t>1158</t>
   </si>
   <si>
     <t>DISHAM</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 9 (2), JALAN P9 A, PRESINT 9</t>
   </si>
   <si>
-    <t>1039</t>
+    <t>1159</t>
   </si>
   <si>
     <t>FRESH DRINK FOOD INDUSTRY</t>
   </si>
   <si>
     <t>NO.G16, MEDAN SELERA P8, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1040</t>
+    <t>1160</t>
   </si>
   <si>
     <t>ISTANA KEHAKIMAN PUTRAJAYA</t>
   </si>
   <si>
     <t>KIOSK PUSPANITA,PERSIARAN PERDANA,45,PRESINT 3,,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1041</t>
+    <t>1161</t>
   </si>
   <si>
     <t>TENAGA NASIONAL BERHAD</t>
   </si>
   <si>
     <t>UNIT 10, GALERIA PJH, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1042</t>
+    <t>1162</t>
   </si>
   <si>
     <t>LOT NO. 2 KAFETERIA,, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1043</t>
+    <t>1163</t>
   </si>
   <si>
     <t>EZAAD &amp; KAMIZAH RESOURCES SDN BHD</t>
   </si>
   <si>
     <t>LOT 2G4, JALAN P2P, PRESINT 2</t>
   </si>
   <si>
-    <t>1044</t>
+    <t>1164</t>
   </si>
   <si>
     <t>LOBI MENARA IKHLAS, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1045</t>
-[...5 lines deleted...]
-    <t>1046</t>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>1166</t>
   </si>
   <si>
     <t>LOT NO. LG-01, JALAN TUN ABDUL RAZAK, PRESINT 3</t>
   </si>
   <si>
-    <t>1047</t>
+    <t>1167</t>
   </si>
   <si>
     <t>LOT NO. 68, 68A, 68B &amp; 68C, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1048</t>
-[...5 lines deleted...]
-    <t>1049</t>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>1169</t>
   </si>
   <si>
     <t>RETAIL SALES OF PETS FOOD AND PETS ACCESSORIES</t>
   </si>
   <si>
     <t>LOT 19, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1050</t>
+    <t>1170</t>
   </si>
   <si>
     <t>WARISAN STATION</t>
   </si>
   <si>
     <t>R33, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1051</t>
+    <t>1171</t>
   </si>
   <si>
     <t>BIKE AND BEANS</t>
   </si>
   <si>
     <t>UNIT BLOK A, ARAS BAWAH,PERSIARAN PERDANA,316,PRESINT 4,62570,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1052</t>
+    <t>1172</t>
   </si>
   <si>
     <t>MAT SALLEH</t>
   </si>
   <si>
     <t>GERAI NO. 9, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1053</t>
+    <t>1173</t>
   </si>
   <si>
     <t>GERAI NO. 6, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1054</t>
+    <t>1174</t>
   </si>
   <si>
     <t>MINHAKIM TRAVELS SDN BHD</t>
   </si>
   <si>
     <t>LOT D-G-5,JALAN P8G,59,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1055</t>
+    <t>1175</t>
   </si>
   <si>
     <t>UMI KALSUM BINTI IBRAHIM</t>
   </si>
   <si>
     <t>G08, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1056</t>
+    <t>1176</t>
   </si>
   <si>
     <t>NASI BERIANI AJIQ</t>
   </si>
   <si>
     <t>LOT G2, MEDAN SELERA P8, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1057</t>
+    <t>1177</t>
   </si>
   <si>
     <t>BEVERAGES</t>
   </si>
   <si>
     <t>LOT 2G3,PERSIARAN PERDANA,330,PRESINT 2,62623,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1058</t>
+    <t>1178</t>
   </si>
   <si>
     <t>NUR HOME CARE SDN BHD</t>
   </si>
   <si>
     <t>CARE SHOP, HOSPITAL PUTRAJAYA, JALAN P9, PRESINT 7</t>
   </si>
   <si>
-    <t>1059</t>
+    <t>1179</t>
   </si>
   <si>
     <t>SAL HAIR &amp; BEAUTY SALOON</t>
   </si>
   <si>
     <t>K03, JALAN P8 D, PRESINT 8</t>
   </si>
   <si>
-    <t>1060</t>
+    <t>1180</t>
   </si>
   <si>
     <t>FIRDAUS</t>
   </si>
   <si>
     <t>LOT NO K01,JALAN P5/5,155,PRESINT 5,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1061</t>
+    <t>1181</t>
   </si>
   <si>
     <t>AZIZ IBRAHIM FINANCIAL CONSULTANT</t>
   </si>
   <si>
     <t>D-2-3A, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1062</t>
+    <t>1182</t>
   </si>
   <si>
     <t>MERANTI G FORCE SDN BHD</t>
   </si>
   <si>
     <t>NO.6B, PUSAT PERDAGANGAN GREENPARK, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>1063</t>
+    <t>1183</t>
   </si>
   <si>
     <t>BANK ISLAM MALAYSIA BERHAD</t>
   </si>
   <si>
     <t>UNIT 10-14, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1064</t>
+    <t>1184</t>
   </si>
   <si>
     <t>ARAS BAWAH BANGUNAN PEJABAT 9 TINGKAT BLOK B KOMPLEKS PENTADBIRAN ISLAM ATAS LOT,17,PT 12081 62675 PRESINT 3</t>
   </si>
   <si>
-    <t>1065</t>
+    <t>1185</t>
   </si>
   <si>
     <t>TIGRESS TERA SDN BHD</t>
   </si>
   <si>
     <t>T.03-U.02-1,JALAN P9 E/1,PRESINT 9,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1066</t>
+    <t>1186</t>
   </si>
   <si>
     <t>ARIFF</t>
   </si>
   <si>
     <t>CALTEX PUTRAJAYA, LOT 333, JALAN P8 H, 62250, PRESINT 8</t>
   </si>
   <si>
-    <t>1067</t>
+    <t>1187</t>
   </si>
   <si>
     <t>NIPPON SUSHI PJY SDN. BHD.</t>
   </si>
   <si>
     <t>NO.C2-0G-01, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1068</t>
+    <t>1188</t>
   </si>
   <si>
     <t>MERAK KAYANGAN</t>
   </si>
   <si>
     <t>NO. 8A, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>1069</t>
+    <t>1189</t>
   </si>
   <si>
     <t>MASZLYNN BOUTIQUE CAFE</t>
   </si>
   <si>
     <t>LOT A1-G-3, JALAN P8G (8C1), PRESINT 8</t>
   </si>
   <si>
-    <t>1070</t>
+    <t>1190</t>
   </si>
   <si>
     <t>KAK CT CORNER</t>
   </si>
   <si>
     <t>G.13, MEDAN SELERA P8, JALAN P8</t>
   </si>
   <si>
-    <t>1071</t>
+    <t>1191</t>
   </si>
   <si>
     <t>DSERASI</t>
   </si>
   <si>
     <t>UNIT B-T1-F3/2, PANGSAPURI PUTRA HARMONI, JALAN P9B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1072</t>
+    <t>1192</t>
   </si>
   <si>
     <t>FAHIM</t>
   </si>
   <si>
     <t>G04, PASAR AWAM PRESINT 8, JALAN P8</t>
   </si>
   <si>
-    <t>1073</t>
+    <t>1193</t>
   </si>
   <si>
     <t>LIAYAKATH BIN MOHAMED</t>
   </si>
   <si>
     <t>NO. 13, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>1074</t>
+    <t>1194</t>
   </si>
   <si>
     <t>201201013374</t>
   </si>
   <si>
     <t>NO. 16, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>1075</t>
+    <t>1195</t>
   </si>
   <si>
     <t>GAS DISTRICT COOLING (PUTRAJAYA) SDN BHD, PICC, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>1076</t>
+    <t>1196</t>
   </si>
   <si>
     <t>GAS DISTRICT COOLING (PUTRAJAYA) SDN BHD – GDCP, PLOT 5U1, JALAN P5/1, PRESINT 5</t>
   </si>
   <si>
-    <t>1077</t>
+    <t>1197</t>
   </si>
   <si>
     <t>GAS DISTRICT COOLING (PUTRAJAYA) SDN BHD – GDCP, LOT 4U2, JALAN TUN HUSSEIN, PRESINT 3</t>
   </si>
   <si>
-    <t>1078</t>
+    <t>1198</t>
   </si>
   <si>
     <t>GAS DISTRICT COOLING (PUTRAJAYA) SDN BHD – GDCP, JALAN WISMA PUTRA, PRESINT 2</t>
   </si>
   <si>
-    <t>1079</t>
+    <t>1199</t>
   </si>
   <si>
     <t>LOT 2U1,JALAN P2R,PRESINT 2,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1080</t>
+    <t>1200</t>
   </si>
   <si>
     <t>KEDAI AYAMAS</t>
   </si>
   <si>
     <t>UNIT A-G-R14, BLOK A, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1081</t>
+    <t>1201</t>
   </si>
   <si>
     <t>MY AQ ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 3, PUSAT KOMERSIAL PUTRA HARMONI, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1082</t>
+    <t>1202</t>
   </si>
   <si>
     <t>DAZULE BARBERSHOP</t>
   </si>
   <si>
     <t>NO. 8A, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>1083</t>
+    <t>1203</t>
   </si>
   <si>
     <t>PAWIZAH BINTI MAT NOR</t>
   </si>
   <si>
     <t>STALL 1, FOOD COURT, MENARA PRISMA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1084</t>
+    <t>1204</t>
   </si>
   <si>
     <t>MIDDLE CHILD</t>
   </si>
   <si>
     <t>NO. 3 , KANTIN SEKOLAH, JALAN MELINJAU P11E, PRESINT 11</t>
   </si>
   <si>
-    <t>1085</t>
+    <t>1205</t>
   </si>
   <si>
     <t>NURYSHAA K.</t>
   </si>
   <si>
     <t>GERAI NO 8, JALAN P9 E, PRESINT 9</t>
   </si>
   <si>
-    <t>1086</t>
+    <t>1206</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH PUTRAJAYA 11(1)</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 11 (1), JALAN P11 J1, PRESINT 11</t>
   </si>
   <si>
-    <t>1087</t>
+    <t>1207</t>
   </si>
   <si>
     <t>EYKA DARLIA LEGACY</t>
   </si>
   <si>
     <t>GERAI NO.1, kafeteria aras bawah,PERSIARAN PERDANA,128,PRESINT 2,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1088</t>
+    <t>1208</t>
   </si>
   <si>
     <t>JSMM DIVINE GRACE ENTERPRISE</t>
   </si>
   <si>
     <t>NO 26, JALAN P8 G1, PRESINT 8</t>
   </si>
   <si>
-    <t>1089</t>
+    <t>1209</t>
   </si>
   <si>
     <t>MUSTAKIM</t>
   </si>
   <si>
     <t>G15, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1090</t>
+    <t>1210</t>
   </si>
   <si>
     <t>FADZILAH &amp; FIKRI SDN BHD</t>
   </si>
   <si>
     <t>NO 2B, JALAN P9 G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>1091</t>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>AYAM PENYET</t>
+  </si>
+  <si>
+    <t>NO. 12,JALAN P8G1,236,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>1212</t>
   </si>
   <si>
     <t>COUTURE ART</t>
   </si>
   <si>
     <t>BLOK C, GROUND FLOOR,JALAN P11 E,136,PRESINT 11,62300,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1092</t>
+    <t>1213</t>
   </si>
   <si>
     <t>MEGA POWER ENTERPRISE</t>
   </si>
   <si>
     <t>D2-T1-F1/1, JALAN P9 B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>1093</t>
+    <t>1214</t>
   </si>
   <si>
     <t>MALA</t>
   </si>
   <si>
     <t>NO.1, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>1094</t>
+    <t>1215</t>
   </si>
   <si>
     <t>B1-LG-1, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1095</t>
+    <t>1216</t>
   </si>
   <si>
     <t>G.05, MEDAN SELERA P8, JALAN P8</t>
   </si>
   <si>
-    <t>1096</t>
+    <t>1217</t>
   </si>
   <si>
     <t>C2-LG-1, AYER@8, JALAN P8 G</t>
   </si>
   <si>
-    <t>1097</t>
+    <t>1218</t>
   </si>
   <si>
     <t>DOBI 4U</t>
   </si>
   <si>
     <t>NO.F2, BLOK C PANGSAPURI PUTRA DAMAI, JALAN P11 G, PRESINT 11</t>
   </si>
   <si>
-    <t>1098</t>
+    <t>1219</t>
   </si>
   <si>
     <t>MOHD RIDZWAN TEGUH ENTEPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G02, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1099</t>
+    <t>1220</t>
   </si>
   <si>
     <t>RF TRADISIONAL</t>
   </si>
   <si>
     <t>RUANG LEGAR, KEMENTERIAN PEMBANGUNAN LUAR BANDAR, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1100</t>
-[...8 lines deleted...]
-    <t>1101</t>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>1222</t>
   </si>
   <si>
     <t>CHECK CHAN FATT</t>
   </si>
   <si>
     <t>8, JALAN P8D, PRESINT 8</t>
   </si>
   <si>
-    <t>1102</t>
+    <t>1223</t>
   </si>
   <si>
     <t>GRANITE KITCHEN SDN. BHD.</t>
   </si>
   <si>
     <t>LOT A1-G-1, JALAN P8G, @AYER 8, PRESINT 8</t>
   </si>
   <si>
-    <t>1103</t>
+    <t>1224</t>
   </si>
   <si>
     <t>SUPER FORCE SECURITY</t>
   </si>
   <si>
     <t>K-R3(2), PUTRAJAYA SENTRAL, JALAN PUTRAJAYA SENTRAL, PRESINT 7</t>
   </si>
   <si>
-    <t>1104</t>
+    <t>1225</t>
   </si>
   <si>
     <t>DEN OPTOMETRIST</t>
   </si>
   <si>
     <t>B-13-A, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>1105</t>
+    <t>1226</t>
   </si>
   <si>
     <t>GLOBAL ART</t>
   </si>
   <si>
     <t>NO. 23A,JALAN SELUANG P8/7,174,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1106</t>
+    <t>1227</t>
   </si>
   <si>
     <t>CENGKIH KATERING</t>
   </si>
   <si>
     <t>LOT 4G9, KOMPLEKS KEMENTERIAN KOMUNIKASI DAN MULTIMEDIA MALAYSIA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1107</t>
+    <t>1228</t>
   </si>
   <si>
     <t>ALLIANCE BANK MALAYSIA BERHAD</t>
   </si>
   <si>
     <t>NO. 17, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1108</t>
-[...8 lines deleted...]
-    <t>1109</t>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>1230</t>
   </si>
   <si>
     <t>LOT KAFETERIA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1110</t>
+    <t>1231</t>
   </si>
   <si>
     <t>NUHA JEWELS SDN. BHD.</t>
   </si>
   <si>
     <t>A1-G-02, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1111</t>
+    <t>1232</t>
   </si>
   <si>
     <t>SRI DINAR</t>
   </si>
   <si>
     <t>6-2, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>1112</t>
+    <t>1233</t>
   </si>
   <si>
     <t>PROVISION UNLIMITED RESOURCES</t>
   </si>
   <si>
     <t>LOT GERAI NO. G02, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>1113</t>
+    <t>1234</t>
   </si>
   <si>
     <t>RUSMIZI</t>
   </si>
   <si>
     <t>T02-U05-2, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1114</t>
+    <t>1235</t>
   </si>
   <si>
     <t>3, JALAN MELINJAU P11E/5, PRESINT 11</t>
   </si>
   <si>
-    <t>1115</t>
+    <t>1236</t>
   </si>
   <si>
     <t>CRUISE TASIK PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 1, MARINA PUTRAJAYA, JALAN P5/5, PRESINT 5</t>
   </si>
   <si>
-    <t>1116</t>
+    <t>1237</t>
   </si>
   <si>
     <t>NO.20 TASKA WARISAN DE QASEH,PERSIARAN PERDANA,128,PRESINT 2,62260,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1117</t>
+    <t>1238</t>
   </si>
   <si>
     <t>LOT TASKA, KEMENTERIAN PENGANGKUTAN MALAYSIA, JALAN TUN HUSSEIN, PRESINT 4</t>
   </si>
   <si>
-    <t>1118</t>
+    <t>1239</t>
   </si>
   <si>
     <t>LOT TASKA, KEMENTERIAN LUAR NEGERI MALAYSIA, JALAN WISMA PUTRA, PRESINT 2</t>
   </si>
   <si>
-    <t>1119</t>
+    <t>1240</t>
   </si>
   <si>
     <t>HIDANGAN MARINA</t>
   </si>
   <si>
     <t>LOT GERAI NO. 1, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>1120</t>
+    <t>1241</t>
   </si>
   <si>
     <t>KEDAI NO. 4, BLOK B, PPAM SERULING, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>1121</t>
+    <t>1242</t>
   </si>
   <si>
     <t>SEJAMBAK MEKAR ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 1, JALAN P9 B1/2, PRESINT 9</t>
   </si>
   <si>
-    <t>1122</t>
-[...5 lines deleted...]
-    <t>1123</t>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>1244</t>
   </si>
   <si>
     <t>FAHMI</t>
   </si>
   <si>
     <t>NO.7A-2, PUSAT KOMERSIAL PUTRA HARMONI, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1124</t>
+    <t>1245</t>
   </si>
   <si>
     <t>ROSLI HADI BACHOK</t>
   </si>
   <si>
     <t>LOT GERAI NO. G01, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>1125</t>
+    <t>1246</t>
   </si>
   <si>
     <t>GLOBETROTTER LEISURE SDN. BHD.</t>
   </si>
   <si>
     <t>NO.2 (R2), JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>1126</t>
+    <t>1247</t>
   </si>
   <si>
     <t>TIRAM TRAVEL SDN BHD</t>
   </si>
   <si>
     <t>BLOK D2-T1-F1/2, PANGSAPURI PUTRA HARMONI, JALAN P9B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1127</t>
+    <t>1248</t>
   </si>
   <si>
     <t>GOLDEN LACE ENTERPRISE</t>
   </si>
   <si>
     <t>LOT NO K12, PASAR AWAM, JALAN P8</t>
   </si>
   <si>
-    <t>1128</t>
+    <t>1249</t>
   </si>
   <si>
     <t>FASILITI INOVASI KITAR SEMULA (FIKS) – HAB ILMU, ALAM FLORA SDN BHD NO.1, JALAN 5B, PRESINT 5</t>
   </si>
   <si>
-    <t>1129</t>
+    <t>1250</t>
   </si>
   <si>
     <t>FASILITI INOVASI KITAR SEMULA (FIKS) – INTERGRATED RECYCLING FACILITY (IRF), ALAM FLORA SDN BHD NO.1, JALAN 5B, PRESINT 5</t>
   </si>
   <si>
-    <t>1130</t>
+    <t>1251</t>
   </si>
   <si>
     <t>FASILITI INOVASI KITAR SEMULA (FIKS) – LOGISTIK, ALAM FLORA SDN BHD NO.1, JALAN 5B, PRESINT 5</t>
   </si>
   <si>
-    <t>1131</t>
+    <t>1252</t>
   </si>
   <si>
     <t>WATSON'S PERSONAL CARE STORES SDN BHD</t>
   </si>
   <si>
     <t>LG 24, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1132</t>
+    <t>1253</t>
   </si>
   <si>
     <t>IDZWAN PETROSERVICE</t>
   </si>
   <si>
     <t>LOT PT 836, JALAN P9 D, PRESINT 9</t>
   </si>
   <si>
-    <t>1133</t>
+    <t>1254</t>
   </si>
   <si>
     <t>NO 12A, PUSAT KOMERSIAL PUTRA HARMONI, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1134</t>
+    <t>1255</t>
   </si>
   <si>
     <t>NO.1, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>1135</t>
+    <t>1256</t>
   </si>
   <si>
     <t>RED WHITE CAFE</t>
   </si>
   <si>
     <t>NO. 2, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1136</t>
+    <t>1257</t>
   </si>
   <si>
     <t>RESTORAN SHAHJEE</t>
   </si>
   <si>
     <t>TINGKAT BAWAH, LINGKARAN GEMILANG SATU, PRESINT 4</t>
   </si>
   <si>
-    <t>1137</t>
-[...8 lines deleted...]
-    <t>1138</t>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>1259</t>
   </si>
   <si>
     <t>ZR BINA JAYA ENTERPRISE</t>
   </si>
   <si>
     <t>8 &amp; 9 LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1139</t>
-[...5 lines deleted...]
-    <t>1140</t>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>1261</t>
   </si>
   <si>
     <t>NO. B1-1-1, SHOP HOUSE 8C1, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1141</t>
+    <t>1262</t>
   </si>
   <si>
     <t>HUDZA IMPIAN ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 1A, PUSAT KOMERSIAL PUTRA HARMONI, JALAN P9 B/1</t>
   </si>
   <si>
-    <t>1142</t>
+    <t>1263</t>
   </si>
   <si>
     <t>KEDAI DOBI LAYAN DIRI 24JAM</t>
   </si>
   <si>
     <t>NO.3, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>1143</t>
-[...2 lines deleted...]
-    <t>KOPIESATU</t>
+    <t>1264</t>
   </si>
   <si>
     <t>KOPIE SATU, KEMENTERIAN PERDAGANGAN DALAM NEGERI DAN HAL EHWAL PENGGUNA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>1144</t>
+    <t>1265</t>
   </si>
   <si>
     <t>LOT 2, JABATAN PEGUAM NEGARA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1145</t>
+    <t>1266</t>
   </si>
   <si>
     <t>NO 27 &amp; 27A, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>1146</t>
+    <t>1267</t>
   </si>
   <si>
     <t>NO 3, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>1147</t>
+    <t>1268</t>
   </si>
   <si>
     <t>SIM LEISURE ESCAPE SDN BHD</t>
   </si>
   <si>
     <t>LOT ECP, LOT SC-01-03 &amp; SC-01-04, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1148</t>
+    <t>1269</t>
   </si>
   <si>
     <t>PUTRAJAYA INTERNATIONAL CONVENTION CENTRE, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>1149</t>
+    <t>1270</t>
   </si>
   <si>
     <t>YY MOBILE&amp;ACCESSORIES</t>
   </si>
   <si>
     <t>SH-18, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1150</t>
+    <t>1271</t>
   </si>
   <si>
     <t>1 CHOPATI</t>
   </si>
   <si>
     <t>LOT 5 KAFETERIA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1151</t>
+    <t>1272</t>
   </si>
   <si>
     <t>CIMB BANK BERHAD</t>
   </si>
   <si>
     <t>2M11, NO. 5, KOMPLEKS KEMENTERIAN KEWANGAN, PERSIARAN PERDANA</t>
   </si>
   <si>
-    <t>1152</t>
+    <t>1273</t>
   </si>
   <si>
     <t>A2-G-3A, RUMAH KEDAI 8C1, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1153</t>
+    <t>1274</t>
   </si>
   <si>
     <t>MEE REBUS SELERA JOHOR</t>
   </si>
   <si>
     <t>G06,JALAN P9 E,247,PRESINT 9,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1154</t>
+    <t>1275</t>
   </si>
   <si>
     <t>SYARIKAT TAKAFUL MALAYSIA KELUARGA BERHAD</t>
   </si>
   <si>
     <t>NO A1-2-2, AYER@8, JALAN P8G</t>
   </si>
   <si>
-    <t>1155</t>
+    <t>1276</t>
   </si>
   <si>
     <t>LOT 05, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>1156</t>
+    <t>1277</t>
   </si>
   <si>
     <t>YMZ RANTAU ENTERPRISE</t>
   </si>
   <si>
     <t>A3-T01-U05, JALAN P9B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>1157</t>
-[...8 lines deleted...]
-    <t>1158</t>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>1279</t>
   </si>
   <si>
     <t>KEYCAPS</t>
   </si>
   <si>
     <t>4A &amp; 4B LOT PT 12305, FOOD VALET PUTRAJAYA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1159</t>
+    <t>1280</t>
   </si>
   <si>
     <t>LABALLOONS HOUZ</t>
   </si>
   <si>
     <t>B-G-R18, BLOCK B, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1160</t>
-[...2 lines deleted...]
-    <t>1161</t>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>1282</t>
   </si>
   <si>
     <t>AR AIN</t>
   </si>
   <si>
     <t>6A &amp; 6B LOT PT 12305, FOOD VALET PUTRAJAYA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1162</t>
+    <t>1283</t>
   </si>
   <si>
     <t>MAYLAND AVENUE SDN BHD</t>
   </si>
   <si>
-    <t>LOT 3C5, JALAN TUN ABDUL RAZAK, PRESINT 3</t>
-[...2 lines deleted...]
-    <t>1163</t>
+    <t>1284</t>
   </si>
   <si>
     <t>AYAM GORENG KUNYIT</t>
   </si>
   <si>
     <t>LOT NO. 03, JABATAN PENDAFTARAN NEGARA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>1164</t>
+    <t>1285</t>
   </si>
   <si>
     <t>NO.82 &amp; 84, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1165</t>
+    <t>1286</t>
   </si>
   <si>
     <t>AYIN KITCHEN</t>
   </si>
   <si>
     <t>GERAI NO 3, ARAS 1,PERSIARAN PERDANA,46,PRESINT 4,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1166</t>
+    <t>1287</t>
   </si>
   <si>
     <t>WIN WIN HARDWARE &amp; MACHINERY</t>
   </si>
   <si>
     <t>LOT KEDAI NO. 7, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1167</t>
+    <t>1288</t>
   </si>
   <si>
     <t>NO. 56, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1168</t>
+    <t>1289</t>
   </si>
   <si>
     <t>UMAR REKA NIAGA</t>
   </si>
   <si>
     <t>NO. 24B (R6), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1169</t>
+    <t>1290</t>
   </si>
   <si>
     <t>OMNI MEDIAWORKS SDN. BHD.</t>
   </si>
   <si>
-    <t>1170</t>
+    <t>1291</t>
   </si>
   <si>
     <t>BIENA KLASIK ENTERPRISE</t>
   </si>
   <si>
     <t>LOT R5,PERSIARAN PERDANA,78,PRESINT 3,62675,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1171</t>
+    <t>1292</t>
   </si>
   <si>
     <t>UNIT 14(1), PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1172</t>
+    <t>1293</t>
   </si>
   <si>
     <t>NO. 55, KEMENTERIAN PEMBANGUNAN WANITA, KELUARGA DAN MASYARAKAT, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1173</t>
-[...29 lines deleted...]
-    <t>1177</t>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>1295</t>
+  </si>
+  <si>
+    <t>1296</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>1298</t>
   </si>
   <si>
     <t>MOHAMAD SYAFIK AU BIN ABDULLAH</t>
   </si>
   <si>
     <t>LOT A1-LG-1,JALAN P8G,59,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1178</t>
+    <t>1299</t>
   </si>
   <si>
     <t>KLINIK PERUBATAN LITA ALIS</t>
   </si>
   <si>
     <t>NO 6A, JALAN P9 G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>1179</t>
+    <t>1300</t>
   </si>
   <si>
     <t>DHAROS RASA</t>
   </si>
   <si>
     <t>LOT NO GI01, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>1180</t>
+    <t>1301</t>
   </si>
   <si>
     <t>PUSAT DIDIKAN DAN ASUHAN SI COMEL</t>
   </si>
   <si>
     <t>LOT TASKA, NO. 28, LOT 4G1, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1181</t>
+    <t>1302</t>
   </si>
   <si>
     <t>EXECUTIVE TAILORING</t>
   </si>
   <si>
     <t>LOT R3, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1182</t>
+    <t>1303</t>
   </si>
   <si>
     <t>BUTIK GENG BAJU SEKOLAH</t>
   </si>
   <si>
     <t>RUANG KEDAI KELENGKAPAN SEKOLAH, JALAN P17 A, PRESINT 17</t>
   </si>
   <si>
-    <t>1183</t>
+    <t>1304</t>
   </si>
   <si>
     <t>LOT K2041-2, PUTRAJAYA SENTRAL MRT STATION, JALAN P7A, PRESINT 7, JALAN P7 A, PRESINT 7</t>
   </si>
   <si>
-    <t>1184</t>
+    <t>1305</t>
   </si>
   <si>
     <t>SPATIALWORKS SDN BHD</t>
   </si>
   <si>
     <t>T.02-U07, JALAN P8D, PRESINT 8</t>
   </si>
   <si>
-    <t>1185</t>
+    <t>1306</t>
   </si>
   <si>
     <t>PAN SEJATI DEVELOPMENT (M) SDN BHD</t>
   </si>
   <si>
     <t>SPACE 1, ARAS 3 PARK &amp; RIDE, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>1186</t>
+    <t>1307</t>
   </si>
   <si>
     <t>KLINIK HAIWAN DAN SURGERI KITTY'S CARE</t>
   </si>
   <si>
     <t>NO. 18, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>1187</t>
-[...5 lines deleted...]
-    <t>1188</t>
+    <t>1308</t>
+  </si>
+  <si>
+    <t>1309</t>
   </si>
   <si>
     <t>YUMAIRASA KAFE</t>
   </si>
   <si>
     <t>NO.9, PANGSAPURI PUTRA HARMONI, JALAN P9B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1189</t>
+    <t>1310</t>
   </si>
   <si>
     <t>LITTLE TAMARA CHILD CARE CENTRE</t>
   </si>
   <si>
     <t>LOT TASKA, TAMARA RESIDENCE, JALAN TEMOLEH P8/4, PRESINT 8</t>
   </si>
   <si>
-    <t>1190</t>
+    <t>1311</t>
   </si>
   <si>
     <t>TADIKA LITTLE TAMARA</t>
   </si>
   <si>
     <t>LOT TADIKA, TAMARA RESIDENCE, JALAN TEMOLEH P8/4, PRESINT 8</t>
   </si>
   <si>
-    <t>1191</t>
+    <t>1312</t>
   </si>
   <si>
     <t>PAK TAM KATERING SDN. BHD.</t>
   </si>
   <si>
     <t>KAFETERIA HOSPITAL PUTRAJAYA, HOSPITAL PUTRAJAYA, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>1192</t>
+    <t>1313</t>
   </si>
   <si>
     <t>EUREKA HEALTHCARE (M) SDN BHD</t>
   </si>
   <si>
     <t>NO. B-8 &amp; B-9, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>1193</t>
-[...8 lines deleted...]
-    <t>1194</t>
+    <t>1314</t>
+  </si>
+  <si>
+    <t>1315</t>
   </si>
   <si>
     <t>KAK NANI</t>
   </si>
   <si>
     <t>NO.6, BAZAR AYER@8, JALAN TEMOLEH P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>1195</t>
-[...2 lines deleted...]
-    <t>1196</t>
+    <t>1316</t>
+  </si>
+  <si>
+    <t>1317</t>
   </si>
   <si>
     <t>TRAVELLER MART</t>
   </si>
   <si>
     <t>M-01, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>1197</t>
+    <t>1318</t>
   </si>
   <si>
     <t>THE COFFEE DEPARTMENT</t>
   </si>
   <si>
-    <t>1198</t>
+    <t>1319</t>
   </si>
   <si>
     <t>STAR MEDIA GROUP BERHAD</t>
   </si>
   <si>
     <t>T.01-U.03-1, JALAN P9E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1199</t>
+    <t>1320</t>
   </si>
   <si>
     <t>AYAM GOLEK PERINGAT DAN MASAKAN ALA THAI</t>
   </si>
   <si>
     <t>LOT GERAI NO. 7, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>1200</t>
-[...2 lines deleted...]
-    <t>LAKE CABIN AT PIT-STOP @ ANJUNG FLORIA</t>
+    <t>1321</t>
+  </si>
+  <si>
+    <t>RUMAH MAKAN BUMBU</t>
   </si>
   <si>
     <t>LAKE CABIN @ PIT STOP ANJUNG FLORIA, JALAN TUNKU ABDUL RAHMAN, PRESINT 4</t>
   </si>
   <si>
-    <t>1201</t>
+    <t>1322</t>
   </si>
   <si>
     <t>C19 &amp; 20, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>1202</t>
-[...8 lines deleted...]
-    <t>1203</t>
+    <t>1323</t>
+  </si>
+  <si>
+    <t>1324</t>
   </si>
   <si>
     <t>PUSAT TUISYEN PRO EDUELITE</t>
   </si>
   <si>
     <t>NO. T.02-U2-1, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1204</t>
-[...14 lines deleted...]
-    <t>1206</t>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>1326</t>
+  </si>
+  <si>
+    <t>1327</t>
   </si>
   <si>
     <t>WAN NAJIB</t>
   </si>
   <si>
     <t>LOBI RUANG LEGAR,PERSIARAN PERDANA,219,PRESINT 3,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1207</t>
-[...8 lines deleted...]
-    <t>1208</t>
+    <t>1328</t>
+  </si>
+  <si>
+    <t>1329</t>
   </si>
   <si>
     <t>NO 7A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>1209</t>
+    <t>1330</t>
   </si>
   <si>
     <t>SLIM PIZZA PUTRAJAYA</t>
   </si>
   <si>
     <t>A2-T1-F1, JALAN P9 B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>1210</t>
+    <t>1331</t>
   </si>
   <si>
     <t>DRK INTERNATIONAL TRAVELS &amp; TOURS SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 55B (R7), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1211</t>
+    <t>1332</t>
   </si>
   <si>
     <t>EKUES CABIN CAFE</t>
   </si>
   <si>
     <t>EKUES CABIN CAFE, TAMAN EKUESTRIAN PUTRAJAYA, JALAN KANDANG KUDA, PRESINT 5</t>
   </si>
   <si>
-    <t>1212</t>
-[...5 lines deleted...]
-    <t>1213</t>
+    <t>1333</t>
+  </si>
+  <si>
+    <t>1334</t>
   </si>
   <si>
     <t>13, KEMENTERIAN PERDAGANGAN DALAM NEGERI DAN HAL EHWAL PENGGUNA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>1214</t>
+    <t>1335</t>
   </si>
   <si>
     <t>PETRONAS PRESINT 9 D, PETRONAS PRESINT 9 D, JALAN P9 D, PRESINT 9</t>
   </si>
   <si>
-    <t>1215</t>
+    <t>1336</t>
   </si>
   <si>
     <t>NO. 14G, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>1216</t>
+    <t>1337</t>
   </si>
   <si>
     <t>IKHWAN</t>
   </si>
   <si>
     <t>A2-1-2, AYER@8, JALAN P8C1, PRESINT 8</t>
   </si>
   <si>
-    <t>1217</t>
+    <t>1338</t>
   </si>
   <si>
     <t>RICH CAFE</t>
   </si>
   <si>
     <t>NO.G03, MEDAN SELERA PRESINT 9, JALAN P9 E, PRESINT 9</t>
   </si>
   <si>
-    <t>1218</t>
-[...5 lines deleted...]
-    <t>1219</t>
+    <t>1339</t>
+  </si>
+  <si>
+    <t>1340</t>
   </si>
   <si>
     <t>NAZIR AGENCIES</t>
   </si>
   <si>
     <t>ARAS G, WISMA TANI BLOK 4G1, WISMA TANI, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1220</t>
-[...8 lines deleted...]
-    <t>1221</t>
+    <t>1341</t>
+  </si>
+  <si>
+    <t>1342</t>
   </si>
   <si>
     <t>CIKDA CORNER</t>
   </si>
   <si>
     <t>MINI MART 2,, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1222</t>
+    <t>1343</t>
   </si>
   <si>
     <t>BLOK A1-3-2, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1223</t>
+    <t>1344</t>
   </si>
   <si>
     <t>BLOCK C-17, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>1224</t>
+    <t>1345</t>
   </si>
   <si>
     <t>FATIN FAZLIN BINTI IDRIS</t>
   </si>
   <si>
     <t>LOT KIOS NO. 13, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>1225</t>
+    <t>1346</t>
   </si>
   <si>
     <t>AIZA ALIAS</t>
   </si>
   <si>
     <t>LOT R2, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1226</t>
+    <t>1347</t>
   </si>
   <si>
     <t>FELKOP</t>
   </si>
   <si>
     <t>BANGUNAN LOT 5G2, JALAN P5/6, PRESINT 5</t>
   </si>
   <si>
-    <t>1227</t>
-[...14 lines deleted...]
-    <t>1229</t>
+    <t>1348</t>
+  </si>
+  <si>
+    <t>1349</t>
+  </si>
+  <si>
+    <t>1350</t>
   </si>
   <si>
     <t>A1-G-3A, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1230</t>
-[...8 lines deleted...]
-    <t>1231</t>
+    <t>1351</t>
+  </si>
+  <si>
+    <t>1352</t>
   </si>
   <si>
     <t>RASA UNGGUL GEMILANG SDN. BHD.</t>
   </si>
   <si>
     <t>KAFE, JALAN KANDANG KUDA, PRESINT 5</t>
   </si>
   <si>
-    <t>1232</t>
-[...17 lines deleted...]
-    <t>1234</t>
+    <t>1353</t>
+  </si>
+  <si>
+    <t>1354</t>
+  </si>
+  <si>
+    <t>1355</t>
   </si>
   <si>
     <t>TRIPFEZ TRAVEL &amp; TOURS SDN BHD</t>
   </si>
   <si>
     <t>LOT R6, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1235</t>
+    <t>1356</t>
   </si>
   <si>
     <t>Q-PHARMA SDN BHD</t>
   </si>
   <si>
     <t>ARAS G, KEDAI NO. 2, G-PA-20, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>1236</t>
+    <t>1357</t>
   </si>
   <si>
     <t>NONNO CAFE</t>
   </si>
   <si>
     <t>UNIT 09, HERRIOT WATT UNIVERSITY, JALAN VENNA P5/2, PRESINT 5</t>
   </si>
   <si>
-    <t>1237</t>
+    <t>1358</t>
   </si>
   <si>
     <t>MOREISH KITCHEN</t>
   </si>
   <si>
     <t>STALL 5, FOOD COURT, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1238</t>
-[...2 lines deleted...]
-    <t>1239</t>
+    <t>1359</t>
+  </si>
+  <si>
+    <t>1360</t>
   </si>
   <si>
     <t>HYDRAMAS ACC RETAIL</t>
   </si>
   <si>
     <t>KEDAI 1, BLOK C, JALAN P11J, PRESINT 11</t>
   </si>
   <si>
-    <t>1240</t>
+    <t>1361</t>
   </si>
   <si>
     <t>AL FATEH ISLAMIC PRE SCHOOL &amp; PLAYTOTS</t>
   </si>
   <si>
     <t>TASKA LOT 830, JALAN P9 B/11, PRESINT 9</t>
   </si>
   <si>
-    <t>1241</t>
+    <t>1362</t>
   </si>
   <si>
     <t>TADIKA LOT 830, JALAN P9 B/11, PRESINT 9</t>
   </si>
   <si>
-    <t>1242</t>
+    <t>1363</t>
   </si>
   <si>
     <t>ARAS BAWAH, BLOK UTARA, KOMPLEKS KEMENTERIAN KEWANGAN, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>1243</t>
+    <t>1364</t>
   </si>
   <si>
     <t>AJAK'S SPORT CENTRE</t>
   </si>
   <si>
     <t>LOT NO. 2, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>1244</t>
-[...5 lines deleted...]
-    <t>1245</t>
+    <t>1365</t>
+  </si>
+  <si>
+    <t>1366</t>
   </si>
   <si>
     <t>IM GLOBAL PROPERTY CONSULTANTS SDN BHD</t>
   </si>
   <si>
     <t>2B-G-02, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>1246</t>
-[...8 lines deleted...]
-    <t>1247</t>
+    <t>1367</t>
+  </si>
+  <si>
+    <t>1368</t>
   </si>
   <si>
     <t>ARAS G, WISMA TANI BLOK 4G1, WISMA TANI, KEMENTERIAN PERTANIAN DAN KETERJAMINAN MAKANAN, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1248</t>
-[...8 lines deleted...]
-    <t>1249</t>
+    <t>1369</t>
+  </si>
+  <si>
+    <t>1370</t>
   </si>
   <si>
     <t>KOTANI</t>
   </si>
   <si>
     <t>RUANG KAFETERIA, PODIUM 2, BLOK 4G2, WISMA TANI, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1250</t>
+    <t>1371</t>
   </si>
   <si>
     <t>TKAB SDN BHD</t>
   </si>
   <si>
     <t>LOT C1-1-6, JALAN TEMOLEH P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1251</t>
+    <t>1372</t>
   </si>
   <si>
     <t>YOUSEFF BARBER</t>
   </si>
   <si>
     <t>KEDAI NO. 3, BLOK B, PPAM SERULING, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>1252</t>
-[...8 lines deleted...]
-    <t>1253</t>
+    <t>1373</t>
+  </si>
+  <si>
+    <t>1374</t>
   </si>
   <si>
     <t>FZ FLORIST</t>
   </si>
   <si>
     <t>LOT KEDAI NO.K02, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1254</t>
+    <t>1375</t>
   </si>
   <si>
     <t>TASKA CAHAYA MIN RIZKI</t>
   </si>
   <si>
     <t>ARAS G, NO. 2 MENARA 1,JALAN P5/6,57,PRESINT 5,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1255</t>
+    <t>1376</t>
   </si>
   <si>
     <t>ROZAIMI OPTOMETRIST</t>
   </si>
   <si>
     <t>NO.23, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>1256</t>
+    <t>1377</t>
   </si>
   <si>
     <t>C1-LG-01,JALAN P8G,59,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1257</t>
+    <t>1378</t>
   </si>
   <si>
     <t>BIZCLASS RESOURCES (M) SDN. BHD</t>
   </si>
   <si>
     <t>F2 (GF) LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1258</t>
-[...2 lines deleted...]
-    <t>1259</t>
+    <t>1379</t>
+  </si>
+  <si>
+    <t>1380</t>
   </si>
   <si>
     <t>G-07, MENARA PERKESO PUTRAJAYA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>1260</t>
+    <t>1381</t>
   </si>
   <si>
     <t>RENTAK ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G25, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1261</t>
+    <t>1382</t>
   </si>
   <si>
     <t>BLISS SOCIETY</t>
   </si>
   <si>
     <t>C1-1-5, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1262</t>
+    <t>1383</t>
   </si>
   <si>
     <t>RASA UNGGUL SDN.BHD.</t>
   </si>
   <si>
     <t>KAFETERIA, JALAN P5/6, PRESINT 5</t>
   </si>
   <si>
-    <t>1263</t>
+    <t>1384</t>
   </si>
   <si>
     <t>AMARANTHUS LINE SDN BHD</t>
   </si>
   <si>
     <t>7-B, TINGKAT 2, JALAN KEDIDI P9G/7, PRESINT 9, 62250 PUTRAJAYA</t>
   </si>
   <si>
-    <t>1264</t>
+    <t>1385</t>
   </si>
   <si>
     <t>LUCKY SCOOT ENTERPRISE</t>
   </si>
   <si>
-    <t>1265</t>
+    <t>1386</t>
   </si>
   <si>
     <t>NO. 2 (UNIT TASKA), JALAN P2T, PRESINT 2</t>
   </si>
   <si>
-    <t>1266</t>
+    <t>1387</t>
   </si>
   <si>
     <t>SIS TECHNOLOGY (M) SDN BHD</t>
   </si>
   <si>
     <t>UNIT D-2-5 (2),JALAN P8 G,137,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1267</t>
+    <t>1388</t>
   </si>
   <si>
     <t>GROPLUS DELIGHT SDN BHD</t>
   </si>
   <si>
     <t>B2-G-1, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1268</t>
+    <t>1389</t>
   </si>
   <si>
     <t>POINT SUPERMARKET SDN. BHD.</t>
   </si>
   <si>
     <t>LOT K2 DAN K3, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>1269</t>
+    <t>1390</t>
   </si>
   <si>
     <t>SGT VENTURES SDN BHD</t>
   </si>
   <si>
     <t>UNIT D-2-5, AYER@8, JALAN P8 G, PRESINT 8</t>
   </si>
   <si>
-    <t>1270</t>
+    <t>1391</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH MENENGAH KEBANGSAAN PRESINT 9(2), JALAN P9 A, PRESINT 9</t>
   </si>
   <si>
-    <t>1271</t>
-[...14 lines deleted...]
-    <t>1273</t>
+    <t>1392</t>
+  </si>
+  <si>
+    <t>1393</t>
+  </si>
+  <si>
+    <t>1394</t>
   </si>
   <si>
     <t>MARMO KITCHEN SDN BHD</t>
   </si>
   <si>
     <t>C1-G-02, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1274</t>
+    <t>1395</t>
   </si>
   <si>
     <t>BUBBLY RESOURCES</t>
   </si>
   <si>
     <t>NO. 3, JALAN P11 E/1, PRESINT 11</t>
   </si>
   <si>
-    <t>1275</t>
+    <t>1396</t>
   </si>
   <si>
     <t>PINCH OF JOY TRADING</t>
   </si>
   <si>
     <t>NO.7, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1276</t>
+    <t>1397</t>
   </si>
   <si>
     <t>AZ SMART BARBER SHOP</t>
   </si>
   <si>
     <t>C-G-04-1, JALAN P11 E, PRESINT 11</t>
   </si>
   <si>
-    <t>1277</t>
+    <t>1398</t>
   </si>
   <si>
     <t>PRO APPAREL</t>
   </si>
   <si>
     <t>UNIT A-G-R9, BLOK A, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1278</t>
+    <t>1399</t>
   </si>
   <si>
     <t>OHSEM MINDS SDN. BHD.</t>
   </si>
   <si>
     <t>C1-01-3A, JALAN P8 G, PRESINT 8</t>
   </si>
   <si>
-    <t>1279</t>
+    <t>1400</t>
   </si>
   <si>
     <t>KABIR EXCHANGE SDN BHD</t>
   </si>
   <si>
-    <t>1280</t>
+    <t>1401</t>
   </si>
   <si>
     <t>PHANTERA SERVICES SDN BHD</t>
   </si>
   <si>
     <t>T01-U.03-02, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1281</t>
+    <t>1402</t>
   </si>
   <si>
     <t>BLACK INK ENGINEERING SDN BHD</t>
   </si>
   <si>
     <t>BLOCK B-15A, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>1282</t>
+    <t>1403</t>
   </si>
   <si>
     <t>AMANAH SAHAM NASIONAL BERHAD</t>
   </si>
   <si>
     <t>A-G-R4, A-G-R5, A-G-R6 &amp; A-G-R7, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1283</t>
-[...2 lines deleted...]
-    <t>1284</t>
+    <t>1404</t>
+  </si>
+  <si>
+    <t>1405</t>
   </si>
   <si>
     <t>JUSOH BIN MAMAT</t>
   </si>
   <si>
     <t>GERAI NO. 26, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1285</t>
+    <t>1406</t>
   </si>
   <si>
     <t>RIZAL</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, JALAN P8E2, PRESINT 8</t>
   </si>
   <si>
-    <t>1286</t>
+    <t>1407</t>
   </si>
   <si>
     <t>TNY HARDWARE SDN.BHD</t>
   </si>
   <si>
     <t>NO.3, JALAN P9 G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>1287</t>
+    <t>1408</t>
   </si>
   <si>
     <t>REZEKI MABRUR NLRK SDN BHD</t>
   </si>
   <si>
     <t>NO. 1 &amp; NO. 1-A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>1288</t>
+    <t>1409</t>
   </si>
   <si>
     <t>LEMBAGA TABUNG HAJI</t>
   </si>
   <si>
     <t>LOT 1, BLOK B, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>1289</t>
+    <t>1410</t>
   </si>
   <si>
     <t>RUANG TASKA, ARAS 1 BLOK F2, KOMPLEKS F, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>1290</t>
+    <t>1411</t>
   </si>
   <si>
     <t>KAVA INC</t>
   </si>
   <si>
     <t>1, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1291</t>
+    <t>1412</t>
   </si>
   <si>
     <t>YUHAIROL EMPIRE</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, JALAN P11J/1, PRESINT 11</t>
   </si>
   <si>
-    <t>1292</t>
+    <t>1413</t>
   </si>
   <si>
     <t>GROPLUS F&amp;B SDN. BHD.</t>
   </si>
   <si>
     <t>B2-G-2, AYER @ 8, JALAN P8G, AYER@8, PRESINT 8</t>
   </si>
   <si>
-    <t>1293</t>
+    <t>1414</t>
   </si>
   <si>
     <t>ROSESTY ENTERPRISE</t>
   </si>
   <si>
     <t>MINI MART 3, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>1294</t>
-[...11 lines deleted...]
-    <t>1296</t>
+    <t>1415</t>
+  </si>
+  <si>
+    <t>1416</t>
+  </si>
+  <si>
+    <t>1417</t>
   </si>
   <si>
     <t>ABUHAMRA ENTERPRISE</t>
   </si>
   <si>
     <t>A1-T1-U06, JALAN P9 B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>1297</t>
+    <t>1418</t>
   </si>
   <si>
     <t>KOPITIAM MAK SAYA</t>
   </si>
   <si>
     <t>UNIT 5, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1298</t>
+    <t>1419</t>
   </si>
   <si>
     <t>LOT NO.3, CORE TWO (KAFETERIA), PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>1299</t>
+    <t>1420</t>
   </si>
   <si>
     <t>D2-T01-F05, PANGSAPURI PUTRA HARMONI, JALAN P9B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>1300</t>
+    <t>1421</t>
   </si>
   <si>
     <t>MAKA TAQADAM</t>
   </si>
   <si>
     <t>LOT D-G-5 (A), JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1301</t>
+    <t>1422</t>
   </si>
   <si>
     <t>TIE PRINT &amp; SERVICES</t>
   </si>
   <si>
     <t>LOT CENDERAMATA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1302</t>
+    <t>1423</t>
   </si>
   <si>
     <t>DRIVE THRU CAFE, H.S (D) 14164, PT 1809, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1303</t>
+    <t>1424</t>
   </si>
   <si>
     <t>MALEEKA SALON</t>
   </si>
   <si>
     <t>LOT 7, MASJID TUANKU MIZAN ZAINAL ABIDIN, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>1304</t>
+    <t>1425</t>
   </si>
   <si>
     <t>LOT R32, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1305</t>
+    <t>1426</t>
   </si>
   <si>
     <t>PERSATUAN TASKA ANAK ISTIMEWA SINDROM DOWN (ANISD)</t>
   </si>
   <si>
     <t>LOT TADIKA, ARAS BAWAH BLOK F, KUARTERS PERBADANAN PUTRAJAYA, JALAN P11 G, PRESINT 11</t>
   </si>
   <si>
-    <t>1306</t>
+    <t>1427</t>
   </si>
   <si>
     <t>NASI KANDAR FN BISTRO</t>
   </si>
   <si>
     <t>T.00-U.03, NO. 1, JALAN P9E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1307</t>
+    <t>1428</t>
   </si>
   <si>
     <t>LOT OS17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1308</t>
+    <t>1429</t>
   </si>
   <si>
     <t>COINAMATIC SERVICES SDN BHD</t>
   </si>
   <si>
     <t>A-1-16, JALAN P8 D, PRESINT 8</t>
   </si>
   <si>
-    <t>1309</t>
+    <t>1430</t>
   </si>
   <si>
     <t>LAMAN LAPAN ENTERPRISE</t>
   </si>
   <si>
     <t>LOT C1-LG-02 CENTRE LOT, AYER@8, PRESINT 8</t>
   </si>
   <si>
-    <t>1310</t>
+    <t>1431</t>
   </si>
   <si>
     <t>LOT 3, LOT 6 DAN KAFETERIA KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1311</t>
+    <t>1432</t>
   </si>
   <si>
     <t>RAMS BARBER CORNER</t>
   </si>
   <si>
     <t>NO 12, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>1312</t>
-[...8 lines deleted...]
-    <t>1313</t>
+    <t>1433</t>
+  </si>
+  <si>
+    <t>1434</t>
   </si>
   <si>
     <t>LOT NO.3, KOMPLEKS F7, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>1314</t>
+    <t>1435</t>
   </si>
   <si>
     <t>CAPTAIN A FROZEN</t>
   </si>
   <si>
-    <t>1315</t>
+    <t>1436</t>
   </si>
   <si>
     <t>AHMAD KASSIM CATERER</t>
   </si>
   <si>
     <t>UNIT A-G-R8, BLOK A, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1316</t>
+    <t>1437</t>
   </si>
   <si>
     <t>ARAH PREMIUM SDN. BHD</t>
   </si>
   <si>
     <t>NO.60B, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1317</t>
+    <t>1438</t>
   </si>
   <si>
     <t>MZ RYAN ENTERPRISE</t>
   </si>
   <si>
     <t>G03, MEDAN SELERA PRESINT 16, JALAN P16</t>
   </si>
   <si>
-    <t>1318</t>
+    <t>1439</t>
   </si>
   <si>
     <t>IGS PROTECH SDN BHD</t>
   </si>
   <si>
     <t>no 8A,JALAN DIPLOMATIK 2,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1319</t>
+    <t>1440</t>
   </si>
   <si>
     <t>NAYUMI TRADING &amp; SERVICES</t>
   </si>
   <si>
     <t>BLOK A2, JALAN P11 A2/2, PRESINT 11</t>
   </si>
   <si>
-    <t>1320</t>
+    <t>1441</t>
   </si>
   <si>
     <t>ORNELLA STEALLA EMPIRE</t>
   </si>
   <si>
     <t>LOT NO. K05, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>1321</t>
+    <t>1442</t>
   </si>
   <si>
     <t>ZM STAR</t>
   </si>
   <si>
     <t>KEDAI NO 2, PPAM SADERI, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>1322</t>
-[...5 lines deleted...]
-    <t>1323</t>
+    <t>1443</t>
+  </si>
+  <si>
+    <t>1444</t>
   </si>
   <si>
     <t>NO A1-2-1, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>1324</t>
+    <t>1445</t>
   </si>
   <si>
     <t>DE TINGKAP CAFE</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 11(2), JALAN P11C, PRESINT 11</t>
   </si>
   <si>
-    <t>1325</t>
+    <t>1446</t>
   </si>
   <si>
     <t>A RAA THAI TOMYAM</t>
   </si>
   <si>
     <t>NO 14&amp;15, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>1326</t>
+    <t>1447</t>
   </si>
   <si>
     <t>NO.64B, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1327</t>
+    <t>1448</t>
   </si>
   <si>
     <t>LOT G41, ALAMANDA SHOPPING CENTRE</t>
   </si>
   <si>
     <t>LOT G41, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1328</t>
+    <t>1449</t>
   </si>
   <si>
     <t>GOODWILL DOMAIN</t>
   </si>
   <si>
     <t>NO 14-B,JALAN INDUSTRI PUTRA 1,PRESINT 14,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1329</t>
+    <t>1450</t>
   </si>
   <si>
     <t>FATHIMA MART</t>
   </si>
   <si>
     <t>KEDAI NO. 1, BLOK B, PPAM SERULING, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>1330</t>
+    <t>1451</t>
   </si>
   <si>
     <t>BANGKOK PINTHO CAFE</t>
   </si>
   <si>
     <t>UNIT 4, MENARA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1331</t>
+    <t>1452</t>
   </si>
   <si>
     <t>ZAMIN DAYA USAHA ENTERPRISE</t>
   </si>
   <si>
     <t>LOT NO.1, SEBELAH BAWAH JAMBATAN GEMILANG, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>1332</t>
+    <t>1453</t>
   </si>
   <si>
     <t>Y&amp;S CAFE</t>
   </si>
   <si>
     <t>LOT R34, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1333</t>
+    <t>1454</t>
   </si>
   <si>
     <t>DOBI SALINA</t>
   </si>
   <si>
-    <t>1334</t>
+    <t>1455</t>
   </si>
   <si>
     <t>AGROW TECH SDN BHD</t>
   </si>
   <si>
-    <t>1335</t>
+    <t>1456</t>
   </si>
   <si>
     <t>G-01, G-02, G-03, G-03A, G-03B, 11 DAN 12,JALAN TUN ABDUL RAZAK,88,PRESINT 3,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1336</t>
+    <t>1457</t>
   </si>
   <si>
     <t>TS</t>
   </si>
   <si>
     <t>TOWER B, MENARA IKHLAS, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>1337</t>
+    <t>1458</t>
   </si>
   <si>
     <t>FUAD MH</t>
   </si>
   <si>
     <t>LOT 3, PICC, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>1338</t>
-[...2 lines deleted...]
-    <t>1339</t>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>1460</t>
   </si>
   <si>
     <t>RESTORAN PUTRAJAYA INTERNATIONAL CONVENTION CENTRE,JALAN P5,169,PRESINT 5,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1340</t>
+    <t>1461</t>
   </si>
   <si>
     <t>THINKING COFFEE</t>
   </si>
   <si>
     <t>UNIT B-G-R19, BLOK B, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1341</t>
+    <t>1462</t>
   </si>
   <si>
     <t>PERMATA MART</t>
   </si>
   <si>
     <t>NO.1, PANGSAPURI PPAM PALMA, JALAN P11E, PRESINT 11</t>
   </si>
   <si>
-    <t>1342</t>
+    <t>1463</t>
   </si>
   <si>
     <t>AYAM GEPUK PAK GEMBUS</t>
   </si>
   <si>
     <t>D-G-6, JALAN TEMOLEH P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1343</t>
+    <t>1464</t>
   </si>
   <si>
     <t>NO. 2, BANGUNAN SURUHANJAYA PILIHAN RAYA, JALAN P2T</t>
   </si>
   <si>
-    <t>1344</t>
+    <t>1465</t>
   </si>
   <si>
     <t>WAN VACATION SDN BHD</t>
   </si>
   <si>
     <t>NO. 87A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1345</t>
+    <t>1466</t>
   </si>
   <si>
     <t>SOULMASSTURA ENTERPRISE</t>
   </si>
   <si>
     <t>KIOS NO.2A, PERSIARAN PERDANA 62675 PRESINT 3</t>
   </si>
   <si>
-    <t>1346</t>
+    <t>1467</t>
   </si>
   <si>
     <t>PENDIAT SAMA ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI 6, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>1347</t>
+    <t>1468</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 5(1), JALAN P5A, PRESINT 5</t>
   </si>
   <si>
-    <t>1348</t>
+    <t>1469</t>
   </si>
   <si>
     <t>JERUMBUNPUTRAJAYA</t>
   </si>
   <si>
     <t>LOT NO. 02 ARAS BAWAH SEBELAH JAMBATAN GEMILANG JALAN P5</t>
   </si>
   <si>
-    <t>1349</t>
+    <t>1470</t>
   </si>
   <si>
     <t>GLORIA JEAN'S COFFEE</t>
   </si>
   <si>
-    <t>1350</t>
+    <t>1471</t>
   </si>
   <si>
     <t>CAFE CIK TIMAH</t>
   </si>
   <si>
     <t>NO.GM02, MEDAN SELERA PRESINT 9, JALAN P9 E, PRESINT 9</t>
   </si>
   <si>
-    <t>1351</t>
-[...8 lines deleted...]
-    <t>1352</t>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>1473</t>
   </si>
   <si>
     <t>RESTORAN NASI KANDAR AL MAJU</t>
   </si>
   <si>
     <t>BLOK C-T.00-U.05, No.1 JALAN P8C/2, PUTRAJAYA 62250 PRESINT 8</t>
   </si>
   <si>
-    <t>1353</t>
+    <t>1474</t>
   </si>
   <si>
     <t>DOUBLETREE BY HILTON PUTRAJAYA LAKESIDE</t>
   </si>
   <si>
     <t>NO. 2, DOUBLETREE BY HILTON PUTRAJAYA LAKESIDE, JALAN P5/5, PRESINT 5</t>
   </si>
   <si>
-    <t>1354</t>
+    <t>1475</t>
   </si>
   <si>
     <t>PUSAT PUNGUTAN ZAKAT</t>
   </si>
   <si>
     <t>NO. A1-1-A3, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1355</t>
+    <t>1476</t>
   </si>
   <si>
     <t>NO. 10, JALAN P9 B/1A, PRESINT 9</t>
   </si>
   <si>
-    <t>1356</t>
+    <t>1477</t>
   </si>
   <si>
     <t>CO-OPBANK PERTAMA</t>
   </si>
   <si>
     <t>NO 25 &amp; 25A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>1357</t>
+    <t>1478</t>
   </si>
   <si>
     <t>VALORAZ SDN.BHD.</t>
   </si>
   <si>
     <t>NO.A2-2-3A AYER@8,PRESINT 8 62250 PRESINT 8</t>
   </si>
   <si>
-    <t>1358</t>
+    <t>1479</t>
   </si>
   <si>
     <t>RAZNITA RESOURCES</t>
   </si>
   <si>
     <t>BLOK C-T01-U01 NO. 1 JALAN P8D 52250 PRESINT 8</t>
   </si>
   <si>
-    <t>1359</t>
-[...2 lines deleted...]
-    <t>-</t>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>- FAUZI</t>
   </si>
   <si>
     <t>ARAS 1 MENARA SPR NO.2 JALAN P2T 62100 PRESINT 2</t>
   </si>
   <si>
-    <t>1360</t>
+    <t>1481</t>
   </si>
   <si>
     <t>NO.2, DOUBLETREE PUTRAJAYA LAKESIDE, JALAN P5/5, PRESINT 5, 62200 PUTRAJAYA</t>
   </si>
   <si>
-    <t>1361</t>
+    <t>1482</t>
   </si>
   <si>
     <t>HAZUKI BROS ENTERPRISE</t>
   </si>
   <si>
     <t>KABIN DI HADAPAN PUSAT KITAR SEMULA, PRESINT 9 62250 PRESINT 9</t>
   </si>
   <si>
-    <t>1362</t>
+    <t>1483</t>
   </si>
   <si>
     <t>YUHANIZ</t>
   </si>
   <si>
     <t>LEVEL 11, 12, 13 BLOK A, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1363</t>
+    <t>1484</t>
   </si>
   <si>
     <t>HERIOT-WATT UNIVERSITY MALAYSIA SDN BHD</t>
   </si>
   <si>
     <t>NO. 1, HERIOT-WATT UNIVERSITY, NO.1 JLN VENNA P5/2, PRESINT 5</t>
   </si>
   <si>
-    <t>1364</t>
-[...2 lines deleted...]
-    <t>ROZIATY</t>
+    <t>1485</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 9(1), JALAN P9F, PRESINT 9</t>
   </si>
   <si>
-    <t>1365</t>
+    <t>1486</t>
   </si>
   <si>
     <t>SERASI INTEGRATED SOLUTIONS SDN. BHD.</t>
   </si>
   <si>
     <t>C-T.02-U.08, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>1366</t>
+    <t>1487</t>
   </si>
   <si>
     <t>ZAFCO TRAVEL &amp; TOURS SDN BHD</t>
   </si>
   <si>
     <t>LOT 21, UNIT b-g-r16, 2C5,JALAN TUN ABDUL RAZAK,86,PRESINT 2,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1367</t>
+    <t>1488</t>
   </si>
   <si>
     <t>ACUAN UNGGUL SDN. BHD.</t>
   </si>
   <si>
     <t>BLOK A-T02-U04, PUSAT PERNIAGAAN PRESINT 8, JALAN P8C/1 62250 PRESINT 8</t>
   </si>
   <si>
-    <t>1368</t>
+    <t>1489</t>
   </si>
   <si>
     <t>PUSAT RAWATAN DIALISIS HIDAYAH SDN BHD</t>
   </si>
   <si>
     <t>LOT 01, KOMPLEKS KEJIRANAN P9, PRESINT 9, PUTRAJAYA 62250 PRESINT 9</t>
   </si>
   <si>
-    <t>1369</t>
+    <t>1490</t>
   </si>
   <si>
     <t>KEDAI NO 2, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>1370</t>
+    <t>1491</t>
   </si>
   <si>
     <t>LOT 11, KOMPLEKS PERBADANAN PUTRAJAYA 24, PERSIARAN PERDANA, PRESINT 3 62675 PRESINT 3</t>
   </si>
   <si>
-    <t>1371</t>
+    <t>1492</t>
   </si>
   <si>
     <t>KEDAI RUNCIT, BLOK B,JALAN P18,279,PRESINT 18,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1372</t>
+    <t>1493</t>
   </si>
   <si>
     <t>LAUNDRYMALL</t>
   </si>
   <si>
     <t>NO. 3 &amp; 5,JALAN DIPLOMATIK 2,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1373</t>
+    <t>1494</t>
   </si>
   <si>
     <t>GLAMPING WETLAND PUTRAJAYA, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>1374</t>
+    <t>1495</t>
   </si>
   <si>
     <t>MUHAMMAD FARHAN BIN IBRAHIM</t>
   </si>
   <si>
     <t>NO. G05, MEDAN SELERA PRESINT 16, JALAN P16</t>
   </si>
   <si>
-    <t>1375</t>
+    <t>1496</t>
   </si>
   <si>
     <t>LLAOLLAO</t>
   </si>
   <si>
     <t>OS04,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1376</t>
+    <t>1497</t>
   </si>
   <si>
     <t>BSP BERSATU SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 20, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1377</t>
+    <t>1498</t>
   </si>
   <si>
     <t>LOT MK 03, DATARAN MASJID PUTRA, JALAN MASJID PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>1378</t>
+    <t>1499</t>
   </si>
   <si>
     <t>DAPUR NENEK</t>
   </si>
   <si>
     <t>JALAN P16</t>
   </si>
   <si>
-    <t>1379</t>
+    <t>1500</t>
   </si>
   <si>
     <t>NO.49A, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1380</t>
-[...2 lines deleted...]
-    <t>1381</t>
+    <t>1501</t>
+  </si>
+  <si>
+    <t>1502</t>
   </si>
   <si>
     <t>NO.1-G,2-G &amp; 3-G JALAN P16/1 62150 PRESINT 16</t>
   </si>
   <si>
-    <t>1382</t>
+    <t>1503</t>
   </si>
   <si>
     <t>NO. 5G JLN P16/1 62150 PRESINT 16</t>
   </si>
   <si>
-    <t>1383</t>
+    <t>1504</t>
   </si>
   <si>
     <t>PAPAJAI KAFE</t>
   </si>
   <si>
     <t>LOT 1, KAFETERIA BLOK F8, KOMPLEKS F, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>1384</t>
+    <t>1505</t>
   </si>
   <si>
     <t>WISMA RF</t>
   </si>
   <si>
     <t>NO. 13B, PUSAT KOMERSIAL, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>1385</t>
+    <t>1506</t>
   </si>
   <si>
     <t>AA PHARMACY PUTRAJAYA</t>
   </si>
   <si>
     <t>JALAN DIPLOMATIK</t>
   </si>
   <si>
-    <t>1386</t>
+    <t>1507</t>
   </si>
   <si>
     <t>NO. 29, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1387</t>
+    <t>1508</t>
   </si>
   <si>
     <t>LOT PT 2495, PETRONAS PRESINT 16, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>1388</t>
+    <t>1509</t>
   </si>
   <si>
     <t>LOT K15, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1389</t>
+    <t>1510</t>
   </si>
   <si>
     <t>ARAS BAWAH PASAR AWAM PRESINT 16 PUTRAJAYA, JALAN P16 G, PRESINT 16</t>
   </si>
   <si>
-    <t>1390</t>
+    <t>1511</t>
   </si>
   <si>
     <t>NO 3, 3B, 5 &amp; 5B,JALAN DIPLOMATIK 2/2,188,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1391</t>
+    <t>1512</t>
   </si>
   <si>
     <t>LOT TASKA, KEMENTERIAN PERDAGANGAN DALAM NEGERI DAN HAL EHWAL PENGGUNA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>1392</t>
+    <t>1513</t>
   </si>
   <si>
     <t>LVMZ DEMIURGIC SDN. BHD</t>
   </si>
   <si>
     <t>LOT NO. G23-G24, TKT BAWAH PUSAT MEMBELI BELAH ALAMANDA PUTRAJAYA 62000 PRESINT 1</t>
   </si>
   <si>
-    <t>1393</t>
+    <t>1514</t>
   </si>
   <si>
     <t>CHICKEN ROYALE</t>
   </si>
   <si>
     <t>KITCHEN NO. 4, C1-LG-3,JALAN P8G,59,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1394</t>
+    <t>1515</t>
   </si>
   <si>
     <t>FATTOUSH EXPRESS</t>
   </si>
   <si>
     <t>G.11, MEDAN SELERA P8, JALAN P8</t>
   </si>
   <si>
-    <t>1395</t>
+    <t>1516</t>
   </si>
   <si>
     <t>NO. 2, JABATAN PENDAFTARAN NEGARA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>1396</t>
+    <t>1517</t>
   </si>
   <si>
     <t>MK LAUNDRY</t>
   </si>
   <si>
     <t>6-3, BLOK 6, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>1397</t>
+    <t>1518</t>
   </si>
   <si>
     <t>AMIRA</t>
   </si>
   <si>
     <t>TASKA MAWADDAH (JAKIM), KOMPLEKS ISLAM PUTRAJAYA 3, JALAN TUN ABDUL RAZAK, PRESINT 3</t>
   </si>
   <si>
-    <t>1398</t>
+    <t>1519</t>
   </si>
   <si>
     <t>WATERSKI &amp; WAKEBOARD WORLD CUP SDN.BHD</t>
   </si>
   <si>
     <t>LOT NO.K03 MARINA PUTRAJAYA NO.1 JALAN P5/5 62200 PRESINT 5</t>
   </si>
   <si>
-    <t>1399</t>
+    <t>1520</t>
   </si>
   <si>
     <t>MAMA BUBBLES LAUNDRY</t>
   </si>
   <si>
     <t>NO 26, JALAN P8G1 62100 PRESINT 8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -12158,61 +12764,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J1402"/>
+  <dimension ref="A1:J1523"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C1402" sqref="C1402"/>
+      <selection activeCell="C1523" sqref="C1523"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="70.697" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.10" bestFit="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
@@ -12230,9303 +12836,9305 @@
         <v>4</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" s="4" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="4" t="s">
+      <c r="C7" s="4" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="B8" s="4" t="s">
+      <c r="C8" s="4" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="B9" s="4" t="s">
+      <c r="C9" s="4" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="4" t="s">
+      <c r="C10" s="4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B11" s="4" t="s">
+      <c r="C11" s="4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="4" t="s">
+      <c r="C12" s="4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="4" t="s">
+      <c r="C13" s="4" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="4" t="s">
+      <c r="C14" s="4" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="4" t="s">
+      <c r="C15" s="4" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="B16" s="4" t="s">
+      <c r="C16" s="4" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="B17" s="4" t="s">
+      <c r="C17" s="4" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B18" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="B18" s="4" t="s">
+      <c r="C18" s="4" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B19" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="B19" s="4" t="s">
+      <c r="C19" s="4" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="B20" s="4" t="s">
+      <c r="C20" s="4" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B21" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="B21" s="4" t="s">
+      <c r="C21" s="4" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B22" s="4" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B25" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C25" s="4" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="4" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C27" s="4" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C28" s="4" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C29" s="4" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="3" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B31" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C31" s="4" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="3" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="3" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="3" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="3" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="3" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="3" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="3" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="3" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="3" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="3" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="3" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="3" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="3" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="3" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B47" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C47" s="4" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="3" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C49" s="4" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C50" s="4" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C51" s="4" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B52" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C52" s="4" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C53" s="4" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B54" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C54" s="4" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C55" s="4" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B56" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C56" s="4" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C57" s="4" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B58" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C58" s="4" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B59" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C59" s="4" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B60" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C60" s="4" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B61" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C61" s="4" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B62" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C62" s="4" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B63" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C63" s="4" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="3" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="3" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="3" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="3" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="3" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="3" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="3" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="3" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="3" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="3" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="3" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="3" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="3" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="3" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="3" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="3" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="3" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="3" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>234</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B85" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="C85" s="4" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B86" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="C86" s="4" t="s">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B87" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="C87" s="4" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B88" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="C88" s="4" t="s">
         <v>247</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B89" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="C89" s="4" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B90" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="C90" s="4" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="B91" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="C91" s="4" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="3" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="3" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="3" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="3" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="3" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="3" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="3" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="3" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="3" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B100" s="4" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="3" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>287</v>
+        <v>278</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="3" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B102" s="4" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="3" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="3" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="B104" s="4" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="3" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="3" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="B106" s="4" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="3" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="3" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="B108" s="4" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="C108" s="4" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="3" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="3" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="B110" s="4" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C110" s="4" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="3" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="3" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="B112" s="4" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="C112" s="4" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="3" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="3" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="B114" s="4" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="C114" s="4" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="3" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="B115" s="4" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="3" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="B116" s="4" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="C116" s="4" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="3" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="B117" s="4" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="3" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="B118" s="4" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="C118" s="4" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="3" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="3" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="B120" s="4" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="C120" s="4" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="3" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="3" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="B122" s="4" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="C122" s="4" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="3" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="3" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="B124" s="4" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="C124" s="4" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="3" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="3" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="B126" s="4" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="C126" s="4" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="3" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="3" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="B128" s="4" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="C128" s="4" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="3" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="3" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="B130" s="4" t="s">
-        <v>374</v>
+        <v>287</v>
       </c>
       <c r="C130" s="4" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="3" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="B131" s="4" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="3" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="B132" s="4" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="C132" s="4" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="3" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="B133" s="4" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="3" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="B134" s="4" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="C134" s="4" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="3" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="B135" s="4" t="s">
-        <v>389</v>
+        <v>287</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="3" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="B136" s="4" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="C136" s="4" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="3" t="s">
-        <v>394</v>
+        <v>385</v>
       </c>
       <c r="B137" s="4" t="s">
-        <v>395</v>
+        <v>386</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="3" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="B138" s="4" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="C138" s="4" t="s">
-        <v>399</v>
+        <v>72</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="3" t="s">
-        <v>400</v>
+        <v>390</v>
       </c>
       <c r="B139" s="4" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="3" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="B140" s="4" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="C140" s="4" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="3" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="3" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="B142" s="4" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="C142" s="4" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="3" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="3" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="B144" s="4" t="s">
-        <v>145</v>
+        <v>403</v>
       </c>
       <c r="C144" s="4" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="3" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>419</v>
+        <v>409</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="3" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="B146" s="4" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="C146" s="4" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="3" t="s">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="B147" s="4" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>425</v>
+        <v>415</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="3" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="B148" s="4" t="s">
-        <v>427</v>
+        <v>417</v>
       </c>
       <c r="C148" s="4" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="3" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="3" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="B150" s="4" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="3" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="3" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="B152" s="4" t="s">
-        <v>439</v>
+        <v>429</v>
       </c>
       <c r="C152" s="4" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="3" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="3" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="B154" s="4" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="C154" s="4" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="3" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>447</v>
+        <v>438</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>402</v>
+        <v>439</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="3" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="B156" s="4" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="C156" s="4" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="3" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="3" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
       <c r="B158" s="4" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="C158" s="4" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="3" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="3" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="B160" s="4" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="3" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="3" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="B162" s="4" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="3" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>470</v>
+        <v>459</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="3" t="s">
-        <v>472</v>
+        <v>463</v>
       </c>
       <c r="B164" s="4" t="s">
-        <v>473</v>
+        <v>459</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="3" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="3" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="B166" s="4" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="C166" s="4" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="3" t="s">
-        <v>481</v>
+        <v>471</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>483</v>
+        <v>473</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="3" t="s">
-        <v>484</v>
+        <v>474</v>
       </c>
       <c r="B168" s="4" t="s">
-        <v>485</v>
+        <v>475</v>
       </c>
       <c r="C168" s="4" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="3" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>488</v>
+        <v>478</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>489</v>
+        <v>479</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="3" t="s">
-        <v>490</v>
+        <v>480</v>
       </c>
       <c r="B170" s="4" t="s">
-        <v>491</v>
+        <v>481</v>
       </c>
       <c r="C170" s="4" t="s">
-        <v>492</v>
+        <v>482</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="3" t="s">
-        <v>493</v>
+        <v>483</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>495</v>
+        <v>485</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="3" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="B172" s="4" t="s">
-        <v>497</v>
+        <v>487</v>
       </c>
       <c r="C172" s="4" t="s">
-        <v>498</v>
+        <v>488</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="3" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>500</v>
+        <v>490</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>501</v>
+        <v>491</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="3" t="s">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="B174" s="4" t="s">
-        <v>503</v>
+        <v>493</v>
       </c>
       <c r="C174" s="4" t="s">
-        <v>504</v>
+        <v>494</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="3" t="s">
-        <v>505</v>
+        <v>495</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>506</v>
+        <v>496</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>507</v>
+        <v>497</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="3" t="s">
-        <v>508</v>
+        <v>498</v>
       </c>
       <c r="B176" s="4" t="s">
-        <v>509</v>
+        <v>499</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>510</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="3" t="s">
-        <v>511</v>
+        <v>501</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>513</v>
+        <v>503</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="3" t="s">
-        <v>514</v>
+        <v>504</v>
       </c>
       <c r="B178" s="4" t="s">
-        <v>515</v>
+        <v>505</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>516</v>
+        <v>506</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="3" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>518</v>
+        <v>508</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>519</v>
+        <v>509</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="3" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="B180" s="4" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="C180" s="4" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="3" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="B181" s="4" t="s">
-        <v>524</v>
+        <v>514</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="3" t="s">
-        <v>526</v>
+        <v>516</v>
       </c>
       <c r="B182" s="4" t="s">
-        <v>527</v>
+        <v>514</v>
       </c>
       <c r="C182" s="4" t="s">
-        <v>528</v>
+        <v>517</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="3" t="s">
-        <v>529</v>
+        <v>518</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>530</v>
+        <v>514</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>531</v>
+        <v>519</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="3" t="s">
-        <v>532</v>
+        <v>520</v>
       </c>
       <c r="B184" s="4" t="s">
-        <v>533</v>
+        <v>514</v>
       </c>
       <c r="C184" s="4" t="s">
-        <v>534</v>
+        <v>521</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="3" t="s">
-        <v>535</v>
+        <v>522</v>
       </c>
       <c r="B185" s="4" t="s">
-        <v>536</v>
+        <v>514</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>537</v>
+        <v>523</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="3" t="s">
-        <v>538</v>
+        <v>524</v>
       </c>
       <c r="B186" s="4" t="s">
-        <v>539</v>
+        <v>514</v>
       </c>
       <c r="C186" s="4" t="s">
-        <v>540</v>
+        <v>525</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="3" t="s">
-        <v>541</v>
+        <v>526</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>542</v>
+        <v>527</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>543</v>
+        <v>528</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="3" t="s">
-        <v>544</v>
+        <v>529</v>
       </c>
       <c r="B188" s="4" t="s">
-        <v>545</v>
+        <v>527</v>
       </c>
       <c r="C188" s="4" t="s">
-        <v>546</v>
+        <v>528</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="3" t="s">
-        <v>547</v>
+        <v>530</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>548</v>
+        <v>531</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>549</v>
+        <v>532</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="3" t="s">
-        <v>550</v>
+        <v>533</v>
       </c>
       <c r="B190" s="4" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="C190" s="4" t="s">
-        <v>552</v>
+        <v>535</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="3" t="s">
-        <v>553</v>
+        <v>536</v>
       </c>
       <c r="B191" s="4" t="s">
-        <v>554</v>
+        <v>537</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>555</v>
+        <v>538</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="3" t="s">
-        <v>556</v>
+        <v>539</v>
       </c>
       <c r="B192" s="4" t="s">
-        <v>557</v>
+        <v>540</v>
       </c>
       <c r="C192" s="4" t="s">
-        <v>558</v>
+        <v>541</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="3" t="s">
-        <v>559</v>
+        <v>542</v>
       </c>
       <c r="B193" s="4" t="s">
-        <v>560</v>
+        <v>543</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>561</v>
+        <v>544</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="3" t="s">
-        <v>562</v>
+        <v>545</v>
       </c>
       <c r="B194" s="4" t="s">
-        <v>563</v>
+        <v>531</v>
       </c>
       <c r="C194" s="4" t="s">
-        <v>564</v>
+        <v>546</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="3" t="s">
-        <v>565</v>
+        <v>547</v>
       </c>
       <c r="B195" s="4" t="s">
-        <v>566</v>
+        <v>548</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>567</v>
+        <v>549</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="3" t="s">
-        <v>568</v>
+        <v>550</v>
       </c>
       <c r="B196" s="4" t="s">
-        <v>569</v>
+        <v>551</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>570</v>
+        <v>552</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="3" t="s">
-        <v>571</v>
+        <v>553</v>
       </c>
       <c r="B197" s="4" t="s">
-        <v>572</v>
+        <v>554</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>573</v>
+        <v>552</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="3" t="s">
-        <v>574</v>
+        <v>555</v>
       </c>
       <c r="B198" s="4" t="s">
-        <v>575</v>
+        <v>556</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>576</v>
+        <v>557</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="3" t="s">
-        <v>577</v>
+        <v>558</v>
       </c>
       <c r="B199" s="4" t="s">
-        <v>578</v>
+        <v>559</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>579</v>
+        <v>560</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="3" t="s">
-        <v>580</v>
+        <v>561</v>
       </c>
       <c r="B200" s="4" t="s">
-        <v>581</v>
+        <v>562</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>582</v>
+        <v>563</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="3" t="s">
-        <v>583</v>
+        <v>564</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>584</v>
+        <v>565</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>585</v>
+        <v>566</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="3" t="s">
-        <v>586</v>
+        <v>567</v>
       </c>
       <c r="B202" s="4" t="s">
-        <v>178</v>
+        <v>568</v>
       </c>
       <c r="C202" s="4" t="s">
-        <v>587</v>
+        <v>569</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="3" t="s">
-        <v>588</v>
+        <v>570</v>
       </c>
       <c r="B203" s="4" t="s">
-        <v>589</v>
+        <v>571</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>590</v>
+        <v>572</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="3" t="s">
-        <v>591</v>
+        <v>573</v>
       </c>
       <c r="B204" s="4" t="s">
-        <v>592</v>
+        <v>574</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>593</v>
+        <v>575</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="3" t="s">
-        <v>594</v>
+        <v>576</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>595</v>
+        <v>577</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>596</v>
+        <v>578</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="3" t="s">
-        <v>597</v>
+        <v>579</v>
       </c>
       <c r="B206" s="4" t="s">
-        <v>598</v>
+        <v>577</v>
       </c>
       <c r="C206" s="4" t="s">
-        <v>599</v>
+        <v>580</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="3" t="s">
-        <v>600</v>
+        <v>581</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>601</v>
+        <v>582</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>602</v>
+        <v>583</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="3" t="s">
-        <v>603</v>
+        <v>584</v>
       </c>
       <c r="B208" s="4" t="s">
-        <v>604</v>
+        <v>585</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>605</v>
+        <v>586</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="3" t="s">
-        <v>606</v>
+        <v>587</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>485</v>
+        <v>588</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>607</v>
+        <v>589</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="3" t="s">
-        <v>608</v>
+        <v>590</v>
       </c>
       <c r="B210" s="4" t="s">
-        <v>609</v>
+        <v>591</v>
       </c>
       <c r="C210" s="4" t="s">
-        <v>610</v>
+        <v>592</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="3" t="s">
-        <v>611</v>
+        <v>593</v>
       </c>
       <c r="B211" s="4" t="s">
-        <v>612</v>
+        <v>594</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>613</v>
+        <v>595</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="3" t="s">
-        <v>614</v>
+        <v>596</v>
       </c>
       <c r="B212" s="4" t="s">
-        <v>615</v>
+        <v>597</v>
       </c>
       <c r="C212" s="4" t="s">
-        <v>616</v>
+        <v>598</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="3" t="s">
-        <v>617</v>
+        <v>599</v>
       </c>
       <c r="B213" s="4" t="s">
-        <v>618</v>
+        <v>600</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>619</v>
+        <v>601</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="3" t="s">
-        <v>620</v>
+        <v>602</v>
       </c>
       <c r="B214" s="4" t="s">
-        <v>621</v>
+        <v>603</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>622</v>
+        <v>604</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="3" t="s">
-        <v>623</v>
+        <v>605</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>624</v>
+        <v>606</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>625</v>
+        <v>607</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="3" t="s">
-        <v>626</v>
+        <v>608</v>
       </c>
       <c r="B216" s="4" t="s">
-        <v>627</v>
+        <v>609</v>
       </c>
       <c r="C216" s="4" t="s">
-        <v>628</v>
+        <v>610</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="3" t="s">
-        <v>629</v>
+        <v>611</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>630</v>
+        <v>612</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>631</v>
+        <v>613</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="3" t="s">
-        <v>632</v>
+        <v>614</v>
       </c>
       <c r="B218" s="4" t="s">
-        <v>633</v>
+        <v>615</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>634</v>
+        <v>616</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="3" t="s">
-        <v>635</v>
+        <v>617</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>636</v>
+        <v>618</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>637</v>
+        <v>619</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="3" t="s">
-        <v>638</v>
+        <v>620</v>
       </c>
       <c r="B220" s="4" t="s">
-        <v>548</v>
+        <v>621</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>639</v>
+        <v>622</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="3" t="s">
-        <v>640</v>
+        <v>623</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>641</v>
+        <v>624</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>642</v>
+        <v>625</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="3" t="s">
-        <v>643</v>
+        <v>626</v>
       </c>
       <c r="B222" s="4" t="s">
-        <v>644</v>
+        <v>627</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>645</v>
+        <v>628</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="3" t="s">
-        <v>646</v>
+        <v>629</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>647</v>
+        <v>630</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>648</v>
+        <v>631</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="3" t="s">
-        <v>649</v>
+        <v>632</v>
       </c>
       <c r="B224" s="4" t="s">
-        <v>650</v>
+        <v>633</v>
       </c>
       <c r="C224" s="4" t="s">
-        <v>651</v>
+        <v>634</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="3" t="s">
-        <v>652</v>
+        <v>635</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>653</v>
+        <v>636</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>654</v>
+        <v>264</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="3" t="s">
-        <v>655</v>
+        <v>637</v>
       </c>
       <c r="B226" s="4" t="s">
-        <v>656</v>
+        <v>638</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>657</v>
+        <v>639</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="3" t="s">
-        <v>658</v>
+        <v>640</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>659</v>
+        <v>641</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="3" t="s">
-        <v>661</v>
+        <v>643</v>
       </c>
       <c r="B228" s="4" t="s">
-        <v>662</v>
+        <v>644</v>
       </c>
       <c r="C228" s="4" t="s">
-        <v>663</v>
+        <v>645</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="3" t="s">
-        <v>664</v>
+        <v>646</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>662</v>
+        <v>647</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>665</v>
+        <v>648</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="3" t="s">
-        <v>666</v>
+        <v>649</v>
       </c>
       <c r="B230" s="4" t="s">
-        <v>667</v>
+        <v>650</v>
       </c>
       <c r="C230" s="4" t="s">
-        <v>668</v>
+        <v>651</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="3" t="s">
-        <v>669</v>
+        <v>652</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>670</v>
+        <v>653</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>671</v>
+        <v>654</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="3" t="s">
-        <v>672</v>
+        <v>655</v>
       </c>
       <c r="B232" s="4" t="s">
-        <v>673</v>
+        <v>656</v>
       </c>
       <c r="C232" s="4" t="s">
-        <v>674</v>
+        <v>657</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="3" t="s">
-        <v>675</v>
+        <v>658</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>676</v>
+        <v>659</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>677</v>
+        <v>660</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="3" t="s">
-        <v>678</v>
+        <v>661</v>
       </c>
       <c r="B234" s="4" t="s">
-        <v>679</v>
+        <v>662</v>
       </c>
       <c r="C234" s="4" t="s">
-        <v>680</v>
+        <v>663</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="3" t="s">
-        <v>681</v>
+        <v>664</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>682</v>
+        <v>665</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="3" t="s">
-        <v>684</v>
+        <v>667</v>
       </c>
       <c r="B236" s="4" t="s">
-        <v>685</v>
+        <v>668</v>
       </c>
       <c r="C236" s="4" t="s">
-        <v>686</v>
+        <v>669</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="3" t="s">
-        <v>687</v>
+        <v>670</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>688</v>
+        <v>671</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>689</v>
+        <v>672</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="3" t="s">
-        <v>690</v>
+        <v>673</v>
       </c>
       <c r="B238" s="4" t="s">
-        <v>418</v>
+        <v>674</v>
       </c>
       <c r="C238" s="4" t="s">
-        <v>691</v>
+        <v>675</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="3" t="s">
-        <v>692</v>
+        <v>676</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>693</v>
+        <v>677</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="3" t="s">
-        <v>695</v>
+        <v>679</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>696</v>
+        <v>680</v>
       </c>
       <c r="C240" s="4" t="s">
-        <v>697</v>
+        <v>681</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="3" t="s">
-        <v>698</v>
+        <v>682</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>699</v>
+        <v>683</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>700</v>
+        <v>684</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="3" t="s">
-        <v>701</v>
+        <v>685</v>
       </c>
       <c r="B242" s="4" t="s">
-        <v>702</v>
+        <v>686</v>
       </c>
       <c r="C242" s="4" t="s">
-        <v>703</v>
+        <v>687</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="3" t="s">
-        <v>704</v>
+        <v>688</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>705</v>
+        <v>689</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>706</v>
+        <v>690</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="3" t="s">
-        <v>707</v>
+        <v>691</v>
       </c>
       <c r="B244" s="4" t="s">
-        <v>708</v>
+        <v>692</v>
       </c>
       <c r="C244" s="4" t="s">
-        <v>709</v>
+        <v>693</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" s="3" t="s">
-        <v>710</v>
+        <v>694</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>711</v>
+        <v>695</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>712</v>
+        <v>696</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="3" t="s">
-        <v>713</v>
+        <v>697</v>
       </c>
       <c r="B246" s="4" t="s">
-        <v>711</v>
+        <v>698</v>
       </c>
       <c r="C246" s="4" t="s">
-        <v>714</v>
+        <v>699</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="3" t="s">
-        <v>715</v>
+        <v>700</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>716</v>
+        <v>701</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>717</v>
+        <v>702</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="3" t="s">
-        <v>718</v>
+        <v>703</v>
       </c>
       <c r="B248" s="4" t="s">
-        <v>719</v>
+        <v>704</v>
       </c>
       <c r="C248" s="4" t="s">
-        <v>720</v>
+        <v>705</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" s="3" t="s">
-        <v>721</v>
+        <v>706</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>722</v>
+        <v>707</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>723</v>
+        <v>708</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="3" t="s">
-        <v>724</v>
+        <v>709</v>
       </c>
       <c r="B250" s="4" t="s">
-        <v>725</v>
+        <v>710</v>
       </c>
       <c r="C250" s="4" t="s">
-        <v>726</v>
+        <v>711</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="3" t="s">
-        <v>727</v>
+        <v>712</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>728</v>
+        <v>713</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>729</v>
+        <v>714</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="3" t="s">
-        <v>730</v>
+        <v>715</v>
       </c>
       <c r="B252" s="4" t="s">
-        <v>731</v>
+        <v>716</v>
       </c>
       <c r="C252" s="4" t="s">
-        <v>732</v>
+        <v>717</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" s="3" t="s">
-        <v>733</v>
+        <v>718</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>734</v>
+        <v>719</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>735</v>
+        <v>720</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" s="3" t="s">
-        <v>736</v>
+        <v>721</v>
       </c>
       <c r="B254" s="4" t="s">
-        <v>737</v>
+        <v>722</v>
       </c>
       <c r="C254" s="4" t="s">
-        <v>738</v>
+        <v>723</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="3" t="s">
-        <v>739</v>
+        <v>724</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>740</v>
+        <v>725</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>741</v>
+        <v>726</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="3" t="s">
-        <v>742</v>
+        <v>727</v>
       </c>
       <c r="B256" s="4" t="s">
-        <v>743</v>
+        <v>728</v>
       </c>
       <c r="C256" s="4" t="s">
-        <v>744</v>
+        <v>729</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="3" t="s">
-        <v>745</v>
+        <v>730</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>743</v>
+        <v>731</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>746</v>
+        <v>732</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="3" t="s">
-        <v>747</v>
+        <v>733</v>
       </c>
       <c r="B258" s="4" t="s">
-        <v>748</v>
+        <v>734</v>
       </c>
       <c r="C258" s="4" t="s">
-        <v>749</v>
+        <v>735</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="3" t="s">
-        <v>750</v>
+        <v>736</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>751</v>
+        <v>737</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>752</v>
+        <v>738</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="3" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B260" s="4" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C260" s="4" t="s">
-        <v>755</v>
+        <v>741</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="3" t="s">
-        <v>756</v>
+        <v>742</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>757</v>
+        <v>743</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>758</v>
+        <v>744</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="3" t="s">
-        <v>759</v>
+        <v>745</v>
       </c>
       <c r="B262" s="4" t="s">
-        <v>760</v>
+        <v>746</v>
       </c>
       <c r="C262" s="4" t="s">
-        <v>761</v>
+        <v>747</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="3" t="s">
-        <v>762</v>
+        <v>748</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>763</v>
+        <v>749</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>764</v>
+        <v>750</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="3" t="s">
-        <v>765</v>
+        <v>751</v>
       </c>
       <c r="B264" s="4" t="s">
-        <v>766</v>
+        <v>752</v>
       </c>
       <c r="C264" s="4" t="s">
-        <v>767</v>
+        <v>753</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="3" t="s">
-        <v>768</v>
+        <v>754</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>769</v>
+        <v>755</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>770</v>
+        <v>756</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="3" t="s">
-        <v>771</v>
+        <v>757</v>
       </c>
       <c r="B266" s="4" t="s">
-        <v>772</v>
+        <v>475</v>
       </c>
       <c r="C266" s="4" t="s">
-        <v>773</v>
+        <v>758</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="3" t="s">
-        <v>774</v>
+        <v>759</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>775</v>
+        <v>760</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>776</v>
+        <v>761</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="3" t="s">
-        <v>777</v>
+        <v>762</v>
       </c>
       <c r="B268" s="4" t="s">
-        <v>778</v>
+        <v>763</v>
       </c>
       <c r="C268" s="4" t="s">
-        <v>779</v>
+        <v>764</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="3" t="s">
-        <v>780</v>
+        <v>765</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>781</v>
+        <v>766</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>782</v>
+        <v>767</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="3" t="s">
-        <v>783</v>
+        <v>768</v>
       </c>
       <c r="B270" s="4" t="s">
-        <v>784</v>
+        <v>769</v>
       </c>
       <c r="C270" s="4" t="s">
-        <v>785</v>
+        <v>770</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="3" t="s">
-        <v>786</v>
+        <v>771</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>787</v>
+        <v>772</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>788</v>
+        <v>773</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="3" t="s">
-        <v>789</v>
+        <v>774</v>
       </c>
       <c r="B272" s="4" t="s">
-        <v>790</v>
+        <v>775</v>
       </c>
       <c r="C272" s="4" t="s">
-        <v>791</v>
+        <v>776</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="3" t="s">
-        <v>792</v>
+        <v>777</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>793</v>
+        <v>778</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>794</v>
+        <v>779</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="3" t="s">
-        <v>795</v>
+        <v>780</v>
       </c>
       <c r="B274" s="4" t="s">
-        <v>796</v>
+        <v>781</v>
       </c>
       <c r="C274" s="4" t="s">
-        <v>797</v>
+        <v>782</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="3" t="s">
-        <v>798</v>
+        <v>783</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>799</v>
+        <v>784</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>800</v>
+        <v>785</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="3" t="s">
-        <v>801</v>
+        <v>786</v>
       </c>
       <c r="B276" s="4" t="s">
-        <v>802</v>
+        <v>787</v>
       </c>
       <c r="C276" s="4" t="s">
-        <v>803</v>
+        <v>785</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="3" t="s">
-        <v>804</v>
+        <v>788</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>805</v>
+        <v>789</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>806</v>
+        <v>744</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" s="3" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="B278" s="4" t="s">
-        <v>808</v>
+        <v>791</v>
       </c>
       <c r="C278" s="4" t="s">
-        <v>809</v>
+        <v>792</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="3" t="s">
-        <v>810</v>
+        <v>793</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>811</v>
+        <v>794</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>812</v>
+        <v>795</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="3" t="s">
-        <v>813</v>
+        <v>796</v>
       </c>
       <c r="B280" s="4" t="s">
-        <v>814</v>
+        <v>797</v>
       </c>
       <c r="C280" s="4" t="s">
-        <v>815</v>
+        <v>798</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="3" t="s">
-        <v>816</v>
+        <v>799</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>817</v>
+        <v>800</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>818</v>
+        <v>801</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" s="3" t="s">
-        <v>819</v>
+        <v>802</v>
       </c>
       <c r="B282" s="4" t="s">
-        <v>820</v>
+        <v>803</v>
       </c>
       <c r="C282" s="4" t="s">
-        <v>821</v>
+        <v>804</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" s="3" t="s">
-        <v>822</v>
+        <v>805</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>823</v>
+        <v>806</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>824</v>
+        <v>807</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" s="3" t="s">
-        <v>825</v>
+        <v>808</v>
       </c>
       <c r="B284" s="4" t="s">
-        <v>826</v>
+        <v>809</v>
       </c>
       <c r="C284" s="4" t="s">
-        <v>827</v>
+        <v>810</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="3" t="s">
-        <v>828</v>
+        <v>811</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>829</v>
+        <v>812</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>830</v>
+        <v>813</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="3" t="s">
-        <v>831</v>
+        <v>814</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>11</v>
+        <v>815</v>
       </c>
       <c r="C286" s="4" t="s">
-        <v>832</v>
+        <v>816</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="3" t="s">
-        <v>833</v>
+        <v>817</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>11</v>
+        <v>818</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>834</v>
+        <v>819</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="3" t="s">
-        <v>835</v>
+        <v>820</v>
       </c>
       <c r="B288" s="4" t="s">
-        <v>836</v>
+        <v>821</v>
       </c>
       <c r="C288" s="4" t="s">
-        <v>837</v>
+        <v>822</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="3" t="s">
-        <v>838</v>
+        <v>823</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>839</v>
+        <v>824</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>840</v>
+        <v>825</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="3" t="s">
-        <v>841</v>
+        <v>826</v>
       </c>
       <c r="B290" s="4" t="s">
-        <v>842</v>
+        <v>827</v>
       </c>
       <c r="C290" s="4" t="s">
-        <v>843</v>
+        <v>828</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" s="3" t="s">
-        <v>844</v>
+        <v>829</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>845</v>
+        <v>830</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>846</v>
+        <v>831</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="3" t="s">
-        <v>847</v>
+        <v>832</v>
       </c>
       <c r="B292" s="4" t="s">
-        <v>848</v>
+        <v>833</v>
       </c>
       <c r="C292" s="4" t="s">
-        <v>849</v>
+        <v>834</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="3" t="s">
-        <v>850</v>
+        <v>835</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>851</v>
+        <v>836</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>852</v>
+        <v>837</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="3" t="s">
-        <v>853</v>
+        <v>838</v>
       </c>
       <c r="B294" s="4" t="s">
-        <v>854</v>
+        <v>839</v>
       </c>
       <c r="C294" s="4" t="s">
-        <v>855</v>
+        <v>840</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="3" t="s">
-        <v>856</v>
+        <v>841</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>857</v>
+        <v>842</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>858</v>
+        <v>843</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" s="3" t="s">
-        <v>859</v>
+        <v>844</v>
       </c>
       <c r="B296" s="4" t="s">
-        <v>860</v>
+        <v>845</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>861</v>
+        <v>846</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" s="3" t="s">
-        <v>862</v>
+        <v>847</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>863</v>
+        <v>848</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>864</v>
+        <v>849</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" s="3" t="s">
-        <v>865</v>
+        <v>850</v>
       </c>
       <c r="B298" s="4" t="s">
-        <v>866</v>
+        <v>851</v>
       </c>
       <c r="C298" s="4" t="s">
-        <v>867</v>
+        <v>852</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="3" t="s">
-        <v>868</v>
+        <v>853</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>869</v>
+        <v>854</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>870</v>
+        <v>855</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="3" t="s">
-        <v>871</v>
+        <v>856</v>
       </c>
       <c r="B300" s="4" t="s">
-        <v>872</v>
+        <v>857</v>
       </c>
       <c r="C300" s="4" t="s">
-        <v>873</v>
+        <v>858</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="3" t="s">
-        <v>874</v>
+        <v>859</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>875</v>
+        <v>860</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>876</v>
+        <v>861</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" s="3" t="s">
-        <v>877</v>
+        <v>862</v>
       </c>
       <c r="B302" s="4" t="s">
-        <v>878</v>
+        <v>863</v>
       </c>
       <c r="C302" s="4" t="s">
-        <v>879</v>
+        <v>864</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" s="3" t="s">
-        <v>880</v>
+        <v>865</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>881</v>
+        <v>866</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>882</v>
+        <v>867</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="3" t="s">
-        <v>883</v>
+        <v>868</v>
       </c>
       <c r="B304" s="4" t="s">
-        <v>884</v>
+        <v>869</v>
       </c>
       <c r="C304" s="4" t="s">
-        <v>885</v>
+        <v>870</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="3" t="s">
-        <v>886</v>
+        <v>871</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>887</v>
+        <v>872</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>462</v>
+        <v>873</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" s="3" t="s">
-        <v>888</v>
+        <v>874</v>
       </c>
       <c r="B306" s="4" t="s">
-        <v>889</v>
+        <v>875</v>
       </c>
       <c r="C306" s="4" t="s">
-        <v>890</v>
+        <v>876</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="3" t="s">
-        <v>891</v>
+        <v>877</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>892</v>
+        <v>878</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>893</v>
+        <v>879</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" s="3" t="s">
-        <v>894</v>
+        <v>880</v>
       </c>
       <c r="B308" s="4" t="s">
-        <v>895</v>
+        <v>881</v>
       </c>
       <c r="C308" s="4" t="s">
-        <v>896</v>
+        <v>882</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" s="3" t="s">
-        <v>897</v>
+        <v>883</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>898</v>
+        <v>884</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>899</v>
+        <v>885</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" s="3" t="s">
-        <v>900</v>
+        <v>886</v>
       </c>
       <c r="B310" s="4" t="s">
-        <v>901</v>
+        <v>887</v>
       </c>
       <c r="C310" s="4" t="s">
-        <v>902</v>
+        <v>888</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" s="3" t="s">
-        <v>903</v>
+        <v>889</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>904</v>
+        <v>890</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>905</v>
+        <v>891</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="3" t="s">
-        <v>906</v>
+        <v>892</v>
       </c>
       <c r="B312" s="4" t="s">
-        <v>904</v>
+        <v>893</v>
       </c>
       <c r="C312" s="4" t="s">
-        <v>907</v>
+        <v>894</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="3" t="s">
-        <v>908</v>
+        <v>895</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>904</v>
+        <v>896</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>909</v>
+        <v>897</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="3" t="s">
-        <v>910</v>
+        <v>898</v>
       </c>
       <c r="B314" s="4" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="C314" s="4" t="s">
-        <v>911</v>
+        <v>900</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="3" t="s">
-        <v>912</v>
+        <v>901</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>913</v>
+        <v>903</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="3" t="s">
-        <v>914</v>
+        <v>904</v>
       </c>
       <c r="B316" s="4" t="s">
-        <v>915</v>
+        <v>905</v>
       </c>
       <c r="C316" s="4" t="s">
-        <v>916</v>
+        <v>906</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" s="3" t="s">
-        <v>917</v>
+        <v>907</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>919</v>
+        <v>909</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" s="3" t="s">
-        <v>920</v>
+        <v>910</v>
       </c>
       <c r="B318" s="4" t="s">
-        <v>921</v>
+        <v>911</v>
       </c>
       <c r="C318" s="4" t="s">
-        <v>922</v>
+        <v>912</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" s="3" t="s">
-        <v>923</v>
+        <v>913</v>
       </c>
       <c r="B319" s="4" t="s">
-        <v>924</v>
+        <v>914</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>925</v>
+        <v>915</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" s="3" t="s">
-        <v>926</v>
+        <v>916</v>
       </c>
       <c r="B320" s="4" t="s">
-        <v>927</v>
+        <v>917</v>
       </c>
       <c r="C320" s="4" t="s">
-        <v>928</v>
+        <v>918</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" s="3" t="s">
-        <v>929</v>
+        <v>919</v>
       </c>
       <c r="B321" s="4" t="s">
-        <v>930</v>
+        <v>920</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>931</v>
+        <v>921</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" s="3" t="s">
-        <v>932</v>
+        <v>922</v>
       </c>
       <c r="B322" s="4" t="s">
-        <v>933</v>
+        <v>923</v>
       </c>
       <c r="C322" s="4" t="s">
-        <v>934</v>
+        <v>924</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" s="3" t="s">
-        <v>935</v>
+        <v>925</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>936</v>
+        <v>926</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>937</v>
+        <v>927</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" s="3" t="s">
-        <v>938</v>
+        <v>928</v>
       </c>
       <c r="B324" s="4" t="s">
-        <v>939</v>
+        <v>508</v>
       </c>
       <c r="C324" s="4" t="s">
-        <v>940</v>
+        <v>929</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" s="3" t="s">
-        <v>941</v>
+        <v>930</v>
       </c>
       <c r="B325" s="4" t="s">
-        <v>942</v>
+        <v>931</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>943</v>
+        <v>932</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" s="3" t="s">
-        <v>944</v>
+        <v>933</v>
       </c>
       <c r="B326" s="4" t="s">
-        <v>945</v>
+        <v>934</v>
       </c>
       <c r="C326" s="4" t="s">
-        <v>946</v>
+        <v>935</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" s="3" t="s">
-        <v>947</v>
+        <v>936</v>
       </c>
       <c r="B327" s="4" t="s">
-        <v>948</v>
+        <v>937</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>949</v>
+        <v>938</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" s="3" t="s">
-        <v>950</v>
+        <v>939</v>
       </c>
       <c r="B328" s="4" t="s">
-        <v>951</v>
+        <v>940</v>
       </c>
       <c r="C328" s="4" t="s">
-        <v>952</v>
+        <v>941</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" s="3" t="s">
-        <v>953</v>
+        <v>942</v>
       </c>
       <c r="B329" s="4" t="s">
-        <v>954</v>
+        <v>943</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>955</v>
+        <v>944</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" s="3" t="s">
-        <v>956</v>
+        <v>945</v>
       </c>
       <c r="B330" s="4" t="s">
-        <v>957</v>
+        <v>946</v>
       </c>
       <c r="C330" s="4" t="s">
-        <v>958</v>
+        <v>947</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" s="3" t="s">
-        <v>959</v>
+        <v>948</v>
       </c>
       <c r="B331" s="4" t="s">
-        <v>960</v>
+        <v>827</v>
       </c>
       <c r="C331" s="4" t="s">
-        <v>961</v>
+        <v>949</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" s="3" t="s">
-        <v>962</v>
+        <v>950</v>
       </c>
       <c r="B332" s="4" t="s">
-        <v>963</v>
+        <v>951</v>
       </c>
       <c r="C332" s="4" t="s">
-        <v>964</v>
+        <v>952</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" s="3" t="s">
-        <v>965</v>
+        <v>953</v>
       </c>
       <c r="B333" s="4" t="s">
-        <v>966</v>
+        <v>161</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>967</v>
+        <v>954</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" s="3" t="s">
-        <v>968</v>
+        <v>955</v>
       </c>
       <c r="B334" s="4" t="s">
-        <v>969</v>
+        <v>956</v>
       </c>
       <c r="C334" s="4" t="s">
-        <v>970</v>
+        <v>957</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" s="3" t="s">
-        <v>971</v>
+        <v>958</v>
       </c>
       <c r="B335" s="4" t="s">
-        <v>972</v>
+        <v>959</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>973</v>
+        <v>960</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="3" t="s">
-        <v>974</v>
+        <v>961</v>
       </c>
       <c r="B336" s="4" t="s">
-        <v>975</v>
+        <v>962</v>
       </c>
       <c r="C336" s="4" t="s">
-        <v>976</v>
+        <v>963</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="3" t="s">
-        <v>977</v>
+        <v>964</v>
       </c>
       <c r="B337" s="4" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>979</v>
+        <v>966</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="3" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="B338" s="4" t="s">
-        <v>981</v>
+        <v>968</v>
       </c>
       <c r="C338" s="4" t="s">
-        <v>982</v>
+        <v>969</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="3" t="s">
-        <v>983</v>
+        <v>970</v>
       </c>
       <c r="B339" s="4" t="s">
-        <v>984</v>
+        <v>971</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>985</v>
+        <v>972</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="3" t="s">
-        <v>986</v>
+        <v>973</v>
       </c>
       <c r="B340" s="4" t="s">
-        <v>987</v>
+        <v>974</v>
       </c>
       <c r="C340" s="4" t="s">
-        <v>988</v>
+        <v>975</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="3" t="s">
-        <v>989</v>
+        <v>976</v>
       </c>
       <c r="B341" s="4" t="s">
-        <v>990</v>
+        <v>977</v>
       </c>
       <c r="C341" s="4" t="s">
-        <v>991</v>
+        <v>978</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="3" t="s">
-        <v>992</v>
+        <v>979</v>
       </c>
       <c r="B342" s="4" t="s">
-        <v>993</v>
+        <v>890</v>
       </c>
       <c r="C342" s="4" t="s">
-        <v>994</v>
+        <v>980</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="3" t="s">
-        <v>995</v>
+        <v>981</v>
       </c>
       <c r="B343" s="4" t="s">
-        <v>996</v>
+        <v>982</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>997</v>
+        <v>983</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" s="3" t="s">
-        <v>998</v>
+        <v>984</v>
       </c>
       <c r="B344" s="4" t="s">
-        <v>35</v>
+        <v>985</v>
       </c>
       <c r="C344" s="4" t="s">
-        <v>999</v>
+        <v>986</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="3" t="s">
-        <v>1000</v>
+        <v>987</v>
       </c>
       <c r="B345" s="4" t="s">
-        <v>1001</v>
+        <v>988</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>1002</v>
+        <v>989</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="3" t="s">
-        <v>1003</v>
+        <v>990</v>
       </c>
       <c r="B346" s="4" t="s">
-        <v>436</v>
+        <v>991</v>
       </c>
       <c r="C346" s="4" t="s">
-        <v>1004</v>
+        <v>992</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="3" t="s">
-        <v>1005</v>
+        <v>993</v>
       </c>
       <c r="B347" s="4" t="s">
-        <v>1006</v>
+        <v>994</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>1007</v>
+        <v>995</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" s="3" t="s">
-        <v>1008</v>
+        <v>996</v>
       </c>
       <c r="B348" s="4" t="s">
-        <v>1009</v>
+        <v>997</v>
       </c>
       <c r="C348" s="4" t="s">
-        <v>1010</v>
+        <v>998</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="3" t="s">
-        <v>1011</v>
+        <v>999</v>
       </c>
       <c r="B349" s="4" t="s">
-        <v>1012</v>
+        <v>1000</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>1013</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="3" t="s">
-        <v>1014</v>
+        <v>1002</v>
       </c>
       <c r="B350" s="4" t="s">
-        <v>1015</v>
+        <v>1003</v>
       </c>
       <c r="C350" s="4" t="s">
-        <v>1016</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" s="3" t="s">
-        <v>1017</v>
+        <v>1005</v>
       </c>
       <c r="B351" s="4" t="s">
-        <v>1018</v>
+        <v>1006</v>
       </c>
       <c r="C351" s="4" t="s">
-        <v>1019</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" s="3" t="s">
-        <v>1020</v>
+        <v>1008</v>
       </c>
       <c r="B352" s="4" t="s">
-        <v>1021</v>
+        <v>1009</v>
       </c>
       <c r="C352" s="4" t="s">
-        <v>1022</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" s="3" t="s">
-        <v>1023</v>
+        <v>1011</v>
       </c>
       <c r="B353" s="4" t="s">
-        <v>1024</v>
+        <v>1012</v>
       </c>
       <c r="C353" s="4" t="s">
-        <v>1025</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="3" t="s">
-        <v>1026</v>
+        <v>1014</v>
       </c>
       <c r="B354" s="4" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="C354" s="4" t="s">
-        <v>1028</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="3" t="s">
-        <v>1029</v>
+        <v>1017</v>
       </c>
       <c r="B355" s="4" t="s">
-        <v>1030</v>
+        <v>1018</v>
       </c>
       <c r="C355" s="4" t="s">
-        <v>1031</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" s="3" t="s">
-        <v>1032</v>
+        <v>1020</v>
       </c>
       <c r="B356" s="4" t="s">
-        <v>1033</v>
+        <v>1021</v>
       </c>
       <c r="C356" s="4" t="s">
-        <v>1034</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" s="3" t="s">
-        <v>1035</v>
+        <v>1023</v>
       </c>
       <c r="B357" s="4" t="s">
-        <v>1036</v>
+        <v>1024</v>
       </c>
       <c r="C357" s="4" t="s">
-        <v>1037</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" s="3" t="s">
-        <v>1038</v>
+        <v>1026</v>
       </c>
       <c r="B358" s="4" t="s">
-        <v>1039</v>
+        <v>1027</v>
       </c>
       <c r="C358" s="4" t="s">
-        <v>1040</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" s="3" t="s">
-        <v>1041</v>
+        <v>1029</v>
       </c>
       <c r="B359" s="4" t="s">
-        <v>1042</v>
+        <v>760</v>
       </c>
       <c r="C359" s="4" t="s">
-        <v>1043</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" s="3" t="s">
-        <v>1044</v>
+        <v>1031</v>
       </c>
       <c r="B360" s="4" t="s">
-        <v>1045</v>
+        <v>1032</v>
       </c>
       <c r="C360" s="4" t="s">
-        <v>1046</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" s="3" t="s">
-        <v>1047</v>
+        <v>1034</v>
       </c>
       <c r="B361" s="4" t="s">
-        <v>1048</v>
+        <v>1035</v>
       </c>
       <c r="C361" s="4" t="s">
-        <v>1049</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="3" t="s">
-        <v>1050</v>
+        <v>1037</v>
       </c>
       <c r="B362" s="4" t="s">
-        <v>1051</v>
+        <v>1038</v>
       </c>
       <c r="C362" s="4" t="s">
-        <v>1052</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="3" t="s">
-        <v>1053</v>
+        <v>1040</v>
       </c>
       <c r="B363" s="4" t="s">
-        <v>1054</v>
+        <v>1041</v>
       </c>
       <c r="C363" s="4" t="s">
-        <v>1055</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="3" t="s">
-        <v>1056</v>
+        <v>1043</v>
       </c>
       <c r="B364" s="4" t="s">
-        <v>1057</v>
+        <v>1044</v>
       </c>
       <c r="C364" s="4" t="s">
-        <v>1058</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="3" t="s">
-        <v>1059</v>
+        <v>1046</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>1060</v>
+        <v>1047</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>1061</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="3" t="s">
-        <v>1062</v>
+        <v>1049</v>
       </c>
       <c r="B366" s="4" t="s">
-        <v>1063</v>
+        <v>1050</v>
       </c>
       <c r="C366" s="4" t="s">
-        <v>1064</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="3" t="s">
-        <v>1065</v>
+        <v>1052</v>
       </c>
       <c r="B367" s="4" t="s">
-        <v>1063</v>
+        <v>1050</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>1066</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" s="3" t="s">
-        <v>1067</v>
+        <v>1054</v>
       </c>
       <c r="B368" s="4" t="s">
-        <v>1068</v>
+        <v>1055</v>
       </c>
       <c r="C368" s="4" t="s">
-        <v>1069</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" s="3" t="s">
-        <v>1070</v>
+        <v>1057</v>
       </c>
       <c r="B369" s="4" t="s">
-        <v>1068</v>
+        <v>1058</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>1071</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="3" t="s">
-        <v>1072</v>
+        <v>1060</v>
       </c>
       <c r="B370" s="4" t="s">
-        <v>1073</v>
+        <v>1061</v>
       </c>
       <c r="C370" s="4" t="s">
-        <v>1074</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="3" t="s">
-        <v>1075</v>
+        <v>1063</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>1073</v>
+        <v>1064</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>1076</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="3" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
       <c r="B372" s="4" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
       <c r="C372" s="4" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="3" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="B373" s="4" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>1082</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="3" t="s">
-        <v>1083</v>
+        <v>1072</v>
       </c>
       <c r="B374" s="4" t="s">
-        <v>1084</v>
+        <v>1073</v>
       </c>
       <c r="C374" s="4" t="s">
-        <v>1085</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" s="3" t="s">
-        <v>1086</v>
+        <v>1075</v>
       </c>
       <c r="B375" s="4" t="s">
-        <v>1087</v>
+        <v>1076</v>
       </c>
       <c r="C375" s="4" t="s">
-        <v>1088</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" s="3" t="s">
-        <v>1089</v>
+        <v>1078</v>
       </c>
       <c r="B376" s="4" t="s">
-        <v>1090</v>
+        <v>1079</v>
       </c>
       <c r="C376" s="4" t="s">
-        <v>1091</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" s="3" t="s">
-        <v>1092</v>
+        <v>1081</v>
       </c>
       <c r="B377" s="4" t="s">
-        <v>1093</v>
+        <v>1082</v>
       </c>
       <c r="C377" s="4" t="s">
-        <v>1094</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" s="3" t="s">
-        <v>1095</v>
+        <v>1084</v>
       </c>
       <c r="B378" s="4" t="s">
-        <v>1096</v>
+        <v>1082</v>
       </c>
       <c r="C378" s="4" t="s">
-        <v>1097</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" s="3" t="s">
-        <v>1098</v>
+        <v>1086</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>1099</v>
+        <v>1087</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>1100</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" s="3" t="s">
-        <v>1101</v>
+        <v>1089</v>
       </c>
       <c r="B380" s="4" t="s">
-        <v>1102</v>
+        <v>1090</v>
       </c>
       <c r="C380" s="4" t="s">
-        <v>1103</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" s="3" t="s">
-        <v>1104</v>
+        <v>1092</v>
       </c>
       <c r="B381" s="4" t="s">
-        <v>1105</v>
+        <v>1093</v>
       </c>
       <c r="C381" s="4" t="s">
-        <v>1106</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" s="3" t="s">
-        <v>1107</v>
+        <v>1095</v>
       </c>
       <c r="B382" s="4" t="s">
-        <v>1105</v>
+        <v>1096</v>
       </c>
       <c r="C382" s="4" t="s">
-        <v>1106</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" s="3" t="s">
-        <v>1108</v>
+        <v>1098</v>
       </c>
       <c r="B383" s="4" t="s">
-        <v>1109</v>
+        <v>1099</v>
       </c>
       <c r="C383" s="4" t="s">
-        <v>1110</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" s="3" t="s">
-        <v>1111</v>
+        <v>1101</v>
       </c>
       <c r="B384" s="4" t="s">
-        <v>1112</v>
+        <v>1102</v>
       </c>
       <c r="C384" s="4" t="s">
-        <v>1113</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" s="3" t="s">
-        <v>1114</v>
+        <v>1104</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>1115</v>
+        <v>1105</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>1116</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" s="3" t="s">
-        <v>1117</v>
+        <v>1107</v>
       </c>
       <c r="B386" s="4" t="s">
-        <v>1118</v>
+        <v>1108</v>
       </c>
       <c r="C386" s="4" t="s">
-        <v>1119</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" s="3" t="s">
-        <v>1120</v>
+        <v>1110</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>1121</v>
+        <v>1111</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>1122</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" s="3" t="s">
-        <v>1123</v>
+        <v>1113</v>
       </c>
       <c r="B388" s="4" t="s">
-        <v>1124</v>
+        <v>1114</v>
       </c>
       <c r="C388" s="4" t="s">
-        <v>1125</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" s="3" t="s">
-        <v>1126</v>
+        <v>1116</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>1127</v>
+        <v>1117</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>1128</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" s="3" t="s">
-        <v>1129</v>
+        <v>1119</v>
       </c>
       <c r="B390" s="4" t="s">
-        <v>1130</v>
+        <v>1120</v>
       </c>
       <c r="C390" s="4" t="s">
-        <v>1131</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" s="3" t="s">
-        <v>1132</v>
+        <v>1122</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>1133</v>
+        <v>1123</v>
       </c>
       <c r="C391" s="4" t="s">
-        <v>1134</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" s="3" t="s">
-        <v>1135</v>
+        <v>1125</v>
       </c>
       <c r="B392" s="4" t="s">
-        <v>1136</v>
+        <v>1126</v>
       </c>
       <c r="C392" s="4" t="s">
-        <v>1137</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" s="3" t="s">
-        <v>1138</v>
+        <v>1128</v>
       </c>
       <c r="B393" s="4" t="s">
-        <v>1139</v>
+        <v>1129</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>1140</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" s="3" t="s">
-        <v>1141</v>
+        <v>1131</v>
       </c>
       <c r="B394" s="4" t="s">
-        <v>1142</v>
+        <v>1132</v>
       </c>
       <c r="C394" s="4" t="s">
-        <v>1143</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" s="3" t="s">
-        <v>1144</v>
+        <v>1134</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>1145</v>
+        <v>1135</v>
       </c>
       <c r="C395" s="4" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" s="3" t="s">
-        <v>1147</v>
+        <v>1137</v>
       </c>
       <c r="B396" s="4" t="s">
-        <v>1148</v>
+        <v>1138</v>
       </c>
       <c r="C396" s="4" t="s">
-        <v>1149</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" s="3" t="s">
-        <v>1150</v>
+        <v>1140</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>1151</v>
+        <v>1141</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>1152</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" s="3" t="s">
-        <v>1153</v>
+        <v>1143</v>
       </c>
       <c r="B398" s="4" t="s">
-        <v>1154</v>
+        <v>1144</v>
       </c>
       <c r="C398" s="4" t="s">
-        <v>1155</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" s="3" t="s">
-        <v>1156</v>
+        <v>1146</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>1157</v>
+        <v>1147</v>
       </c>
       <c r="C399" s="4" t="s">
-        <v>1158</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" s="3" t="s">
-        <v>1159</v>
+        <v>1149</v>
       </c>
       <c r="B400" s="4" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C400" s="4" t="s">
         <v>1151</v>
-      </c>
-[...1 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" s="3" t="s">
-        <v>1161</v>
+        <v>1152</v>
       </c>
       <c r="B401" s="4" t="s">
-        <v>1162</v>
+        <v>1153</v>
       </c>
       <c r="C401" s="4" t="s">
-        <v>1163</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" s="3" t="s">
-        <v>1164</v>
+        <v>1155</v>
       </c>
       <c r="B402" s="4" t="s">
-        <v>1165</v>
+        <v>1156</v>
       </c>
       <c r="C402" s="4" t="s">
-        <v>1166</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" s="3" t="s">
-        <v>1167</v>
+        <v>1158</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>1168</v>
+        <v>1159</v>
       </c>
       <c r="C403" s="4" t="s">
-        <v>1169</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" s="3" t="s">
-        <v>1170</v>
+        <v>1161</v>
       </c>
       <c r="B404" s="4" t="s">
-        <v>1171</v>
+        <v>1162</v>
       </c>
       <c r="C404" s="4" t="s">
-        <v>1172</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" s="3" t="s">
-        <v>1173</v>
+        <v>1164</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>1174</v>
+        <v>1165</v>
       </c>
       <c r="C405" s="4" t="s">
-        <v>1175</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" s="3" t="s">
-        <v>1176</v>
+        <v>1167</v>
       </c>
       <c r="B406" s="4" t="s">
-        <v>320</v>
+        <v>1168</v>
       </c>
       <c r="C406" s="4" t="s">
-        <v>1177</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" s="3" t="s">
-        <v>1178</v>
+        <v>1170</v>
       </c>
       <c r="B407" s="4" t="s">
-        <v>1179</v>
+        <v>328</v>
       </c>
       <c r="C407" s="4" t="s">
-        <v>1180</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" s="3" t="s">
-        <v>1181</v>
+        <v>1172</v>
       </c>
       <c r="B408" s="4" t="s">
-        <v>1182</v>
+        <v>328</v>
       </c>
       <c r="C408" s="4" t="s">
-        <v>1183</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" s="3" t="s">
-        <v>1184</v>
+        <v>1174</v>
       </c>
       <c r="B409" s="4" t="s">
-        <v>1185</v>
+        <v>1175</v>
       </c>
       <c r="C409" s="4" t="s">
-        <v>1186</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" s="3" t="s">
-        <v>1187</v>
+        <v>1177</v>
       </c>
       <c r="B410" s="4" t="s">
-        <v>1188</v>
+        <v>1178</v>
       </c>
       <c r="C410" s="4" t="s">
-        <v>1189</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" s="3" t="s">
-        <v>1190</v>
+        <v>1180</v>
       </c>
       <c r="B411" s="4" t="s">
-        <v>1191</v>
+        <v>1181</v>
       </c>
       <c r="C411" s="4" t="s">
-        <v>1192</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" s="3" t="s">
-        <v>1193</v>
+        <v>1183</v>
       </c>
       <c r="B412" s="4" t="s">
-        <v>41</v>
+        <v>1184</v>
       </c>
       <c r="C412" s="4" t="s">
-        <v>1194</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" s="3" t="s">
-        <v>1195</v>
+        <v>1186</v>
       </c>
       <c r="B413" s="4" t="s">
-        <v>612</v>
+        <v>1187</v>
       </c>
       <c r="C413" s="4" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" s="3" t="s">
-        <v>1197</v>
+        <v>1189</v>
       </c>
       <c r="B414" s="4" t="s">
-        <v>612</v>
+        <v>1190</v>
       </c>
       <c r="C414" s="4" t="s">
-        <v>1198</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" s="3" t="s">
-        <v>1199</v>
+        <v>1192</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>1200</v>
+        <v>1193</v>
       </c>
       <c r="C415" s="4" t="s">
-        <v>1201</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" s="3" t="s">
-        <v>1202</v>
+        <v>1195</v>
       </c>
       <c r="B416" s="4" t="s">
-        <v>1203</v>
+        <v>1196</v>
       </c>
       <c r="C416" s="4" t="s">
-        <v>1204</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" s="3" t="s">
-        <v>1205</v>
+        <v>1198</v>
       </c>
       <c r="B417" s="4" t="s">
-        <v>1206</v>
+        <v>1199</v>
       </c>
       <c r="C417" s="4" t="s">
-        <v>1207</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" s="3" t="s">
-        <v>1208</v>
+        <v>1201</v>
       </c>
       <c r="B418" s="4" t="s">
-        <v>1209</v>
+        <v>1202</v>
       </c>
       <c r="C418" s="4" t="s">
-        <v>1210</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" s="3" t="s">
-        <v>1211</v>
+        <v>1204</v>
       </c>
       <c r="B419" s="4" t="s">
-        <v>1212</v>
+        <v>1205</v>
       </c>
       <c r="C419" s="4" t="s">
-        <v>1213</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" s="3" t="s">
-        <v>1214</v>
+        <v>1207</v>
       </c>
       <c r="B420" s="4" t="s">
-        <v>1215</v>
+        <v>1208</v>
       </c>
       <c r="C420" s="4" t="s">
-        <v>1216</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" s="3" t="s">
-        <v>1217</v>
+        <v>1210</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>1218</v>
+        <v>1211</v>
       </c>
       <c r="C421" s="4" t="s">
-        <v>1219</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" s="3" t="s">
-        <v>1220</v>
+        <v>1213</v>
       </c>
       <c r="B422" s="4" t="s">
-        <v>1221</v>
+        <v>1214</v>
       </c>
       <c r="C422" s="4" t="s">
-        <v>1222</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" s="3" t="s">
-        <v>1223</v>
+        <v>1216</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>1224</v>
+        <v>1217</v>
       </c>
       <c r="C423" s="4" t="s">
-        <v>1219</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" s="3" t="s">
-        <v>1225</v>
+        <v>1219</v>
       </c>
       <c r="B424" s="4" t="s">
-        <v>1226</v>
+        <v>1220</v>
       </c>
       <c r="C424" s="4" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" s="3" t="s">
-        <v>1228</v>
+        <v>1222</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>1229</v>
+        <v>1223</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>1230</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" s="3" t="s">
-        <v>1231</v>
+        <v>1225</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>320</v>
+        <v>1226</v>
       </c>
       <c r="C426" s="4" t="s">
-        <v>1232</v>
+        <v>804</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" s="3" t="s">
-        <v>1233</v>
+        <v>1227</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>1234</v>
+        <v>1228</v>
       </c>
       <c r="C427" s="4" t="s">
-        <v>1235</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" s="3" t="s">
-        <v>1236</v>
+        <v>1230</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>1237</v>
+        <v>1231</v>
       </c>
       <c r="C428" s="4" t="s">
-        <v>1238</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" s="3" t="s">
-        <v>1239</v>
+        <v>1233</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>1240</v>
+        <v>1234</v>
       </c>
       <c r="C429" s="4" t="s">
-        <v>1241</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" s="3" t="s">
-        <v>1242</v>
+        <v>1236</v>
       </c>
       <c r="B430" s="4" t="s">
-        <v>887</v>
+        <v>1237</v>
       </c>
       <c r="C430" s="4" t="s">
-        <v>1243</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" s="3" t="s">
-        <v>1244</v>
+        <v>1239</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>1245</v>
+        <v>1240</v>
       </c>
       <c r="C431" s="4" t="s">
-        <v>1246</v>
+        <v>190</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" s="3" t="s">
-        <v>1247</v>
+        <v>1241</v>
       </c>
       <c r="B432" s="4" t="s">
-        <v>1248</v>
+        <v>1242</v>
       </c>
       <c r="C432" s="4" t="s">
-        <v>1249</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" s="3" t="s">
-        <v>1250</v>
+        <v>1244</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>1251</v>
+        <v>1242</v>
       </c>
       <c r="C433" s="4" t="s">
-        <v>1252</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" s="3" t="s">
-        <v>1253</v>
+        <v>1246</v>
       </c>
       <c r="B434" s="4" t="s">
-        <v>1254</v>
+        <v>1242</v>
       </c>
       <c r="C434" s="4" t="s">
-        <v>1255</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" s="3" t="s">
-        <v>1256</v>
+        <v>1248</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>1257</v>
+        <v>1242</v>
       </c>
       <c r="C435" s="4" t="s">
-        <v>1258</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" s="3" t="s">
-        <v>1259</v>
+        <v>1250</v>
       </c>
       <c r="B436" s="4" t="s">
-        <v>1260</v>
+        <v>1242</v>
       </c>
       <c r="C436" s="4" t="s">
-        <v>1261</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" s="3" t="s">
-        <v>1262</v>
+        <v>1252</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>1263</v>
+        <v>1253</v>
       </c>
       <c r="C437" s="4" t="s">
-        <v>1264</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" s="3" t="s">
-        <v>1265</v>
+        <v>1255</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>1266</v>
+        <v>1256</v>
       </c>
       <c r="C438" s="4" t="s">
-        <v>1267</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" s="3" t="s">
-        <v>1268</v>
+        <v>1258</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>1269</v>
+        <v>1259</v>
       </c>
       <c r="C439" s="4" t="s">
-        <v>1270</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" s="3" t="s">
-        <v>1271</v>
+        <v>1261</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>1272</v>
+        <v>1262</v>
       </c>
       <c r="C440" s="4" t="s">
-        <v>1273</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" s="3" t="s">
-        <v>1274</v>
+        <v>1264</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>1275</v>
+        <v>1265</v>
       </c>
       <c r="C441" s="4" t="s">
-        <v>1276</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" s="3" t="s">
-        <v>1277</v>
+        <v>1267</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>1278</v>
+        <v>1268</v>
       </c>
       <c r="C442" s="4" t="s">
-        <v>1279</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" s="3" t="s">
-        <v>1280</v>
+        <v>1270</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>1281</v>
+        <v>1271</v>
       </c>
       <c r="C443" s="4" t="s">
-        <v>1282</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" s="3" t="s">
-        <v>1283</v>
+        <v>1273</v>
       </c>
       <c r="B444" s="4" t="s">
-        <v>1284</v>
+        <v>1274</v>
       </c>
       <c r="C444" s="4" t="s">
-        <v>1285</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" s="3" t="s">
-        <v>1286</v>
+        <v>1276</v>
       </c>
       <c r="B445" s="4" t="s">
-        <v>1287</v>
+        <v>1277</v>
       </c>
       <c r="C445" s="4" t="s">
-        <v>1288</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" s="3" t="s">
-        <v>1289</v>
+        <v>1279</v>
       </c>
       <c r="B446" s="4" t="s">
-        <v>842</v>
+        <v>1280</v>
       </c>
       <c r="C446" s="4" t="s">
-        <v>1290</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" s="3" t="s">
-        <v>1291</v>
+        <v>1282</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>1292</v>
+        <v>1283</v>
       </c>
       <c r="C447" s="4" t="s">
-        <v>1293</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" s="3" t="s">
-        <v>1294</v>
+        <v>1285</v>
       </c>
       <c r="B448" s="4" t="s">
-        <v>1295</v>
+        <v>1286</v>
       </c>
       <c r="C448" s="4" t="s">
-        <v>1296</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" s="3" t="s">
-        <v>1297</v>
+        <v>1288</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>1298</v>
+        <v>1289</v>
       </c>
       <c r="C449" s="4" t="s">
-        <v>1299</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" s="3" t="s">
-        <v>1300</v>
+        <v>1291</v>
       </c>
       <c r="B450" s="4" t="s">
-        <v>1301</v>
+        <v>1292</v>
       </c>
       <c r="C450" s="4" t="s">
-        <v>1302</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" s="3" t="s">
-        <v>1303</v>
+        <v>1294</v>
       </c>
       <c r="B451" s="4" t="s">
-        <v>1304</v>
+        <v>1295</v>
       </c>
       <c r="C451" s="4" t="s">
-        <v>1305</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" s="3" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>1307</v>
+        <v>1298</v>
       </c>
       <c r="C452" s="4" t="s">
-        <v>1308</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" s="3" t="s">
-        <v>1309</v>
+        <v>1300</v>
       </c>
       <c r="B453" s="4" t="s">
-        <v>1310</v>
+        <v>1301</v>
       </c>
       <c r="C453" s="4" t="s">
-        <v>1311</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" s="3" t="s">
-        <v>1312</v>
+        <v>1303</v>
       </c>
       <c r="B454" s="4" t="s">
-        <v>1313</v>
+        <v>1304</v>
       </c>
       <c r="C454" s="4" t="s">
-        <v>1314</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" s="3" t="s">
-        <v>1315</v>
+        <v>1306</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>569</v>
+        <v>1307</v>
       </c>
       <c r="C455" s="4" t="s">
-        <v>1316</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" s="3" t="s">
-        <v>1317</v>
+        <v>1309</v>
       </c>
       <c r="B456" s="4" t="s">
-        <v>1318</v>
+        <v>1310</v>
       </c>
       <c r="C456" s="4" t="s">
-        <v>1319</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" s="3" t="s">
-        <v>1320</v>
+        <v>1312</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>1321</v>
+        <v>1313</v>
       </c>
       <c r="C457" s="4" t="s">
-        <v>1322</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" s="3" t="s">
-        <v>1323</v>
+        <v>1315</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>1324</v>
+        <v>1316</v>
       </c>
       <c r="C458" s="4" t="s">
-        <v>1325</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" s="3" t="s">
-        <v>1326</v>
+        <v>1318</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>1327</v>
+        <v>1319</v>
       </c>
       <c r="C459" s="4" t="s">
-        <v>1328</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" s="3" t="s">
-        <v>1329</v>
+        <v>1321</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>1330</v>
+        <v>1322</v>
       </c>
       <c r="C460" s="4" t="s">
-        <v>1331</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" s="3" t="s">
-        <v>1332</v>
+        <v>1324</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>1333</v>
+        <v>1325</v>
       </c>
       <c r="C461" s="4" t="s">
-        <v>1334</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" s="3" t="s">
-        <v>1335</v>
+        <v>1327</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>1336</v>
+        <v>1328</v>
       </c>
       <c r="C462" s="4" t="s">
-        <v>1337</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" s="3" t="s">
-        <v>1338</v>
+        <v>1330</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>1339</v>
+        <v>1331</v>
       </c>
       <c r="C463" s="4" t="s">
-        <v>1340</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" s="3" t="s">
-        <v>1341</v>
+        <v>1333</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>1342</v>
+        <v>1334</v>
       </c>
       <c r="C464" s="4" t="s">
-        <v>1343</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" s="3" t="s">
-        <v>1344</v>
+        <v>1336</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>1345</v>
+        <v>358</v>
       </c>
       <c r="C465" s="4" t="s">
-        <v>1346</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" s="3" t="s">
-        <v>1347</v>
+        <v>1338</v>
       </c>
       <c r="B466" s="4" t="s">
-        <v>1348</v>
+        <v>1339</v>
       </c>
       <c r="C466" s="4" t="s">
-        <v>1349</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" s="3" t="s">
-        <v>1350</v>
+        <v>1341</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>1351</v>
+        <v>778</v>
       </c>
       <c r="C467" s="4" t="s">
-        <v>1352</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" s="3" t="s">
-        <v>1353</v>
+        <v>1343</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>1354</v>
+        <v>1344</v>
       </c>
       <c r="C468" s="4" t="s">
-        <v>1355</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" s="3" t="s">
-        <v>1356</v>
+        <v>1346</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>1357</v>
+        <v>1347</v>
       </c>
       <c r="C469" s="4" t="s">
-        <v>1358</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" s="3" t="s">
-        <v>1359</v>
+        <v>1349</v>
       </c>
       <c r="B470" s="4" t="s">
-        <v>1360</v>
+        <v>1350</v>
       </c>
       <c r="C470" s="4" t="s">
-        <v>1361</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" s="3" t="s">
-        <v>1362</v>
+        <v>1352</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>1363</v>
+        <v>1353</v>
       </c>
       <c r="C471" s="4" t="s">
-        <v>1364</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" s="3" t="s">
-        <v>1365</v>
+        <v>1355</v>
       </c>
       <c r="B472" s="4" t="s">
-        <v>1366</v>
+        <v>1356</v>
       </c>
       <c r="C472" s="4" t="s">
-        <v>1367</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" s="3" t="s">
-        <v>1368</v>
+        <v>1358</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>1363</v>
+        <v>1359</v>
       </c>
       <c r="C473" s="4" t="s">
-        <v>1369</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" s="3" t="s">
-        <v>1370</v>
+        <v>1361</v>
       </c>
       <c r="B474" s="4" t="s">
-        <v>1371</v>
+        <v>1362</v>
       </c>
       <c r="C474" s="4" t="s">
-        <v>1372</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" s="3" t="s">
-        <v>1373</v>
+        <v>1364</v>
       </c>
       <c r="B475" s="4" t="s">
-        <v>1374</v>
+        <v>1365</v>
       </c>
       <c r="C475" s="4" t="s">
-        <v>1375</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" s="3" t="s">
-        <v>1376</v>
+        <v>1367</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>1377</v>
+        <v>1368</v>
       </c>
       <c r="C476" s="4" t="s">
-        <v>1378</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" s="3" t="s">
-        <v>1379</v>
+        <v>1370</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>1380</v>
+        <v>1371</v>
       </c>
       <c r="C477" s="4" t="s">
-        <v>1381</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" s="3" t="s">
-        <v>1382</v>
+        <v>1373</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>1383</v>
+        <v>1374</v>
       </c>
       <c r="C478" s="4" t="s">
-        <v>1384</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" s="3" t="s">
-        <v>1385</v>
+        <v>1376</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>1386</v>
+        <v>1377</v>
       </c>
       <c r="C479" s="4" t="s">
-        <v>1387</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" s="3" t="s">
-        <v>1388</v>
+        <v>1379</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>1389</v>
+        <v>1380</v>
       </c>
       <c r="C480" s="4" t="s">
-        <v>1390</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" s="3" t="s">
-        <v>1391</v>
+        <v>1382</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>1392</v>
+        <v>1383</v>
       </c>
       <c r="C481" s="4" t="s">
-        <v>1393</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" s="3" t="s">
-        <v>1394</v>
+        <v>1385</v>
       </c>
       <c r="B482" s="4" t="s">
-        <v>1395</v>
+        <v>1386</v>
       </c>
       <c r="C482" s="4" t="s">
-        <v>1396</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" s="3" t="s">
-        <v>1397</v>
+        <v>1388</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>494</v>
+        <v>1389</v>
       </c>
       <c r="C483" s="4" t="s">
-        <v>1398</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" s="3" t="s">
-        <v>1399</v>
+        <v>1391</v>
       </c>
       <c r="B484" s="4" t="s">
-        <v>1400</v>
+        <v>1392</v>
       </c>
       <c r="C484" s="4" t="s">
-        <v>1401</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" s="3" t="s">
-        <v>1402</v>
+        <v>1394</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>1403</v>
+        <v>1395</v>
       </c>
       <c r="C485" s="4" t="s">
-        <v>1404</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" s="3" t="s">
-        <v>1405</v>
+        <v>1397</v>
       </c>
       <c r="B486" s="4" t="s">
-        <v>1168</v>
+        <v>1398</v>
       </c>
       <c r="C486" s="4" t="s">
-        <v>1406</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" s="3" t="s">
-        <v>1407</v>
+        <v>1400</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>1408</v>
+        <v>1401</v>
       </c>
       <c r="C487" s="4" t="s">
-        <v>1409</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" s="3" t="s">
-        <v>1410</v>
+        <v>1403</v>
       </c>
       <c r="B488" s="4" t="s">
-        <v>1411</v>
+        <v>1401</v>
       </c>
       <c r="C488" s="4" t="s">
-        <v>1412</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" s="3" t="s">
-        <v>1413</v>
+        <v>1405</v>
       </c>
       <c r="B489" s="4" t="s">
-        <v>1414</v>
+        <v>1406</v>
       </c>
       <c r="C489" s="4" t="s">
-        <v>1415</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" s="3" t="s">
-        <v>1416</v>
+        <v>1408</v>
       </c>
       <c r="B490" s="4" t="s">
-        <v>1414</v>
+        <v>1406</v>
       </c>
       <c r="C490" s="4" t="s">
-        <v>1417</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" s="3" t="s">
-        <v>1418</v>
+        <v>1410</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>1275</v>
+        <v>1411</v>
       </c>
       <c r="C491" s="4" t="s">
-        <v>1419</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" s="3" t="s">
-        <v>1420</v>
+        <v>1413</v>
       </c>
       <c r="B492" s="4" t="s">
-        <v>1275</v>
+        <v>1411</v>
       </c>
       <c r="C492" s="4" t="s">
-        <v>1421</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" s="3" t="s">
-        <v>1422</v>
+        <v>1415</v>
       </c>
       <c r="B493" s="4" t="s">
-        <v>1275</v>
+        <v>1416</v>
       </c>
       <c r="C493" s="4" t="s">
-        <v>1423</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" s="3" t="s">
-        <v>1424</v>
+        <v>1418</v>
       </c>
       <c r="B494" s="4" t="s">
-        <v>1425</v>
+        <v>1419</v>
       </c>
       <c r="C494" s="4" t="s">
-        <v>1426</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" s="3" t="s">
-        <v>1427</v>
+        <v>1421</v>
       </c>
       <c r="B495" s="4" t="s">
-        <v>1428</v>
+        <v>1422</v>
       </c>
       <c r="C495" s="4" t="s">
-        <v>1311</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" s="3" t="s">
-        <v>1429</v>
+        <v>1424</v>
       </c>
       <c r="B496" s="4" t="s">
-        <v>1430</v>
+        <v>1425</v>
       </c>
       <c r="C496" s="4" t="s">
-        <v>1431</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" s="3" t="s">
-        <v>1432</v>
+        <v>1427</v>
       </c>
       <c r="B497" s="4" t="s">
-        <v>1433</v>
+        <v>1428</v>
       </c>
       <c r="C497" s="4" t="s">
-        <v>1434</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" s="3" t="s">
-        <v>1435</v>
+        <v>1430</v>
       </c>
       <c r="B498" s="4" t="s">
-        <v>1436</v>
+        <v>1431</v>
       </c>
       <c r="C498" s="4" t="s">
-        <v>1437</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" s="3" t="s">
-        <v>1438</v>
+        <v>1433</v>
       </c>
       <c r="B499" s="4" t="s">
-        <v>1439</v>
+        <v>1434</v>
       </c>
       <c r="C499" s="4" t="s">
-        <v>1440</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" s="3" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="B500" s="4" t="s">
-        <v>1442</v>
+        <v>1437</v>
       </c>
       <c r="C500" s="4" t="s">
-        <v>1443</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" s="3" t="s">
-        <v>1444</v>
+        <v>1439</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>1301</v>
+        <v>1440</v>
       </c>
       <c r="C501" s="4" t="s">
-        <v>1445</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" s="3" t="s">
-        <v>1446</v>
+        <v>1442</v>
       </c>
       <c r="B502" s="4" t="s">
-        <v>1447</v>
+        <v>1443</v>
       </c>
       <c r="C502" s="4" t="s">
-        <v>1448</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" s="3" t="s">
-        <v>1449</v>
+        <v>1445</v>
       </c>
       <c r="B503" s="4" t="s">
-        <v>1450</v>
+        <v>1443</v>
       </c>
       <c r="C503" s="4" t="s">
-        <v>1451</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" s="3" t="s">
-        <v>1452</v>
+        <v>1446</v>
       </c>
       <c r="B504" s="4" t="s">
-        <v>1453</v>
+        <v>1447</v>
       </c>
       <c r="C504" s="4" t="s">
-        <v>1454</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" s="3" t="s">
-        <v>1455</v>
+        <v>1449</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>1456</v>
+        <v>1450</v>
       </c>
       <c r="C505" s="4" t="s">
-        <v>1457</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" s="3" t="s">
-        <v>1458</v>
+        <v>1452</v>
       </c>
       <c r="B506" s="4" t="s">
-        <v>1459</v>
+        <v>1453</v>
       </c>
       <c r="C506" s="4" t="s">
-        <v>1460</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" s="3" t="s">
-        <v>1461</v>
+        <v>1455</v>
       </c>
       <c r="B507" s="4" t="s">
-        <v>1462</v>
+        <v>1456</v>
       </c>
       <c r="C507" s="4" t="s">
-        <v>1463</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" s="3" t="s">
-        <v>1464</v>
+        <v>1458</v>
       </c>
       <c r="B508" s="4" t="s">
-        <v>1465</v>
+        <v>1459</v>
       </c>
       <c r="C508" s="4" t="s">
-        <v>1466</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" s="3" t="s">
-        <v>1467</v>
+        <v>1461</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>1468</v>
+        <v>1462</v>
       </c>
       <c r="C509" s="4" t="s">
-        <v>1469</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510" s="3" t="s">
-        <v>1470</v>
+        <v>1464</v>
       </c>
       <c r="B510" s="4" t="s">
-        <v>1471</v>
+        <v>1465</v>
       </c>
       <c r="C510" s="4" t="s">
-        <v>1472</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511" s="3" t="s">
-        <v>1473</v>
+        <v>1467</v>
       </c>
       <c r="B511" s="4" t="s">
-        <v>1474</v>
+        <v>1468</v>
       </c>
       <c r="C511" s="4" t="s">
-        <v>1475</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512" s="3" t="s">
-        <v>1476</v>
+        <v>1470</v>
       </c>
       <c r="B512" s="4" t="s">
-        <v>1477</v>
+        <v>1471</v>
       </c>
       <c r="C512" s="4" t="s">
-        <v>1478</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513" s="3" t="s">
-        <v>1479</v>
+        <v>1473</v>
       </c>
       <c r="B513" s="4" t="s">
-        <v>1480</v>
+        <v>1474</v>
       </c>
       <c r="C513" s="4" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" s="3" t="s">
-        <v>1482</v>
+        <v>1476</v>
       </c>
       <c r="B514" s="4" t="s">
-        <v>1483</v>
+        <v>1477</v>
       </c>
       <c r="C514" s="4" t="s">
-        <v>1484</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" s="3" t="s">
-        <v>1485</v>
+        <v>1479</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>1486</v>
+        <v>1480</v>
       </c>
       <c r="C515" s="4" t="s">
-        <v>1487</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" s="3" t="s">
-        <v>1488</v>
+        <v>1482</v>
       </c>
       <c r="B516" s="4" t="s">
-        <v>1489</v>
+        <v>1483</v>
       </c>
       <c r="C516" s="4" t="s">
-        <v>1490</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" s="3" t="s">
-        <v>1491</v>
+        <v>1485</v>
       </c>
       <c r="B517" s="4" t="s">
-        <v>1492</v>
+        <v>1486</v>
       </c>
       <c r="C517" s="4" t="s">
-        <v>1493</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" s="3" t="s">
-        <v>1494</v>
+        <v>1488</v>
       </c>
       <c r="B518" s="4" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="C518" s="4" t="s">
-        <v>1496</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" s="3" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="B519" s="4" t="s">
-        <v>725</v>
+        <v>1492</v>
       </c>
       <c r="C519" s="4" t="s">
-        <v>1498</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" s="3" t="s">
-        <v>1499</v>
+        <v>1494</v>
       </c>
       <c r="B520" s="4" t="s">
-        <v>1500</v>
+        <v>1495</v>
       </c>
       <c r="C520" s="4" t="s">
-        <v>1501</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" s="3" t="s">
-        <v>1502</v>
+        <v>1497</v>
       </c>
       <c r="B521" s="4" t="s">
-        <v>1503</v>
+        <v>1489</v>
       </c>
       <c r="C521" s="4" t="s">
-        <v>1504</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" s="3" t="s">
-        <v>1505</v>
+        <v>1499</v>
       </c>
       <c r="B522" s="4" t="s">
-        <v>1506</v>
+        <v>1500</v>
       </c>
       <c r="C522" s="4" t="s">
-        <v>1507</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" s="3" t="s">
-        <v>1508</v>
+        <v>1502</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>1509</v>
+        <v>1503</v>
       </c>
       <c r="C523" s="4" t="s">
-        <v>1510</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" s="3" t="s">
-        <v>1511</v>
+        <v>1505</v>
       </c>
       <c r="B524" s="4" t="s">
-        <v>1512</v>
+        <v>1506</v>
       </c>
       <c r="C524" s="4" t="s">
-        <v>1513</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" s="3" t="s">
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="B525" s="4" t="s">
-        <v>1515</v>
+        <v>1509</v>
       </c>
       <c r="C525" s="4" t="s">
-        <v>1516</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" s="3" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="B526" s="4" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="C526" s="4" t="s">
-        <v>1519</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" s="3" t="s">
-        <v>1520</v>
+        <v>1514</v>
       </c>
       <c r="B527" s="4" t="s">
-        <v>1521</v>
+        <v>662</v>
       </c>
       <c r="C527" s="4" t="s">
-        <v>1522</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" s="3" t="s">
-        <v>1523</v>
+        <v>1516</v>
       </c>
       <c r="B528" s="4" t="s">
-        <v>1468</v>
+        <v>1517</v>
       </c>
       <c r="C528" s="4" t="s">
-        <v>1524</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" s="3" t="s">
-        <v>1525</v>
+        <v>1519</v>
       </c>
       <c r="B529" s="4" t="s">
-        <v>1468</v>
+        <v>1520</v>
       </c>
       <c r="C529" s="4" t="s">
-        <v>1526</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" s="3" t="s">
-        <v>1527</v>
+        <v>1522</v>
       </c>
       <c r="B530" s="4" t="s">
-        <v>1528</v>
+        <v>1523</v>
       </c>
       <c r="C530" s="4" t="s">
-        <v>1529</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" s="3" t="s">
-        <v>1530</v>
+        <v>1525</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>1531</v>
+        <v>1526</v>
       </c>
       <c r="C531" s="4" t="s">
-        <v>1532</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" s="3" t="s">
-        <v>1533</v>
+        <v>1528</v>
       </c>
       <c r="B532" s="4" t="s">
-        <v>1534</v>
+        <v>1529</v>
       </c>
       <c r="C532" s="4" t="s">
-        <v>1535</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" s="3" t="s">
-        <v>1536</v>
+        <v>1531</v>
       </c>
       <c r="B533" s="4" t="s">
-        <v>1537</v>
+        <v>364</v>
       </c>
       <c r="C533" s="4" t="s">
-        <v>1538</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" s="3" t="s">
-        <v>1539</v>
+        <v>1533</v>
       </c>
       <c r="B534" s="4" t="s">
-        <v>1540</v>
+        <v>161</v>
       </c>
       <c r="C534" s="4" t="s">
-        <v>1541</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" s="3" t="s">
-        <v>1542</v>
+        <v>1535</v>
       </c>
       <c r="B535" s="4" t="s">
-        <v>1543</v>
+        <v>161</v>
       </c>
       <c r="C535" s="4" t="s">
-        <v>1544</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" s="3" t="s">
-        <v>1545</v>
+        <v>1537</v>
       </c>
       <c r="B536" s="4" t="s">
-        <v>1546</v>
+        <v>1538</v>
       </c>
       <c r="C536" s="4" t="s">
-        <v>1547</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" s="3" t="s">
-        <v>1548</v>
+        <v>1540</v>
       </c>
       <c r="B537" s="4" t="s">
-        <v>1549</v>
+        <v>1541</v>
       </c>
       <c r="C537" s="4" t="s">
-        <v>1550</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" s="3" t="s">
-        <v>1551</v>
+        <v>1543</v>
       </c>
       <c r="B538" s="4" t="s">
-        <v>1552</v>
+        <v>1544</v>
       </c>
       <c r="C538" s="4" t="s">
-        <v>1553</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" s="3" t="s">
-        <v>1554</v>
+        <v>1546</v>
       </c>
       <c r="B539" s="4" t="s">
-        <v>1555</v>
+        <v>1547</v>
       </c>
       <c r="C539" s="4" t="s">
-        <v>1556</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" s="3" t="s">
-        <v>1557</v>
+        <v>1549</v>
       </c>
       <c r="B540" s="4" t="s">
-        <v>1558</v>
+        <v>1550</v>
       </c>
       <c r="C540" s="4" t="s">
-        <v>1559</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541" s="3" t="s">
-        <v>1560</v>
+        <v>1552</v>
       </c>
       <c r="B541" s="4" t="s">
-        <v>1561</v>
+        <v>1553</v>
       </c>
       <c r="C541" s="4" t="s">
-        <v>1562</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="A542" s="3" t="s">
-        <v>1563</v>
+        <v>1555</v>
       </c>
       <c r="B542" s="4" t="s">
-        <v>1564</v>
+        <v>1556</v>
       </c>
       <c r="C542" s="4" t="s">
-        <v>1565</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="A543" s="3" t="s">
-        <v>1566</v>
+        <v>1558</v>
       </c>
       <c r="B543" s="4" t="s">
-        <v>1567</v>
+        <v>1559</v>
       </c>
       <c r="C543" s="4" t="s">
-        <v>1568</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="A544" s="3" t="s">
-        <v>1569</v>
+        <v>1561</v>
       </c>
       <c r="B544" s="4" t="s">
-        <v>1570</v>
+        <v>1562</v>
       </c>
       <c r="C544" s="4" t="s">
-        <v>1571</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="A545" s="3" t="s">
-        <v>1572</v>
+        <v>1563</v>
       </c>
       <c r="B545" s="4" t="s">
-        <v>1573</v>
+        <v>1564</v>
       </c>
       <c r="C545" s="4" t="s">
-        <v>1574</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="A546" s="3" t="s">
-        <v>1575</v>
+        <v>1566</v>
       </c>
       <c r="B546" s="4" t="s">
-        <v>1576</v>
+        <v>1567</v>
       </c>
       <c r="C546" s="4" t="s">
-        <v>1577</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547" s="3" t="s">
-        <v>1578</v>
+        <v>1569</v>
       </c>
       <c r="B547" s="4" t="s">
-        <v>1579</v>
+        <v>662</v>
       </c>
       <c r="C547" s="4" t="s">
-        <v>1580</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548" s="3" t="s">
-        <v>1581</v>
+        <v>1571</v>
       </c>
       <c r="B548" s="4" t="s">
-        <v>1582</v>
+        <v>1572</v>
       </c>
       <c r="C548" s="4" t="s">
-        <v>1583</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549" s="3" t="s">
-        <v>1584</v>
+        <v>1574</v>
       </c>
       <c r="B549" s="4" t="s">
-        <v>1585</v>
+        <v>1575</v>
       </c>
       <c r="C549" s="4" t="s">
-        <v>1586</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="A550" s="3" t="s">
-        <v>1587</v>
+        <v>1577</v>
       </c>
       <c r="B550" s="4" t="s">
-        <v>1588</v>
+        <v>1578</v>
       </c>
       <c r="C550" s="4" t="s">
-        <v>1589</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551" s="3" t="s">
-        <v>1590</v>
+        <v>1580</v>
       </c>
       <c r="B551" s="4" t="s">
-        <v>1588</v>
+        <v>1226</v>
       </c>
       <c r="C551" s="4" t="s">
-        <v>1591</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552" s="3" t="s">
-        <v>1592</v>
+        <v>1582</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>1588</v>
+        <v>1583</v>
       </c>
       <c r="C552" s="4" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553" s="3" t="s">
-        <v>1594</v>
+        <v>1585</v>
       </c>
       <c r="B553" s="4" t="s">
-        <v>1595</v>
+        <v>1586</v>
       </c>
       <c r="C553" s="4" t="s">
-        <v>1596</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554" s="3" t="s">
-        <v>1597</v>
+        <v>1588</v>
       </c>
       <c r="B554" s="4" t="s">
-        <v>1598</v>
+        <v>1589</v>
       </c>
       <c r="C554" s="4" t="s">
-        <v>1599</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="A555" s="3" t="s">
-        <v>1600</v>
+        <v>1591</v>
       </c>
       <c r="B555" s="4" t="s">
-        <v>1601</v>
+        <v>1592</v>
       </c>
       <c r="C555" s="4" t="s">
-        <v>1602</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="A556" s="3" t="s">
-        <v>1603</v>
+        <v>1594</v>
       </c>
       <c r="B556" s="4" t="s">
-        <v>1601</v>
+        <v>1595</v>
       </c>
       <c r="C556" s="4" t="s">
-        <v>1604</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="A557" s="3" t="s">
-        <v>1605</v>
+        <v>1597</v>
       </c>
       <c r="B557" s="4" t="s">
-        <v>1606</v>
+        <v>1598</v>
       </c>
       <c r="C557" s="4" t="s">
-        <v>1607</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="A558" s="3" t="s">
-        <v>1608</v>
+        <v>1600</v>
       </c>
       <c r="B558" s="4" t="s">
-        <v>1609</v>
+        <v>1601</v>
       </c>
       <c r="C558" s="4" t="s">
-        <v>1610</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="A559" s="3" t="s">
-        <v>1611</v>
+        <v>1603</v>
       </c>
       <c r="B559" s="4" t="s">
-        <v>1612</v>
+        <v>1604</v>
       </c>
       <c r="C559" s="4" t="s">
-        <v>1610</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560" s="3" t="s">
-        <v>1613</v>
+        <v>1606</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
       <c r="C560" s="4" t="s">
-        <v>1610</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561" s="3" t="s">
-        <v>1614</v>
+        <v>1609</v>
       </c>
       <c r="B561" s="4" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="C561" s="4" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="562" spans="1:10">
       <c r="A562" s="3" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
       <c r="B562" s="4" t="s">
-        <v>1616</v>
+        <v>1613</v>
       </c>
       <c r="C562" s="4" t="s">
-        <v>1617</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="A563" s="3" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="B563" s="4" t="s">
-        <v>1619</v>
+        <v>1616</v>
       </c>
       <c r="C563" s="4" t="s">
-        <v>1620</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="A564" s="3" t="s">
-        <v>1621</v>
+        <v>1618</v>
       </c>
       <c r="B564" s="4" t="s">
-        <v>1622</v>
+        <v>1619</v>
       </c>
       <c r="C564" s="4" t="s">
-        <v>1623</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="A565" s="3" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="B565" s="4" t="s">
-        <v>1625</v>
+        <v>1622</v>
       </c>
       <c r="C565" s="4" t="s">
-        <v>1626</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="A566" s="3" t="s">
-        <v>1627</v>
+        <v>1624</v>
       </c>
       <c r="B566" s="4" t="s">
-        <v>1628</v>
+        <v>1625</v>
       </c>
       <c r="C566" s="4" t="s">
-        <v>1629</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="A567" s="3" t="s">
-        <v>1630</v>
+        <v>1627</v>
       </c>
       <c r="B567" s="4" t="s">
-        <v>1631</v>
+        <v>1181</v>
       </c>
       <c r="C567" s="4" t="s">
-        <v>1632</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="A568" s="3" t="s">
-        <v>1633</v>
+        <v>1629</v>
       </c>
       <c r="B568" s="4" t="s">
-        <v>1634</v>
+        <v>1630</v>
       </c>
       <c r="C568" s="4" t="s">
-        <v>1635</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569" s="3" t="s">
-        <v>1636</v>
+        <v>1632</v>
       </c>
       <c r="B569" s="4" t="s">
-        <v>1637</v>
+        <v>1633</v>
       </c>
       <c r="C569" s="4" t="s">
-        <v>1638</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570" s="3" t="s">
-        <v>1639</v>
+        <v>1635</v>
       </c>
       <c r="B570" s="4" t="s">
-        <v>1640</v>
+        <v>1636</v>
       </c>
       <c r="C570" s="4" t="s">
-        <v>1641</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571" s="3" t="s">
-        <v>1642</v>
+        <v>1638</v>
       </c>
       <c r="B571" s="4" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C571" s="4" t="s">
         <v>1640</v>
-      </c>
-[...1 lines deleted...]
-        <v>1643</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572" s="3" t="s">
-        <v>1644</v>
+        <v>1641</v>
       </c>
       <c r="B572" s="4" t="s">
-        <v>1645</v>
+        <v>1642</v>
       </c>
       <c r="C572" s="4" t="s">
-        <v>1646</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="A573" s="3" t="s">
-        <v>1647</v>
+        <v>1644</v>
       </c>
       <c r="B573" s="4" t="s">
-        <v>1648</v>
+        <v>1645</v>
       </c>
       <c r="C573" s="4" t="s">
-        <v>1649</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="A574" s="3" t="s">
-        <v>1650</v>
+        <v>1647</v>
       </c>
       <c r="B574" s="4" t="s">
-        <v>1651</v>
+        <v>1648</v>
       </c>
       <c r="C574" s="4" t="s">
-        <v>1652</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="A575" s="3" t="s">
-        <v>1653</v>
+        <v>1650</v>
       </c>
       <c r="B575" s="4" t="s">
-        <v>1654</v>
+        <v>1651</v>
       </c>
       <c r="C575" s="4" t="s">
-        <v>1655</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="A576" s="3" t="s">
-        <v>1656</v>
+        <v>1653</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>1657</v>
+        <v>911</v>
       </c>
       <c r="C576" s="4" t="s">
-        <v>1658</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577" s="3" t="s">
-        <v>1659</v>
+        <v>1655</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>1660</v>
+        <v>1656</v>
       </c>
       <c r="C577" s="4" t="s">
-        <v>1661</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578" s="3" t="s">
-        <v>1662</v>
+        <v>1658</v>
       </c>
       <c r="B578" s="4" t="s">
-        <v>1663</v>
+        <v>1659</v>
       </c>
       <c r="C578" s="4" t="s">
-        <v>1664</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579" s="3" t="s">
-        <v>1665</v>
+        <v>1661</v>
       </c>
       <c r="B579" s="4" t="s">
-        <v>1666</v>
+        <v>1662</v>
       </c>
       <c r="C579" s="4" t="s">
-        <v>1667</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580" s="3" t="s">
-        <v>1668</v>
+        <v>1664</v>
       </c>
       <c r="B580" s="4" t="s">
-        <v>1669</v>
+        <v>1665</v>
       </c>
       <c r="C580" s="4" t="s">
-        <v>1670</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581" s="3" t="s">
-        <v>1671</v>
+        <v>1667</v>
       </c>
       <c r="B581" s="4" t="s">
-        <v>1672</v>
+        <v>1668</v>
       </c>
       <c r="C581" s="4" t="s">
-        <v>1673</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582" s="3" t="s">
-        <v>1674</v>
+        <v>1670</v>
       </c>
       <c r="B582" s="4" t="s">
-        <v>1675</v>
+        <v>1671</v>
       </c>
       <c r="C582" s="4" t="s">
-        <v>1676</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583" s="3" t="s">
-        <v>1677</v>
+        <v>1673</v>
       </c>
       <c r="B583" s="4" t="s">
-        <v>1678</v>
+        <v>1674</v>
       </c>
       <c r="C583" s="4" t="s">
-        <v>1679</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="A584" s="3" t="s">
-        <v>1680</v>
+        <v>1676</v>
       </c>
       <c r="B584" s="4" t="s">
-        <v>1681</v>
+        <v>1677</v>
       </c>
       <c r="C584" s="4" t="s">
-        <v>1682</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="A585" s="3" t="s">
-        <v>1683</v>
+        <v>1679</v>
       </c>
       <c r="B585" s="4" t="s">
-        <v>1684</v>
+        <v>298</v>
       </c>
       <c r="C585" s="4" t="s">
-        <v>1685</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="586" spans="1:10">
       <c r="A586" s="3" t="s">
-        <v>1686</v>
+        <v>1681</v>
       </c>
       <c r="B586" s="4" t="s">
-        <v>1687</v>
+        <v>1682</v>
       </c>
       <c r="C586" s="4" t="s">
-        <v>1688</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="587" spans="1:10">
       <c r="A587" s="3" t="s">
-        <v>1689</v>
+        <v>1684</v>
       </c>
       <c r="B587" s="4" t="s">
-        <v>1690</v>
+        <v>1685</v>
       </c>
       <c r="C587" s="4" t="s">
-        <v>1691</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="588" spans="1:10">
       <c r="A588" s="3" t="s">
-        <v>1692</v>
+        <v>1687</v>
       </c>
       <c r="B588" s="4" t="s">
-        <v>1500</v>
+        <v>1688</v>
       </c>
       <c r="C588" s="4" t="s">
-        <v>1693</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="589" spans="1:10">
       <c r="A589" s="3" t="s">
-        <v>1694</v>
+        <v>1690</v>
       </c>
       <c r="B589" s="4" t="s">
-        <v>1695</v>
+        <v>1691</v>
       </c>
       <c r="C589" s="4" t="s">
-        <v>1696</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="590" spans="1:10">
       <c r="A590" s="3" t="s">
-        <v>1697</v>
+        <v>1693</v>
       </c>
       <c r="B590" s="4" t="s">
-        <v>1698</v>
+        <v>1694</v>
       </c>
       <c r="C590" s="4" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="591" spans="1:10">
       <c r="A591" s="3" t="s">
-        <v>1700</v>
+        <v>1696</v>
       </c>
       <c r="B591" s="4" t="s">
-        <v>1701</v>
+        <v>1697</v>
       </c>
       <c r="C591" s="4" t="s">
-        <v>1702</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="592" spans="1:10">
       <c r="A592" s="3" t="s">
-        <v>1703</v>
+        <v>1699</v>
       </c>
       <c r="B592" s="4" t="s">
-        <v>1704</v>
+        <v>1700</v>
       </c>
       <c r="C592" s="4" t="s">
-        <v>1705</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="593" spans="1:10">
       <c r="A593" s="3" t="s">
-        <v>1706</v>
+        <v>1702</v>
       </c>
       <c r="B593" s="4" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C593" s="4" t="s">
         <v>1704</v>
-      </c>
-[...1 lines deleted...]
-        <v>1707</v>
       </c>
     </row>
     <row r="594" spans="1:10">
       <c r="A594" s="3" t="s">
-        <v>1708</v>
+        <v>1705</v>
       </c>
       <c r="B594" s="4" t="s">
-        <v>1709</v>
+        <v>1700</v>
       </c>
       <c r="C594" s="4" t="s">
-        <v>345</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="595" spans="1:10">
       <c r="A595" s="3" t="s">
-        <v>1710</v>
+        <v>1707</v>
       </c>
       <c r="B595" s="4" t="s">
-        <v>1711</v>
+        <v>1708</v>
       </c>
       <c r="C595" s="4" t="s">
-        <v>1712</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="596" spans="1:10">
       <c r="A596" s="3" t="s">
-        <v>1713</v>
+        <v>1710</v>
       </c>
       <c r="B596" s="4" t="s">
-        <v>1714</v>
+        <v>1711</v>
       </c>
       <c r="C596" s="4" t="s">
-        <v>1715</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="597" spans="1:10">
       <c r="A597" s="3" t="s">
-        <v>1716</v>
+        <v>1713</v>
       </c>
       <c r="B597" s="4" t="s">
-        <v>1717</v>
+        <v>1714</v>
       </c>
       <c r="C597" s="4" t="s">
-        <v>1718</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="598" spans="1:10">
       <c r="A598" s="3" t="s">
-        <v>1719</v>
+        <v>1716</v>
       </c>
       <c r="B598" s="4" t="s">
-        <v>1720</v>
+        <v>1717</v>
       </c>
       <c r="C598" s="4" t="s">
-        <v>1721</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="599" spans="1:10">
       <c r="A599" s="3" t="s">
-        <v>1722</v>
+        <v>1719</v>
       </c>
       <c r="B599" s="4" t="s">
-        <v>1723</v>
+        <v>1720</v>
       </c>
       <c r="C599" s="4" t="s">
-        <v>1724</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="600" spans="1:10">
       <c r="A600" s="3" t="s">
-        <v>1725</v>
+        <v>1722</v>
       </c>
       <c r="B600" s="4" t="s">
-        <v>1726</v>
+        <v>1723</v>
       </c>
       <c r="C600" s="4" t="s">
-        <v>1727</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="601" spans="1:10">
       <c r="A601" s="3" t="s">
-        <v>1728</v>
+        <v>1725</v>
       </c>
       <c r="B601" s="4" t="s">
-        <v>1729</v>
+        <v>1726</v>
       </c>
       <c r="C601" s="4" t="s">
-        <v>1730</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="602" spans="1:10">
       <c r="A602" s="3" t="s">
-        <v>1731</v>
+        <v>1728</v>
       </c>
       <c r="B602" s="4" t="s">
-        <v>1732</v>
+        <v>125</v>
       </c>
       <c r="C602" s="4" t="s">
-        <v>1733</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="603" spans="1:10">
       <c r="A603" s="3" t="s">
-        <v>1734</v>
+        <v>1730</v>
       </c>
       <c r="B603" s="4" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C603" s="4" t="s">
         <v>1732</v>
-      </c>
-[...1 lines deleted...]
-        <v>1735</v>
       </c>
     </row>
     <row r="604" spans="1:10">
       <c r="A604" s="3" t="s">
-        <v>1736</v>
+        <v>1733</v>
       </c>
       <c r="B604" s="4" t="s">
-        <v>1377</v>
+        <v>836</v>
       </c>
       <c r="C604" s="4" t="s">
-        <v>1737</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="605" spans="1:10">
       <c r="A605" s="3" t="s">
-        <v>1738</v>
+        <v>1735</v>
       </c>
       <c r="B605" s="4" t="s">
-        <v>1739</v>
+        <v>1736</v>
       </c>
       <c r="C605" s="4" t="s">
-        <v>1740</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="606" spans="1:10">
       <c r="A606" s="3" t="s">
-        <v>1741</v>
+        <v>1738</v>
       </c>
       <c r="B606" s="4" t="s">
-        <v>1742</v>
+        <v>192</v>
       </c>
       <c r="C606" s="4" t="s">
-        <v>1743</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="607" spans="1:10">
       <c r="A607" s="3" t="s">
-        <v>1744</v>
+        <v>1740</v>
       </c>
       <c r="B607" s="4" t="s">
-        <v>1745</v>
+        <v>1506</v>
       </c>
       <c r="C607" s="4" t="s">
-        <v>1746</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="608" spans="1:10">
       <c r="A608" s="3" t="s">
-        <v>1747</v>
+        <v>1742</v>
       </c>
       <c r="B608" s="4" t="s">
-        <v>1748</v>
+        <v>1743</v>
       </c>
       <c r="C608" s="4" t="s">
-        <v>1749</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="609" spans="1:10">
       <c r="A609" s="3" t="s">
-        <v>1750</v>
+        <v>1745</v>
       </c>
       <c r="B609" s="4" t="s">
-        <v>1751</v>
+        <v>1746</v>
       </c>
       <c r="C609" s="4" t="s">
-        <v>1752</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="610" spans="1:10">
       <c r="A610" s="3" t="s">
-        <v>1753</v>
+        <v>1748</v>
       </c>
       <c r="B610" s="4" t="s">
-        <v>1754</v>
+        <v>1749</v>
       </c>
       <c r="C610" s="4" t="s">
-        <v>1755</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="611" spans="1:10">
       <c r="A611" s="3" t="s">
-        <v>1756</v>
+        <v>1751</v>
       </c>
       <c r="B611" s="4" t="s">
-        <v>1757</v>
+        <v>1749</v>
       </c>
       <c r="C611" s="4" t="s">
-        <v>1758</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="612" spans="1:10">
       <c r="A612" s="3" t="s">
-        <v>1759</v>
+        <v>1753</v>
       </c>
       <c r="B612" s="4" t="s">
-        <v>1760</v>
+        <v>1613</v>
       </c>
       <c r="C612" s="4" t="s">
-        <v>1761</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="613" spans="1:10">
       <c r="A613" s="3" t="s">
-        <v>1762</v>
+        <v>1755</v>
       </c>
       <c r="B613" s="4" t="s">
-        <v>1763</v>
+        <v>1613</v>
       </c>
       <c r="C613" s="4" t="s">
-        <v>1764</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="614" spans="1:10">
       <c r="A614" s="3" t="s">
-        <v>1765</v>
+        <v>1757</v>
       </c>
       <c r="B614" s="4" t="s">
-        <v>1766</v>
+        <v>1613</v>
       </c>
       <c r="C614" s="4" t="s">
-        <v>1767</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="615" spans="1:10">
       <c r="A615" s="3" t="s">
-        <v>1768</v>
+        <v>1759</v>
       </c>
       <c r="B615" s="4" t="s">
-        <v>1769</v>
+        <v>1760</v>
       </c>
       <c r="C615" s="4" t="s">
-        <v>1770</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="616" spans="1:10">
       <c r="A616" s="3" t="s">
-        <v>1771</v>
+        <v>1762</v>
       </c>
       <c r="B616" s="4" t="s">
-        <v>1772</v>
+        <v>1763</v>
       </c>
       <c r="C616" s="4" t="s">
-        <v>1773</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="617" spans="1:10">
       <c r="A617" s="3" t="s">
-        <v>1774</v>
+        <v>1764</v>
       </c>
       <c r="B617" s="4" t="s">
-        <v>1775</v>
+        <v>1765</v>
       </c>
       <c r="C617" s="4" t="s">
-        <v>1776</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="618" spans="1:10">
       <c r="A618" s="3" t="s">
-        <v>1777</v>
+        <v>1767</v>
       </c>
       <c r="B618" s="4" t="s">
-        <v>1778</v>
+        <v>1768</v>
       </c>
       <c r="C618" s="4" t="s">
-        <v>1779</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="619" spans="1:10">
       <c r="A619" s="3" t="s">
-        <v>1780</v>
+        <v>1770</v>
       </c>
       <c r="B619" s="4" t="s">
-        <v>1781</v>
+        <v>1771</v>
       </c>
       <c r="C619" s="4" t="s">
-        <v>1782</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="620" spans="1:10">
       <c r="A620" s="3" t="s">
-        <v>1783</v>
+        <v>1773</v>
       </c>
       <c r="B620" s="4" t="s">
-        <v>1784</v>
+        <v>1774</v>
       </c>
       <c r="C620" s="4" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="621" spans="1:10">
       <c r="A621" s="3" t="s">
-        <v>1786</v>
+        <v>1776</v>
       </c>
       <c r="B621" s="4" t="s">
-        <v>1787</v>
+        <v>1777</v>
       </c>
       <c r="C621" s="4" t="s">
-        <v>1788</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="622" spans="1:10">
       <c r="A622" s="3" t="s">
-        <v>1789</v>
+        <v>1779</v>
       </c>
       <c r="B622" s="4" t="s">
-        <v>1790</v>
+        <v>1639</v>
       </c>
       <c r="C622" s="4" t="s">
-        <v>1791</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="623" spans="1:10">
       <c r="A623" s="3" t="s">
-        <v>1792</v>
+        <v>1781</v>
       </c>
       <c r="B623" s="4" t="s">
-        <v>1793</v>
+        <v>1782</v>
       </c>
       <c r="C623" s="4" t="s">
-        <v>1794</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="624" spans="1:10">
       <c r="A624" s="3" t="s">
-        <v>1795</v>
+        <v>1784</v>
       </c>
       <c r="B624" s="4" t="s">
-        <v>1796</v>
+        <v>1785</v>
       </c>
       <c r="C624" s="4" t="s">
-        <v>1797</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="625" spans="1:10">
       <c r="A625" s="3" t="s">
-        <v>1798</v>
+        <v>1787</v>
       </c>
       <c r="B625" s="4" t="s">
-        <v>1799</v>
+        <v>1788</v>
       </c>
       <c r="C625" s="4" t="s">
-        <v>1800</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="626" spans="1:10">
       <c r="A626" s="3" t="s">
-        <v>1801</v>
+        <v>1790</v>
       </c>
       <c r="B626" s="4" t="s">
-        <v>1802</v>
+        <v>1791</v>
       </c>
       <c r="C626" s="4" t="s">
-        <v>1803</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="627" spans="1:10">
       <c r="A627" s="3" t="s">
-        <v>1804</v>
+        <v>1793</v>
       </c>
       <c r="B627" s="4" t="s">
-        <v>1805</v>
+        <v>1794</v>
       </c>
       <c r="C627" s="4" t="s">
-        <v>1806</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="628" spans="1:10">
       <c r="A628" s="3" t="s">
-        <v>1807</v>
+        <v>1796</v>
       </c>
       <c r="B628" s="4" t="s">
-        <v>332</v>
+        <v>1797</v>
       </c>
       <c r="C628" s="4" t="s">
-        <v>1808</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="629" spans="1:10">
       <c r="A629" s="3" t="s">
-        <v>1809</v>
+        <v>1799</v>
       </c>
       <c r="B629" s="4" t="s">
-        <v>1810</v>
+        <v>1800</v>
       </c>
       <c r="C629" s="4" t="s">
-        <v>1811</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="630" spans="1:10">
       <c r="A630" s="3" t="s">
-        <v>1812</v>
+        <v>1802</v>
       </c>
       <c r="B630" s="4" t="s">
-        <v>1813</v>
+        <v>1803</v>
       </c>
       <c r="C630" s="4" t="s">
-        <v>1814</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="631" spans="1:10">
       <c r="A631" s="3" t="s">
-        <v>1815</v>
+        <v>1805</v>
       </c>
       <c r="B631" s="4" t="s">
-        <v>1816</v>
+        <v>1806</v>
       </c>
       <c r="C631" s="4" t="s">
-        <v>1817</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="632" spans="1:10">
       <c r="A632" s="3" t="s">
-        <v>1818</v>
+        <v>1808</v>
       </c>
       <c r="B632" s="4" t="s">
-        <v>1819</v>
+        <v>1809</v>
       </c>
       <c r="C632" s="4" t="s">
-        <v>1820</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="633" spans="1:10">
       <c r="A633" s="3" t="s">
-        <v>1821</v>
+        <v>1811</v>
       </c>
       <c r="B633" s="4" t="s">
-        <v>1822</v>
+        <v>1812</v>
       </c>
       <c r="C633" s="4" t="s">
-        <v>1823</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="634" spans="1:10">
       <c r="A634" s="3" t="s">
-        <v>1824</v>
+        <v>1814</v>
       </c>
       <c r="B634" s="4" t="s">
-        <v>1825</v>
+        <v>1815</v>
       </c>
       <c r="C634" s="4" t="s">
-        <v>1826</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="635" spans="1:10">
       <c r="A635" s="3" t="s">
-        <v>1827</v>
+        <v>1817</v>
       </c>
       <c r="B635" s="4" t="s">
-        <v>1468</v>
+        <v>1818</v>
       </c>
       <c r="C635" s="4" t="s">
-        <v>1828</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="636" spans="1:10">
       <c r="A636" s="3" t="s">
-        <v>1829</v>
+        <v>1820</v>
       </c>
       <c r="B636" s="4" t="s">
-        <v>1830</v>
+        <v>1821</v>
       </c>
       <c r="C636" s="4" t="s">
-        <v>1831</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="637" spans="1:10">
       <c r="A637" s="3" t="s">
-        <v>1832</v>
+        <v>1823</v>
       </c>
       <c r="B637" s="4" t="s">
-        <v>1833</v>
+        <v>1824</v>
       </c>
       <c r="C637" s="4" t="s">
-        <v>1834</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="638" spans="1:10">
       <c r="A638" s="3" t="s">
-        <v>1835</v>
+        <v>1826</v>
       </c>
       <c r="B638" s="4" t="s">
-        <v>1836</v>
+        <v>1827</v>
       </c>
       <c r="C638" s="4" t="s">
-        <v>1837</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="639" spans="1:10">
       <c r="A639" s="3" t="s">
-        <v>1838</v>
+        <v>1829</v>
       </c>
       <c r="B639" s="4" t="s">
-        <v>1839</v>
+        <v>1830</v>
       </c>
       <c r="C639" s="4" t="s">
-        <v>1840</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="640" spans="1:10">
       <c r="A640" s="3" t="s">
-        <v>1841</v>
+        <v>1832</v>
       </c>
       <c r="B640" s="4" t="s">
-        <v>1839</v>
+        <v>1064</v>
       </c>
       <c r="C640" s="4" t="s">
-        <v>1842</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="641" spans="1:10">
       <c r="A641" s="3" t="s">
-        <v>1843</v>
+        <v>1834</v>
       </c>
       <c r="B641" s="4" t="s">
-        <v>1844</v>
+        <v>1835</v>
       </c>
       <c r="C641" s="4" t="s">
-        <v>1845</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="642" spans="1:10">
       <c r="A642" s="3" t="s">
-        <v>1846</v>
+        <v>1837</v>
       </c>
       <c r="B642" s="4" t="s">
-        <v>1847</v>
+        <v>1838</v>
       </c>
       <c r="C642" s="4" t="s">
-        <v>1848</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="643" spans="1:10">
       <c r="A643" s="3" t="s">
-        <v>1849</v>
+        <v>1840</v>
       </c>
       <c r="B643" s="4" t="s">
-        <v>1850</v>
+        <v>1841</v>
       </c>
       <c r="C643" s="4" t="s">
-        <v>1851</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="644" spans="1:10">
       <c r="A644" s="3" t="s">
-        <v>1852</v>
+        <v>1843</v>
       </c>
       <c r="B644" s="4" t="s">
-        <v>1853</v>
+        <v>1844</v>
       </c>
       <c r="C644" s="4" t="s">
-        <v>1854</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="645" spans="1:10">
       <c r="A645" s="3" t="s">
-        <v>1855</v>
+        <v>1846</v>
       </c>
       <c r="B645" s="4" t="s">
-        <v>1856</v>
+        <v>1847</v>
       </c>
       <c r="C645" s="4" t="s">
-        <v>1857</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="646" spans="1:10">
       <c r="A646" s="3" t="s">
-        <v>1858</v>
+        <v>1849</v>
       </c>
       <c r="B646" s="4" t="s">
-        <v>1859</v>
+        <v>1850</v>
       </c>
       <c r="C646" s="4" t="s">
-        <v>1860</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="647" spans="1:10">
       <c r="A647" s="3" t="s">
-        <v>1861</v>
+        <v>1852</v>
       </c>
       <c r="B647" s="4" t="s">
-        <v>1862</v>
+        <v>1853</v>
       </c>
       <c r="C647" s="4" t="s">
-        <v>1863</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="648" spans="1:10">
       <c r="A648" s="3" t="s">
-        <v>1864</v>
+        <v>1855</v>
       </c>
       <c r="B648" s="4" t="s">
-        <v>1865</v>
+        <v>1856</v>
       </c>
       <c r="C648" s="4" t="s">
-        <v>1866</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="649" spans="1:10">
       <c r="A649" s="3" t="s">
-        <v>1867</v>
+        <v>1858</v>
       </c>
       <c r="B649" s="4" t="s">
-        <v>1868</v>
+        <v>1803</v>
       </c>
       <c r="C649" s="4" t="s">
-        <v>1869</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="650" spans="1:10">
       <c r="A650" s="3" t="s">
-        <v>1870</v>
+        <v>1860</v>
       </c>
       <c r="B650" s="4" t="s">
-        <v>1871</v>
+        <v>1803</v>
       </c>
       <c r="C650" s="4" t="s">
-        <v>1872</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="651" spans="1:10">
       <c r="A651" s="3" t="s">
-        <v>1873</v>
+        <v>1862</v>
       </c>
       <c r="B651" s="4" t="s">
-        <v>1874</v>
+        <v>1863</v>
       </c>
       <c r="C651" s="4" t="s">
-        <v>1875</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="652" spans="1:10">
       <c r="A652" s="3" t="s">
-        <v>1876</v>
+        <v>1865</v>
       </c>
       <c r="B652" s="4" t="s">
-        <v>1877</v>
+        <v>1866</v>
       </c>
       <c r="C652" s="4" t="s">
-        <v>1878</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="653" spans="1:10">
       <c r="A653" s="3" t="s">
-        <v>1879</v>
+        <v>1868</v>
       </c>
       <c r="B653" s="4" t="s">
-        <v>1880</v>
+        <v>1869</v>
       </c>
       <c r="C653" s="4" t="s">
-        <v>1881</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="654" spans="1:10">
       <c r="A654" s="3" t="s">
-        <v>1882</v>
+        <v>1871</v>
       </c>
       <c r="B654" s="4" t="s">
-        <v>1883</v>
+        <v>1872</v>
       </c>
       <c r="C654" s="4" t="s">
-        <v>1884</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="655" spans="1:10">
       <c r="A655" s="3" t="s">
-        <v>1885</v>
+        <v>1874</v>
       </c>
       <c r="B655" s="4" t="s">
-        <v>1886</v>
+        <v>1875</v>
       </c>
       <c r="C655" s="4" t="s">
-        <v>1887</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="656" spans="1:10">
       <c r="A656" s="3" t="s">
-        <v>1888</v>
+        <v>1877</v>
       </c>
       <c r="B656" s="4" t="s">
-        <v>1889</v>
+        <v>1878</v>
       </c>
       <c r="C656" s="4" t="s">
-        <v>1890</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="657" spans="1:10">
       <c r="A657" s="3" t="s">
-        <v>1891</v>
+        <v>1880</v>
       </c>
       <c r="B657" s="4" t="s">
-        <v>1892</v>
+        <v>1881</v>
       </c>
       <c r="C657" s="4" t="s">
-        <v>1893</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="658" spans="1:10">
       <c r="A658" s="3" t="s">
-        <v>1894</v>
+        <v>1883</v>
       </c>
       <c r="B658" s="4" t="s">
-        <v>1895</v>
+        <v>1884</v>
       </c>
       <c r="C658" s="4" t="s">
-        <v>1896</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="659" spans="1:10">
       <c r="A659" s="3" t="s">
-        <v>1897</v>
+        <v>1886</v>
       </c>
       <c r="B659" s="4" t="s">
-        <v>1898</v>
+        <v>1887</v>
       </c>
       <c r="C659" s="4" t="s">
-        <v>1899</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="660" spans="1:10">
       <c r="A660" s="3" t="s">
-        <v>1900</v>
+        <v>1889</v>
       </c>
       <c r="B660" s="4" t="s">
-        <v>1901</v>
+        <v>1890</v>
       </c>
       <c r="C660" s="4" t="s">
-        <v>1902</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="661" spans="1:10">
       <c r="A661" s="3" t="s">
-        <v>1903</v>
+        <v>1892</v>
       </c>
       <c r="B661" s="4" t="s">
-        <v>1904</v>
+        <v>1893</v>
       </c>
       <c r="C661" s="4" t="s">
-        <v>1905</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="662" spans="1:10">
       <c r="A662" s="3" t="s">
-        <v>1906</v>
+        <v>1895</v>
       </c>
       <c r="B662" s="4" t="s">
-        <v>1907</v>
+        <v>1896</v>
       </c>
       <c r="C662" s="4" t="s">
-        <v>1908</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="663" spans="1:10">
       <c r="A663" s="3" t="s">
-        <v>1909</v>
+        <v>1898</v>
       </c>
       <c r="B663" s="4" t="s">
-        <v>1910</v>
+        <v>1899</v>
       </c>
       <c r="C663" s="4" t="s">
-        <v>1911</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="664" spans="1:10">
       <c r="A664" s="3" t="s">
-        <v>1912</v>
+        <v>1901</v>
       </c>
       <c r="B664" s="4" t="s">
-        <v>1913</v>
+        <v>149</v>
       </c>
       <c r="C664" s="4" t="s">
-        <v>1914</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="665" spans="1:10">
       <c r="A665" s="3" t="s">
-        <v>1915</v>
+        <v>1903</v>
       </c>
       <c r="B665" s="4" t="s">
-        <v>1916</v>
+        <v>1904</v>
       </c>
       <c r="C665" s="4" t="s">
-        <v>1917</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="666" spans="1:10">
       <c r="A666" s="3" t="s">
-        <v>1918</v>
+        <v>1906</v>
       </c>
       <c r="B666" s="4" t="s">
-        <v>1919</v>
+        <v>1907</v>
       </c>
       <c r="C666" s="4" t="s">
-        <v>1920</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="667" spans="1:10">
       <c r="A667" s="3" t="s">
-        <v>1921</v>
+        <v>1909</v>
       </c>
       <c r="B667" s="4" t="s">
-        <v>1922</v>
+        <v>1910</v>
       </c>
       <c r="C667" s="4" t="s">
-        <v>1923</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="668" spans="1:10">
       <c r="A668" s="3" t="s">
-        <v>1924</v>
+        <v>1912</v>
       </c>
       <c r="B668" s="4" t="s">
-        <v>1925</v>
+        <v>225</v>
       </c>
       <c r="C668" s="4" t="s">
-        <v>1926</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="669" spans="1:10">
       <c r="A669" s="3" t="s">
-        <v>1927</v>
+        <v>1914</v>
       </c>
       <c r="B669" s="4" t="s">
-        <v>494</v>
+        <v>1915</v>
       </c>
       <c r="C669" s="4" t="s">
-        <v>1928</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="670" spans="1:10">
       <c r="A670" s="3" t="s">
-        <v>1929</v>
+        <v>1917</v>
       </c>
       <c r="B670" s="4" t="s">
-        <v>494</v>
+        <v>1918</v>
       </c>
       <c r="C670" s="4" t="s">
-        <v>1930</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="671" spans="1:10">
       <c r="A671" s="3" t="s">
-        <v>1931</v>
+        <v>1920</v>
       </c>
       <c r="B671" s="4" t="s">
-        <v>1932</v>
+        <v>1921</v>
       </c>
       <c r="C671" s="4" t="s">
-        <v>1933</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="672" spans="1:10">
       <c r="A672" s="3" t="s">
-        <v>1934</v>
+        <v>1923</v>
       </c>
       <c r="B672" s="4" t="s">
-        <v>1935</v>
+        <v>1921</v>
       </c>
       <c r="C672" s="4" t="s">
-        <v>1936</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="673" spans="1:10">
       <c r="A673" s="3" t="s">
-        <v>1937</v>
+        <v>1925</v>
       </c>
       <c r="B673" s="4" t="s">
-        <v>1938</v>
+        <v>1921</v>
       </c>
       <c r="C673" s="4" t="s">
-        <v>1939</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="674" spans="1:10">
       <c r="A674" s="3" t="s">
-        <v>1940</v>
+        <v>1927</v>
       </c>
       <c r="B674" s="4" t="s">
-        <v>1500</v>
+        <v>1928</v>
       </c>
       <c r="C674" s="4" t="s">
-        <v>1941</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="675" spans="1:10">
       <c r="A675" s="3" t="s">
-        <v>1942</v>
+        <v>1930</v>
       </c>
       <c r="B675" s="4" t="s">
-        <v>1943</v>
+        <v>1931</v>
       </c>
       <c r="C675" s="4" t="s">
-        <v>1944</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="676" spans="1:10">
       <c r="A676" s="3" t="s">
-        <v>1945</v>
+        <v>1933</v>
       </c>
       <c r="B676" s="4" t="s">
-        <v>1946</v>
+        <v>64</v>
       </c>
       <c r="C676" s="4" t="s">
-        <v>1947</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="677" spans="1:10">
       <c r="A677" s="3" t="s">
-        <v>1948</v>
+        <v>1935</v>
       </c>
       <c r="B677" s="4" t="s">
-        <v>1949</v>
+        <v>64</v>
       </c>
       <c r="C677" s="4" t="s">
-        <v>1950</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="678" spans="1:10">
       <c r="A678" s="3" t="s">
-        <v>1951</v>
+        <v>1937</v>
       </c>
       <c r="B678" s="4" t="s">
-        <v>1952</v>
+        <v>1938</v>
       </c>
       <c r="C678" s="4" t="s">
-        <v>1953</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="679" spans="1:10">
       <c r="A679" s="3" t="s">
-        <v>1954</v>
+        <v>1940</v>
       </c>
       <c r="B679" s="4" t="s">
-        <v>1955</v>
+        <v>1941</v>
       </c>
       <c r="C679" s="4" t="s">
-        <v>1956</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="680" spans="1:10">
       <c r="A680" s="3" t="s">
-        <v>1957</v>
+        <v>1943</v>
       </c>
       <c r="B680" s="4" t="s">
-        <v>1958</v>
+        <v>1944</v>
       </c>
       <c r="C680" s="4" t="s">
-        <v>1959</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="681" spans="1:10">
       <c r="A681" s="3" t="s">
-        <v>1960</v>
+        <v>1945</v>
       </c>
       <c r="B681" s="4" t="s">
-        <v>1961</v>
+        <v>1941</v>
       </c>
       <c r="C681" s="4" t="s">
-        <v>1962</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="682" spans="1:10">
       <c r="A682" s="3" t="s">
-        <v>1963</v>
+        <v>1946</v>
       </c>
       <c r="B682" s="4" t="s">
-        <v>1964</v>
+        <v>1941</v>
       </c>
       <c r="C682" s="4" t="s">
-        <v>1965</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="683" spans="1:10">
       <c r="A683" s="3" t="s">
-        <v>1966</v>
+        <v>1947</v>
       </c>
       <c r="B683" s="4" t="s">
-        <v>1967</v>
+        <v>1948</v>
       </c>
       <c r="C683" s="4" t="s">
-        <v>1968</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="684" spans="1:10">
       <c r="A684" s="3" t="s">
-        <v>1969</v>
+        <v>1950</v>
       </c>
       <c r="B684" s="4" t="s">
-        <v>1970</v>
+        <v>1951</v>
       </c>
       <c r="C684" s="4" t="s">
-        <v>1971</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="685" spans="1:10">
       <c r="A685" s="3" t="s">
-        <v>1972</v>
+        <v>1953</v>
       </c>
       <c r="B685" s="4" t="s">
-        <v>1973</v>
+        <v>1954</v>
       </c>
       <c r="C685" s="4" t="s">
-        <v>1974</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="686" spans="1:10">
       <c r="A686" s="3" t="s">
-        <v>1975</v>
+        <v>1956</v>
       </c>
       <c r="B686" s="4" t="s">
-        <v>1976</v>
+        <v>1957</v>
       </c>
       <c r="C686" s="4" t="s">
-        <v>1977</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="687" spans="1:10">
       <c r="A687" s="3" t="s">
-        <v>1978</v>
+        <v>1959</v>
       </c>
       <c r="B687" s="4" t="s">
-        <v>1979</v>
+        <v>1960</v>
       </c>
       <c r="C687" s="4" t="s">
-        <v>1980</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="688" spans="1:10">
       <c r="A688" s="3" t="s">
-        <v>1981</v>
+        <v>1962</v>
       </c>
       <c r="B688" s="4" t="s">
-        <v>1979</v>
+        <v>1963</v>
       </c>
       <c r="C688" s="4" t="s">
-        <v>1982</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="689" spans="1:10">
       <c r="A689" s="3" t="s">
-        <v>1983</v>
+        <v>1965</v>
       </c>
       <c r="B689" s="4" t="s">
-        <v>1979</v>
+        <v>1966</v>
       </c>
       <c r="C689" s="4" t="s">
-        <v>1984</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="690" spans="1:10">
       <c r="A690" s="3" t="s">
-        <v>1985</v>
+        <v>1968</v>
       </c>
       <c r="B690" s="4" t="s">
-        <v>314</v>
+        <v>1969</v>
       </c>
       <c r="C690" s="4" t="s">
-        <v>1986</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="691" spans="1:10">
       <c r="A691" s="3" t="s">
-        <v>1987</v>
+        <v>1971</v>
       </c>
       <c r="B691" s="4" t="s">
-        <v>1988</v>
+        <v>1972</v>
       </c>
       <c r="C691" s="4" t="s">
-        <v>1989</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="692" spans="1:10">
       <c r="A692" s="3" t="s">
-        <v>1990</v>
+        <v>1974</v>
       </c>
       <c r="B692" s="4" t="s">
-        <v>1988</v>
+        <v>1972</v>
       </c>
       <c r="C692" s="4" t="s">
-        <v>1991</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="693" spans="1:10">
       <c r="A693" s="3" t="s">
-        <v>1992</v>
+        <v>1976</v>
       </c>
       <c r="B693" s="4" t="s">
-        <v>1993</v>
+        <v>1977</v>
       </c>
       <c r="C693" s="4" t="s">
-        <v>1994</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="694" spans="1:10">
       <c r="A694" s="3" t="s">
-        <v>1995</v>
+        <v>1979</v>
       </c>
       <c r="B694" s="4" t="s">
-        <v>1996</v>
+        <v>1980</v>
       </c>
       <c r="C694" s="4" t="s">
-        <v>1997</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="695" spans="1:10">
       <c r="A695" s="3" t="s">
-        <v>1998</v>
+        <v>1982</v>
       </c>
       <c r="B695" s="4" t="s">
-        <v>1060</v>
+        <v>1983</v>
       </c>
       <c r="C695" s="4" t="s">
-        <v>1999</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="696" spans="1:10">
       <c r="A696" s="3" t="s">
-        <v>2000</v>
+        <v>1985</v>
       </c>
       <c r="B696" s="4" t="s">
-        <v>2001</v>
+        <v>1986</v>
       </c>
       <c r="C696" s="4" t="s">
-        <v>2002</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="697" spans="1:10">
       <c r="A697" s="3" t="s">
-        <v>2003</v>
+        <v>1988</v>
       </c>
       <c r="B697" s="4" t="s">
-        <v>2004</v>
+        <v>1989</v>
       </c>
       <c r="C697" s="4" t="s">
-        <v>2005</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="698" spans="1:10">
       <c r="A698" s="3" t="s">
-        <v>2006</v>
+        <v>1991</v>
       </c>
       <c r="B698" s="4" t="s">
-        <v>725</v>
+        <v>1992</v>
       </c>
       <c r="C698" s="4" t="s">
-        <v>2007</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="699" spans="1:10">
       <c r="A699" s="3" t="s">
-        <v>2008</v>
+        <v>1994</v>
       </c>
       <c r="B699" s="4" t="s">
-        <v>2009</v>
+        <v>1995</v>
       </c>
       <c r="C699" s="4" t="s">
-        <v>2010</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="700" spans="1:10">
       <c r="A700" s="3" t="s">
-        <v>2011</v>
+        <v>1997</v>
       </c>
       <c r="B700" s="4" t="s">
-        <v>2012</v>
+        <v>1998</v>
       </c>
       <c r="C700" s="4" t="s">
-        <v>2013</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="701" spans="1:10">
       <c r="A701" s="3" t="s">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="B701" s="4" t="s">
-        <v>2015</v>
+        <v>2001</v>
       </c>
       <c r="C701" s="4" t="s">
-        <v>2016</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="702" spans="1:10">
       <c r="A702" s="3" t="s">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="B702" s="4" t="s">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="C702" s="4" t="s">
-        <v>2018</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="703" spans="1:10">
       <c r="A703" s="3" t="s">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="B703" s="4" t="s">
-        <v>2020</v>
+        <v>2007</v>
       </c>
       <c r="C703" s="4" t="s">
-        <v>2021</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="704" spans="1:10">
       <c r="A704" s="3" t="s">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="B704" s="4" t="s">
-        <v>2023</v>
+        <v>2010</v>
       </c>
       <c r="C704" s="4" t="s">
-        <v>2024</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="705" spans="1:10">
       <c r="A705" s="3" t="s">
-        <v>2025</v>
+        <v>2012</v>
       </c>
       <c r="B705" s="4" t="s">
-        <v>2026</v>
+        <v>2013</v>
       </c>
       <c r="C705" s="4" t="s">
-        <v>2027</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="706" spans="1:10">
       <c r="A706" s="3" t="s">
-        <v>2028</v>
+        <v>2015</v>
       </c>
       <c r="B706" s="4" t="s">
-        <v>2029</v>
+        <v>2016</v>
       </c>
       <c r="C706" s="4" t="s">
-        <v>2030</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="707" spans="1:10">
       <c r="A707" s="3" t="s">
-        <v>2031</v>
+        <v>2018</v>
       </c>
       <c r="B707" s="4" t="s">
-        <v>2032</v>
+        <v>2019</v>
       </c>
       <c r="C707" s="4" t="s">
-        <v>2033</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="708" spans="1:10">
       <c r="A708" s="3" t="s">
-        <v>2034</v>
+        <v>2021</v>
       </c>
       <c r="B708" s="4" t="s">
-        <v>2035</v>
+        <v>2022</v>
       </c>
       <c r="C708" s="4" t="s">
-        <v>2036</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="709" spans="1:10">
       <c r="A709" s="3" t="s">
-        <v>2037</v>
+        <v>2024</v>
       </c>
       <c r="B709" s="4" t="s">
-        <v>2038</v>
+        <v>1835</v>
       </c>
       <c r="C709" s="4" t="s">
-        <v>2039</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="710" spans="1:10">
       <c r="A710" s="3" t="s">
-        <v>2040</v>
+        <v>2026</v>
       </c>
       <c r="B710" s="4" t="s">
-        <v>2041</v>
+        <v>2027</v>
       </c>
       <c r="C710" s="4" t="s">
-        <v>2042</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="711" spans="1:10">
       <c r="A711" s="3" t="s">
-        <v>2043</v>
+        <v>2029</v>
       </c>
       <c r="B711" s="4" t="s">
-        <v>2044</v>
+        <v>2030</v>
       </c>
       <c r="C711" s="4" t="s">
-        <v>2045</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="712" spans="1:10">
       <c r="A712" s="3" t="s">
-        <v>2046</v>
+        <v>2032</v>
       </c>
       <c r="B712" s="4" t="s">
-        <v>2047</v>
+        <v>2033</v>
       </c>
       <c r="C712" s="4" t="s">
-        <v>2048</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="713" spans="1:10">
       <c r="A713" s="3" t="s">
-        <v>2049</v>
+        <v>2035</v>
       </c>
       <c r="B713" s="4" t="s">
-        <v>2050</v>
+        <v>2036</v>
       </c>
       <c r="C713" s="4" t="s">
-        <v>2051</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="714" spans="1:10">
       <c r="A714" s="3" t="s">
-        <v>2052</v>
+        <v>2038</v>
       </c>
       <c r="B714" s="4" t="s">
-        <v>2053</v>
+        <v>2036</v>
       </c>
       <c r="C714" s="4" t="s">
-        <v>2054</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="715" spans="1:10">
       <c r="A715" s="3" t="s">
-        <v>2055</v>
+        <v>2040</v>
       </c>
       <c r="B715" s="4" t="s">
-        <v>2053</v>
+        <v>2041</v>
       </c>
       <c r="C715" s="4" t="s">
-        <v>2056</v>
+        <v>687</v>
       </c>
     </row>
     <row r="716" spans="1:10">
       <c r="A716" s="3" t="s">
-        <v>2057</v>
+        <v>2042</v>
       </c>
       <c r="B716" s="4" t="s">
-        <v>2058</v>
+        <v>2043</v>
       </c>
       <c r="C716" s="4" t="s">
-        <v>2059</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="717" spans="1:10">
       <c r="A717" s="3" t="s">
-        <v>2060</v>
+        <v>2045</v>
       </c>
       <c r="B717" s="4" t="s">
-        <v>2061</v>
+        <v>2046</v>
       </c>
       <c r="C717" s="4" t="s">
-        <v>2062</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="718" spans="1:10">
       <c r="A718" s="3" t="s">
-        <v>2063</v>
+        <v>2048</v>
       </c>
       <c r="B718" s="4" t="s">
-        <v>2064</v>
+        <v>2049</v>
       </c>
       <c r="C718" s="4" t="s">
-        <v>2065</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="719" spans="1:10">
       <c r="A719" s="3" t="s">
-        <v>2066</v>
+        <v>2051</v>
       </c>
       <c r="B719" s="4" t="s">
-        <v>2067</v>
+        <v>2052</v>
       </c>
       <c r="C719" s="4" t="s">
-        <v>2068</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="720" spans="1:10">
       <c r="A720" s="3" t="s">
-        <v>2069</v>
+        <v>2054</v>
       </c>
       <c r="B720" s="4" t="s">
-        <v>2070</v>
+        <v>2055</v>
       </c>
       <c r="C720" s="4" t="s">
-        <v>2071</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="721" spans="1:10">
       <c r="A721" s="3" t="s">
-        <v>2072</v>
+        <v>2057</v>
       </c>
       <c r="B721" s="4" t="s">
-        <v>2073</v>
+        <v>2058</v>
       </c>
       <c r="C721" s="4" t="s">
-        <v>2074</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="722" spans="1:10">
       <c r="A722" s="3" t="s">
-        <v>2075</v>
+        <v>2060</v>
       </c>
       <c r="B722" s="4" t="s">
-        <v>2076</v>
+        <v>2061</v>
       </c>
       <c r="C722" s="4" t="s">
-        <v>991</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="723" spans="1:10">
       <c r="A723" s="3" t="s">
-        <v>2077</v>
+        <v>2063</v>
       </c>
       <c r="B723" s="4" t="s">
-        <v>20</v>
+        <v>2064</v>
       </c>
       <c r="C723" s="4" t="s">
-        <v>2078</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="724" spans="1:10">
       <c r="A724" s="3" t="s">
-        <v>2079</v>
+        <v>2066</v>
       </c>
       <c r="B724" s="4" t="s">
-        <v>2080</v>
+        <v>2064</v>
       </c>
       <c r="C724" s="4" t="s">
-        <v>2081</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="725" spans="1:10">
       <c r="A725" s="3" t="s">
-        <v>2082</v>
+        <v>2068</v>
       </c>
       <c r="B725" s="4" t="s">
-        <v>1874</v>
+        <v>1714</v>
       </c>
       <c r="C725" s="4" t="s">
-        <v>2083</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="726" spans="1:10">
       <c r="A726" s="3" t="s">
-        <v>2084</v>
+        <v>2070</v>
       </c>
       <c r="B726" s="4" t="s">
-        <v>2085</v>
+        <v>2071</v>
       </c>
       <c r="C726" s="4" t="s">
-        <v>2086</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="727" spans="1:10">
       <c r="A727" s="3" t="s">
-        <v>2087</v>
+        <v>2073</v>
       </c>
       <c r="B727" s="4" t="s">
-        <v>2088</v>
+        <v>2074</v>
       </c>
       <c r="C727" s="4" t="s">
-        <v>2089</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="728" spans="1:10">
       <c r="A728" s="3" t="s">
-        <v>2090</v>
+        <v>2076</v>
       </c>
       <c r="B728" s="4" t="s">
-        <v>2091</v>
+        <v>2077</v>
       </c>
       <c r="C728" s="4" t="s">
-        <v>2092</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="729" spans="1:10">
       <c r="A729" s="3" t="s">
-        <v>2093</v>
+        <v>2079</v>
       </c>
       <c r="B729" s="4" t="s">
-        <v>2094</v>
+        <v>2080</v>
       </c>
       <c r="C729" s="4" t="s">
-        <v>2095</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="730" spans="1:10">
       <c r="A730" s="3" t="s">
-        <v>2096</v>
+        <v>2082</v>
       </c>
       <c r="B730" s="4" t="s">
-        <v>2097</v>
+        <v>2083</v>
       </c>
       <c r="C730" s="4" t="s">
-        <v>2098</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="731" spans="1:10">
       <c r="A731" s="3" t="s">
-        <v>2099</v>
+        <v>2085</v>
       </c>
       <c r="B731" s="4" t="s">
-        <v>302</v>
+        <v>2086</v>
       </c>
       <c r="C731" s="4" t="s">
-        <v>2100</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="732" spans="1:10">
       <c r="A732" s="3" t="s">
-        <v>2101</v>
+        <v>2088</v>
       </c>
       <c r="B732" s="4" t="s">
-        <v>2102</v>
+        <v>2089</v>
       </c>
       <c r="C732" s="4" t="s">
-        <v>2103</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="733" spans="1:10">
       <c r="A733" s="3" t="s">
-        <v>2104</v>
+        <v>2091</v>
       </c>
       <c r="B733" s="4" t="s">
-        <v>2105</v>
+        <v>2092</v>
       </c>
       <c r="C733" s="4" t="s">
-        <v>2106</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="734" spans="1:10">
       <c r="A734" s="3" t="s">
-        <v>2107</v>
+        <v>2094</v>
       </c>
       <c r="B734" s="4" t="s">
-        <v>2108</v>
+        <v>2095</v>
       </c>
       <c r="C734" s="4" t="s">
-        <v>2109</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="735" spans="1:10">
       <c r="A735" s="3" t="s">
-        <v>2110</v>
+        <v>2097</v>
       </c>
       <c r="B735" s="4" t="s">
-        <v>2111</v>
+        <v>2098</v>
       </c>
       <c r="C735" s="4" t="s">
-        <v>2112</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="736" spans="1:10">
       <c r="A736" s="3" t="s">
-        <v>2113</v>
+        <v>2100</v>
       </c>
       <c r="B736" s="4" t="s">
-        <v>2114</v>
+        <v>2101</v>
       </c>
       <c r="C736" s="4" t="s">
-        <v>2115</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="737" spans="1:10">
       <c r="A737" s="3" t="s">
-        <v>2116</v>
+        <v>2103</v>
       </c>
       <c r="B737" s="4" t="s">
-        <v>1411</v>
+        <v>2104</v>
       </c>
       <c r="C737" s="4" t="s">
-        <v>2117</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="738" spans="1:10">
       <c r="A738" s="3" t="s">
-        <v>2118</v>
+        <v>2106</v>
       </c>
       <c r="B738" s="4" t="s">
-        <v>2119</v>
+        <v>2107</v>
       </c>
       <c r="C738" s="4" t="s">
-        <v>2120</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="739" spans="1:10">
       <c r="A739" s="3" t="s">
-        <v>2121</v>
+        <v>2109</v>
       </c>
       <c r="B739" s="4" t="s">
-        <v>2122</v>
+        <v>2110</v>
       </c>
       <c r="C739" s="4" t="s">
-        <v>2123</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="740" spans="1:10">
       <c r="A740" s="3" t="s">
-        <v>2124</v>
+        <v>2112</v>
       </c>
       <c r="B740" s="4" t="s">
-        <v>473</v>
+        <v>2113</v>
       </c>
       <c r="C740" s="4" t="s">
-        <v>2125</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="741" spans="1:10">
       <c r="A741" s="3" t="s">
-        <v>2126</v>
+        <v>2115</v>
       </c>
       <c r="B741" s="4" t="s">
-        <v>1648</v>
+        <v>2116</v>
       </c>
       <c r="C741" s="4" t="s">
-        <v>1649</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="742" spans="1:10">
       <c r="A742" s="3" t="s">
-        <v>2127</v>
+        <v>2118</v>
       </c>
       <c r="B742" s="4" t="s">
-        <v>2128</v>
+        <v>2119</v>
       </c>
       <c r="C742" s="4" t="s">
-        <v>2129</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="743" spans="1:10">
       <c r="A743" s="3" t="s">
-        <v>2130</v>
+        <v>2121</v>
       </c>
       <c r="B743" s="4" t="s">
-        <v>2131</v>
+        <v>2122</v>
       </c>
       <c r="C743" s="4" t="s">
-        <v>2132</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="744" spans="1:10">
       <c r="A744" s="3" t="s">
-        <v>2133</v>
+        <v>2124</v>
       </c>
       <c r="B744" s="4" t="s">
-        <v>2134</v>
+        <v>2125</v>
       </c>
       <c r="C744" s="4" t="s">
-        <v>2135</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="745" spans="1:10">
       <c r="A745" s="3" t="s">
-        <v>2136</v>
+        <v>2127</v>
       </c>
       <c r="B745" s="4" t="s">
-        <v>2137</v>
+        <v>2128</v>
       </c>
       <c r="C745" s="4" t="s">
-        <v>2138</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="746" spans="1:10">
       <c r="A746" s="3" t="s">
-        <v>2139</v>
+        <v>2130</v>
       </c>
       <c r="B746" s="4" t="s">
-        <v>2140</v>
+        <v>2131</v>
       </c>
       <c r="C746" s="4" t="s">
-        <v>2141</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="747" spans="1:10">
       <c r="A747" s="3" t="s">
-        <v>2142</v>
+        <v>2133</v>
       </c>
       <c r="B747" s="4" t="s">
-        <v>2140</v>
+        <v>2134</v>
       </c>
       <c r="C747" s="4" t="s">
-        <v>2143</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="748" spans="1:10">
       <c r="A748" s="3" t="s">
-        <v>2144</v>
+        <v>2136</v>
       </c>
       <c r="B748" s="4" t="s">
-        <v>2145</v>
+        <v>22</v>
       </c>
       <c r="C748" s="4" t="s">
-        <v>2146</v>
+        <v>23</v>
       </c>
     </row>
     <row r="749" spans="1:10">
       <c r="A749" s="3" t="s">
-        <v>2147</v>
+        <v>2137</v>
       </c>
       <c r="B749" s="4" t="s">
-        <v>2148</v>
+        <v>674</v>
       </c>
       <c r="C749" s="4" t="s">
-        <v>2149</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="750" spans="1:10">
       <c r="A750" s="3" t="s">
-        <v>2150</v>
+        <v>2139</v>
       </c>
       <c r="B750" s="4" t="s">
-        <v>1687</v>
+        <v>2140</v>
       </c>
       <c r="C750" s="4" t="s">
-        <v>2151</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="751" spans="1:10">
       <c r="A751" s="3" t="s">
-        <v>2152</v>
+        <v>2142</v>
       </c>
       <c r="B751" s="4" t="s">
-        <v>2153</v>
+        <v>2143</v>
       </c>
       <c r="C751" s="4" t="s">
-        <v>2154</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="752" spans="1:10">
       <c r="A752" s="3" t="s">
-        <v>2155</v>
+        <v>2145</v>
       </c>
       <c r="B752" s="4" t="s">
-        <v>2156</v>
+        <v>2146</v>
       </c>
       <c r="C752" s="4" t="s">
-        <v>1227</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="753" spans="1:10">
       <c r="A753" s="3" t="s">
-        <v>2157</v>
+        <v>2148</v>
       </c>
       <c r="B753" s="4" t="s">
-        <v>2158</v>
+        <v>2149</v>
       </c>
       <c r="C753" s="4" t="s">
-        <v>2159</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="754" spans="1:10">
       <c r="A754" s="3" t="s">
-        <v>2160</v>
+        <v>2151</v>
       </c>
       <c r="B754" s="4" t="s">
-        <v>2158</v>
+        <v>2152</v>
       </c>
       <c r="C754" s="4" t="s">
-        <v>2161</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="755" spans="1:10">
       <c r="A755" s="3" t="s">
-        <v>2162</v>
+        <v>2154</v>
       </c>
       <c r="B755" s="4" t="s">
-        <v>1877</v>
+        <v>2155</v>
       </c>
       <c r="C755" s="4" t="s">
-        <v>2163</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="756" spans="1:10">
       <c r="A756" s="3" t="s">
-        <v>2164</v>
+        <v>2157</v>
       </c>
       <c r="B756" s="4" t="s">
-        <v>2165</v>
+        <v>1803</v>
       </c>
       <c r="C756" s="4" t="s">
-        <v>2166</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="757" spans="1:10">
       <c r="A757" s="3" t="s">
-        <v>2167</v>
+        <v>2159</v>
       </c>
       <c r="B757" s="4" t="s">
-        <v>2168</v>
+        <v>2160</v>
       </c>
       <c r="C757" s="4" t="s">
-        <v>2169</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="758" spans="1:10">
       <c r="A758" s="3" t="s">
-        <v>2170</v>
+        <v>2162</v>
       </c>
       <c r="B758" s="4" t="s">
-        <v>2171</v>
+        <v>2163</v>
       </c>
       <c r="C758" s="4" t="s">
-        <v>2172</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="759" spans="1:10">
       <c r="A759" s="3" t="s">
-        <v>2173</v>
+        <v>2165</v>
       </c>
       <c r="B759" s="4" t="s">
-        <v>96</v>
+        <v>2166</v>
       </c>
       <c r="C759" s="4" t="s">
-        <v>2174</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="760" spans="1:10">
       <c r="A760" s="3" t="s">
-        <v>2175</v>
+        <v>2168</v>
       </c>
       <c r="B760" s="4" t="s">
-        <v>2176</v>
+        <v>2169</v>
       </c>
       <c r="C760" s="4" t="s">
-        <v>2177</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="761" spans="1:10">
       <c r="A761" s="3" t="s">
-        <v>2178</v>
+        <v>2171</v>
       </c>
       <c r="B761" s="4" t="s">
-        <v>2179</v>
+        <v>2169</v>
       </c>
       <c r="C761" s="4" t="s">
-        <v>2180</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="762" spans="1:10">
       <c r="A762" s="3" t="s">
-        <v>2181</v>
+        <v>2173</v>
       </c>
       <c r="B762" s="4" t="s">
-        <v>2182</v>
+        <v>2174</v>
       </c>
       <c r="C762" s="4" t="s">
-        <v>2183</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="763" spans="1:10">
       <c r="A763" s="3" t="s">
-        <v>2184</v>
+        <v>2176</v>
       </c>
       <c r="B763" s="4" t="s">
-        <v>2185</v>
+        <v>2177</v>
       </c>
       <c r="C763" s="4" t="s">
-        <v>2186</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="764" spans="1:10">
       <c r="A764" s="3" t="s">
-        <v>2187</v>
+        <v>2179</v>
       </c>
       <c r="B764" s="4" t="s">
-        <v>2188</v>
+        <v>2180</v>
       </c>
       <c r="C764" s="4" t="s">
-        <v>2189</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="765" spans="1:10">
       <c r="A765" s="3" t="s">
-        <v>2190</v>
+        <v>2182</v>
       </c>
       <c r="B765" s="4" t="s">
-        <v>2191</v>
+        <v>2183</v>
       </c>
       <c r="C765" s="4" t="s">
-        <v>2192</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="766" spans="1:10">
       <c r="A766" s="3" t="s">
-        <v>2193</v>
+        <v>2185</v>
       </c>
       <c r="B766" s="4" t="s">
-        <v>2194</v>
+        <v>2186</v>
       </c>
       <c r="C766" s="4" t="s">
-        <v>2195</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="767" spans="1:10">
       <c r="A767" s="3" t="s">
-        <v>2196</v>
+        <v>2188</v>
       </c>
       <c r="B767" s="4" t="s">
-        <v>2197</v>
+        <v>2189</v>
       </c>
       <c r="C767" s="4" t="s">
-        <v>2198</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="768" spans="1:10">
       <c r="A768" s="3" t="s">
-        <v>2199</v>
+        <v>2191</v>
       </c>
       <c r="B768" s="4" t="s">
-        <v>2200</v>
+        <v>2192</v>
       </c>
       <c r="C768" s="4" t="s">
-        <v>2201</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="769" spans="1:10">
       <c r="A769" s="3" t="s">
-        <v>2202</v>
+        <v>2194</v>
       </c>
       <c r="B769" s="4" t="s">
-        <v>2203</v>
+        <v>2195</v>
       </c>
       <c r="C769" s="4" t="s">
-        <v>2204</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="770" spans="1:10">
       <c r="A770" s="3" t="s">
-        <v>2205</v>
+        <v>2197</v>
       </c>
       <c r="B770" s="4" t="s">
-        <v>1601</v>
+        <v>2198</v>
       </c>
       <c r="C770" s="4" t="s">
-        <v>2206</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="771" spans="1:10">
       <c r="A771" s="3" t="s">
-        <v>2207</v>
+        <v>2200</v>
       </c>
       <c r="B771" s="4" t="s">
-        <v>2208</v>
+        <v>2201</v>
       </c>
       <c r="C771" s="4" t="s">
-        <v>2209</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="772" spans="1:10">
       <c r="A772" s="3" t="s">
-        <v>2210</v>
+        <v>2203</v>
       </c>
       <c r="B772" s="4" t="s">
-        <v>1439</v>
+        <v>2204</v>
       </c>
       <c r="C772" s="4" t="s">
-        <v>2211</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="773" spans="1:10">
       <c r="A773" s="3" t="s">
-        <v>2212</v>
+        <v>2206</v>
       </c>
       <c r="B773" s="4" t="s">
-        <v>2213</v>
+        <v>2207</v>
       </c>
       <c r="C773" s="4" t="s">
-        <v>2214</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="774" spans="1:10">
       <c r="A774" s="3" t="s">
-        <v>2215</v>
+        <v>2209</v>
       </c>
       <c r="B774" s="4" t="s">
-        <v>2213</v>
+        <v>2210</v>
       </c>
       <c r="C774" s="4" t="s">
-        <v>2216</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="775" spans="1:10">
       <c r="A775" s="3" t="s">
-        <v>2217</v>
+        <v>2212</v>
       </c>
       <c r="B775" s="4" t="s">
-        <v>2218</v>
+        <v>2213</v>
       </c>
       <c r="C775" s="4" t="s">
-        <v>2219</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="776" spans="1:10">
       <c r="A776" s="3" t="s">
-        <v>2220</v>
+        <v>2215</v>
       </c>
       <c r="B776" s="4" t="s">
-        <v>2218</v>
+        <v>2216</v>
       </c>
       <c r="C776" s="4" t="s">
-        <v>2221</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="777" spans="1:10">
       <c r="A777" s="3" t="s">
-        <v>2222</v>
+        <v>2218</v>
       </c>
       <c r="B777" s="4" t="s">
-        <v>685</v>
+        <v>128</v>
       </c>
       <c r="C777" s="4" t="s">
-        <v>2223</v>
+        <v>129</v>
       </c>
     </row>
     <row r="778" spans="1:10">
       <c r="A778" s="3" t="s">
-        <v>2224</v>
+        <v>2219</v>
       </c>
       <c r="B778" s="4" t="s">
-        <v>685</v>
+        <v>2220</v>
       </c>
       <c r="C778" s="4" t="s">
-        <v>2225</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="779" spans="1:10">
       <c r="A779" s="3" t="s">
-        <v>2226</v>
+        <v>2222</v>
       </c>
       <c r="B779" s="4" t="s">
-        <v>2227</v>
+        <v>2223</v>
       </c>
       <c r="C779" s="4" t="s">
-        <v>2228</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="780" spans="1:10">
       <c r="A780" s="3" t="s">
-        <v>2229</v>
+        <v>2225</v>
       </c>
       <c r="B780" s="4" t="s">
-        <v>2230</v>
+        <v>2226</v>
       </c>
       <c r="C780" s="4" t="s">
-        <v>2231</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="781" spans="1:10">
       <c r="A781" s="3" t="s">
-        <v>2232</v>
+        <v>2228</v>
       </c>
       <c r="B781" s="4" t="s">
-        <v>2233</v>
-[...1 lines deleted...]
-      <c r="C781" s="4"/>
+        <v>2229</v>
+      </c>
+      <c r="C781" s="4" t="s">
+        <v>2230</v>
+      </c>
     </row>
     <row r="782" spans="1:10">
       <c r="A782" s="3" t="s">
-        <v>2234</v>
+        <v>2231</v>
       </c>
       <c r="B782" s="4" t="s">
-        <v>1601</v>
+        <v>2232</v>
       </c>
       <c r="C782" s="4" t="s">
-        <v>2235</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="783" spans="1:10">
       <c r="A783" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B783" s="4" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C783" s="4" t="s">
         <v>2236</v>
-      </c>
-[...4 lines deleted...]
-        <v>2238</v>
       </c>
     </row>
     <row r="784" spans="1:10">
       <c r="A784" s="3" t="s">
+        <v>2237</v>
+      </c>
+      <c r="B784" s="4" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C784" s="4" t="s">
         <v>2239</v>
-      </c>
-[...4 lines deleted...]
-        <v>2241</v>
       </c>
     </row>
     <row r="785" spans="1:10">
       <c r="A785" s="3" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B785" s="4" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C785" s="4" t="s">
         <v>2242</v>
-      </c>
-[...4 lines deleted...]
-        <v>2243</v>
       </c>
     </row>
     <row r="786" spans="1:10">
       <c r="A786" s="3" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B786" s="4" t="s">
         <v>2244</v>
       </c>
-      <c r="B786" s="4" t="s">
+      <c r="C786" s="4" t="s">
         <v>2245</v>
-      </c>
-[...1 lines deleted...]
-        <v>2246</v>
       </c>
     </row>
     <row r="787" spans="1:10">
       <c r="A787" s="3" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B787" s="4" t="s">
         <v>2247</v>
-      </c>
-[...1 lines deleted...]
-        <v>1687</v>
       </c>
       <c r="C787" s="4" t="s">
         <v>2248</v>
       </c>
     </row>
     <row r="788" spans="1:10">
       <c r="A788" s="3" t="s">
         <v>2249</v>
       </c>
       <c r="B788" s="4" t="s">
-        <v>1687</v>
+        <v>2250</v>
       </c>
       <c r="C788" s="4" t="s">
-        <v>1688</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="789" spans="1:10">
       <c r="A789" s="3" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
       <c r="B789" s="4" t="s">
-        <v>1687</v>
+        <v>176</v>
       </c>
       <c r="C789" s="4" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="790" spans="1:10">
       <c r="A790" s="3" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="B790" s="4" t="s">
-        <v>2253</v>
+        <v>836</v>
       </c>
       <c r="C790" s="4" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="791" spans="1:10">
       <c r="A791" s="3" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
       <c r="B791" s="4" t="s">
-        <v>2256</v>
+        <v>836</v>
       </c>
       <c r="C791" s="4" t="s">
         <v>2257</v>
       </c>
     </row>
     <row r="792" spans="1:10">
       <c r="A792" s="3" t="s">
         <v>2258</v>
       </c>
       <c r="B792" s="4" t="s">
         <v>2259</v>
       </c>
       <c r="C792" s="4" t="s">
         <v>2260</v>
       </c>
     </row>
     <row r="793" spans="1:10">
       <c r="A793" s="3" t="s">
         <v>2261</v>
       </c>
       <c r="B793" s="4" t="s">
         <v>2262</v>
       </c>
       <c r="C793" s="4" t="s">
         <v>2263</v>
       </c>
     </row>
     <row r="794" spans="1:10">
       <c r="A794" s="3" t="s">
         <v>2264</v>
       </c>
       <c r="B794" s="4" t="s">
         <v>2265</v>
       </c>
       <c r="C794" s="4" t="s">
         <v>2266</v>
       </c>
     </row>
     <row r="795" spans="1:10">
       <c r="A795" s="3" t="s">
         <v>2267</v>
       </c>
       <c r="B795" s="4" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C795" s="4" t="s">
         <v>2268</v>
-      </c>
-[...1 lines deleted...]
-        <v>2269</v>
       </c>
     </row>
     <row r="796" spans="1:10">
       <c r="A796" s="3" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B796" s="4" t="s">
         <v>2270</v>
-      </c>
-[...1 lines deleted...]
-        <v>1260</v>
       </c>
       <c r="C796" s="4" t="s">
         <v>2271</v>
       </c>
     </row>
     <row r="797" spans="1:10">
       <c r="A797" s="3" t="s">
         <v>2272</v>
       </c>
       <c r="B797" s="4" t="s">
         <v>2273</v>
       </c>
       <c r="C797" s="4" t="s">
         <v>2274</v>
       </c>
     </row>
     <row r="798" spans="1:10">
       <c r="A798" s="3" t="s">
         <v>2275</v>
       </c>
       <c r="B798" s="4" t="s">
         <v>2276</v>
       </c>
       <c r="C798" s="4" t="s">
         <v>2277</v>
       </c>
     </row>
     <row r="799" spans="1:10">
       <c r="A799" s="3" t="s">
         <v>2278</v>
       </c>
       <c r="B799" s="4" t="s">
         <v>2279</v>
       </c>
       <c r="C799" s="4" t="s">
         <v>2280</v>
       </c>
     </row>
     <row r="800" spans="1:10">
       <c r="A800" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="B800" s="4" t="s">
-        <v>2265</v>
+        <v>2282</v>
       </c>
       <c r="C800" s="4" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="801" spans="1:10">
       <c r="A801" s="3" t="s">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="B801" s="4" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="C801" s="4" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="802" spans="1:10">
       <c r="A802" s="3" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
       <c r="B802" s="4" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="C802" s="4" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="803" spans="1:10">
       <c r="A803" s="3" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="B803" s="4" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="C803" s="4" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="804" spans="1:10">
       <c r="A804" s="3" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="B804" s="4" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="C804" s="4" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="805" spans="1:10">
       <c r="A805" s="3" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="B805" s="4" t="s">
-        <v>2296</v>
+        <v>87</v>
       </c>
       <c r="C805" s="4" t="s">
         <v>2297</v>
       </c>
     </row>
     <row r="806" spans="1:10">
       <c r="A806" s="3" t="s">
         <v>2298</v>
       </c>
       <c r="B806" s="4" t="s">
-        <v>70</v>
+        <v>2299</v>
       </c>
       <c r="C806" s="4" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="807" spans="1:10">
       <c r="A807" s="3" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="B807" s="4" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="C807" s="4" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="808" spans="1:10">
       <c r="A808" s="3" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="B808" s="4" t="s">
-        <v>2304</v>
+        <v>514</v>
       </c>
       <c r="C808" s="4" t="s">
         <v>2305</v>
       </c>
     </row>
     <row r="809" spans="1:10">
       <c r="A809" s="3" t="s">
         <v>2306</v>
       </c>
       <c r="B809" s="4" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
       <c r="C809" s="4" t="s">
         <v>2307</v>
       </c>
     </row>
     <row r="810" spans="1:10">
       <c r="A810" s="3" t="s">
         <v>2308</v>
       </c>
       <c r="B810" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="C810" s="4" t="s">
         <v>2309</v>
-      </c>
-[...1 lines deleted...]
-        <v>2310</v>
       </c>
     </row>
     <row r="811" spans="1:10">
       <c r="A811" s="3" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B811" s="4" t="s">
+        <v>656</v>
+      </c>
+      <c r="C811" s="4" t="s">
         <v>2311</v>
-      </c>
-[...4 lines deleted...]
-        <v>2312</v>
       </c>
     </row>
     <row r="812" spans="1:10">
       <c r="A812" s="3" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B812" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="C812" s="4" t="s">
         <v>2313</v>
-      </c>
-[...4 lines deleted...]
-        <v>2315</v>
       </c>
     </row>
     <row r="813" spans="1:10">
       <c r="A813" s="3" t="s">
-        <v>2316</v>
+        <v>2314</v>
       </c>
       <c r="B813" s="4" t="s">
-        <v>2317</v>
+        <v>278</v>
       </c>
       <c r="C813" s="4" t="s">
-        <v>2318</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="814" spans="1:10">
       <c r="A814" s="3" t="s">
-        <v>2319</v>
+        <v>2316</v>
       </c>
       <c r="B814" s="4" t="s">
-        <v>2320</v>
+        <v>2317</v>
       </c>
       <c r="C814" s="4" t="s">
-        <v>2321</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="815" spans="1:10">
       <c r="A815" s="3" t="s">
-        <v>2322</v>
+        <v>2319</v>
       </c>
       <c r="B815" s="4" t="s">
-        <v>1859</v>
+        <v>2320</v>
       </c>
       <c r="C815" s="4" t="s">
-        <v>2323</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="816" spans="1:10">
       <c r="A816" s="3" t="s">
-        <v>2324</v>
+        <v>2322</v>
       </c>
       <c r="B816" s="4" t="s">
-        <v>1769</v>
+        <v>1398</v>
       </c>
       <c r="C816" s="4" t="s">
-        <v>2325</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="817" spans="1:10">
       <c r="A817" s="3" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B817" s="4" t="s">
+        <v>2325</v>
+      </c>
+      <c r="C817" s="4" t="s">
         <v>2326</v>
-      </c>
-[...4 lines deleted...]
-        <v>2328</v>
       </c>
     </row>
     <row r="818" spans="1:10">
       <c r="A818" s="3" t="s">
+        <v>2327</v>
+      </c>
+      <c r="B818" s="4" t="s">
+        <v>2328</v>
+      </c>
+      <c r="C818" s="4" t="s">
         <v>2329</v>
-      </c>
-[...4 lines deleted...]
-        <v>2331</v>
       </c>
     </row>
     <row r="819" spans="1:10">
       <c r="A819" s="3" t="s">
-        <v>2332</v>
+        <v>2330</v>
       </c>
       <c r="B819" s="4" t="s">
-        <v>2333</v>
+        <v>1064</v>
       </c>
       <c r="C819" s="4" t="s">
-        <v>2334</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="820" spans="1:10">
       <c r="A820" s="3" t="s">
-        <v>2335</v>
+        <v>2332</v>
       </c>
       <c r="B820" s="4" t="s">
-        <v>2336</v>
+        <v>2333</v>
       </c>
       <c r="C820" s="4" t="s">
-        <v>2337</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="821" spans="1:10">
       <c r="A821" s="3" t="s">
-        <v>2338</v>
+        <v>2335</v>
       </c>
       <c r="B821" s="4" t="s">
-        <v>2339</v>
+        <v>2336</v>
       </c>
       <c r="C821" s="4" t="s">
-        <v>2340</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="822" spans="1:10">
       <c r="A822" s="3" t="s">
-        <v>2341</v>
+        <v>2338</v>
       </c>
       <c r="B822" s="4" t="s">
-        <v>2342</v>
+        <v>2339</v>
       </c>
       <c r="C822" s="4" t="s">
-        <v>2343</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="823" spans="1:10">
       <c r="A823" s="3" t="s">
-        <v>2344</v>
+        <v>2341</v>
       </c>
       <c r="B823" s="4" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="C823" s="4" t="s">
-        <v>2346</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="824" spans="1:10">
       <c r="A824" s="3" t="s">
-        <v>2347</v>
+        <v>2343</v>
       </c>
       <c r="B824" s="4" t="s">
-        <v>2348</v>
+        <v>2344</v>
       </c>
       <c r="C824" s="4" t="s">
-        <v>2349</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="825" spans="1:10">
       <c r="A825" s="3" t="s">
-        <v>2350</v>
+        <v>2346</v>
       </c>
       <c r="B825" s="4" t="s">
-        <v>99</v>
+        <v>2347</v>
       </c>
       <c r="C825" s="4" t="s">
-        <v>2351</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="826" spans="1:10">
       <c r="A826" s="3" t="s">
-        <v>2352</v>
+        <v>2349</v>
       </c>
       <c r="B826" s="4" t="s">
-        <v>2353</v>
+        <v>2350</v>
       </c>
       <c r="C826" s="4" t="s">
-        <v>642</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="827" spans="1:10">
       <c r="A827" s="3" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B827" s="4" t="s">
+        <v>2353</v>
+      </c>
+      <c r="C827" s="4" t="s">
         <v>2354</v>
-      </c>
-[...4 lines deleted...]
-        <v>2356</v>
       </c>
     </row>
     <row r="828" spans="1:10">
       <c r="A828" s="3" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B828" s="4" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C828" s="4" t="s">
         <v>2357</v>
-      </c>
-[...4 lines deleted...]
-        <v>2358</v>
       </c>
     </row>
     <row r="829" spans="1:10">
       <c r="A829" s="3" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B829" s="4" t="s">
         <v>2359</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
       <c r="C829" s="4" t="s">
         <v>2360</v>
       </c>
     </row>
     <row r="830" spans="1:10">
       <c r="A830" s="3" t="s">
         <v>2361</v>
       </c>
       <c r="B830" s="4" t="s">
         <v>2362</v>
       </c>
       <c r="C830" s="4" t="s">
         <v>2363</v>
       </c>
     </row>
     <row r="831" spans="1:10">
       <c r="A831" s="3" t="s">
         <v>2364</v>
       </c>
       <c r="B831" s="4" t="s">
         <v>2365</v>
       </c>
       <c r="C831" s="4" t="s">
         <v>2366</v>
       </c>
     </row>
     <row r="832" spans="1:10">
       <c r="A832" s="3" t="s">
         <v>2367</v>
       </c>
       <c r="B832" s="4" t="s">
-        <v>476</v>
+        <v>2368</v>
       </c>
       <c r="C832" s="4" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="833" spans="1:10">
       <c r="A833" s="3" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="B833" s="4" t="s">
-        <v>2158</v>
+        <v>2371</v>
       </c>
       <c r="C833" s="4" t="s">
-        <v>68</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="834" spans="1:10">
       <c r="A834" s="3" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="B834" s="4" t="s">
-        <v>2371</v>
+        <v>2374</v>
       </c>
       <c r="C834" s="4" t="s">
-        <v>2372</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="835" spans="1:10">
       <c r="A835" s="3" t="s">
-        <v>2373</v>
+        <v>2376</v>
       </c>
       <c r="B835" s="4" t="s">
-        <v>2374</v>
+        <v>2377</v>
       </c>
       <c r="C835" s="4" t="s">
-        <v>2375</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="836" spans="1:10">
       <c r="A836" s="3" t="s">
-        <v>2376</v>
+        <v>2379</v>
       </c>
       <c r="B836" s="4" t="s">
         <v>2377</v>
       </c>
       <c r="C836" s="4" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="837" spans="1:10">
       <c r="A837" s="3" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="B837" s="4" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="C837" s="4" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="838" spans="1:10">
       <c r="A838" s="3" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="B838" s="4" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="C838" s="4" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="839" spans="1:10">
       <c r="A839" s="3" t="s">
-        <v>2385</v>
+        <v>2387</v>
       </c>
       <c r="B839" s="4" t="s">
-        <v>2386</v>
+        <v>414</v>
       </c>
       <c r="C839" s="4" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="840" spans="1:10">
       <c r="A840" s="3" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
       <c r="B840" s="4" t="s">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="C840" s="4" t="s">
-        <v>2390</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="841" spans="1:10">
       <c r="A841" s="3" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="B841" s="4" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="C841" s="4" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="842" spans="1:10">
       <c r="A842" s="3" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="B842" s="4" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="C842" s="4" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="843" spans="1:10">
       <c r="A843" s="3" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="B843" s="4" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="C843" s="4" t="s">
-        <v>2399</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="844" spans="1:10">
       <c r="A844" s="3" t="s">
         <v>2400</v>
       </c>
       <c r="B844" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="C844" s="4" t="s">
         <v>2401</v>
-      </c>
-[...1 lines deleted...]
-        <v>2402</v>
       </c>
     </row>
     <row r="845" spans="1:10">
       <c r="A845" s="3" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B845" s="4" t="s">
         <v>2403</v>
       </c>
-      <c r="B845" s="4" t="s">
+      <c r="C845" s="4" t="s">
         <v>2404</v>
-      </c>
-[...1 lines deleted...]
-        <v>2405</v>
       </c>
     </row>
     <row r="846" spans="1:10">
       <c r="A846" s="3" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B846" s="4" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C846" s="4" t="s">
         <v>2406</v>
-      </c>
-[...4 lines deleted...]
-        <v>2408</v>
       </c>
     </row>
     <row r="847" spans="1:10">
       <c r="A847" s="3" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B847" s="4" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C847" s="4" t="s">
         <v>2409</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="848" spans="1:10">
       <c r="A848" s="3" t="s">
         <v>2410</v>
       </c>
       <c r="B848" s="4" t="s">
         <v>2411</v>
       </c>
       <c r="C848" s="4" t="s">
         <v>2412</v>
       </c>
     </row>
     <row r="849" spans="1:10">
       <c r="A849" s="3" t="s">
         <v>2413</v>
       </c>
       <c r="B849" s="4" t="s">
         <v>2414</v>
       </c>
       <c r="C849" s="4" t="s">
         <v>2415</v>
       </c>
     </row>
     <row r="850" spans="1:10">
@@ -21534,51 +22142,51 @@
         <v>2416</v>
       </c>
       <c r="B850" s="4" t="s">
         <v>2417</v>
       </c>
       <c r="C850" s="4" t="s">
         <v>2418</v>
       </c>
     </row>
     <row r="851" spans="1:10">
       <c r="A851" s="3" t="s">
         <v>2419</v>
       </c>
       <c r="B851" s="4" t="s">
         <v>2420</v>
       </c>
       <c r="C851" s="4" t="s">
         <v>2421</v>
       </c>
     </row>
     <row r="852" spans="1:10">
       <c r="A852" s="3" t="s">
         <v>2422</v>
       </c>
       <c r="B852" s="4" t="s">
-        <v>1392</v>
+        <v>644</v>
       </c>
       <c r="C852" s="4" t="s">
         <v>2423</v>
       </c>
     </row>
     <row r="853" spans="1:10">
       <c r="A853" s="3" t="s">
         <v>2424</v>
       </c>
       <c r="B853" s="4" t="s">
         <v>2425</v>
       </c>
       <c r="C853" s="4" t="s">
         <v>2426</v>
       </c>
     </row>
     <row r="854" spans="1:10">
       <c r="A854" s="3" t="s">
         <v>2427</v>
       </c>
       <c r="B854" s="4" t="s">
         <v>2428</v>
       </c>
       <c r="C854" s="4" t="s">
         <v>2429</v>
@@ -21600,6038 +22208,7367 @@
         <v>2433</v>
       </c>
       <c r="B856" s="4" t="s">
         <v>2434</v>
       </c>
       <c r="C856" s="4" t="s">
         <v>2435</v>
       </c>
     </row>
     <row r="857" spans="1:10">
       <c r="A857" s="3" t="s">
         <v>2436</v>
       </c>
       <c r="B857" s="4" t="s">
         <v>2437</v>
       </c>
       <c r="C857" s="4" t="s">
         <v>2438</v>
       </c>
     </row>
     <row r="858" spans="1:10">
       <c r="A858" s="3" t="s">
         <v>2439</v>
       </c>
       <c r="B858" s="4" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C858" s="4" t="s">
         <v>2440</v>
-      </c>
-[...1 lines deleted...]
-        <v>2441</v>
       </c>
     </row>
     <row r="859" spans="1:10">
       <c r="A859" s="3" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B859" s="4" t="s">
         <v>2442</v>
       </c>
-      <c r="B859" s="4" t="s">
+      <c r="C859" s="4" t="s">
         <v>2443</v>
-      </c>
-[...1 lines deleted...]
-        <v>2444</v>
       </c>
     </row>
     <row r="860" spans="1:10">
       <c r="A860" s="3" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B860" s="4" t="s">
         <v>2445</v>
-      </c>
-[...1 lines deleted...]
-        <v>2443</v>
       </c>
       <c r="C860" s="4" t="s">
         <v>2446</v>
       </c>
     </row>
     <row r="861" spans="1:10">
       <c r="A861" s="3" t="s">
         <v>2447</v>
       </c>
       <c r="B861" s="4" t="s">
+        <v>815</v>
+      </c>
+      <c r="C861" s="4" t="s">
         <v>2448</v>
-      </c>
-[...1 lines deleted...]
-        <v>2449</v>
       </c>
     </row>
     <row r="862" spans="1:10">
       <c r="A862" s="3" t="s">
-        <v>2450</v>
+        <v>2449</v>
       </c>
       <c r="B862" s="4" t="s">
-        <v>2451</v>
+        <v>1980</v>
       </c>
       <c r="C862" s="4" t="s">
-        <v>2452</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="863" spans="1:10">
       <c r="A863" s="3" t="s">
-        <v>2453</v>
+        <v>2450</v>
       </c>
       <c r="B863" s="4" t="s">
-        <v>2454</v>
+        <v>2451</v>
       </c>
       <c r="C863" s="4" t="s">
-        <v>2455</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="864" spans="1:10">
       <c r="A864" s="3" t="s">
-        <v>2456</v>
+        <v>2453</v>
       </c>
       <c r="B864" s="4" t="s">
-        <v>2457</v>
+        <v>2454</v>
       </c>
       <c r="C864" s="4" t="s">
-        <v>2458</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="865" spans="1:10">
       <c r="A865" s="3" t="s">
-        <v>2459</v>
+        <v>2456</v>
       </c>
       <c r="B865" s="4" t="s">
-        <v>2460</v>
+        <v>2457</v>
       </c>
       <c r="C865" s="4" t="s">
-        <v>2461</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="866" spans="1:10">
       <c r="A866" s="3" t="s">
-        <v>2462</v>
+        <v>2459</v>
       </c>
       <c r="B866" s="4" t="s">
-        <v>2463</v>
+        <v>2460</v>
       </c>
       <c r="C866" s="4" t="s">
-        <v>2464</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="867" spans="1:10">
       <c r="A867" s="3" t="s">
-        <v>2465</v>
+        <v>2462</v>
       </c>
       <c r="B867" s="4" t="s">
-        <v>2466</v>
+        <v>2463</v>
       </c>
       <c r="C867" s="4" t="s">
-        <v>2467</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="868" spans="1:10">
       <c r="A868" s="3" t="s">
-        <v>2468</v>
+        <v>2465</v>
       </c>
       <c r="B868" s="4" t="s">
-        <v>2469</v>
+        <v>2463</v>
       </c>
       <c r="C868" s="4" t="s">
-        <v>2470</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="869" spans="1:10">
       <c r="A869" s="3" t="s">
-        <v>2471</v>
+        <v>2467</v>
       </c>
       <c r="B869" s="4" t="s">
-        <v>1970</v>
+        <v>2468</v>
       </c>
       <c r="C869" s="4" t="s">
-        <v>2472</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="870" spans="1:10">
       <c r="A870" s="3" t="s">
-        <v>2473</v>
+        <v>2470</v>
       </c>
       <c r="B870" s="4" t="s">
-        <v>2474</v>
+        <v>2471</v>
       </c>
       <c r="C870" s="4" t="s">
-        <v>2475</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="871" spans="1:10">
       <c r="A871" s="3" t="s">
-        <v>2476</v>
+        <v>2473</v>
       </c>
       <c r="B871" s="4" t="s">
-        <v>1601</v>
+        <v>2019</v>
       </c>
       <c r="C871" s="4" t="s">
-        <v>2477</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="872" spans="1:10">
       <c r="A872" s="3" t="s">
-        <v>2478</v>
+        <v>2475</v>
       </c>
       <c r="B872" s="4" t="s">
-        <v>2479</v>
+        <v>2476</v>
       </c>
       <c r="C872" s="4" t="s">
-        <v>2480</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="873" spans="1:10">
       <c r="A873" s="3" t="s">
-        <v>2481</v>
+        <v>2478</v>
       </c>
       <c r="B873" s="4" t="s">
-        <v>2482</v>
+        <v>2479</v>
       </c>
       <c r="C873" s="4" t="s">
-        <v>2483</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="874" spans="1:10">
       <c r="A874" s="3" t="s">
-        <v>2484</v>
+        <v>2480</v>
       </c>
       <c r="B874" s="4" t="s">
-        <v>2485</v>
+        <v>71</v>
       </c>
       <c r="C874" s="4" t="s">
-        <v>2486</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="875" spans="1:10">
       <c r="A875" s="3" t="s">
-        <v>2487</v>
+        <v>2482</v>
       </c>
       <c r="B875" s="4" t="s">
-        <v>2488</v>
+        <v>71</v>
       </c>
       <c r="C875" s="4" t="s">
-        <v>2489</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="876" spans="1:10">
       <c r="A876" s="3" t="s">
-        <v>2490</v>
+        <v>2484</v>
       </c>
       <c r="B876" s="4" t="s">
-        <v>2491</v>
+        <v>2207</v>
       </c>
       <c r="C876" s="4" t="s">
-        <v>2492</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="877" spans="1:10">
       <c r="A877" s="3" t="s">
-        <v>2493</v>
+        <v>2486</v>
       </c>
       <c r="B877" s="4" t="s">
-        <v>2494</v>
+        <v>2487</v>
       </c>
       <c r="C877" s="4" t="s">
-        <v>2495</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="878" spans="1:10">
       <c r="A878" s="3" t="s">
-        <v>2496</v>
+        <v>2489</v>
       </c>
       <c r="B878" s="4" t="s">
-        <v>2497</v>
+        <v>2490</v>
       </c>
       <c r="C878" s="4" t="s">
-        <v>2498</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="879" spans="1:10">
       <c r="A879" s="3" t="s">
-        <v>2499</v>
+        <v>2492</v>
       </c>
       <c r="B879" s="4" t="s">
-        <v>2500</v>
+        <v>2493</v>
       </c>
       <c r="C879" s="4" t="s">
-        <v>2501</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="880" spans="1:10">
       <c r="A880" s="3" t="s">
-        <v>2502</v>
+        <v>2495</v>
       </c>
       <c r="B880" s="4" t="s">
-        <v>2503</v>
+        <v>423</v>
       </c>
       <c r="C880" s="4" t="s">
-        <v>2504</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="881" spans="1:10">
       <c r="A881" s="3" t="s">
-        <v>2505</v>
+        <v>2497</v>
       </c>
       <c r="B881" s="4" t="s">
-        <v>2506</v>
+        <v>52</v>
       </c>
       <c r="C881" s="4" t="s">
-        <v>2507</v>
+        <v>53</v>
       </c>
     </row>
     <row r="882" spans="1:10">
       <c r="A882" s="3" t="s">
-        <v>2508</v>
+        <v>2498</v>
       </c>
       <c r="B882" s="4" t="s">
-        <v>2509</v>
+        <v>2499</v>
       </c>
       <c r="C882" s="4" t="s">
-        <v>2510</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="883" spans="1:10">
       <c r="A883" s="3" t="s">
-        <v>2511</v>
+        <v>2501</v>
       </c>
       <c r="B883" s="4" t="s">
-        <v>2512</v>
+        <v>2502</v>
       </c>
       <c r="C883" s="4" t="s">
-        <v>2513</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="884" spans="1:10">
       <c r="A884" s="3" t="s">
-        <v>2514</v>
+        <v>2504</v>
       </c>
       <c r="B884" s="4" t="s">
-        <v>2515</v>
+        <v>2505</v>
       </c>
       <c r="C884" s="4" t="s">
-        <v>2516</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="885" spans="1:10">
       <c r="A885" s="3" t="s">
-        <v>2517</v>
+        <v>2507</v>
       </c>
       <c r="B885" s="4" t="s">
-        <v>2518</v>
+        <v>182</v>
       </c>
       <c r="C885" s="4" t="s">
-        <v>2519</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="886" spans="1:10">
       <c r="A886" s="3" t="s">
-        <v>2520</v>
+        <v>2509</v>
       </c>
       <c r="B886" s="4" t="s">
-        <v>2521</v>
+        <v>2510</v>
       </c>
       <c r="C886" s="4" t="s">
-        <v>2522</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="887" spans="1:10">
       <c r="A887" s="3" t="s">
-        <v>2523</v>
+        <v>2512</v>
       </c>
       <c r="B887" s="4" t="s">
-        <v>2524</v>
+        <v>2513</v>
       </c>
       <c r="C887" s="4" t="s">
-        <v>2525</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="888" spans="1:10">
       <c r="A888" s="3" t="s">
-        <v>2526</v>
+        <v>2515</v>
       </c>
       <c r="B888" s="4" t="s">
-        <v>2527</v>
+        <v>2516</v>
       </c>
       <c r="C888" s="4" t="s">
-        <v>2528</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="889" spans="1:10">
       <c r="A889" s="3" t="s">
-        <v>2529</v>
+        <v>2518</v>
       </c>
       <c r="B889" s="4" t="s">
-        <v>2530</v>
+        <v>2519</v>
       </c>
       <c r="C889" s="4" t="s">
-        <v>2531</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="890" spans="1:10">
       <c r="A890" s="3" t="s">
-        <v>2532</v>
+        <v>2521</v>
       </c>
       <c r="B890" s="4" t="s">
-        <v>2533</v>
+        <v>64</v>
       </c>
       <c r="C890" s="4" t="s">
-        <v>2534</v>
+        <v>67</v>
       </c>
     </row>
     <row r="891" spans="1:10">
       <c r="A891" s="3" t="s">
-        <v>2535</v>
+        <v>2522</v>
       </c>
       <c r="B891" s="4" t="s">
-        <v>2536</v>
+        <v>2523</v>
       </c>
       <c r="C891" s="4" t="s">
-        <v>2537</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="892" spans="1:10">
       <c r="A892" s="3" t="s">
-        <v>2538</v>
+        <v>2525</v>
       </c>
       <c r="B892" s="4" t="s">
-        <v>2539</v>
+        <v>1774</v>
       </c>
       <c r="C892" s="4" t="s">
-        <v>2540</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="893" spans="1:10">
       <c r="A893" s="3" t="s">
-        <v>2541</v>
+        <v>2527</v>
       </c>
       <c r="B893" s="4" t="s">
-        <v>2542</v>
+        <v>313</v>
       </c>
       <c r="C893" s="4" t="s">
-        <v>2543</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="894" spans="1:10">
       <c r="A894" s="3" t="s">
-        <v>2544</v>
+        <v>2529</v>
       </c>
       <c r="B894" s="4" t="s">
-        <v>2545</v>
+        <v>313</v>
       </c>
       <c r="C894" s="4" t="s">
-        <v>2546</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="895" spans="1:10">
       <c r="A895" s="3" t="s">
-        <v>2547</v>
+        <v>2531</v>
       </c>
       <c r="B895" s="4" t="s">
-        <v>2548</v>
+        <v>2532</v>
       </c>
       <c r="C895" s="4" t="s">
-        <v>2549</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="896" spans="1:10">
       <c r="A896" s="3" t="s">
-        <v>2550</v>
+        <v>2534</v>
       </c>
       <c r="B896" s="4" t="s">
-        <v>2551</v>
+        <v>2532</v>
       </c>
       <c r="C896" s="4" t="s">
-        <v>2552</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="897" spans="1:10">
       <c r="A897" s="3" t="s">
-        <v>2553</v>
+        <v>2536</v>
       </c>
       <c r="B897" s="4" t="s">
-        <v>2554</v>
+        <v>1024</v>
       </c>
       <c r="C897" s="4" t="s">
-        <v>2555</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="898" spans="1:10">
       <c r="A898" s="3" t="s">
-        <v>2556</v>
+        <v>2538</v>
       </c>
       <c r="B898" s="4" t="s">
-        <v>2557</v>
+        <v>1024</v>
       </c>
       <c r="C898" s="4" t="s">
-        <v>2558</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="899" spans="1:10">
       <c r="A899" s="3" t="s">
-        <v>2559</v>
+        <v>2540</v>
       </c>
       <c r="B899" s="4" t="s">
-        <v>2560</v>
+        <v>2541</v>
       </c>
       <c r="C899" s="4" t="s">
-        <v>2561</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="900" spans="1:10">
       <c r="A900" s="3" t="s">
-        <v>2562</v>
+        <v>2543</v>
       </c>
       <c r="B900" s="4" t="s">
-        <v>2563</v>
+        <v>2544</v>
       </c>
       <c r="C900" s="4" t="s">
-        <v>2564</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="901" spans="1:10">
       <c r="A901" s="3" t="s">
-        <v>2565</v>
+        <v>2546</v>
       </c>
       <c r="B901" s="4" t="s">
-        <v>2566</v>
-[...3 lines deleted...]
-      </c>
+        <v>2547</v>
+      </c>
+      <c r="C901" s="4"/>
     </row>
     <row r="902" spans="1:10">
       <c r="A902" s="3" t="s">
-        <v>2568</v>
+        <v>2548</v>
       </c>
       <c r="B902" s="4" t="s">
-        <v>2569</v>
+        <v>64</v>
       </c>
       <c r="C902" s="4" t="s">
-        <v>2570</v>
+        <v>65</v>
       </c>
     </row>
     <row r="903" spans="1:10">
       <c r="A903" s="3" t="s">
-        <v>2571</v>
+        <v>2549</v>
       </c>
       <c r="B903" s="4" t="s">
-        <v>790</v>
+        <v>2550</v>
       </c>
       <c r="C903" s="4" t="s">
-        <v>2572</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="904" spans="1:10">
       <c r="A904" s="3" t="s">
-        <v>2573</v>
+        <v>2552</v>
       </c>
       <c r="B904" s="4" t="s">
-        <v>2574</v>
+        <v>2553</v>
       </c>
       <c r="C904" s="4" t="s">
-        <v>2575</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="905" spans="1:10">
       <c r="A905" s="3" t="s">
-        <v>2576</v>
+        <v>2555</v>
       </c>
       <c r="B905" s="4" t="s">
-        <v>2577</v>
+        <v>1298</v>
       </c>
       <c r="C905" s="4" t="s">
-        <v>2578</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="906" spans="1:10">
       <c r="A906" s="3" t="s">
-        <v>2579</v>
+        <v>2557</v>
       </c>
       <c r="B906" s="4" t="s">
-        <v>2580</v>
+        <v>2558</v>
       </c>
       <c r="C906" s="4" t="s">
-        <v>2581</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="907" spans="1:10">
       <c r="A907" s="3" t="s">
-        <v>2582</v>
+        <v>2560</v>
       </c>
       <c r="B907" s="4" t="s">
-        <v>1567</v>
+        <v>2019</v>
       </c>
       <c r="C907" s="4" t="s">
-        <v>2583</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="908" spans="1:10">
       <c r="A908" s="3" t="s">
-        <v>2584</v>
+        <v>2562</v>
       </c>
       <c r="B908" s="4" t="s">
-        <v>2585</v>
+        <v>2019</v>
       </c>
       <c r="C908" s="4" t="s">
-        <v>2586</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="909" spans="1:10">
       <c r="A909" s="3" t="s">
-        <v>2587</v>
+        <v>2563</v>
       </c>
       <c r="B909" s="4" t="s">
-        <v>2588</v>
+        <v>2019</v>
       </c>
       <c r="C909" s="4" t="s">
-        <v>2589</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="910" spans="1:10">
       <c r="A910" s="3" t="s">
-        <v>2590</v>
+        <v>2565</v>
       </c>
       <c r="B910" s="4" t="s">
-        <v>2591</v>
+        <v>2566</v>
       </c>
       <c r="C910" s="4" t="s">
-        <v>2592</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="911" spans="1:10">
       <c r="A911" s="3" t="s">
-        <v>2593</v>
+        <v>2568</v>
       </c>
       <c r="B911" s="4" t="s">
-        <v>2594</v>
+        <v>2569</v>
       </c>
       <c r="C911" s="4" t="s">
-        <v>2595</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="912" spans="1:10">
       <c r="A912" s="3" t="s">
-        <v>2596</v>
+        <v>2571</v>
       </c>
       <c r="B912" s="4" t="s">
-        <v>2597</v>
+        <v>2572</v>
       </c>
       <c r="C912" s="4" t="s">
-        <v>2598</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="913" spans="1:10">
       <c r="A913" s="3" t="s">
-        <v>2599</v>
+        <v>2574</v>
       </c>
       <c r="B913" s="4" t="s">
-        <v>2600</v>
+        <v>2575</v>
       </c>
       <c r="C913" s="4" t="s">
-        <v>2601</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="914" spans="1:10">
       <c r="A914" s="3" t="s">
-        <v>2602</v>
+        <v>2577</v>
       </c>
       <c r="B914" s="4" t="s">
-        <v>2603</v>
+        <v>2578</v>
       </c>
       <c r="C914" s="4" t="s">
-        <v>2604</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="915" spans="1:10">
       <c r="A915" s="3" t="s">
-        <v>2605</v>
+        <v>2580</v>
       </c>
       <c r="B915" s="4" t="s">
-        <v>2606</v>
+        <v>2581</v>
       </c>
       <c r="C915" s="4" t="s">
-        <v>2607</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="916" spans="1:10">
       <c r="A916" s="3" t="s">
-        <v>2608</v>
+        <v>2583</v>
       </c>
       <c r="B916" s="4" t="s">
-        <v>2609</v>
+        <v>1598</v>
       </c>
       <c r="C916" s="4" t="s">
-        <v>2610</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="917" spans="1:10">
       <c r="A917" s="3" t="s">
-        <v>2611</v>
+        <v>2585</v>
       </c>
       <c r="B917" s="4" t="s">
-        <v>2612</v>
+        <v>2586</v>
       </c>
       <c r="C917" s="4" t="s">
-        <v>2613</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="918" spans="1:10">
       <c r="A918" s="3" t="s">
-        <v>2614</v>
+        <v>2588</v>
       </c>
       <c r="B918" s="4" t="s">
-        <v>2615</v>
+        <v>2589</v>
       </c>
       <c r="C918" s="4" t="s">
-        <v>2616</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="919" spans="1:10">
       <c r="A919" s="3" t="s">
-        <v>2617</v>
+        <v>2591</v>
       </c>
       <c r="B919" s="4" t="s">
-        <v>2188</v>
+        <v>2592</v>
       </c>
       <c r="C919" s="4" t="s">
-        <v>2618</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="920" spans="1:10">
       <c r="A920" s="3" t="s">
-        <v>2619</v>
+        <v>2594</v>
       </c>
       <c r="B920" s="4" t="s">
-        <v>2620</v>
+        <v>2578</v>
       </c>
       <c r="C920" s="4" t="s">
-        <v>2621</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="921" spans="1:10">
       <c r="A921" s="3" t="s">
-        <v>2622</v>
+        <v>2596</v>
       </c>
       <c r="B921" s="4" t="s">
-        <v>2623</v>
+        <v>2597</v>
       </c>
       <c r="C921" s="4" t="s">
-        <v>2624</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="922" spans="1:10">
       <c r="A922" s="3" t="s">
-        <v>2625</v>
+        <v>2599</v>
       </c>
       <c r="B922" s="4" t="s">
-        <v>2626</v>
+        <v>2600</v>
       </c>
       <c r="C922" s="4" t="s">
-        <v>2627</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="923" spans="1:10">
       <c r="A923" s="3" t="s">
-        <v>2628</v>
+        <v>2602</v>
       </c>
       <c r="B923" s="4" t="s">
-        <v>2629</v>
+        <v>2603</v>
       </c>
       <c r="C923" s="4" t="s">
-        <v>2630</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="924" spans="1:10">
       <c r="A924" s="3" t="s">
-        <v>2631</v>
+        <v>2605</v>
       </c>
       <c r="B924" s="4" t="s">
-        <v>2632</v>
+        <v>2606</v>
       </c>
       <c r="C924" s="4" t="s">
-        <v>2633</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="925" spans="1:10">
       <c r="A925" s="3" t="s">
-        <v>2634</v>
+        <v>2608</v>
       </c>
       <c r="B925" s="4" t="s">
-        <v>2635</v>
+        <v>2609</v>
       </c>
       <c r="C925" s="4" t="s">
-        <v>2636</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="926" spans="1:10">
       <c r="A926" s="3" t="s">
-        <v>2637</v>
+        <v>2611</v>
       </c>
       <c r="B926" s="4" t="s">
-        <v>2638</v>
+        <v>391</v>
       </c>
       <c r="C926" s="4" t="s">
-        <v>2639</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="927" spans="1:10">
       <c r="A927" s="3" t="s">
-        <v>2640</v>
+        <v>2613</v>
       </c>
       <c r="B927" s="4" t="s">
-        <v>2641</v>
+        <v>2614</v>
       </c>
       <c r="C927" s="4" t="s">
-        <v>2642</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="928" spans="1:10">
       <c r="A928" s="3" t="s">
-        <v>2643</v>
+        <v>2616</v>
       </c>
       <c r="B928" s="4" t="s">
-        <v>2644</v>
+        <v>2617</v>
       </c>
       <c r="C928" s="4" t="s">
-        <v>2645</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="929" spans="1:10">
       <c r="A929" s="3" t="s">
-        <v>2646</v>
+        <v>2619</v>
       </c>
       <c r="B929" s="4" t="s">
-        <v>2647</v>
+        <v>1339</v>
       </c>
       <c r="C929" s="4" t="s">
-        <v>2648</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="930" spans="1:10">
       <c r="A930" s="3" t="s">
-        <v>2649</v>
+        <v>2621</v>
       </c>
       <c r="B930" s="4" t="s">
-        <v>2650</v>
+        <v>2622</v>
       </c>
       <c r="C930" s="4" t="s">
-        <v>2651</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="931" spans="1:10">
       <c r="A931" s="3" t="s">
-        <v>2652</v>
+        <v>2624</v>
       </c>
       <c r="B931" s="4" t="s">
-        <v>2653</v>
+        <v>2614</v>
       </c>
       <c r="C931" s="4" t="s">
-        <v>2654</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="932" spans="1:10">
       <c r="A932" s="3" t="s">
-        <v>2655</v>
+        <v>2626</v>
       </c>
       <c r="B932" s="4" t="s">
-        <v>2656</v>
+        <v>2627</v>
       </c>
       <c r="C932" s="4" t="s">
-        <v>2657</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="933" spans="1:10">
       <c r="A933" s="3" t="s">
-        <v>2658</v>
+        <v>2629</v>
       </c>
       <c r="B933" s="4" t="s">
-        <v>2659</v>
+        <v>2630</v>
       </c>
       <c r="C933" s="4" t="s">
-        <v>2660</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="934" spans="1:10">
       <c r="A934" s="3" t="s">
-        <v>2661</v>
+        <v>2632</v>
       </c>
       <c r="B934" s="4" t="s">
-        <v>716</v>
+        <v>2633</v>
       </c>
       <c r="C934" s="4" t="s">
-        <v>2662</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="935" spans="1:10">
       <c r="A935" s="3" t="s">
-        <v>2663</v>
+        <v>2635</v>
       </c>
       <c r="B935" s="4" t="s">
-        <v>2664</v>
+        <v>2189</v>
       </c>
       <c r="C935" s="4" t="s">
-        <v>2665</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="936" spans="1:10">
       <c r="A936" s="3" t="s">
-        <v>2666</v>
+        <v>2637</v>
       </c>
       <c r="B936" s="4" t="s">
-        <v>1988</v>
+        <v>2101</v>
       </c>
       <c r="C936" s="4" t="s">
-        <v>2667</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="937" spans="1:10">
       <c r="A937" s="3" t="s">
-        <v>2668</v>
+        <v>2639</v>
       </c>
       <c r="B937" s="4" t="s">
-        <v>1988</v>
+        <v>2640</v>
       </c>
       <c r="C937" s="4" t="s">
-        <v>2669</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="938" spans="1:10">
       <c r="A938" s="3" t="s">
-        <v>2670</v>
+        <v>2642</v>
       </c>
       <c r="B938" s="4" t="s">
-        <v>2671</v>
+        <v>2643</v>
       </c>
       <c r="C938" s="4" t="s">
-        <v>2672</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="939" spans="1:10">
       <c r="A939" s="3" t="s">
-        <v>2673</v>
+        <v>2645</v>
       </c>
       <c r="B939" s="4" t="s">
-        <v>2674</v>
+        <v>2646</v>
       </c>
       <c r="C939" s="4" t="s">
-        <v>2675</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="940" spans="1:10">
       <c r="A940" s="3" t="s">
-        <v>2676</v>
+        <v>2648</v>
       </c>
       <c r="B940" s="4" t="s">
-        <v>2677</v>
+        <v>2649</v>
       </c>
       <c r="C940" s="4" t="s">
-        <v>2678</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="941" spans="1:10">
       <c r="A941" s="3" t="s">
-        <v>2679</v>
+        <v>2651</v>
       </c>
       <c r="B941" s="4" t="s">
-        <v>2680</v>
+        <v>2652</v>
       </c>
       <c r="C941" s="4" t="s">
-        <v>2681</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="942" spans="1:10">
       <c r="A942" s="3" t="s">
-        <v>2682</v>
+        <v>2654</v>
       </c>
       <c r="B942" s="4" t="s">
-        <v>2683</v>
+        <v>2655</v>
       </c>
       <c r="C942" s="4" t="s">
-        <v>2684</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="943" spans="1:10">
       <c r="A943" s="3" t="s">
-        <v>2685</v>
+        <v>2657</v>
       </c>
       <c r="B943" s="4" t="s">
-        <v>2188</v>
+        <v>2658</v>
       </c>
       <c r="C943" s="4" t="s">
-        <v>2686</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="944" spans="1:10">
       <c r="A944" s="3" t="s">
-        <v>2687</v>
+        <v>2660</v>
       </c>
       <c r="B944" s="4" t="s">
-        <v>2688</v>
+        <v>2661</v>
       </c>
       <c r="C944" s="4" t="s">
-        <v>2689</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="945" spans="1:10">
       <c r="A945" s="3" t="s">
-        <v>2690</v>
+        <v>2663</v>
       </c>
       <c r="B945" s="4" t="s">
-        <v>2691</v>
+        <v>426</v>
       </c>
       <c r="C945" s="4" t="s">
-        <v>2692</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="946" spans="1:10">
       <c r="A946" s="3" t="s">
-        <v>2693</v>
+        <v>2665</v>
       </c>
       <c r="B946" s="4" t="s">
-        <v>1979</v>
+        <v>2666</v>
       </c>
       <c r="C946" s="4" t="s">
-        <v>2694</v>
+        <v>983</v>
       </c>
     </row>
     <row r="947" spans="1:10">
       <c r="A947" s="3" t="s">
-        <v>2695</v>
+        <v>2667</v>
       </c>
       <c r="B947" s="4" t="s">
-        <v>2696</v>
+        <v>2668</v>
       </c>
       <c r="C947" s="4" t="s">
-        <v>1258</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="948" spans="1:10">
       <c r="A948" s="3" t="s">
-        <v>2697</v>
+        <v>2670</v>
       </c>
       <c r="B948" s="4" t="s">
-        <v>2698</v>
+        <v>182</v>
       </c>
       <c r="C948" s="4" t="s">
-        <v>2699</v>
+        <v>183</v>
       </c>
     </row>
     <row r="949" spans="1:10">
       <c r="A949" s="3" t="s">
-        <v>2700</v>
+        <v>2671</v>
       </c>
       <c r="B949" s="4" t="s">
-        <v>2701</v>
+        <v>869</v>
       </c>
       <c r="C949" s="4" t="s">
-        <v>2702</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="950" spans="1:10">
       <c r="A950" s="3" t="s">
-        <v>2703</v>
+        <v>2673</v>
       </c>
       <c r="B950" s="4" t="s">
-        <v>2704</v>
+        <v>2674</v>
       </c>
       <c r="C950" s="4" t="s">
-        <v>2705</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="951" spans="1:10">
       <c r="A951" s="3" t="s">
-        <v>2706</v>
+        <v>2676</v>
       </c>
       <c r="B951" s="4" t="s">
-        <v>2707</v>
+        <v>2677</v>
       </c>
       <c r="C951" s="4" t="s">
-        <v>2708</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="952" spans="1:10">
       <c r="A952" s="3" t="s">
-        <v>2709</v>
+        <v>2679</v>
       </c>
       <c r="B952" s="4" t="s">
-        <v>2710</v>
+        <v>818</v>
       </c>
       <c r="C952" s="4" t="s">
-        <v>2711</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="953" spans="1:10">
       <c r="A953" s="3" t="s">
-        <v>2712</v>
+        <v>2681</v>
       </c>
       <c r="B953" s="4" t="s">
-        <v>2713</v>
+        <v>71</v>
       </c>
       <c r="C953" s="4" t="s">
-        <v>2714</v>
+        <v>72</v>
       </c>
     </row>
     <row r="954" spans="1:10">
       <c r="A954" s="3" t="s">
-        <v>2715</v>
+        <v>2682</v>
       </c>
       <c r="B954" s="4" t="s">
-        <v>2577</v>
+        <v>2683</v>
       </c>
       <c r="C954" s="4" t="s">
-        <v>2716</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="955" spans="1:10">
       <c r="A955" s="3" t="s">
-        <v>2717</v>
+        <v>2685</v>
       </c>
       <c r="B955" s="4" t="s">
-        <v>2718</v>
+        <v>2686</v>
       </c>
       <c r="C955" s="4" t="s">
-        <v>2719</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="956" spans="1:10">
       <c r="A956" s="3" t="s">
-        <v>2720</v>
+        <v>2688</v>
       </c>
       <c r="B956" s="4" t="s">
-        <v>2721</v>
+        <v>2689</v>
       </c>
       <c r="C956" s="4" t="s">
-        <v>2722</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="957" spans="1:10">
       <c r="A957" s="3" t="s">
-        <v>2723</v>
+        <v>2691</v>
       </c>
       <c r="B957" s="4" t="s">
-        <v>2724</v>
+        <v>2692</v>
       </c>
       <c r="C957" s="4" t="s">
-        <v>2725</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="958" spans="1:10">
       <c r="A958" s="3" t="s">
-        <v>2726</v>
+        <v>2694</v>
       </c>
       <c r="B958" s="4" t="s">
-        <v>2727</v>
+        <v>2695</v>
       </c>
       <c r="C958" s="4" t="s">
-        <v>2728</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="959" spans="1:10">
       <c r="A959" s="3" t="s">
-        <v>2729</v>
+        <v>2697</v>
       </c>
       <c r="B959" s="4" t="s">
-        <v>2730</v>
+        <v>2698</v>
       </c>
       <c r="C959" s="4" t="s">
-        <v>2731</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="960" spans="1:10">
       <c r="A960" s="3" t="s">
-        <v>2732</v>
+        <v>2700</v>
       </c>
       <c r="B960" s="4" t="s">
-        <v>2727</v>
+        <v>2701</v>
       </c>
       <c r="C960" s="4" t="s">
-        <v>2733</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="961" spans="1:10">
       <c r="A961" s="3" t="s">
-        <v>2734</v>
+        <v>2703</v>
       </c>
       <c r="B961" s="4" t="s">
-        <v>2735</v>
+        <v>2704</v>
       </c>
       <c r="C961" s="4" t="s">
-        <v>2736</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="962" spans="1:10">
       <c r="A962" s="3" t="s">
-        <v>2737</v>
+        <v>2706</v>
       </c>
       <c r="B962" s="4" t="s">
-        <v>2738</v>
+        <v>2707</v>
       </c>
       <c r="C962" s="4" t="s">
-        <v>2739</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="963" spans="1:10">
       <c r="A963" s="3" t="s">
-        <v>2740</v>
+        <v>2709</v>
       </c>
       <c r="B963" s="4" t="s">
-        <v>2741</v>
+        <v>2710</v>
       </c>
       <c r="C963" s="4" t="s">
-        <v>2742</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="964" spans="1:10">
       <c r="A964" s="3" t="s">
-        <v>2743</v>
+        <v>2712</v>
       </c>
       <c r="B964" s="4" t="s">
-        <v>2744</v>
+        <v>2713</v>
       </c>
       <c r="C964" s="4" t="s">
-        <v>2745</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="965" spans="1:10">
       <c r="A965" s="3" t="s">
-        <v>2746</v>
+        <v>2715</v>
       </c>
       <c r="B965" s="4" t="s">
-        <v>2747</v>
+        <v>2716</v>
       </c>
       <c r="C965" s="4" t="s">
-        <v>2748</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="966" spans="1:10">
       <c r="A966" s="3" t="s">
-        <v>2749</v>
+        <v>2718</v>
       </c>
       <c r="B966" s="4" t="s">
-        <v>2750</v>
+        <v>2719</v>
       </c>
       <c r="C966" s="4" t="s">
-        <v>2751</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="967" spans="1:10">
       <c r="A967" s="3" t="s">
-        <v>2752</v>
+        <v>2721</v>
       </c>
       <c r="B967" s="4" t="s">
-        <v>2753</v>
+        <v>389</v>
       </c>
       <c r="C967" s="4" t="s">
-        <v>2754</v>
+        <v>72</v>
       </c>
     </row>
     <row r="968" spans="1:10">
       <c r="A968" s="3" t="s">
-        <v>2755</v>
+        <v>2722</v>
       </c>
       <c r="B968" s="4" t="s">
-        <v>2756</v>
+        <v>2723</v>
       </c>
       <c r="C968" s="4" t="s">
-        <v>2757</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="969" spans="1:10">
       <c r="A969" s="3" t="s">
-        <v>2758</v>
+        <v>2725</v>
       </c>
       <c r="B969" s="4" t="s">
-        <v>2759</v>
+        <v>2726</v>
       </c>
       <c r="C969" s="4" t="s">
-        <v>2760</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="970" spans="1:10">
       <c r="A970" s="3" t="s">
-        <v>2761</v>
+        <v>2728</v>
       </c>
       <c r="B970" s="4" t="s">
-        <v>2762</v>
+        <v>2729</v>
       </c>
       <c r="C970" s="4" t="s">
-        <v>2763</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="971" spans="1:10">
       <c r="A971" s="3" t="s">
-        <v>2764</v>
+        <v>2731</v>
       </c>
       <c r="B971" s="4" t="s">
-        <v>2765</v>
+        <v>2732</v>
       </c>
       <c r="C971" s="4" t="s">
-        <v>2766</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="972" spans="1:10">
       <c r="A972" s="3" t="s">
-        <v>2767</v>
+        <v>2734</v>
       </c>
       <c r="B972" s="4" t="s">
-        <v>2768</v>
+        <v>125</v>
       </c>
       <c r="C972" s="4" t="s">
-        <v>2769</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="973" spans="1:10">
       <c r="A973" s="3" t="s">
-        <v>2770</v>
+        <v>2736</v>
       </c>
       <c r="B973" s="4" t="s">
-        <v>2771</v>
+        <v>2737</v>
       </c>
       <c r="C973" s="4" t="s">
-        <v>2772</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="974" spans="1:10">
       <c r="A974" s="3" t="s">
-        <v>2773</v>
+        <v>2739</v>
       </c>
       <c r="B974" s="4" t="s">
-        <v>362</v>
+        <v>2740</v>
       </c>
       <c r="C974" s="4" t="s">
-        <v>2774</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="975" spans="1:10">
       <c r="A975" s="3" t="s">
-        <v>2775</v>
+        <v>2742</v>
       </c>
       <c r="B975" s="4" t="s">
-        <v>2776</v>
+        <v>301</v>
       </c>
       <c r="C975" s="4" t="s">
-        <v>2777</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="976" spans="1:10">
       <c r="A976" s="3" t="s">
-        <v>2778</v>
+        <v>2744</v>
       </c>
       <c r="B976" s="4" t="s">
-        <v>2779</v>
+        <v>2745</v>
       </c>
       <c r="C976" s="4" t="s">
-        <v>2780</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="977" spans="1:10">
       <c r="A977" s="3" t="s">
-        <v>2781</v>
+        <v>2747</v>
       </c>
       <c r="B977" s="4" t="s">
-        <v>2782</v>
+        <v>2748</v>
       </c>
       <c r="C977" s="4" t="s">
-        <v>2783</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="978" spans="1:10">
       <c r="A978" s="3" t="s">
-        <v>2784</v>
+        <v>2750</v>
       </c>
       <c r="B978" s="4" t="s">
-        <v>2785</v>
+        <v>2751</v>
       </c>
       <c r="C978" s="4" t="s">
-        <v>2786</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="979" spans="1:10">
       <c r="A979" s="3" t="s">
-        <v>2787</v>
+        <v>2753</v>
       </c>
       <c r="B979" s="4" t="s">
-        <v>188</v>
+        <v>2754</v>
       </c>
       <c r="C979" s="4" t="s">
-        <v>2788</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="980" spans="1:10">
       <c r="A980" s="3" t="s">
-        <v>2789</v>
+        <v>2756</v>
       </c>
       <c r="B980" s="4" t="s">
-        <v>2790</v>
+        <v>2754</v>
       </c>
       <c r="C980" s="4" t="s">
-        <v>2791</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="981" spans="1:10">
       <c r="A981" s="3" t="s">
-        <v>2792</v>
+        <v>2758</v>
       </c>
       <c r="B981" s="4" t="s">
-        <v>2793</v>
+        <v>2759</v>
       </c>
       <c r="C981" s="4" t="s">
-        <v>2794</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="982" spans="1:10">
       <c r="A982" s="3" t="s">
-        <v>2795</v>
+        <v>2761</v>
       </c>
       <c r="B982" s="4" t="s">
-        <v>2796</v>
+        <v>2762</v>
       </c>
       <c r="C982" s="4" t="s">
-        <v>2797</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="983" spans="1:10">
       <c r="A983" s="3" t="s">
-        <v>2798</v>
+        <v>2764</v>
       </c>
       <c r="B983" s="4" t="s">
-        <v>2799</v>
+        <v>231</v>
       </c>
       <c r="C983" s="4" t="s">
-        <v>2800</v>
+        <v>232</v>
       </c>
     </row>
     <row r="984" spans="1:10">
       <c r="A984" s="3" t="s">
-        <v>2801</v>
+        <v>2765</v>
       </c>
       <c r="B984" s="4" t="s">
-        <v>2802</v>
+        <v>2766</v>
       </c>
       <c r="C984" s="4" t="s">
-        <v>2803</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="985" spans="1:10">
       <c r="A985" s="3" t="s">
-        <v>2804</v>
+        <v>2768</v>
       </c>
       <c r="B985" s="4" t="s">
-        <v>2805</v>
+        <v>43</v>
       </c>
       <c r="C985" s="4" t="s">
-        <v>2806</v>
+        <v>44</v>
       </c>
     </row>
     <row r="986" spans="1:10">
       <c r="A986" s="3" t="s">
-        <v>2807</v>
+        <v>2769</v>
       </c>
       <c r="B986" s="4" t="s">
-        <v>2796</v>
+        <v>2770</v>
       </c>
       <c r="C986" s="4" t="s">
-        <v>2808</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="987" spans="1:10">
       <c r="A987" s="3" t="s">
-        <v>2809</v>
+        <v>2772</v>
       </c>
       <c r="B987" s="4" t="s">
-        <v>2796</v>
+        <v>2773</v>
       </c>
       <c r="C987" s="4" t="s">
-        <v>2810</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="988" spans="1:10">
       <c r="A988" s="3" t="s">
-        <v>2811</v>
+        <v>2775</v>
       </c>
       <c r="B988" s="4" t="s">
-        <v>2812</v>
+        <v>2776</v>
       </c>
       <c r="C988" s="4" t="s">
-        <v>2813</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="989" spans="1:10">
       <c r="A989" s="3" t="s">
-        <v>2814</v>
+        <v>2778</v>
       </c>
       <c r="B989" s="4" t="s">
-        <v>2815</v>
+        <v>87</v>
       </c>
       <c r="C989" s="4" t="s">
-        <v>2816</v>
+        <v>88</v>
       </c>
     </row>
     <row r="990" spans="1:10">
       <c r="A990" s="3" t="s">
-        <v>2817</v>
+        <v>2779</v>
       </c>
       <c r="B990" s="4" t="s">
-        <v>2818</v>
+        <v>2780</v>
       </c>
       <c r="C990" s="4" t="s">
-        <v>2819</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="991" spans="1:10">
       <c r="A991" s="3" t="s">
-        <v>2820</v>
+        <v>2782</v>
       </c>
       <c r="B991" s="4" t="s">
-        <v>2821</v>
+        <v>64</v>
       </c>
       <c r="C991" s="4" t="s">
-        <v>2822</v>
+        <v>69</v>
       </c>
     </row>
     <row r="992" spans="1:10">
       <c r="A992" s="3" t="s">
-        <v>2823</v>
+        <v>2783</v>
       </c>
       <c r="B992" s="4" t="s">
-        <v>2824</v>
+        <v>2784</v>
       </c>
       <c r="C992" s="4" t="s">
-        <v>2825</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="993" spans="1:10">
       <c r="A993" s="3" t="s">
-        <v>2826</v>
+        <v>2786</v>
       </c>
       <c r="B993" s="4" t="s">
-        <v>1925</v>
+        <v>158</v>
       </c>
       <c r="C993" s="4" t="s">
-        <v>2827</v>
+        <v>159</v>
       </c>
     </row>
     <row r="994" spans="1:10">
       <c r="A994" s="3" t="s">
-        <v>2828</v>
+        <v>2787</v>
       </c>
       <c r="B994" s="4" t="s">
-        <v>2829</v>
+        <v>2788</v>
       </c>
       <c r="C994" s="4" t="s">
-        <v>2830</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="995" spans="1:10">
       <c r="A995" s="3" t="s">
-        <v>2831</v>
+        <v>2790</v>
       </c>
       <c r="B995" s="4" t="s">
-        <v>2832</v>
+        <v>2791</v>
       </c>
       <c r="C995" s="4" t="s">
-        <v>2833</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="996" spans="1:10">
       <c r="A996" s="3" t="s">
-        <v>2834</v>
+        <v>2793</v>
       </c>
       <c r="B996" s="4" t="s">
-        <v>2835</v>
+        <v>2794</v>
       </c>
       <c r="C996" s="4" t="s">
-        <v>2836</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="997" spans="1:10">
       <c r="A997" s="3" t="s">
-        <v>2837</v>
+        <v>2796</v>
       </c>
       <c r="B997" s="4" t="s">
-        <v>2838</v>
+        <v>61</v>
       </c>
       <c r="C997" s="4" t="s">
-        <v>2839</v>
+        <v>62</v>
       </c>
     </row>
     <row r="998" spans="1:10">
       <c r="A998" s="3" t="s">
-        <v>2840</v>
+        <v>2797</v>
       </c>
       <c r="B998" s="4" t="s">
-        <v>500</v>
+        <v>2798</v>
       </c>
       <c r="C998" s="4" t="s">
-        <v>2841</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="999" spans="1:10">
       <c r="A999" s="3" t="s">
-        <v>2842</v>
+        <v>2800</v>
       </c>
       <c r="B999" s="4" t="s">
-        <v>2843</v>
+        <v>2801</v>
       </c>
       <c r="C999" s="4" t="s">
-        <v>2844</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="1000" spans="1:10">
       <c r="A1000" s="3" t="s">
-        <v>2845</v>
+        <v>2803</v>
       </c>
       <c r="B1000" s="4" t="s">
-        <v>2846</v>
+        <v>2804</v>
       </c>
       <c r="C1000" s="4" t="s">
-        <v>2847</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="1001" spans="1:10">
       <c r="A1001" s="3" t="s">
-        <v>2848</v>
+        <v>2806</v>
       </c>
       <c r="B1001" s="4" t="s">
-        <v>2849</v>
+        <v>2807</v>
       </c>
       <c r="C1001" s="4" t="s">
-        <v>2850</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="1002" spans="1:10">
       <c r="A1002" s="3" t="s">
-        <v>2851</v>
+        <v>2809</v>
       </c>
       <c r="B1002" s="4" t="s">
-        <v>2852</v>
+        <v>2810</v>
       </c>
       <c r="C1002" s="4" t="s">
-        <v>2853</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="1003" spans="1:10">
       <c r="A1003" s="3" t="s">
-        <v>2854</v>
+        <v>2812</v>
       </c>
       <c r="B1003" s="4" t="s">
-        <v>685</v>
+        <v>2813</v>
       </c>
       <c r="C1003" s="4" t="s">
-        <v>2855</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="1004" spans="1:10">
       <c r="A1004" s="3" t="s">
-        <v>2856</v>
+        <v>2815</v>
       </c>
       <c r="B1004" s="4" t="s">
-        <v>2857</v>
+        <v>170</v>
       </c>
       <c r="C1004" s="4" t="s">
-        <v>2858</v>
+        <v>171</v>
       </c>
     </row>
     <row r="1005" spans="1:10">
       <c r="A1005" s="3" t="s">
-        <v>2859</v>
+        <v>2816</v>
       </c>
       <c r="B1005" s="4" t="s">
-        <v>2860</v>
+        <v>2817</v>
       </c>
       <c r="C1005" s="4" t="s">
-        <v>2861</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="1006" spans="1:10">
       <c r="A1006" s="3" t="s">
-        <v>2862</v>
+        <v>2819</v>
       </c>
       <c r="B1006" s="4" t="s">
-        <v>2863</v>
+        <v>2820</v>
       </c>
       <c r="C1006" s="4" t="s">
-        <v>2864</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="1007" spans="1:10">
       <c r="A1007" s="3" t="s">
-        <v>2865</v>
+        <v>2822</v>
       </c>
       <c r="B1007" s="4" t="s">
-        <v>2866</v>
+        <v>2823</v>
       </c>
       <c r="C1007" s="4" t="s">
-        <v>2867</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="1008" spans="1:10">
       <c r="A1008" s="3" t="s">
-        <v>2868</v>
+        <v>2825</v>
       </c>
       <c r="B1008" s="4" t="s">
-        <v>2869</v>
+        <v>16</v>
       </c>
       <c r="C1008" s="4" t="s">
-        <v>2870</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1009" spans="1:10">
       <c r="A1009" s="3" t="s">
-        <v>2871</v>
+        <v>2826</v>
       </c>
       <c r="B1009" s="4" t="s">
-        <v>2872</v>
+        <v>19</v>
       </c>
       <c r="C1009" s="4" t="s">
-        <v>2873</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1010" spans="1:10">
       <c r="A1010" s="3" t="s">
-        <v>2874</v>
+        <v>2827</v>
       </c>
       <c r="B1010" s="4" t="s">
-        <v>2875</v>
+        <v>2828</v>
       </c>
       <c r="C1010" s="4" t="s">
-        <v>2876</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="1011" spans="1:10">
       <c r="A1011" s="3" t="s">
-        <v>2877</v>
+        <v>2830</v>
       </c>
       <c r="B1011" s="4" t="s">
-        <v>2878</v>
+        <v>2831</v>
       </c>
       <c r="C1011" s="4" t="s">
-        <v>2879</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="1012" spans="1:10">
       <c r="A1012" s="3" t="s">
-        <v>2880</v>
+        <v>2833</v>
       </c>
       <c r="B1012" s="4" t="s">
-        <v>2881</v>
+        <v>2834</v>
       </c>
       <c r="C1012" s="4" t="s">
-        <v>2882</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="1013" spans="1:10">
       <c r="A1013" s="3" t="s">
-        <v>2883</v>
+        <v>2836</v>
       </c>
       <c r="B1013" s="4" t="s">
-        <v>2884</v>
+        <v>2837</v>
       </c>
       <c r="C1013" s="4" t="s">
-        <v>2885</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="1014" spans="1:10">
       <c r="A1014" s="3" t="s">
-        <v>2886</v>
+        <v>2839</v>
       </c>
       <c r="B1014" s="4" t="s">
-        <v>2887</v>
+        <v>2840</v>
       </c>
       <c r="C1014" s="4" t="s">
-        <v>2888</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="1015" spans="1:10">
       <c r="A1015" s="3" t="s">
-        <v>2889</v>
+        <v>2842</v>
       </c>
       <c r="B1015" s="4" t="s">
-        <v>2890</v>
+        <v>49</v>
       </c>
       <c r="C1015" s="4" t="s">
-        <v>2891</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="1016" spans="1:10">
       <c r="A1016" s="3" t="s">
-        <v>2892</v>
+        <v>2844</v>
       </c>
       <c r="B1016" s="4" t="s">
-        <v>2893</v>
+        <v>2845</v>
       </c>
       <c r="C1016" s="4" t="s">
-        <v>2894</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="1017" spans="1:10">
       <c r="A1017" s="3" t="s">
-        <v>2895</v>
+        <v>2847</v>
       </c>
       <c r="B1017" s="4" t="s">
-        <v>2597</v>
+        <v>2848</v>
       </c>
       <c r="C1017" s="4" t="s">
-        <v>2896</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1018" spans="1:10">
       <c r="A1018" s="3" t="s">
-        <v>2897</v>
+        <v>2850</v>
       </c>
       <c r="B1018" s="4" t="s">
-        <v>2832</v>
+        <v>2851</v>
       </c>
       <c r="C1018" s="4" t="s">
-        <v>2898</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="1019" spans="1:10">
       <c r="A1019" s="3" t="s">
-        <v>2899</v>
+        <v>2853</v>
       </c>
       <c r="B1019" s="4" t="s">
-        <v>895</v>
+        <v>2854</v>
       </c>
       <c r="C1019" s="4" t="s">
-        <v>2900</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="1020" spans="1:10">
       <c r="A1020" s="3" t="s">
-        <v>2901</v>
+        <v>2856</v>
       </c>
       <c r="B1020" s="4" t="s">
-        <v>895</v>
+        <v>2857</v>
       </c>
       <c r="C1020" s="4" t="s">
-        <v>2902</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="1021" spans="1:10">
       <c r="A1021" s="3" t="s">
-        <v>2903</v>
+        <v>2859</v>
       </c>
       <c r="B1021" s="4" t="s">
-        <v>2904</v>
+        <v>2860</v>
       </c>
       <c r="C1021" s="4" t="s">
-        <v>2905</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="1022" spans="1:10">
       <c r="A1022" s="3" t="s">
-        <v>2906</v>
+        <v>2862</v>
       </c>
       <c r="B1022" s="4" t="s">
-        <v>2907</v>
+        <v>2863</v>
       </c>
       <c r="C1022" s="4" t="s">
-        <v>2908</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="1023" spans="1:10">
       <c r="A1023" s="3" t="s">
-        <v>2909</v>
+        <v>2865</v>
       </c>
       <c r="B1023" s="4" t="s">
-        <v>2910</v>
+        <v>1129</v>
       </c>
       <c r="C1023" s="4" t="s">
-        <v>2911</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="1024" spans="1:10">
       <c r="A1024" s="3" t="s">
-        <v>2912</v>
+        <v>2867</v>
       </c>
       <c r="B1024" s="4" t="s">
-        <v>2913</v>
+        <v>2868</v>
       </c>
       <c r="C1024" s="4" t="s">
-        <v>2914</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="1025" spans="1:10">
       <c r="A1025" s="3" t="s">
-        <v>2915</v>
+        <v>2870</v>
       </c>
       <c r="B1025" s="4" t="s">
-        <v>2916</v>
+        <v>8</v>
       </c>
       <c r="C1025" s="4" t="s">
-        <v>2917</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1026" spans="1:10">
       <c r="A1026" s="3" t="s">
-        <v>2918</v>
+        <v>2871</v>
       </c>
       <c r="B1026" s="4" t="s">
-        <v>2919</v>
+        <v>2872</v>
       </c>
       <c r="C1026" s="4" t="s">
-        <v>2920</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="1027" spans="1:10">
       <c r="A1027" s="3" t="s">
-        <v>2921</v>
+        <v>2874</v>
       </c>
       <c r="B1027" s="4" t="s">
-        <v>2922</v>
+        <v>149</v>
       </c>
       <c r="C1027" s="4" t="s">
-        <v>2923</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1028" spans="1:10">
       <c r="A1028" s="3" t="s">
-        <v>2924</v>
+        <v>2875</v>
       </c>
       <c r="B1028" s="4" t="s">
-        <v>2925</v>
+        <v>2876</v>
       </c>
       <c r="C1028" s="4" t="s">
-        <v>2926</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="1029" spans="1:10">
       <c r="A1029" s="3" t="s">
-        <v>2927</v>
+        <v>2878</v>
       </c>
       <c r="B1029" s="4" t="s">
-        <v>2928</v>
+        <v>2879</v>
       </c>
       <c r="C1029" s="4" t="s">
-        <v>2929</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="1030" spans="1:10">
       <c r="A1030" s="3" t="s">
-        <v>2930</v>
+        <v>2881</v>
       </c>
       <c r="B1030" s="4" t="s">
-        <v>1988</v>
+        <v>2882</v>
       </c>
       <c r="C1030" s="4" t="s">
-        <v>2931</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="1031" spans="1:10">
       <c r="A1031" s="3" t="s">
-        <v>2932</v>
+        <v>2884</v>
       </c>
       <c r="B1031" s="4" t="s">
-        <v>2933</v>
+        <v>2885</v>
       </c>
       <c r="C1031" s="4" t="s">
-        <v>2934</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1032" spans="1:10">
       <c r="A1032" s="3" t="s">
-        <v>2935</v>
+        <v>2887</v>
       </c>
       <c r="B1032" s="4" t="s">
-        <v>2936</v>
+        <v>2888</v>
       </c>
       <c r="C1032" s="4" t="s">
-        <v>2937</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="1033" spans="1:10">
       <c r="A1033" s="3" t="s">
-        <v>2938</v>
+        <v>2890</v>
       </c>
       <c r="B1033" s="4" t="s">
-        <v>2939</v>
+        <v>143</v>
       </c>
       <c r="C1033" s="4" t="s">
-        <v>2940</v>
+        <v>144</v>
       </c>
     </row>
     <row r="1034" spans="1:10">
       <c r="A1034" s="3" t="s">
-        <v>2941</v>
+        <v>2891</v>
       </c>
       <c r="B1034" s="4" t="s">
-        <v>2942</v>
+        <v>2892</v>
       </c>
       <c r="C1034" s="4" t="s">
-        <v>2943</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="1035" spans="1:10">
       <c r="A1035" s="3" t="s">
-        <v>2944</v>
+        <v>2894</v>
       </c>
       <c r="B1035" s="4" t="s">
-        <v>2945</v>
+        <v>2895</v>
       </c>
       <c r="C1035" s="4" t="s">
-        <v>2946</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="1036" spans="1:10">
       <c r="A1036" s="3" t="s">
-        <v>2947</v>
+        <v>2897</v>
       </c>
       <c r="B1036" s="4" t="s">
-        <v>2948</v>
+        <v>2898</v>
       </c>
       <c r="C1036" s="4" t="s">
-        <v>2949</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="1037" spans="1:10">
       <c r="A1037" s="3" t="s">
-        <v>2950</v>
+        <v>2900</v>
       </c>
       <c r="B1037" s="4" t="s">
-        <v>2951</v>
+        <v>2901</v>
       </c>
       <c r="C1037" s="4" t="s">
-        <v>2952</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="1038" spans="1:10">
       <c r="A1038" s="3" t="s">
-        <v>2953</v>
+        <v>2903</v>
       </c>
       <c r="B1038" s="4" t="s">
-        <v>2954</v>
+        <v>2904</v>
       </c>
       <c r="C1038" s="4" t="s">
-        <v>2955</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="1039" spans="1:10">
       <c r="A1039" s="3" t="s">
-        <v>2956</v>
+        <v>2906</v>
       </c>
       <c r="B1039" s="4" t="s">
-        <v>2957</v>
+        <v>182</v>
       </c>
       <c r="C1039" s="4" t="s">
-        <v>2958</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1040" spans="1:10">
       <c r="A1040" s="3" t="s">
-        <v>2959</v>
+        <v>2907</v>
       </c>
       <c r="B1040" s="4" t="s">
-        <v>2677</v>
+        <v>2908</v>
       </c>
       <c r="C1040" s="4" t="s">
-        <v>2960</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="1041" spans="1:10">
       <c r="A1041" s="3" t="s">
-        <v>2961</v>
+        <v>2910</v>
       </c>
       <c r="B1041" s="4" t="s">
-        <v>2962</v>
+        <v>2911</v>
       </c>
       <c r="C1041" s="4" t="s">
-        <v>2963</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1042" spans="1:10">
       <c r="A1042" s="3" t="s">
-        <v>2964</v>
+        <v>2913</v>
       </c>
       <c r="B1042" s="4" t="s">
-        <v>2965</v>
+        <v>2914</v>
       </c>
       <c r="C1042" s="4" t="s">
-        <v>2966</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="1043" spans="1:10">
       <c r="A1043" s="3" t="s">
-        <v>2967</v>
+        <v>2916</v>
       </c>
       <c r="B1043" s="4" t="s">
-        <v>2968</v>
+        <v>2917</v>
       </c>
       <c r="C1043" s="4" t="s">
-        <v>2969</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="1044" spans="1:10">
       <c r="A1044" s="3" t="s">
-        <v>2970</v>
+        <v>2919</v>
       </c>
       <c r="B1044" s="4" t="s">
-        <v>2971</v>
+        <v>2920</v>
       </c>
       <c r="C1044" s="4" t="s">
-        <v>2972</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="1045" spans="1:10">
       <c r="A1045" s="3" t="s">
-        <v>2973</v>
+        <v>2922</v>
       </c>
       <c r="B1045" s="4" t="s">
-        <v>1913</v>
+        <v>2923</v>
       </c>
       <c r="C1045" s="4" t="s">
-        <v>2974</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="1046" spans="1:10">
       <c r="A1046" s="3" t="s">
-        <v>2975</v>
+        <v>2925</v>
       </c>
       <c r="B1046" s="4" t="s">
-        <v>2976</v>
+        <v>2926</v>
       </c>
       <c r="C1046" s="4" t="s">
-        <v>2977</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="1047" spans="1:10">
       <c r="A1047" s="3" t="s">
-        <v>2978</v>
+        <v>2928</v>
       </c>
       <c r="B1047" s="4" t="s">
-        <v>2976</v>
+        <v>2929</v>
       </c>
       <c r="C1047" s="4" t="s">
-        <v>2979</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="1048" spans="1:10">
       <c r="A1048" s="3" t="s">
-        <v>2980</v>
+        <v>2931</v>
       </c>
       <c r="B1048" s="4" t="s">
-        <v>1979</v>
+        <v>2932</v>
       </c>
       <c r="C1048" s="4" t="s">
-        <v>2981</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="1049" spans="1:10">
       <c r="A1049" s="3" t="s">
-        <v>2982</v>
+        <v>2934</v>
       </c>
       <c r="B1049" s="4" t="s">
-        <v>1979</v>
+        <v>2935</v>
       </c>
       <c r="C1049" s="4" t="s">
-        <v>2983</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="1050" spans="1:10">
       <c r="A1050" s="3" t="s">
-        <v>2984</v>
+        <v>2937</v>
       </c>
       <c r="B1050" s="4" t="s">
-        <v>1531</v>
+        <v>2938</v>
       </c>
       <c r="C1050" s="4" t="s">
-        <v>2985</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="1051" spans="1:10">
       <c r="A1051" s="3" t="s">
-        <v>2986</v>
+        <v>2940</v>
       </c>
       <c r="B1051" s="4" t="s">
-        <v>1979</v>
+        <v>2941</v>
       </c>
       <c r="C1051" s="4" t="s">
-        <v>2987</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="1052" spans="1:10">
       <c r="A1052" s="3" t="s">
-        <v>2988</v>
+        <v>2943</v>
       </c>
       <c r="B1052" s="4" t="s">
-        <v>2989</v>
+        <v>2944</v>
       </c>
       <c r="C1052" s="4" t="s">
-        <v>2990</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="1053" spans="1:10">
       <c r="A1053" s="3" t="s">
-        <v>2991</v>
+        <v>2946</v>
       </c>
       <c r="B1053" s="4" t="s">
-        <v>2992</v>
+        <v>2947</v>
       </c>
       <c r="C1053" s="4" t="s">
-        <v>2993</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="1054" spans="1:10">
       <c r="A1054" s="3" t="s">
-        <v>2994</v>
+        <v>2949</v>
       </c>
       <c r="B1054" s="4" t="s">
-        <v>2995</v>
+        <v>1055</v>
       </c>
       <c r="C1054" s="4" t="s">
-        <v>2996</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="1055" spans="1:10">
       <c r="A1055" s="3" t="s">
-        <v>2997</v>
+        <v>2951</v>
       </c>
       <c r="B1055" s="4" t="s">
-        <v>2998</v>
+        <v>2952</v>
       </c>
       <c r="C1055" s="4" t="s">
-        <v>2999</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="1056" spans="1:10">
       <c r="A1056" s="3" t="s">
-        <v>3000</v>
+        <v>2954</v>
       </c>
       <c r="B1056" s="4" t="s">
-        <v>2998</v>
+        <v>278</v>
       </c>
       <c r="C1056" s="4" t="s">
-        <v>3001</v>
+        <v>283</v>
       </c>
     </row>
     <row r="1057" spans="1:10">
       <c r="A1057" s="3" t="s">
-        <v>3002</v>
+        <v>2955</v>
       </c>
       <c r="B1057" s="4" t="s">
-        <v>3003</v>
+        <v>278</v>
       </c>
       <c r="C1057" s="4" t="s">
-        <v>3004</v>
+        <v>281</v>
       </c>
     </row>
     <row r="1058" spans="1:10">
       <c r="A1058" s="3" t="s">
-        <v>3005</v>
+        <v>2956</v>
       </c>
       <c r="B1058" s="4" t="s">
-        <v>3006</v>
+        <v>2957</v>
       </c>
       <c r="C1058" s="4" t="s">
-        <v>3007</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="1059" spans="1:10">
       <c r="A1059" s="3" t="s">
-        <v>3008</v>
+        <v>2959</v>
       </c>
       <c r="B1059" s="4" t="s">
-        <v>3009</v>
+        <v>2960</v>
       </c>
       <c r="C1059" s="4" t="s">
-        <v>3010</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="1060" spans="1:10">
       <c r="A1060" s="3" t="s">
-        <v>3011</v>
+        <v>2962</v>
       </c>
       <c r="B1060" s="4" t="s">
-        <v>3012</v>
+        <v>2963</v>
       </c>
       <c r="C1060" s="4" t="s">
-        <v>3013</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="1061" spans="1:10">
       <c r="A1061" s="3" t="s">
-        <v>3014</v>
+        <v>2965</v>
       </c>
       <c r="B1061" s="4" t="s">
-        <v>3015</v>
+        <v>2966</v>
       </c>
       <c r="C1061" s="4" t="s">
-        <v>3016</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="1062" spans="1:10">
       <c r="A1062" s="3" t="s">
-        <v>3017</v>
+        <v>2968</v>
       </c>
       <c r="B1062" s="4" t="s">
-        <v>3018</v>
+        <v>2969</v>
       </c>
       <c r="C1062" s="4" t="s">
-        <v>3019</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="1063" spans="1:10">
       <c r="A1063" s="3" t="s">
-        <v>3020</v>
+        <v>2971</v>
       </c>
       <c r="B1063" s="4" t="s">
-        <v>3021</v>
+        <v>182</v>
       </c>
       <c r="C1063" s="4" t="s">
-        <v>3022</v>
+        <v>187</v>
       </c>
     </row>
     <row r="1064" spans="1:10">
       <c r="A1064" s="3" t="s">
-        <v>3023</v>
+        <v>2972</v>
       </c>
       <c r="B1064" s="4" t="s">
-        <v>3024</v>
+        <v>2973</v>
       </c>
       <c r="C1064" s="4" t="s">
-        <v>3025</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="1065" spans="1:10">
       <c r="A1065" s="3" t="s">
-        <v>3026</v>
+        <v>2975</v>
       </c>
       <c r="B1065" s="4" t="s">
-        <v>3027</v>
+        <v>2976</v>
       </c>
       <c r="C1065" s="4" t="s">
-        <v>3028</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="1066" spans="1:10">
       <c r="A1066" s="3" t="s">
-        <v>3029</v>
+        <v>2978</v>
       </c>
       <c r="B1066" s="4" t="s">
-        <v>3030</v>
+        <v>514</v>
       </c>
       <c r="C1066" s="4" t="s">
-        <v>3031</v>
+        <v>519</v>
       </c>
     </row>
     <row r="1067" spans="1:10">
       <c r="A1067" s="3" t="s">
-        <v>3032</v>
+        <v>2979</v>
       </c>
       <c r="B1067" s="4" t="s">
-        <v>3030</v>
+        <v>2980</v>
       </c>
       <c r="C1067" s="4" t="s">
-        <v>3033</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="1068" spans="1:10">
       <c r="A1068" s="3" t="s">
-        <v>3034</v>
+        <v>2981</v>
       </c>
       <c r="B1068" s="4" t="s">
-        <v>3035</v>
+        <v>2982</v>
       </c>
       <c r="C1068" s="4" t="s">
-        <v>3036</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="1069" spans="1:10">
       <c r="A1069" s="3" t="s">
-        <v>3037</v>
+        <v>2984</v>
       </c>
       <c r="B1069" s="4" t="s">
-        <v>3038</v>
+        <v>2985</v>
       </c>
       <c r="C1069" s="4" t="s">
-        <v>3039</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1070" spans="1:10">
       <c r="A1070" s="3" t="s">
-        <v>3040</v>
+        <v>2987</v>
       </c>
       <c r="B1070" s="4" t="s">
-        <v>3041</v>
+        <v>2988</v>
       </c>
       <c r="C1070" s="4" t="s">
-        <v>3042</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="1071" spans="1:10">
       <c r="A1071" s="3" t="s">
-        <v>3043</v>
+        <v>2990</v>
       </c>
       <c r="B1071" s="4" t="s">
-        <v>3044</v>
+        <v>2991</v>
       </c>
       <c r="C1071" s="4" t="s">
-        <v>3045</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1072" spans="1:10">
       <c r="A1072" s="3" t="s">
-        <v>3046</v>
+        <v>2993</v>
       </c>
       <c r="B1072" s="4" t="s">
-        <v>3047</v>
+        <v>2994</v>
       </c>
       <c r="C1072" s="4" t="s">
-        <v>3048</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1073" spans="1:10">
       <c r="A1073" s="3" t="s">
-        <v>3049</v>
+        <v>2996</v>
       </c>
       <c r="B1073" s="4" t="s">
-        <v>3050</v>
+        <v>2997</v>
       </c>
       <c r="C1073" s="4" t="s">
-        <v>3051</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="1074" spans="1:10">
       <c r="A1074" s="3" t="s">
-        <v>3052</v>
+        <v>2999</v>
       </c>
       <c r="B1074" s="4" t="s">
-        <v>3053</v>
+        <v>8</v>
       </c>
       <c r="C1074" s="4" t="s">
-        <v>3054</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1075" spans="1:10">
       <c r="A1075" s="3" t="s">
-        <v>3055</v>
+        <v>3000</v>
       </c>
       <c r="B1075" s="4" t="s">
-        <v>3056</v>
+        <v>3001</v>
       </c>
       <c r="C1075" s="4" t="s">
-        <v>3057</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1076" spans="1:10">
       <c r="A1076" s="3" t="s">
-        <v>3058</v>
+        <v>3003</v>
       </c>
       <c r="B1076" s="4" t="s">
-        <v>3059</v>
+        <v>3004</v>
       </c>
       <c r="C1076" s="4" t="s">
-        <v>3060</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="1077" spans="1:10">
       <c r="A1077" s="3" t="s">
-        <v>3061</v>
+        <v>3006</v>
       </c>
       <c r="B1077" s="4" t="s">
-        <v>3062</v>
+        <v>3007</v>
       </c>
       <c r="C1077" s="4" t="s">
-        <v>3063</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="1078" spans="1:10">
       <c r="A1078" s="3" t="s">
-        <v>3064</v>
+        <v>3009</v>
       </c>
       <c r="B1078" s="4" t="s">
-        <v>808</v>
+        <v>77</v>
       </c>
       <c r="C1078" s="4" t="s">
-        <v>3065</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1079" spans="1:10">
       <c r="A1079" s="3" t="s">
-        <v>3066</v>
+        <v>3010</v>
       </c>
       <c r="B1079" s="4" t="s">
-        <v>808</v>
+        <v>3011</v>
       </c>
       <c r="C1079" s="4" t="s">
-        <v>3067</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1080" spans="1:10">
       <c r="A1080" s="3" t="s">
-        <v>3068</v>
+        <v>3012</v>
       </c>
       <c r="B1080" s="4" t="s">
-        <v>808</v>
+        <v>77</v>
       </c>
       <c r="C1080" s="4" t="s">
-        <v>3069</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1081" spans="1:10">
       <c r="A1081" s="3" t="s">
-        <v>3070</v>
+        <v>3013</v>
       </c>
       <c r="B1081" s="4" t="s">
-        <v>808</v>
+        <v>290</v>
       </c>
       <c r="C1081" s="4" t="s">
-        <v>3071</v>
+        <v>291</v>
       </c>
     </row>
     <row r="1082" spans="1:10">
       <c r="A1082" s="3" t="s">
-        <v>3072</v>
+        <v>3014</v>
       </c>
       <c r="B1082" s="4" t="s">
-        <v>808</v>
+        <v>3015</v>
       </c>
       <c r="C1082" s="4" t="s">
-        <v>3073</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="1083" spans="1:10">
       <c r="A1083" s="3" t="s">
-        <v>3074</v>
+        <v>3017</v>
       </c>
       <c r="B1083" s="4" t="s">
-        <v>3075</v>
+        <v>3018</v>
       </c>
       <c r="C1083" s="4" t="s">
-        <v>3076</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="1084" spans="1:10">
       <c r="A1084" s="3" t="s">
-        <v>3077</v>
+        <v>3020</v>
       </c>
       <c r="B1084" s="4" t="s">
-        <v>3078</v>
+        <v>3021</v>
       </c>
       <c r="C1084" s="4" t="s">
-        <v>3079</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="1085" spans="1:10">
       <c r="A1085" s="3" t="s">
-        <v>3080</v>
+        <v>3023</v>
       </c>
       <c r="B1085" s="4" t="s">
-        <v>3081</v>
+        <v>3024</v>
       </c>
       <c r="C1085" s="4" t="s">
-        <v>3082</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1086" spans="1:10">
       <c r="A1086" s="3" t="s">
-        <v>3083</v>
+        <v>3026</v>
       </c>
       <c r="B1086" s="4" t="s">
-        <v>3084</v>
+        <v>3027</v>
       </c>
       <c r="C1086" s="4" t="s">
-        <v>3085</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="1087" spans="1:10">
       <c r="A1087" s="3" t="s">
-        <v>3086</v>
+        <v>3029</v>
       </c>
       <c r="B1087" s="4" t="s">
-        <v>3087</v>
+        <v>3030</v>
       </c>
       <c r="C1087" s="4" t="s">
-        <v>3088</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="1088" spans="1:10">
       <c r="A1088" s="3" t="s">
-        <v>3089</v>
+        <v>3032</v>
       </c>
       <c r="B1088" s="4" t="s">
-        <v>3090</v>
+        <v>3033</v>
       </c>
       <c r="C1088" s="4" t="s">
-        <v>3091</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="1089" spans="1:10">
       <c r="A1089" s="3" t="s">
-        <v>3092</v>
+        <v>3035</v>
       </c>
       <c r="B1089" s="4" t="s">
-        <v>3093</v>
+        <v>3036</v>
       </c>
       <c r="C1089" s="4" t="s">
-        <v>3094</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="1090" spans="1:10">
       <c r="A1090" s="3" t="s">
-        <v>3095</v>
+        <v>3038</v>
       </c>
       <c r="B1090" s="4" t="s">
-        <v>3096</v>
+        <v>3039</v>
       </c>
       <c r="C1090" s="4" t="s">
-        <v>3097</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="1091" spans="1:10">
       <c r="A1091" s="3" t="s">
-        <v>3098</v>
+        <v>3041</v>
       </c>
       <c r="B1091" s="4" t="s">
-        <v>3099</v>
+        <v>3042</v>
       </c>
       <c r="C1091" s="4" t="s">
-        <v>3100</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="1092" spans="1:10">
       <c r="A1092" s="3" t="s">
-        <v>3101</v>
+        <v>3044</v>
       </c>
       <c r="B1092" s="4" t="s">
-        <v>3102</v>
+        <v>137</v>
       </c>
       <c r="C1092" s="4" t="s">
-        <v>3103</v>
+        <v>138</v>
       </c>
     </row>
     <row r="1093" spans="1:10">
       <c r="A1093" s="3" t="s">
-        <v>3104</v>
+        <v>3045</v>
       </c>
       <c r="B1093" s="4" t="s">
-        <v>3105</v>
+        <v>3046</v>
       </c>
       <c r="C1093" s="4" t="s">
-        <v>3106</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="1094" spans="1:10">
       <c r="A1094" s="3" t="s">
-        <v>3107</v>
+        <v>3048</v>
       </c>
       <c r="B1094" s="4" t="s">
-        <v>3108</v>
+        <v>704</v>
       </c>
       <c r="C1094" s="4" t="s">
-        <v>3109</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1095" spans="1:10">
       <c r="A1095" s="3" t="s">
-        <v>3110</v>
+        <v>3050</v>
       </c>
       <c r="B1095" s="4" t="s">
-        <v>3111</v>
+        <v>3051</v>
       </c>
       <c r="C1095" s="4" t="s">
-        <v>3112</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="1096" spans="1:10">
       <c r="A1096" s="3" t="s">
-        <v>3113</v>
+        <v>3053</v>
       </c>
       <c r="B1096" s="4" t="s">
-        <v>3114</v>
+        <v>3054</v>
       </c>
       <c r="C1096" s="4" t="s">
-        <v>3115</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="1097" spans="1:10">
       <c r="A1097" s="3" t="s">
-        <v>3116</v>
+        <v>3056</v>
       </c>
       <c r="B1097" s="4" t="s">
-        <v>485</v>
+        <v>3057</v>
       </c>
       <c r="C1097" s="4" t="s">
-        <v>3117</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="1098" spans="1:10">
       <c r="A1098" s="3" t="s">
-        <v>3118</v>
+        <v>3059</v>
       </c>
       <c r="B1098" s="4" t="s">
-        <v>2377</v>
+        <v>3060</v>
       </c>
       <c r="C1098" s="4" t="s">
-        <v>3119</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="1099" spans="1:10">
       <c r="A1099" s="3" t="s">
-        <v>3120</v>
+        <v>3062</v>
       </c>
       <c r="B1099" s="4" t="s">
-        <v>485</v>
+        <v>531</v>
       </c>
       <c r="C1099" s="4" t="s">
-        <v>3121</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1100" spans="1:10">
       <c r="A1100" s="3" t="s">
-        <v>3122</v>
+        <v>3064</v>
       </c>
       <c r="B1100" s="4" t="s">
-        <v>3123</v>
+        <v>3065</v>
       </c>
       <c r="C1100" s="4" t="s">
-        <v>3124</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="1101" spans="1:10">
       <c r="A1101" s="3" t="s">
-        <v>3125</v>
+        <v>3067</v>
       </c>
       <c r="B1101" s="4" t="s">
-        <v>3126</v>
+        <v>3068</v>
       </c>
       <c r="C1101" s="4" t="s">
-        <v>3127</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="1102" spans="1:10">
       <c r="A1102" s="3" t="s">
-        <v>3128</v>
+        <v>3070</v>
       </c>
       <c r="B1102" s="4" t="s">
-        <v>3129</v>
+        <v>3071</v>
       </c>
       <c r="C1102" s="4" t="s">
-        <v>3130</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1103" spans="1:10">
       <c r="A1103" s="3" t="s">
-        <v>3131</v>
+        <v>3073</v>
       </c>
       <c r="B1103" s="4" t="s">
-        <v>3132</v>
+        <v>3074</v>
       </c>
       <c r="C1103" s="4" t="s">
-        <v>3133</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="1104" spans="1:10">
       <c r="A1104" s="3" t="s">
-        <v>3134</v>
+        <v>3076</v>
       </c>
       <c r="B1104" s="4" t="s">
-        <v>3135</v>
+        <v>3077</v>
       </c>
       <c r="C1104" s="4" t="s">
-        <v>3136</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="1105" spans="1:10">
       <c r="A1105" s="3" t="s">
-        <v>3137</v>
+        <v>3079</v>
       </c>
       <c r="B1105" s="4" t="s">
-        <v>3138</v>
+        <v>28</v>
       </c>
       <c r="C1105" s="4" t="s">
-        <v>3139</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1106" spans="1:10">
       <c r="A1106" s="3" t="s">
-        <v>3140</v>
+        <v>3080</v>
       </c>
       <c r="B1106" s="4" t="s">
-        <v>3141</v>
+        <v>3071</v>
       </c>
       <c r="C1106" s="4" t="s">
-        <v>3142</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="1107" spans="1:10">
       <c r="A1107" s="3" t="s">
-        <v>3143</v>
+        <v>3082</v>
       </c>
       <c r="B1107" s="4" t="s">
-        <v>3144</v>
+        <v>3071</v>
       </c>
       <c r="C1107" s="4" t="s">
-        <v>3145</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="1108" spans="1:10">
       <c r="A1108" s="3" t="s">
-        <v>3146</v>
+        <v>3084</v>
       </c>
       <c r="B1108" s="4" t="s">
-        <v>3147</v>
+        <v>3085</v>
       </c>
       <c r="C1108" s="4" t="s">
-        <v>3148</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="1109" spans="1:10">
       <c r="A1109" s="3" t="s">
-        <v>3149</v>
+        <v>3087</v>
       </c>
       <c r="B1109" s="4" t="s">
-        <v>3150</v>
+        <v>3088</v>
       </c>
       <c r="C1109" s="4" t="s">
-        <v>3151</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="1110" spans="1:10">
       <c r="A1110" s="3" t="s">
-        <v>3152</v>
+        <v>3090</v>
       </c>
       <c r="B1110" s="4" t="s">
-        <v>3153</v>
+        <v>3091</v>
       </c>
       <c r="C1110" s="4" t="s">
-        <v>3154</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="1111" spans="1:10">
       <c r="A1111" s="3" t="s">
-        <v>3155</v>
+        <v>3093</v>
       </c>
       <c r="B1111" s="4" t="s">
-        <v>3156</v>
+        <v>3094</v>
       </c>
       <c r="C1111" s="4" t="s">
-        <v>3157</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="1112" spans="1:10">
       <c r="A1112" s="3" t="s">
-        <v>3158</v>
+        <v>3096</v>
       </c>
       <c r="B1112" s="4" t="s">
-        <v>2597</v>
+        <v>34</v>
       </c>
       <c r="C1112" s="4" t="s">
-        <v>3159</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1113" spans="1:10">
       <c r="A1113" s="3" t="s">
-        <v>3160</v>
+        <v>3097</v>
       </c>
       <c r="B1113" s="4" t="s">
-        <v>3161</v>
+        <v>176</v>
       </c>
       <c r="C1113" s="4" t="s">
-        <v>3162</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1114" spans="1:10">
       <c r="A1114" s="3" t="s">
-        <v>3163</v>
+        <v>3098</v>
       </c>
       <c r="B1114" s="4" t="s">
-        <v>3164</v>
+        <v>3099</v>
       </c>
       <c r="C1114" s="4" t="s">
-        <v>3165</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="1115" spans="1:10">
       <c r="A1115" s="3" t="s">
-        <v>3166</v>
+        <v>3101</v>
       </c>
       <c r="B1115" s="4" t="s">
-        <v>3167</v>
+        <v>3102</v>
       </c>
       <c r="C1115" s="4" t="s">
-        <v>3168</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="1116" spans="1:10">
       <c r="A1116" s="3" t="s">
-        <v>3169</v>
+        <v>3104</v>
       </c>
       <c r="B1116" s="4" t="s">
-        <v>3170</v>
+        <v>3105</v>
       </c>
       <c r="C1116" s="4" t="s">
-        <v>3171</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="1117" spans="1:10">
       <c r="A1117" s="3" t="s">
-        <v>3172</v>
+        <v>3107</v>
       </c>
       <c r="B1117" s="4" t="s">
-        <v>3170</v>
+        <v>3108</v>
       </c>
       <c r="C1117" s="4" t="s">
-        <v>3173</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="1118" spans="1:10">
       <c r="A1118" s="3" t="s">
-        <v>3174</v>
+        <v>3110</v>
       </c>
       <c r="B1118" s="4" t="s">
-        <v>3175</v>
+        <v>842</v>
       </c>
       <c r="C1118" s="4" t="s">
-        <v>3176</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="1119" spans="1:10">
       <c r="A1119" s="3" t="s">
-        <v>3177</v>
+        <v>3112</v>
       </c>
       <c r="B1119" s="4" t="s">
-        <v>2843</v>
+        <v>3113</v>
       </c>
       <c r="C1119" s="4" t="s">
-        <v>3178</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="1120" spans="1:10">
       <c r="A1120" s="3" t="s">
-        <v>3179</v>
+        <v>3115</v>
       </c>
       <c r="B1120" s="4" t="s">
-        <v>2843</v>
+        <v>3116</v>
       </c>
       <c r="C1120" s="4" t="s">
-        <v>3180</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="1121" spans="1:10">
       <c r="A1121" s="3" t="s">
-        <v>3181</v>
+        <v>3118</v>
       </c>
       <c r="B1121" s="4" t="s">
-        <v>2843</v>
+        <v>95</v>
       </c>
       <c r="C1121" s="4" t="s">
-        <v>3182</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="1122" spans="1:10">
       <c r="A1122" s="3" t="s">
-        <v>3183</v>
+        <v>3120</v>
       </c>
       <c r="B1122" s="4" t="s">
-        <v>3184</v>
+        <v>3121</v>
       </c>
       <c r="C1122" s="4" t="s">
-        <v>3185</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="1123" spans="1:10">
       <c r="A1123" s="3" t="s">
-        <v>3186</v>
+        <v>3123</v>
       </c>
       <c r="B1123" s="4" t="s">
-        <v>347</v>
+        <v>1024</v>
       </c>
       <c r="C1123" s="4" t="s">
-        <v>3187</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="1124" spans="1:10">
       <c r="A1124" s="3" t="s">
-        <v>3188</v>
+        <v>3125</v>
       </c>
       <c r="B1124" s="4" t="s">
-        <v>3189</v>
+        <v>3126</v>
       </c>
       <c r="C1124" s="4" t="s">
-        <v>3190</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="1125" spans="1:10">
       <c r="A1125" s="3" t="s">
-        <v>3191</v>
+        <v>3128</v>
       </c>
       <c r="B1125" s="4" t="s">
-        <v>1979</v>
+        <v>3129</v>
       </c>
       <c r="C1125" s="4" t="s">
-        <v>3192</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="1126" spans="1:10">
       <c r="A1126" s="3" t="s">
-        <v>3193</v>
+        <v>3131</v>
       </c>
       <c r="B1126" s="4" t="s">
-        <v>3194</v>
+        <v>3132</v>
       </c>
       <c r="C1126" s="4" t="s">
-        <v>3195</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="1127" spans="1:10">
       <c r="A1127" s="3" t="s">
-        <v>3196</v>
+        <v>3134</v>
       </c>
       <c r="B1127" s="4" t="s">
-        <v>3197</v>
+        <v>3135</v>
       </c>
       <c r="C1127" s="4" t="s">
-        <v>3198</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="1128" spans="1:10">
       <c r="A1128" s="3" t="s">
-        <v>3199</v>
+        <v>3137</v>
       </c>
       <c r="B1128" s="4" t="s">
-        <v>3200</v>
+        <v>3138</v>
       </c>
       <c r="C1128" s="4" t="s">
-        <v>3201</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="1129" spans="1:10">
       <c r="A1129" s="3" t="s">
-        <v>3202</v>
+        <v>3140</v>
       </c>
       <c r="B1129" s="4" t="s">
-        <v>3203</v>
+        <v>3141</v>
       </c>
       <c r="C1129" s="4" t="s">
-        <v>3204</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="1130" spans="1:10">
       <c r="A1130" s="3" t="s">
-        <v>3205</v>
+        <v>3143</v>
       </c>
       <c r="B1130" s="4" t="s">
-        <v>3206</v>
+        <v>237</v>
       </c>
       <c r="C1130" s="4" t="s">
-        <v>3207</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1131" spans="1:10">
       <c r="A1131" s="3" t="s">
-        <v>3208</v>
+        <v>3144</v>
       </c>
       <c r="B1131" s="4" t="s">
-        <v>2671</v>
+        <v>3145</v>
       </c>
       <c r="C1131" s="4" t="s">
-        <v>3209</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="1132" spans="1:10">
       <c r="A1132" s="3" t="s">
-        <v>3210</v>
+        <v>3147</v>
       </c>
       <c r="B1132" s="4" t="s">
-        <v>2671</v>
+        <v>3148</v>
       </c>
       <c r="C1132" s="4" t="s">
-        <v>3211</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="1133" spans="1:10">
       <c r="A1133" s="3" t="s">
-        <v>3212</v>
+        <v>3150</v>
       </c>
       <c r="B1133" s="4" t="s">
-        <v>2671</v>
+        <v>3151</v>
       </c>
       <c r="C1133" s="4" t="s">
-        <v>3213</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="1134" spans="1:10">
       <c r="A1134" s="3" t="s">
-        <v>3214</v>
+        <v>3153</v>
       </c>
       <c r="B1134" s="4" t="s">
-        <v>3215</v>
+        <v>3154</v>
       </c>
       <c r="C1134" s="4" t="s">
-        <v>3216</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="1135" spans="1:10">
       <c r="A1135" s="3" t="s">
-        <v>3217</v>
+        <v>3156</v>
       </c>
       <c r="B1135" s="4" t="s">
-        <v>3218</v>
+        <v>3157</v>
       </c>
       <c r="C1135" s="4" t="s">
-        <v>3219</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="1136" spans="1:10">
       <c r="A1136" s="3" t="s">
-        <v>3220</v>
+        <v>3159</v>
       </c>
       <c r="B1136" s="4" t="s">
-        <v>2620</v>
+        <v>3160</v>
       </c>
       <c r="C1136" s="4" t="s">
-        <v>3221</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="1137" spans="1:10">
       <c r="A1137" s="3" t="s">
-        <v>3222</v>
+        <v>3162</v>
       </c>
       <c r="B1137" s="4" t="s">
-        <v>2793</v>
+        <v>2888</v>
       </c>
       <c r="C1137" s="4" t="s">
-        <v>3223</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="1138" spans="1:10">
       <c r="A1138" s="3" t="s">
-        <v>3224</v>
+        <v>3164</v>
       </c>
       <c r="B1138" s="4" t="s">
-        <v>3225</v>
+        <v>3102</v>
       </c>
       <c r="C1138" s="4" t="s">
-        <v>3226</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="1139" spans="1:10">
       <c r="A1139" s="3" t="s">
-        <v>3227</v>
+        <v>3166</v>
       </c>
       <c r="B1139" s="4" t="s">
-        <v>3228</v>
+        <v>1234</v>
       </c>
       <c r="C1139" s="4" t="s">
-        <v>3229</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="1140" spans="1:10">
       <c r="A1140" s="3" t="s">
-        <v>3230</v>
+        <v>3168</v>
       </c>
       <c r="B1140" s="4" t="s">
-        <v>3231</v>
+        <v>1234</v>
       </c>
       <c r="C1140" s="4" t="s">
-        <v>3232</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="1141" spans="1:10">
       <c r="A1141" s="3" t="s">
-        <v>3233</v>
+        <v>3170</v>
       </c>
       <c r="B1141" s="4" t="s">
-        <v>3234</v>
+        <v>3171</v>
       </c>
       <c r="C1141" s="4" t="s">
-        <v>3235</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="1142" spans="1:10">
       <c r="A1142" s="3" t="s">
-        <v>3236</v>
+        <v>3173</v>
       </c>
       <c r="B1142" s="4" t="s">
-        <v>1988</v>
+        <v>173</v>
       </c>
       <c r="C1142" s="4" t="s">
-        <v>3237</v>
+        <v>174</v>
       </c>
     </row>
     <row r="1143" spans="1:10">
       <c r="A1143" s="3" t="s">
-        <v>3238</v>
+        <v>3174</v>
       </c>
       <c r="B1143" s="4" t="s">
-        <v>1139</v>
+        <v>3175</v>
       </c>
       <c r="C1143" s="4" t="s">
-        <v>3239</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="1144" spans="1:10">
       <c r="A1144" s="3" t="s">
-        <v>3240</v>
+        <v>3177</v>
       </c>
       <c r="B1144" s="4" t="s">
-        <v>3241</v>
+        <v>3178</v>
       </c>
       <c r="C1144" s="4" t="s">
-        <v>3242</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1145" spans="1:10">
       <c r="A1145" s="3" t="s">
-        <v>3243</v>
+        <v>3180</v>
       </c>
       <c r="B1145" s="4" t="s">
-        <v>3244</v>
+        <v>3181</v>
       </c>
       <c r="C1145" s="4" t="s">
-        <v>3245</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="1146" spans="1:10">
       <c r="A1146" s="3" t="s">
-        <v>3246</v>
+        <v>3183</v>
       </c>
       <c r="B1146" s="4" t="s">
-        <v>3247</v>
+        <v>3184</v>
       </c>
       <c r="C1146" s="4" t="s">
-        <v>3248</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="1147" spans="1:10">
       <c r="A1147" s="3" t="s">
-        <v>3249</v>
+        <v>3186</v>
       </c>
       <c r="B1147" s="4" t="s">
-        <v>263</v>
+        <v>3187</v>
       </c>
       <c r="C1147" s="4" t="s">
-        <v>3250</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="1148" spans="1:10">
       <c r="A1148" s="3" t="s">
-        <v>3251</v>
+        <v>3189</v>
       </c>
       <c r="B1148" s="4" t="s">
-        <v>2832</v>
+        <v>3190</v>
       </c>
       <c r="C1148" s="4" t="s">
-        <v>3252</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="1149" spans="1:10">
       <c r="A1149" s="3" t="s">
-        <v>3253</v>
+        <v>3192</v>
       </c>
       <c r="B1149" s="4" t="s">
-        <v>2832</v>
+        <v>3193</v>
       </c>
       <c r="C1149" s="4" t="s">
-        <v>3254</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="1150" spans="1:10">
       <c r="A1150" s="3" t="s">
-        <v>3255</v>
+        <v>3195</v>
       </c>
       <c r="B1150" s="4" t="s">
-        <v>3256</v>
+        <v>278</v>
       </c>
       <c r="C1150" s="4" t="s">
-        <v>3257</v>
+        <v>279</v>
       </c>
     </row>
     <row r="1151" spans="1:10">
       <c r="A1151" s="3" t="s">
-        <v>3258</v>
+        <v>3196</v>
       </c>
       <c r="B1151" s="4" t="s">
-        <v>418</v>
+        <v>3197</v>
       </c>
       <c r="C1151" s="4" t="s">
-        <v>3259</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="1152" spans="1:10">
       <c r="A1152" s="3" t="s">
-        <v>3260</v>
+        <v>3199</v>
       </c>
       <c r="B1152" s="4" t="s">
-        <v>3261</v>
+        <v>3200</v>
       </c>
       <c r="C1152" s="4" t="s">
-        <v>3262</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="1153" spans="1:10">
       <c r="A1153" s="3" t="s">
-        <v>3263</v>
+        <v>3202</v>
       </c>
       <c r="B1153" s="4" t="s">
-        <v>3264</v>
+        <v>40</v>
       </c>
       <c r="C1153" s="4" t="s">
-        <v>3265</v>
+        <v>41</v>
       </c>
     </row>
     <row r="1154" spans="1:10">
       <c r="A1154" s="3" t="s">
-        <v>3266</v>
+        <v>3203</v>
       </c>
       <c r="B1154" s="4" t="s">
-        <v>3267</v>
+        <v>101</v>
       </c>
       <c r="C1154" s="4" t="s">
-        <v>3268</v>
+        <v>102</v>
       </c>
     </row>
     <row r="1155" spans="1:10">
       <c r="A1155" s="3" t="s">
-        <v>3269</v>
+        <v>3204</v>
       </c>
       <c r="B1155" s="4" t="s">
-        <v>1021</v>
+        <v>3205</v>
       </c>
       <c r="C1155" s="4" t="s">
-        <v>3270</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="1156" spans="1:10">
       <c r="A1156" s="3" t="s">
-        <v>3271</v>
+        <v>3207</v>
       </c>
       <c r="B1156" s="4" t="s">
-        <v>3272</v>
+        <v>3208</v>
       </c>
       <c r="C1156" s="4" t="s">
-        <v>3273</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="1157" spans="1:10">
       <c r="A1157" s="3" t="s">
-        <v>3274</v>
+        <v>3210</v>
       </c>
       <c r="B1157" s="4" t="s">
-        <v>3275</v>
+        <v>3211</v>
       </c>
       <c r="C1157" s="4" t="s">
-        <v>3276</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="1158" spans="1:10">
       <c r="A1158" s="3" t="s">
-        <v>3277</v>
+        <v>3213</v>
       </c>
       <c r="B1158" s="4" t="s">
-        <v>3275</v>
+        <v>3214</v>
       </c>
       <c r="C1158" s="4" t="s">
-        <v>3278</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="1159" spans="1:10">
       <c r="A1159" s="3" t="s">
-        <v>3279</v>
+        <v>3216</v>
       </c>
       <c r="B1159" s="4" t="s">
-        <v>3280</v>
+        <v>3217</v>
       </c>
       <c r="C1159" s="4" t="s">
-        <v>3281</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="1160" spans="1:10">
       <c r="A1160" s="3" t="s">
-        <v>3282</v>
+        <v>3219</v>
       </c>
       <c r="B1160" s="4" t="s">
-        <v>3283</v>
+        <v>2963</v>
       </c>
       <c r="C1160" s="4" t="s">
-        <v>3284</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1161" spans="1:10">
       <c r="A1161" s="3" t="s">
-        <v>3285</v>
+        <v>3221</v>
       </c>
       <c r="B1161" s="4" t="s">
-        <v>3286</v>
+        <v>3222</v>
       </c>
       <c r="C1161" s="4" t="s">
-        <v>3287</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="1162" spans="1:10">
       <c r="A1162" s="3" t="s">
-        <v>3288</v>
+        <v>3224</v>
       </c>
       <c r="B1162" s="4" t="s">
-        <v>3289</v>
+        <v>3225</v>
       </c>
       <c r="C1162" s="4" t="s">
-        <v>3290</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="1163" spans="1:10">
       <c r="A1163" s="3" t="s">
-        <v>3291</v>
+        <v>3227</v>
       </c>
       <c r="B1163" s="4" t="s">
-        <v>20</v>
+        <v>3228</v>
       </c>
       <c r="C1163" s="4" t="s">
-        <v>21</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="1164" spans="1:10">
       <c r="A1164" s="3" t="s">
-        <v>3292</v>
+        <v>3230</v>
       </c>
       <c r="B1164" s="4" t="s">
-        <v>3293</v>
+        <v>3231</v>
       </c>
       <c r="C1164" s="4" t="s">
-        <v>3294</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="1165" spans="1:10">
       <c r="A1165" s="3" t="s">
-        <v>3295</v>
+        <v>3233</v>
       </c>
       <c r="B1165" s="4" t="s">
-        <v>3296</v>
+        <v>2241</v>
       </c>
       <c r="C1165" s="4" t="s">
-        <v>3297</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1166" spans="1:10">
       <c r="A1166" s="3" t="s">
-        <v>3298</v>
+        <v>3235</v>
       </c>
       <c r="B1166" s="4" t="s">
-        <v>3299</v>
+        <v>3236</v>
       </c>
       <c r="C1166" s="4" t="s">
-        <v>3300</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="1167" spans="1:10">
       <c r="A1167" s="3" t="s">
-        <v>3301</v>
+        <v>3238</v>
       </c>
       <c r="B1167" s="4" t="s">
-        <v>3215</v>
+        <v>3236</v>
       </c>
       <c r="C1167" s="4" t="s">
-        <v>3302</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="1168" spans="1:10">
       <c r="A1168" s="3" t="s">
-        <v>3303</v>
+        <v>3240</v>
       </c>
       <c r="B1168" s="4" t="s">
-        <v>3304</v>
+        <v>514</v>
       </c>
       <c r="C1168" s="4" t="s">
-        <v>3305</v>
+        <v>517</v>
       </c>
     </row>
     <row r="1169" spans="1:10">
       <c r="A1169" s="3" t="s">
-        <v>3306</v>
+        <v>3241</v>
       </c>
       <c r="B1169" s="4" t="s">
-        <v>3307</v>
+        <v>514</v>
       </c>
       <c r="C1169" s="4" t="s">
-        <v>3308</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1170" spans="1:10">
       <c r="A1170" s="3" t="s">
-        <v>3309</v>
+        <v>3243</v>
       </c>
       <c r="B1170" s="4" t="s">
-        <v>20</v>
+        <v>1866</v>
       </c>
       <c r="C1170" s="4" t="s">
-        <v>3310</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="1171" spans="1:10">
       <c r="A1171" s="3" t="s">
-        <v>3311</v>
+        <v>3245</v>
       </c>
       <c r="B1171" s="4" t="s">
-        <v>3312</v>
+        <v>514</v>
       </c>
       <c r="C1171" s="4" t="s">
-        <v>3313</v>
+        <v>521</v>
       </c>
     </row>
     <row r="1172" spans="1:10">
       <c r="A1172" s="3" t="s">
-        <v>3314</v>
+        <v>3246</v>
       </c>
       <c r="B1172" s="4" t="s">
-        <v>3315</v>
+        <v>3247</v>
       </c>
       <c r="C1172" s="4" t="s">
-        <v>1632</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="1173" spans="1:10">
       <c r="A1173" s="3" t="s">
-        <v>3316</v>
+        <v>3249</v>
       </c>
       <c r="B1173" s="4" t="s">
-        <v>3317</v>
+        <v>3250</v>
       </c>
       <c r="C1173" s="4" t="s">
-        <v>3318</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="1174" spans="1:10">
       <c r="A1174" s="3" t="s">
-        <v>3319</v>
+        <v>3252</v>
       </c>
       <c r="B1174" s="4" t="s">
-        <v>2539</v>
+        <v>3253</v>
       </c>
       <c r="C1174" s="4" t="s">
-        <v>3320</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="1175" spans="1:10">
       <c r="A1175" s="3" t="s">
-        <v>3321</v>
+        <v>3255</v>
       </c>
       <c r="B1175" s="4" t="s">
-        <v>3317</v>
+        <v>3256</v>
       </c>
       <c r="C1175" s="4" t="s">
-        <v>3322</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="1176" spans="1:10">
       <c r="A1176" s="3" t="s">
-        <v>3323</v>
+        <v>3258</v>
       </c>
       <c r="B1176" s="4" t="s">
-        <v>3324</v>
+        <v>3256</v>
       </c>
       <c r="C1176" s="4" t="s">
-        <v>3325</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="1177" spans="1:10">
       <c r="A1177" s="3" t="s">
-        <v>3326</v>
+        <v>3260</v>
       </c>
       <c r="B1177" s="4" t="s">
-        <v>3327</v>
+        <v>3261</v>
       </c>
       <c r="C1177" s="4" t="s">
-        <v>3328</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="1178" spans="1:10">
       <c r="A1178" s="3" t="s">
-        <v>3329</v>
+        <v>3263</v>
       </c>
       <c r="B1178" s="4" t="s">
-        <v>3330</v>
+        <v>3264</v>
       </c>
       <c r="C1178" s="4" t="s">
-        <v>3331</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="1179" spans="1:10">
       <c r="A1179" s="3" t="s">
-        <v>3332</v>
+        <v>3266</v>
       </c>
       <c r="B1179" s="4" t="s">
-        <v>1403</v>
+        <v>3267</v>
       </c>
       <c r="C1179" s="4" t="s">
-        <v>3297</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="1180" spans="1:10">
       <c r="A1180" s="3" t="s">
-        <v>3333</v>
+        <v>3269</v>
       </c>
       <c r="B1180" s="4" t="s">
-        <v>3334</v>
+        <v>3270</v>
       </c>
       <c r="C1180" s="4" t="s">
-        <v>3335</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="1181" spans="1:10">
       <c r="A1181" s="3" t="s">
-        <v>3336</v>
+        <v>3272</v>
       </c>
       <c r="B1181" s="4" t="s">
-        <v>3337</v>
+        <v>3273</v>
       </c>
       <c r="C1181" s="4" t="s">
-        <v>3338</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="1182" spans="1:10">
       <c r="A1182" s="3" t="s">
-        <v>3339</v>
+        <v>3275</v>
       </c>
       <c r="B1182" s="4" t="s">
-        <v>3340</v>
+        <v>3276</v>
       </c>
       <c r="C1182" s="4" t="s">
-        <v>3341</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="1183" spans="1:10">
       <c r="A1183" s="3" t="s">
-        <v>3342</v>
+        <v>3278</v>
       </c>
       <c r="B1183" s="4" t="s">
-        <v>3343</v>
+        <v>3279</v>
       </c>
       <c r="C1183" s="4" t="s">
-        <v>3344</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="1184" spans="1:10">
       <c r="A1184" s="3" t="s">
-        <v>3345</v>
+        <v>3281</v>
       </c>
       <c r="B1184" s="4" t="s">
-        <v>3346</v>
+        <v>3282</v>
       </c>
       <c r="C1184" s="4" t="s">
-        <v>3347</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="1185" spans="1:10">
       <c r="A1185" s="3" t="s">
-        <v>3348</v>
+        <v>3284</v>
       </c>
       <c r="B1185" s="4" t="s">
-        <v>3349</v>
+        <v>3285</v>
       </c>
       <c r="C1185" s="4" t="s">
-        <v>3350</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="1186" spans="1:10">
       <c r="A1186" s="3" t="s">
-        <v>3351</v>
+        <v>3287</v>
       </c>
       <c r="B1186" s="4" t="s">
-        <v>418</v>
+        <v>3288</v>
       </c>
       <c r="C1186" s="4" t="s">
-        <v>3352</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="1187" spans="1:10">
       <c r="A1187" s="3" t="s">
-        <v>3353</v>
+        <v>3290</v>
       </c>
       <c r="B1187" s="4" t="s">
-        <v>3354</v>
+        <v>3288</v>
       </c>
       <c r="C1187" s="4" t="s">
-        <v>3355</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="1188" spans="1:10">
       <c r="A1188" s="3" t="s">
-        <v>3356</v>
+        <v>3292</v>
       </c>
       <c r="B1188" s="4" t="s">
-        <v>3357</v>
+        <v>3293</v>
       </c>
       <c r="C1188" s="4" t="s">
-        <v>3358</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="1189" spans="1:10">
       <c r="A1189" s="3" t="s">
-        <v>3359</v>
+        <v>3295</v>
       </c>
       <c r="B1189" s="4" t="s">
-        <v>3360</v>
+        <v>3296</v>
       </c>
       <c r="C1189" s="4" t="s">
-        <v>3361</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="1190" spans="1:10">
       <c r="A1190" s="3" t="s">
-        <v>3362</v>
+        <v>3298</v>
       </c>
       <c r="B1190" s="4" t="s">
-        <v>1925</v>
+        <v>3299</v>
       </c>
       <c r="C1190" s="4" t="s">
-        <v>3363</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1191" spans="1:10">
       <c r="A1191" s="3" t="s">
-        <v>3364</v>
+        <v>3301</v>
       </c>
       <c r="B1191" s="4" t="s">
-        <v>3365</v>
+        <v>3302</v>
       </c>
       <c r="C1191" s="4" t="s">
-        <v>3366</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="1192" spans="1:10">
       <c r="A1192" s="3" t="s">
-        <v>3367</v>
+        <v>3304</v>
       </c>
       <c r="B1192" s="4" t="s">
-        <v>3368</v>
+        <v>3305</v>
       </c>
       <c r="C1192" s="4" t="s">
-        <v>3369</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="1193" spans="1:10">
       <c r="A1193" s="3" t="s">
-        <v>3370</v>
+        <v>3307</v>
       </c>
       <c r="B1193" s="4" t="s">
-        <v>3371</v>
+        <v>3308</v>
       </c>
       <c r="C1193" s="4" t="s">
-        <v>3372</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="1194" spans="1:10">
       <c r="A1194" s="3" t="s">
-        <v>3373</v>
+        <v>3310</v>
       </c>
       <c r="B1194" s="4" t="s">
-        <v>3374</v>
+        <v>3311</v>
       </c>
       <c r="C1194" s="4" t="s">
-        <v>3375</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="1195" spans="1:10">
       <c r="A1195" s="3" t="s">
-        <v>3376</v>
+        <v>3313</v>
       </c>
       <c r="B1195" s="4" t="s">
-        <v>3377</v>
+        <v>3314</v>
       </c>
       <c r="C1195" s="4" t="s">
-        <v>3378</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="1196" spans="1:10">
       <c r="A1196" s="3" t="s">
-        <v>3379</v>
+        <v>3316</v>
       </c>
       <c r="B1196" s="4" t="s">
-        <v>3380</v>
+        <v>3317</v>
       </c>
       <c r="C1196" s="4" t="s">
-        <v>3381</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="1197" spans="1:10">
       <c r="A1197" s="3" t="s">
-        <v>3382</v>
+        <v>3319</v>
       </c>
       <c r="B1197" s="4" t="s">
-        <v>3383</v>
+        <v>3320</v>
       </c>
       <c r="C1197" s="4" t="s">
-        <v>3384</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="1198" spans="1:10">
       <c r="A1198" s="3" t="s">
-        <v>3385</v>
+        <v>3322</v>
       </c>
       <c r="B1198" s="4" t="s">
-        <v>219</v>
+        <v>1147</v>
       </c>
       <c r="C1198" s="4" t="s">
-        <v>220</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="1199" spans="1:10">
       <c r="A1199" s="3" t="s">
-        <v>3386</v>
+        <v>3324</v>
       </c>
       <c r="B1199" s="4" t="s">
-        <v>3387</v>
+        <v>1147</v>
       </c>
       <c r="C1199" s="4" t="s">
-        <v>3388</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="1200" spans="1:10">
       <c r="A1200" s="3" t="s">
-        <v>3389</v>
+        <v>3326</v>
       </c>
       <c r="B1200" s="4" t="s">
-        <v>3390</v>
+        <v>1147</v>
       </c>
       <c r="C1200" s="4" t="s">
-        <v>2639</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="1201" spans="1:10">
       <c r="A1201" s="3" t="s">
-        <v>3391</v>
+        <v>3328</v>
       </c>
       <c r="B1201" s="4" t="s">
-        <v>3392</v>
+        <v>1147</v>
       </c>
       <c r="C1201" s="4" t="s">
-        <v>3393</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="1202" spans="1:10">
       <c r="A1202" s="3" t="s">
-        <v>3394</v>
+        <v>3330</v>
       </c>
       <c r="B1202" s="4" t="s">
-        <v>3395</v>
+        <v>1147</v>
       </c>
       <c r="C1202" s="4" t="s">
-        <v>3396</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="1203" spans="1:10">
       <c r="A1203" s="3" t="s">
-        <v>3397</v>
+        <v>3332</v>
       </c>
       <c r="B1203" s="4" t="s">
-        <v>3398</v>
+        <v>3333</v>
       </c>
       <c r="C1203" s="4" t="s">
-        <v>3399</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="1204" spans="1:10">
       <c r="A1204" s="3" t="s">
-        <v>3400</v>
+        <v>3335</v>
       </c>
       <c r="B1204" s="4" t="s">
-        <v>70</v>
+        <v>3336</v>
       </c>
       <c r="C1204" s="4" t="s">
-        <v>3401</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="1205" spans="1:10">
       <c r="A1205" s="3" t="s">
-        <v>3402</v>
+        <v>3338</v>
       </c>
       <c r="B1205" s="4" t="s">
-        <v>3403</v>
+        <v>3339</v>
       </c>
       <c r="C1205" s="4" t="s">
-        <v>3404</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="1206" spans="1:10">
       <c r="A1206" s="3" t="s">
-        <v>3405</v>
+        <v>3341</v>
       </c>
       <c r="B1206" s="4" t="s">
-        <v>3406</v>
+        <v>3342</v>
       </c>
       <c r="C1206" s="4" t="s">
-        <v>3407</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="1207" spans="1:10">
       <c r="A1207" s="3" t="s">
-        <v>3408</v>
+        <v>3344</v>
       </c>
       <c r="B1207" s="4" t="s">
-        <v>612</v>
+        <v>3345</v>
       </c>
       <c r="C1207" s="4" t="s">
-        <v>3409</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="1208" spans="1:10">
       <c r="A1208" s="3" t="s">
-        <v>3410</v>
+        <v>3347</v>
       </c>
       <c r="B1208" s="4" t="s">
-        <v>3411</v>
+        <v>3348</v>
       </c>
       <c r="C1208" s="4" t="s">
-        <v>3412</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="1209" spans="1:10">
       <c r="A1209" s="3" t="s">
-        <v>3413</v>
+        <v>3350</v>
       </c>
       <c r="B1209" s="4" t="s">
-        <v>3414</v>
+        <v>3351</v>
       </c>
       <c r="C1209" s="4" t="s">
-        <v>3415</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="1210" spans="1:10">
       <c r="A1210" s="3" t="s">
-        <v>3416</v>
+        <v>3353</v>
       </c>
       <c r="B1210" s="4" t="s">
-        <v>3417</v>
+        <v>3354</v>
       </c>
       <c r="C1210" s="4" t="s">
-        <v>3418</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="1211" spans="1:10">
       <c r="A1211" s="3" t="s">
-        <v>3419</v>
+        <v>3356</v>
       </c>
       <c r="B1211" s="4" t="s">
-        <v>260</v>
+        <v>3357</v>
       </c>
       <c r="C1211" s="4" t="s">
-        <v>3420</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="1212" spans="1:10">
       <c r="A1212" s="3" t="s">
-        <v>3421</v>
+        <v>3359</v>
       </c>
       <c r="B1212" s="4" t="s">
-        <v>3422</v>
+        <v>3360</v>
       </c>
       <c r="C1212" s="4" t="s">
-        <v>3423</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="1213" spans="1:10">
       <c r="A1213" s="3" t="s">
-        <v>3424</v>
+        <v>3362</v>
       </c>
       <c r="B1213" s="4" t="s">
-        <v>3425</v>
+        <v>3363</v>
       </c>
       <c r="C1213" s="4" t="s">
-        <v>3426</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="1214" spans="1:10">
       <c r="A1214" s="3" t="s">
-        <v>3427</v>
+        <v>3365</v>
       </c>
       <c r="B1214" s="4" t="s">
-        <v>3428</v>
+        <v>3366</v>
       </c>
       <c r="C1214" s="4" t="s">
-        <v>3429</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="1215" spans="1:10">
       <c r="A1215" s="3" t="s">
-        <v>3430</v>
+        <v>3368</v>
       </c>
       <c r="B1215" s="4" t="s">
-        <v>2849</v>
+        <v>3369</v>
       </c>
       <c r="C1215" s="4" t="s">
-        <v>3431</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="1216" spans="1:10">
       <c r="A1216" s="3" t="s">
-        <v>3432</v>
+        <v>3371</v>
       </c>
       <c r="B1216" s="4" t="s">
-        <v>1500</v>
+        <v>3372</v>
       </c>
       <c r="C1216" s="4" t="s">
-        <v>3433</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="1217" spans="1:10">
       <c r="A1217" s="3" t="s">
-        <v>3434</v>
+        <v>3374</v>
       </c>
       <c r="B1217" s="4" t="s">
-        <v>1500</v>
+        <v>3375</v>
       </c>
       <c r="C1217" s="4" t="s">
-        <v>3435</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="1218" spans="1:10">
       <c r="A1218" s="3" t="s">
-        <v>3436</v>
+        <v>3377</v>
       </c>
       <c r="B1218" s="4" t="s">
-        <v>188</v>
+        <v>827</v>
       </c>
       <c r="C1218" s="4" t="s">
-        <v>3437</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="1219" spans="1:10">
       <c r="A1219" s="3" t="s">
-        <v>3438</v>
+        <v>3379</v>
       </c>
       <c r="B1219" s="4" t="s">
-        <v>3439</v>
+        <v>2689</v>
       </c>
       <c r="C1219" s="4" t="s">
-        <v>3440</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="1220" spans="1:10">
       <c r="A1220" s="3" t="s">
-        <v>3441</v>
+        <v>3381</v>
       </c>
       <c r="B1220" s="4" t="s">
-        <v>3442</v>
+        <v>827</v>
       </c>
       <c r="C1220" s="4" t="s">
-        <v>3443</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="1221" spans="1:10">
       <c r="A1221" s="3" t="s">
-        <v>3444</v>
+        <v>3383</v>
       </c>
       <c r="B1221" s="4" t="s">
-        <v>44</v>
+        <v>3384</v>
       </c>
       <c r="C1221" s="4" t="s">
-        <v>3445</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="1222" spans="1:10">
       <c r="A1222" s="3" t="s">
-        <v>3446</v>
+        <v>3386</v>
       </c>
       <c r="B1222" s="4" t="s">
-        <v>3447</v>
+        <v>3387</v>
       </c>
       <c r="C1222" s="4" t="s">
-        <v>3448</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="1223" spans="1:10">
       <c r="A1223" s="3" t="s">
-        <v>3449</v>
+        <v>3389</v>
       </c>
       <c r="B1223" s="4" t="s">
-        <v>3450</v>
+        <v>3390</v>
       </c>
       <c r="C1223" s="4" t="s">
-        <v>3451</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="1224" spans="1:10">
       <c r="A1224" s="3" t="s">
-        <v>3452</v>
+        <v>3392</v>
       </c>
       <c r="B1224" s="4" t="s">
-        <v>3453</v>
+        <v>201</v>
       </c>
       <c r="C1224" s="4" t="s">
-        <v>3454</v>
+        <v>202</v>
       </c>
     </row>
     <row r="1225" spans="1:10">
       <c r="A1225" s="3" t="s">
-        <v>3455</v>
+        <v>3393</v>
       </c>
       <c r="B1225" s="4" t="s">
-        <v>2796</v>
+        <v>3394</v>
       </c>
       <c r="C1225" s="4" t="s">
-        <v>3456</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="1226" spans="1:10">
       <c r="A1226" s="3" t="s">
-        <v>3457</v>
+        <v>3396</v>
       </c>
       <c r="B1226" s="4" t="s">
-        <v>3215</v>
+        <v>3397</v>
       </c>
       <c r="C1226" s="4" t="s">
-        <v>3458</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="1227" spans="1:10">
       <c r="A1227" s="3" t="s">
-        <v>3459</v>
+        <v>3399</v>
       </c>
       <c r="B1227" s="4" t="s">
-        <v>3460</v>
+        <v>3400</v>
       </c>
       <c r="C1227" s="4" t="s">
-        <v>3461</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="1228" spans="1:10">
       <c r="A1228" s="3" t="s">
-        <v>3462</v>
+        <v>3402</v>
       </c>
       <c r="B1228" s="4" t="s">
-        <v>3463</v>
+        <v>3403</v>
       </c>
       <c r="C1228" s="4" t="s">
-        <v>3464</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="1229" spans="1:10">
       <c r="A1229" s="3" t="s">
-        <v>3465</v>
+        <v>3405</v>
       </c>
       <c r="B1229" s="4" t="s">
-        <v>3466</v>
+        <v>3406</v>
       </c>
       <c r="C1229" s="4" t="s">
-        <v>3467</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="1230" spans="1:10">
       <c r="A1230" s="3" t="s">
-        <v>3468</v>
+        <v>3408</v>
       </c>
       <c r="B1230" s="4" t="s">
-        <v>3231</v>
+        <v>3409</v>
       </c>
       <c r="C1230" s="4" t="s">
-        <v>3469</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="1231" spans="1:10">
       <c r="A1231" s="3" t="s">
-        <v>3470</v>
+        <v>3411</v>
       </c>
       <c r="B1231" s="4" t="s">
-        <v>3471</v>
+        <v>3412</v>
       </c>
       <c r="C1231" s="4" t="s">
-        <v>3472</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="1232" spans="1:10">
       <c r="A1232" s="3" t="s">
-        <v>3473</v>
+        <v>3414</v>
       </c>
       <c r="B1232" s="4" t="s">
-        <v>1500</v>
+        <v>131</v>
       </c>
       <c r="C1232" s="4" t="s">
-        <v>3474</v>
+        <v>132</v>
       </c>
     </row>
     <row r="1233" spans="1:10">
       <c r="A1233" s="3" t="s">
-        <v>3475</v>
+        <v>3415</v>
       </c>
       <c r="B1233" s="4" t="s">
-        <v>3476</v>
+        <v>2888</v>
       </c>
       <c r="C1233" s="4" t="s">
-        <v>3477</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="1234" spans="1:10">
       <c r="A1234" s="3" t="s">
-        <v>3478</v>
+        <v>3417</v>
       </c>
       <c r="B1234" s="4" t="s">
-        <v>3479</v>
+        <v>3418</v>
       </c>
       <c r="C1234" s="4" t="s">
-        <v>3480</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="1235" spans="1:10">
       <c r="A1235" s="3" t="s">
-        <v>3481</v>
+        <v>3420</v>
       </c>
       <c r="B1235" s="4" t="s">
-        <v>3482</v>
+        <v>3421</v>
       </c>
       <c r="C1235" s="4" t="s">
-        <v>3483</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="1236" spans="1:10">
       <c r="A1236" s="3" t="s">
-        <v>3484</v>
+        <v>3423</v>
       </c>
       <c r="B1236" s="4" t="s">
-        <v>3485</v>
+        <v>3424</v>
       </c>
       <c r="C1236" s="4" t="s">
-        <v>3486</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="1237" spans="1:10">
       <c r="A1237" s="3" t="s">
-        <v>3487</v>
+        <v>3426</v>
       </c>
       <c r="B1237" s="4" t="s">
-        <v>3488</v>
+        <v>3427</v>
       </c>
       <c r="C1237" s="4" t="s">
-        <v>3489</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="1238" spans="1:10">
       <c r="A1238" s="3" t="s">
-        <v>3490</v>
+        <v>3429</v>
       </c>
       <c r="B1238" s="4" t="s">
-        <v>3491</v>
+        <v>3427</v>
       </c>
       <c r="C1238" s="4" t="s">
-        <v>3492</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="1239" spans="1:10">
       <c r="A1239" s="3" t="s">
-        <v>3493</v>
+        <v>3431</v>
       </c>
       <c r="B1239" s="4" t="s">
-        <v>3494</v>
+        <v>3432</v>
       </c>
       <c r="C1239" s="4" t="s">
-        <v>3495</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="1240" spans="1:10">
       <c r="A1240" s="3" t="s">
-        <v>3496</v>
+        <v>3434</v>
       </c>
       <c r="B1240" s="4" t="s">
-        <v>3497</v>
+        <v>3113</v>
       </c>
       <c r="C1240" s="4" t="s">
-        <v>3498</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="1241" spans="1:10">
       <c r="A1241" s="3" t="s">
-        <v>3499</v>
+        <v>3436</v>
       </c>
       <c r="B1241" s="4" t="s">
-        <v>1622</v>
+        <v>3113</v>
       </c>
       <c r="C1241" s="4" t="s">
-        <v>3039</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="1242" spans="1:10">
       <c r="A1242" s="3" t="s">
-        <v>3500</v>
+        <v>3438</v>
       </c>
       <c r="B1242" s="4" t="s">
-        <v>3501</v>
+        <v>3113</v>
       </c>
       <c r="C1242" s="4" t="s">
-        <v>3502</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="1243" spans="1:10">
       <c r="A1243" s="3" t="s">
-        <v>3503</v>
+        <v>3440</v>
       </c>
       <c r="B1243" s="4" t="s">
-        <v>3504</v>
+        <v>3441</v>
       </c>
       <c r="C1243" s="4" t="s">
-        <v>3505</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="1244" spans="1:10">
       <c r="A1244" s="3" t="s">
-        <v>3506</v>
+        <v>3443</v>
       </c>
       <c r="B1244" s="4" t="s">
-        <v>3504</v>
+        <v>689</v>
       </c>
       <c r="C1244" s="4" t="s">
-        <v>3507</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="1245" spans="1:10">
       <c r="A1245" s="3" t="s">
-        <v>3508</v>
+        <v>3445</v>
       </c>
       <c r="B1245" s="4" t="s">
-        <v>1392</v>
+        <v>3446</v>
       </c>
       <c r="C1245" s="4" t="s">
-        <v>3509</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="1246" spans="1:10">
       <c r="A1246" s="3" t="s">
-        <v>3510</v>
+        <v>3448</v>
       </c>
       <c r="B1246" s="4" t="s">
-        <v>3511</v>
+        <v>514</v>
       </c>
       <c r="C1246" s="4" t="s">
-        <v>3512</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1247" spans="1:10">
       <c r="A1247" s="3" t="s">
-        <v>3513</v>
+        <v>3449</v>
       </c>
       <c r="B1247" s="4" t="s">
-        <v>2064</v>
+        <v>3450</v>
       </c>
       <c r="C1247" s="4" t="s">
-        <v>3514</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="1248" spans="1:10">
       <c r="A1248" s="3" t="s">
-        <v>3515</v>
+        <v>3452</v>
       </c>
       <c r="B1248" s="4" t="s">
-        <v>3516</v>
+        <v>3453</v>
       </c>
       <c r="C1248" s="4" t="s">
-        <v>3517</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="1249" spans="1:10">
       <c r="A1249" s="3" t="s">
-        <v>3518</v>
+        <v>3455</v>
       </c>
       <c r="B1249" s="4" t="s">
-        <v>3519</v>
+        <v>3456</v>
       </c>
       <c r="C1249" s="4" t="s">
-        <v>3520</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="1250" spans="1:10">
       <c r="A1250" s="3" t="s">
-        <v>3521</v>
+        <v>3458</v>
       </c>
       <c r="B1250" s="4" t="s">
-        <v>1392</v>
+        <v>3459</v>
       </c>
       <c r="C1250" s="4" t="s">
-        <v>3522</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="1251" spans="1:10">
       <c r="A1251" s="3" t="s">
-        <v>3523</v>
+        <v>3461</v>
       </c>
       <c r="B1251" s="4" t="s">
-        <v>3524</v>
+        <v>3462</v>
       </c>
       <c r="C1251" s="4" t="s">
-        <v>3525</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="1252" spans="1:10">
       <c r="A1252" s="3" t="s">
-        <v>3526</v>
+        <v>3464</v>
       </c>
       <c r="B1252" s="4" t="s">
-        <v>3527</v>
+        <v>2957</v>
       </c>
       <c r="C1252" s="4" t="s">
-        <v>3528</v>
+        <v>3465</v>
       </c>
     </row>
     <row r="1253" spans="1:10">
       <c r="A1253" s="3" t="s">
-        <v>3529</v>
+        <v>3466</v>
       </c>
       <c r="B1253" s="4" t="s">
-        <v>3530</v>
+        <v>2957</v>
       </c>
       <c r="C1253" s="4" t="s">
-        <v>3531</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="1254" spans="1:10">
       <c r="A1254" s="3" t="s">
-        <v>3532</v>
+        <v>3468</v>
       </c>
       <c r="B1254" s="4" t="s">
-        <v>3533</v>
+        <v>2957</v>
       </c>
       <c r="C1254" s="4" t="s">
-        <v>3534</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="1255" spans="1:10">
       <c r="A1255" s="3" t="s">
-        <v>3535</v>
+        <v>3470</v>
       </c>
       <c r="B1255" s="4" t="s">
-        <v>3536</v>
+        <v>3471</v>
       </c>
       <c r="C1255" s="4" t="s">
-        <v>3537</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="1256" spans="1:10">
       <c r="A1256" s="3" t="s">
-        <v>3538</v>
+        <v>3473</v>
       </c>
       <c r="B1256" s="4" t="s">
-        <v>3539</v>
+        <v>3474</v>
       </c>
       <c r="C1256" s="4" t="s">
-        <v>3540</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="1257" spans="1:10">
       <c r="A1257" s="3" t="s">
-        <v>3541</v>
+        <v>3476</v>
       </c>
       <c r="B1257" s="4" t="s">
-        <v>3542</v>
+        <v>2908</v>
       </c>
       <c r="C1257" s="4" t="s">
-        <v>3543</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="1258" spans="1:10">
       <c r="A1258" s="3" t="s">
-        <v>3544</v>
+        <v>3478</v>
       </c>
       <c r="B1258" s="4" t="s">
-        <v>3545</v>
+        <v>3068</v>
       </c>
       <c r="C1258" s="4" t="s">
-        <v>3546</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="1259" spans="1:10">
       <c r="A1259" s="3" t="s">
-        <v>3547</v>
+        <v>3480</v>
       </c>
       <c r="B1259" s="4" t="s">
-        <v>2404</v>
+        <v>3481</v>
       </c>
       <c r="C1259" s="4" t="s">
-        <v>3548</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="1260" spans="1:10">
       <c r="A1260" s="3" t="s">
-        <v>3549</v>
+        <v>3483</v>
       </c>
       <c r="B1260" s="4" t="s">
-        <v>3550</v>
+        <v>3484</v>
       </c>
       <c r="C1260" s="4" t="s">
-        <v>3551</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="1261" spans="1:10">
       <c r="A1261" s="3" t="s">
-        <v>3552</v>
+        <v>3486</v>
       </c>
       <c r="B1261" s="4" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="C1261" s="4" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1262" spans="1:10">
       <c r="A1262" s="3" t="s">
-        <v>3553</v>
+        <v>3487</v>
       </c>
       <c r="B1262" s="4" t="s">
-        <v>2718</v>
+        <v>3488</v>
       </c>
       <c r="C1262" s="4" t="s">
-        <v>3554</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="1263" spans="1:10">
       <c r="A1263" s="3" t="s">
-        <v>3555</v>
+        <v>3490</v>
       </c>
       <c r="B1263" s="4" t="s">
-        <v>3556</v>
+        <v>278</v>
       </c>
       <c r="C1263" s="4" t="s">
-        <v>3557</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1264" spans="1:10">
       <c r="A1264" s="3" t="s">
-        <v>3558</v>
+        <v>3491</v>
       </c>
       <c r="B1264" s="4" t="s">
-        <v>3559</v>
+        <v>1477</v>
       </c>
       <c r="C1264" s="4" t="s">
-        <v>3560</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="1265" spans="1:10">
       <c r="A1265" s="3" t="s">
-        <v>3561</v>
+        <v>3493</v>
       </c>
       <c r="B1265" s="4" t="s">
-        <v>3562</v>
+        <v>3494</v>
       </c>
       <c r="C1265" s="4" t="s">
-        <v>3563</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="1266" spans="1:10">
       <c r="A1266" s="3" t="s">
-        <v>3564</v>
+        <v>3496</v>
       </c>
       <c r="B1266" s="4" t="s">
-        <v>3565</v>
+        <v>3497</v>
       </c>
       <c r="C1266" s="4" t="s">
-        <v>3566</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="1267" spans="1:10">
       <c r="A1267" s="3" t="s">
-        <v>3567</v>
+        <v>3499</v>
       </c>
       <c r="B1267" s="4" t="s">
-        <v>3568</v>
+        <v>125</v>
       </c>
       <c r="C1267" s="4" t="s">
-        <v>2285</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="1268" spans="1:10">
       <c r="A1268" s="3" t="s">
-        <v>3569</v>
+        <v>3501</v>
       </c>
       <c r="B1268" s="4" t="s">
-        <v>3542</v>
+        <v>606</v>
       </c>
       <c r="C1268" s="4" t="s">
-        <v>3570</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="1269" spans="1:10">
       <c r="A1269" s="3" t="s">
-        <v>3571</v>
+        <v>3503</v>
       </c>
       <c r="B1269" s="4" t="s">
-        <v>3572</v>
+        <v>3102</v>
       </c>
       <c r="C1269" s="4" t="s">
-        <v>3573</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="1270" spans="1:10">
       <c r="A1270" s="3" t="s">
-        <v>3574</v>
+        <v>3505</v>
       </c>
       <c r="B1270" s="4" t="s">
-        <v>3575</v>
+        <v>3102</v>
       </c>
       <c r="C1270" s="4" t="s">
-        <v>3576</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="1271" spans="1:10">
       <c r="A1271" s="3" t="s">
-        <v>3577</v>
+        <v>3507</v>
       </c>
       <c r="B1271" s="4" t="s">
-        <v>3578</v>
+        <v>3508</v>
       </c>
       <c r="C1271" s="4" t="s">
-        <v>3579</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="1272" spans="1:10">
       <c r="A1272" s="3" t="s">
-        <v>3580</v>
+        <v>3510</v>
       </c>
       <c r="B1272" s="4" t="s">
-        <v>3581</v>
+        <v>760</v>
       </c>
       <c r="C1272" s="4" t="s">
-        <v>3582</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="1273" spans="1:10">
       <c r="A1273" s="3" t="s">
-        <v>3583</v>
+        <v>3512</v>
       </c>
       <c r="B1273" s="4" t="s">
-        <v>2122</v>
+        <v>3513</v>
       </c>
       <c r="C1273" s="4" t="s">
-        <v>3584</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="1274" spans="1:10">
       <c r="A1274" s="3" t="s">
-        <v>3585</v>
+        <v>3515</v>
       </c>
       <c r="B1274" s="4" t="s">
-        <v>3586</v>
+        <v>3516</v>
       </c>
       <c r="C1274" s="4" t="s">
-        <v>3587</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="1275" spans="1:10">
       <c r="A1275" s="3" t="s">
-        <v>3588</v>
+        <v>3518</v>
       </c>
       <c r="B1275" s="4" t="s">
-        <v>1979</v>
+        <v>3519</v>
       </c>
       <c r="C1275" s="4" t="s">
-        <v>3589</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="1276" spans="1:10">
       <c r="A1276" s="3" t="s">
-        <v>3590</v>
+        <v>3521</v>
       </c>
       <c r="B1276" s="4" t="s">
-        <v>3591</v>
+        <v>1359</v>
       </c>
       <c r="C1276" s="4" t="s">
-        <v>3592</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="1277" spans="1:10">
       <c r="A1277" s="3" t="s">
-        <v>3593</v>
+        <v>3523</v>
       </c>
       <c r="B1277" s="4" t="s">
-        <v>3594</v>
+        <v>3524</v>
       </c>
       <c r="C1277" s="4" t="s">
-        <v>3595</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="1278" spans="1:10">
       <c r="A1278" s="3" t="s">
-        <v>3596</v>
+        <v>3526</v>
       </c>
       <c r="B1278" s="4" t="s">
-        <v>3597</v>
+        <v>3527</v>
       </c>
       <c r="C1278" s="4" t="s">
-        <v>3598</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="1279" spans="1:10">
       <c r="A1279" s="3" t="s">
-        <v>3599</v>
+        <v>3529</v>
       </c>
       <c r="B1279" s="4" t="s">
-        <v>3600</v>
+        <v>3527</v>
       </c>
       <c r="C1279" s="4" t="s">
-        <v>3601</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="1280" spans="1:10">
       <c r="A1280" s="3" t="s">
-        <v>3602</v>
+        <v>3531</v>
       </c>
       <c r="B1280" s="4" t="s">
-        <v>3603</v>
+        <v>3532</v>
       </c>
       <c r="C1280" s="4" t="s">
-        <v>3604</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="1281" spans="1:10">
       <c r="A1281" s="3" t="s">
-        <v>3605</v>
+        <v>3534</v>
       </c>
       <c r="B1281" s="4" t="s">
-        <v>3606</v>
+        <v>198</v>
       </c>
       <c r="C1281" s="4" t="s">
-        <v>3607</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1282" spans="1:10">
       <c r="A1282" s="3" t="s">
-        <v>3608</v>
+        <v>3535</v>
       </c>
       <c r="B1282" s="4" t="s">
-        <v>3609</v>
+        <v>3536</v>
       </c>
       <c r="C1282" s="4" t="s">
-        <v>2786</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="1283" spans="1:10">
       <c r="A1283" s="3" t="s">
-        <v>3610</v>
+        <v>3538</v>
       </c>
       <c r="B1283" s="4" t="s">
-        <v>3611</v>
+        <v>3539</v>
       </c>
       <c r="C1283" s="4" t="s">
-        <v>3612</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="1284" spans="1:10">
       <c r="A1284" s="3" t="s">
-        <v>3613</v>
+        <v>3541</v>
       </c>
       <c r="B1284" s="4" t="s">
-        <v>3614</v>
+        <v>337</v>
       </c>
       <c r="C1284" s="4" t="s">
-        <v>3615</v>
+        <v>338</v>
       </c>
     </row>
     <row r="1285" spans="1:10">
       <c r="A1285" s="3" t="s">
-        <v>3616</v>
+        <v>3542</v>
       </c>
       <c r="B1285" s="4" t="s">
-        <v>3617</v>
+        <v>3543</v>
       </c>
       <c r="C1285" s="4" t="s">
-        <v>3618</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="1286" spans="1:10">
       <c r="A1286" s="3" t="s">
-        <v>3619</v>
+        <v>3545</v>
       </c>
       <c r="B1286" s="4" t="s">
-        <v>1925</v>
+        <v>3546</v>
       </c>
       <c r="C1286" s="4" t="s">
-        <v>3363</v>
+        <v>193</v>
       </c>
     </row>
     <row r="1287" spans="1:10">
       <c r="A1287" s="3" t="s">
-        <v>3620</v>
+        <v>3547</v>
       </c>
       <c r="B1287" s="4" t="s">
-        <v>3621</v>
+        <v>3548</v>
       </c>
       <c r="C1287" s="4" t="s">
-        <v>3622</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="1288" spans="1:10">
       <c r="A1288" s="3" t="s">
-        <v>3623</v>
+        <v>3550</v>
       </c>
       <c r="B1288" s="4" t="s">
-        <v>3624</v>
+        <v>3471</v>
       </c>
       <c r="C1288" s="4" t="s">
-        <v>3625</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="1289" spans="1:10">
       <c r="A1289" s="3" t="s">
-        <v>3626</v>
+        <v>3552</v>
       </c>
       <c r="B1289" s="4" t="s">
-        <v>3627</v>
+        <v>3553</v>
       </c>
       <c r="C1289" s="4" t="s">
-        <v>3628</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="1290" spans="1:10">
       <c r="A1290" s="3" t="s">
-        <v>3629</v>
+        <v>3555</v>
       </c>
       <c r="B1290" s="4" t="s">
-        <v>3630</v>
+        <v>3556</v>
       </c>
       <c r="C1290" s="4" t="s">
-        <v>3631</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="1291" spans="1:10">
       <c r="A1291" s="3" t="s">
-        <v>3632</v>
+        <v>3558</v>
       </c>
       <c r="B1291" s="4" t="s">
-        <v>3633</v>
+        <v>337</v>
       </c>
       <c r="C1291" s="4" t="s">
-        <v>3634</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="1292" spans="1:10">
       <c r="A1292" s="3" t="s">
-        <v>3635</v>
+        <v>3560</v>
       </c>
       <c r="B1292" s="4" t="s">
-        <v>476</v>
+        <v>3561</v>
       </c>
       <c r="C1292" s="4" t="s">
-        <v>3636</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="1293" spans="1:10">
       <c r="A1293" s="3" t="s">
-        <v>3637</v>
+        <v>3563</v>
       </c>
       <c r="B1293" s="4" t="s">
-        <v>3638</v>
+        <v>3564</v>
       </c>
       <c r="C1293" s="4" t="s">
-        <v>3639</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="1294" spans="1:10">
       <c r="A1294" s="3" t="s">
-        <v>3640</v>
+        <v>3565</v>
       </c>
       <c r="B1294" s="4" t="s">
-        <v>3641</v>
+        <v>3566</v>
       </c>
       <c r="C1294" s="4" t="s">
-        <v>3642</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="1295" spans="1:10">
       <c r="A1295" s="3" t="s">
-        <v>3643</v>
+        <v>3568</v>
       </c>
       <c r="B1295" s="4" t="s">
-        <v>3644</v>
+        <v>2834</v>
       </c>
       <c r="C1295" s="4" t="s">
-        <v>3645</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="1296" spans="1:10">
       <c r="A1296" s="3" t="s">
-        <v>3646</v>
+        <v>3570</v>
       </c>
       <c r="B1296" s="4" t="s">
-        <v>3647</v>
+        <v>3566</v>
       </c>
       <c r="C1296" s="4" t="s">
-        <v>3648</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="1297" spans="1:10">
       <c r="A1297" s="3" t="s">
-        <v>3649</v>
+        <v>3572</v>
       </c>
       <c r="B1297" s="4" t="s">
-        <v>1979</v>
+        <v>31</v>
       </c>
       <c r="C1297" s="4" t="s">
-        <v>3650</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1298" spans="1:10">
       <c r="A1298" s="3" t="s">
-        <v>3651</v>
+        <v>3573</v>
       </c>
       <c r="B1298" s="4" t="s">
-        <v>2727</v>
+        <v>46</v>
       </c>
       <c r="C1298" s="4" t="s">
-        <v>3652</v>
+        <v>47</v>
       </c>
     </row>
     <row r="1299" spans="1:10">
       <c r="A1299" s="3" t="s">
-        <v>3653</v>
+        <v>3574</v>
       </c>
       <c r="B1299" s="4" t="s">
-        <v>3654</v>
+        <v>13</v>
       </c>
       <c r="C1299" s="4" t="s">
-        <v>3655</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1300" spans="1:10">
       <c r="A1300" s="3" t="s">
-        <v>3656</v>
+        <v>3575</v>
       </c>
       <c r="B1300" s="4" t="s">
-        <v>3657</v>
+        <v>192</v>
       </c>
       <c r="C1300" s="4" t="s">
-        <v>3658</v>
+        <v>193</v>
       </c>
     </row>
     <row r="1301" spans="1:10">
       <c r="A1301" s="3" t="s">
-        <v>3659</v>
+        <v>3576</v>
       </c>
       <c r="B1301" s="4" t="s">
-        <v>3012</v>
+        <v>3577</v>
       </c>
       <c r="C1301" s="4" t="s">
-        <v>3660</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="1302" spans="1:10">
       <c r="A1302" s="3" t="s">
-        <v>3661</v>
+        <v>3579</v>
       </c>
       <c r="B1302" s="4" t="s">
-        <v>2933</v>
+        <v>3580</v>
       </c>
       <c r="C1302" s="4" t="s">
-        <v>3662</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="1303" spans="1:10">
       <c r="A1303" s="3" t="s">
-        <v>3663</v>
+        <v>3582</v>
       </c>
       <c r="B1303" s="4" t="s">
-        <v>3664</v>
+        <v>3583</v>
       </c>
       <c r="C1303" s="4" t="s">
-        <v>3665</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="1304" spans="1:10">
       <c r="A1304" s="3" t="s">
-        <v>3666</v>
+        <v>3585</v>
       </c>
       <c r="B1304" s="4" t="s">
-        <v>3667</v>
+        <v>3586</v>
       </c>
       <c r="C1304" s="4" t="s">
-        <v>3668</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="1305" spans="1:10">
       <c r="A1305" s="3" t="s">
-        <v>3669</v>
+        <v>3588</v>
       </c>
       <c r="B1305" s="4" t="s">
-        <v>1622</v>
+        <v>3589</v>
       </c>
       <c r="C1305" s="4" t="s">
-        <v>3670</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="1306" spans="1:10">
       <c r="A1306" s="3" t="s">
-        <v>3671</v>
+        <v>3591</v>
       </c>
       <c r="B1306" s="4" t="s">
-        <v>3672</v>
+        <v>3592</v>
       </c>
       <c r="C1306" s="4" t="s">
-        <v>3673</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="1307" spans="1:10">
       <c r="A1307" s="3" t="s">
-        <v>3674</v>
+        <v>3594</v>
       </c>
       <c r="B1307" s="4" t="s">
-        <v>3390</v>
+        <v>760</v>
       </c>
       <c r="C1307" s="4" t="s">
-        <v>3675</v>
+        <v>3595</v>
       </c>
     </row>
     <row r="1308" spans="1:10">
       <c r="A1308" s="3" t="s">
-        <v>3676</v>
+        <v>3596</v>
       </c>
       <c r="B1308" s="4" t="s">
-        <v>3677</v>
+        <v>3597</v>
       </c>
       <c r="C1308" s="4" t="s">
-        <v>3678</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="1309" spans="1:10">
       <c r="A1309" s="3" t="s">
-        <v>3679</v>
+        <v>3599</v>
       </c>
       <c r="B1309" s="4" t="s">
-        <v>3680</v>
+        <v>3600</v>
       </c>
       <c r="C1309" s="4" t="s">
-        <v>3681</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="1310" spans="1:10">
       <c r="A1310" s="3" t="s">
-        <v>3682</v>
+        <v>3602</v>
       </c>
       <c r="B1310" s="4" t="s">
-        <v>1275</v>
+        <v>3603</v>
       </c>
       <c r="C1310" s="4" t="s">
-        <v>3683</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="1311" spans="1:10">
       <c r="A1311" s="3" t="s">
-        <v>3684</v>
+        <v>3605</v>
       </c>
       <c r="B1311" s="4" t="s">
-        <v>3685</v>
+        <v>176</v>
       </c>
       <c r="C1311" s="4" t="s">
-        <v>3686</v>
+        <v>177</v>
       </c>
     </row>
     <row r="1312" spans="1:10">
       <c r="A1312" s="3" t="s">
-        <v>3687</v>
+        <v>3606</v>
       </c>
       <c r="B1312" s="4" t="s">
-        <v>3688</v>
+        <v>3607</v>
       </c>
       <c r="C1312" s="4" t="s">
-        <v>3689</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="1313" spans="1:10">
       <c r="A1313" s="3" t="s">
-        <v>3690</v>
+        <v>3609</v>
       </c>
       <c r="B1313" s="4" t="s">
-        <v>842</v>
+        <v>3610</v>
       </c>
       <c r="C1313" s="4" t="s">
-        <v>3691</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="1314" spans="1:10">
       <c r="A1314" s="3" t="s">
-        <v>3692</v>
+        <v>3612</v>
       </c>
       <c r="B1314" s="4" t="s">
-        <v>3693</v>
+        <v>3613</v>
       </c>
       <c r="C1314" s="4" t="s">
-        <v>3694</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="1315" spans="1:10">
       <c r="A1315" s="3" t="s">
-        <v>3695</v>
+        <v>3615</v>
       </c>
       <c r="B1315" s="4" t="s">
-        <v>3696</v>
+        <v>3616</v>
       </c>
       <c r="C1315" s="4" t="s">
-        <v>3697</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="1316" spans="1:10">
       <c r="A1316" s="3" t="s">
-        <v>3698</v>
+        <v>3618</v>
       </c>
       <c r="B1316" s="4" t="s">
-        <v>3299</v>
+        <v>3619</v>
       </c>
       <c r="C1316" s="4" t="s">
-        <v>3699</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="1317" spans="1:10">
       <c r="A1317" s="3" t="s">
-        <v>3700</v>
+        <v>3621</v>
       </c>
       <c r="B1317" s="4" t="s">
-        <v>3701</v>
+        <v>113</v>
       </c>
       <c r="C1317" s="4" t="s">
-        <v>2228</v>
+        <v>114</v>
       </c>
     </row>
     <row r="1318" spans="1:10">
       <c r="A1318" s="3" t="s">
-        <v>3702</v>
+        <v>3622</v>
       </c>
       <c r="B1318" s="4" t="s">
-        <v>3703</v>
+        <v>3623</v>
       </c>
       <c r="C1318" s="4" t="s">
-        <v>3704</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="1319" spans="1:10">
       <c r="A1319" s="3" t="s">
-        <v>3705</v>
+        <v>3625</v>
       </c>
       <c r="B1319" s="4" t="s">
-        <v>3706</v>
+        <v>562</v>
       </c>
       <c r="C1319" s="4" t="s">
-        <v>3707</v>
+        <v>563</v>
       </c>
     </row>
     <row r="1320" spans="1:10">
       <c r="A1320" s="3" t="s">
-        <v>3708</v>
+        <v>3626</v>
       </c>
       <c r="B1320" s="4" t="s">
-        <v>3709</v>
+        <v>3627</v>
       </c>
       <c r="C1320" s="4" t="s">
-        <v>3710</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="1321" spans="1:10">
       <c r="A1321" s="3" t="s">
-        <v>3711</v>
+        <v>3629</v>
       </c>
       <c r="B1321" s="4" t="s">
-        <v>3712</v>
+        <v>3630</v>
       </c>
       <c r="C1321" s="4" t="s">
-        <v>3713</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="1322" spans="1:10">
       <c r="A1322" s="3" t="s">
-        <v>3714</v>
+        <v>3631</v>
       </c>
       <c r="B1322" s="4" t="s">
-        <v>3715</v>
+        <v>3632</v>
       </c>
       <c r="C1322" s="4" t="s">
-        <v>3716</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="1323" spans="1:10">
       <c r="A1323" s="3" t="s">
-        <v>3717</v>
+        <v>3634</v>
       </c>
       <c r="B1323" s="4" t="s">
-        <v>3718</v>
+        <v>3635</v>
       </c>
       <c r="C1323" s="4" t="s">
-        <v>3719</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="1324" spans="1:10">
       <c r="A1324" s="3" t="s">
-        <v>3720</v>
+        <v>3637</v>
       </c>
       <c r="B1324" s="4" t="s">
-        <v>3721</v>
+        <v>3638</v>
       </c>
       <c r="C1324" s="4" t="s">
-        <v>3722</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="1325" spans="1:10">
       <c r="A1325" s="3" t="s">
-        <v>3723</v>
+        <v>3640</v>
       </c>
       <c r="B1325" s="4" t="s">
-        <v>2213</v>
+        <v>391</v>
       </c>
       <c r="C1325" s="4" t="s">
-        <v>3724</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="1326" spans="1:10">
       <c r="A1326" s="3" t="s">
-        <v>3725</v>
+        <v>3642</v>
       </c>
       <c r="B1326" s="4" t="s">
-        <v>260</v>
+        <v>37</v>
       </c>
       <c r="C1326" s="4" t="s">
-        <v>3726</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1327" spans="1:10">
       <c r="A1327" s="3" t="s">
-        <v>3727</v>
+        <v>3643</v>
       </c>
       <c r="B1327" s="4" t="s">
-        <v>3728</v>
+        <v>3644</v>
       </c>
       <c r="C1327" s="4" t="s">
-        <v>3729</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="1328" spans="1:10">
       <c r="A1328" s="3" t="s">
-        <v>3730</v>
+        <v>3646</v>
       </c>
       <c r="B1328" s="4" t="s">
-        <v>3731</v>
+        <v>161</v>
       </c>
       <c r="C1328" s="4" t="s">
-        <v>3732</v>
+        <v>162</v>
       </c>
     </row>
     <row r="1329" spans="1:10">
       <c r="A1329" s="3" t="s">
-        <v>3733</v>
+        <v>3647</v>
       </c>
       <c r="B1329" s="4" t="s">
-        <v>1996</v>
+        <v>195</v>
       </c>
       <c r="C1329" s="4" t="s">
-        <v>3734</v>
+        <v>196</v>
       </c>
     </row>
     <row r="1330" spans="1:10">
       <c r="A1330" s="3" t="s">
-        <v>3735</v>
+        <v>3648</v>
       </c>
       <c r="B1330" s="4" t="s">
-        <v>3736</v>
+        <v>3649</v>
       </c>
       <c r="C1330" s="4" t="s">
-        <v>3737</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="1331" spans="1:10">
       <c r="A1331" s="3" t="s">
-        <v>3738</v>
+        <v>3651</v>
       </c>
       <c r="B1331" s="4" t="s">
-        <v>3739</v>
+        <v>92</v>
       </c>
       <c r="C1331" s="4" t="s">
-        <v>3740</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1332" spans="1:10">
       <c r="A1332" s="3" t="s">
-        <v>3741</v>
+        <v>3652</v>
       </c>
       <c r="B1332" s="4" t="s">
-        <v>3742</v>
+        <v>603</v>
       </c>
       <c r="C1332" s="4" t="s">
-        <v>3743</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="1333" spans="1:10">
       <c r="A1333" s="3" t="s">
-        <v>3744</v>
+        <v>3654</v>
       </c>
       <c r="B1333" s="4" t="s">
-        <v>3745</v>
+        <v>3655</v>
       </c>
       <c r="C1333" s="4" t="s">
-        <v>3746</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="1334" spans="1:10">
       <c r="A1334" s="3" t="s">
-        <v>3747</v>
+        <v>3657</v>
       </c>
       <c r="B1334" s="4" t="s">
-        <v>3748</v>
+        <v>3658</v>
       </c>
       <c r="C1334" s="4" t="s">
-        <v>3749</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="1335" spans="1:10">
       <c r="A1335" s="3" t="s">
-        <v>3750</v>
+        <v>3660</v>
       </c>
       <c r="B1335" s="4" t="s">
-        <v>3751</v>
+        <v>3661</v>
       </c>
       <c r="C1335" s="4" t="s">
-        <v>3752</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="1336" spans="1:10">
       <c r="A1336" s="3" t="s">
-        <v>3753</v>
+        <v>3663</v>
       </c>
       <c r="B1336" s="4" t="s">
-        <v>3754</v>
+        <v>95</v>
       </c>
       <c r="C1336" s="4" t="s">
-        <v>567</v>
+        <v>96</v>
       </c>
     </row>
     <row r="1337" spans="1:10">
       <c r="A1337" s="3" t="s">
-        <v>3755</v>
+        <v>3664</v>
       </c>
       <c r="B1337" s="4" t="s">
-        <v>3756</v>
+        <v>1064</v>
       </c>
       <c r="C1337" s="4" t="s">
-        <v>3582</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="1338" spans="1:10">
       <c r="A1338" s="3" t="s">
-        <v>3757</v>
+        <v>3666</v>
       </c>
       <c r="B1338" s="4" t="s">
-        <v>775</v>
+        <v>1064</v>
       </c>
       <c r="C1338" s="4" t="s">
-        <v>3758</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="1339" spans="1:10">
       <c r="A1339" s="3" t="s">
-        <v>3759</v>
+        <v>3668</v>
       </c>
       <c r="B1339" s="4" t="s">
-        <v>3760</v>
+        <v>531</v>
       </c>
       <c r="C1339" s="4" t="s">
-        <v>3761</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="1340" spans="1:10">
       <c r="A1340" s="3" t="s">
-        <v>3762</v>
+        <v>3670</v>
       </c>
       <c r="B1340" s="4" t="s">
-        <v>3763</v>
+        <v>3671</v>
       </c>
       <c r="C1340" s="4" t="s">
-        <v>3764</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="1341" spans="1:10">
       <c r="A1341" s="3" t="s">
-        <v>3765</v>
+        <v>3673</v>
       </c>
       <c r="B1341" s="4" t="s">
-        <v>3289</v>
+        <v>3674</v>
       </c>
       <c r="C1341" s="4" t="s">
-        <v>3290</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="1342" spans="1:10">
       <c r="A1342" s="3" t="s">
-        <v>3766</v>
+        <v>3676</v>
       </c>
       <c r="B1342" s="4" t="s">
-        <v>494</v>
+        <v>287</v>
       </c>
       <c r="C1342" s="4" t="s">
-        <v>3767</v>
+        <v>288</v>
       </c>
     </row>
     <row r="1343" spans="1:10">
       <c r="A1343" s="3" t="s">
-        <v>3768</v>
+        <v>3677</v>
       </c>
       <c r="B1343" s="4" t="s">
-        <v>3769</v>
+        <v>3678</v>
       </c>
       <c r="C1343" s="4" t="s">
-        <v>3770</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="1344" spans="1:10">
       <c r="A1344" s="3" t="s">
-        <v>3771</v>
+        <v>3680</v>
       </c>
       <c r="B1344" s="4" t="s">
-        <v>3772</v>
+        <v>146</v>
       </c>
       <c r="C1344" s="4" t="s">
-        <v>3773</v>
+        <v>147</v>
       </c>
     </row>
     <row r="1345" spans="1:10">
       <c r="A1345" s="3" t="s">
-        <v>3774</v>
+        <v>3681</v>
       </c>
       <c r="B1345" s="4" t="s">
-        <v>3775</v>
+        <v>3682</v>
       </c>
       <c r="C1345" s="4" t="s">
-        <v>3776</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="1346" spans="1:10">
       <c r="A1346" s="3" t="s">
-        <v>3777</v>
+        <v>3684</v>
       </c>
       <c r="B1346" s="4" t="s">
-        <v>2548</v>
+        <v>3071</v>
       </c>
       <c r="C1346" s="4" t="s">
-        <v>3778</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="1347" spans="1:10">
       <c r="A1347" s="3" t="s">
-        <v>3779</v>
+        <v>3686</v>
       </c>
       <c r="B1347" s="4" t="s">
-        <v>3780</v>
+        <v>3471</v>
       </c>
       <c r="C1347" s="4" t="s">
-        <v>3781</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="1348" spans="1:10">
       <c r="A1348" s="3" t="s">
-        <v>3782</v>
+        <v>3688</v>
       </c>
       <c r="B1348" s="4" t="s">
-        <v>3783</v>
+        <v>3689</v>
       </c>
       <c r="C1348" s="4" t="s">
-        <v>3784</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="1349" spans="1:10">
       <c r="A1349" s="3" t="s">
-        <v>3785</v>
+        <v>3691</v>
       </c>
       <c r="B1349" s="4" t="s">
-        <v>3786</v>
+        <v>3692</v>
       </c>
       <c r="C1349" s="4" t="s">
-        <v>3787</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="1350" spans="1:10">
       <c r="A1350" s="3" t="s">
-        <v>3788</v>
+        <v>3694</v>
       </c>
       <c r="B1350" s="4" t="s">
-        <v>2756</v>
+        <v>3695</v>
       </c>
       <c r="C1350" s="4" t="s">
-        <v>3789</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="1351" spans="1:10">
       <c r="A1351" s="3" t="s">
-        <v>3790</v>
+        <v>3697</v>
       </c>
       <c r="B1351" s="4" t="s">
-        <v>3791</v>
+        <v>84</v>
       </c>
       <c r="C1351" s="4" t="s">
-        <v>3792</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1352" spans="1:10">
       <c r="A1352" s="3" t="s">
-        <v>3793</v>
+        <v>3698</v>
       </c>
       <c r="B1352" s="4" t="s">
-        <v>3794</v>
+        <v>98</v>
       </c>
       <c r="C1352" s="4" t="s">
-        <v>3268</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1353" spans="1:10">
       <c r="A1353" s="3" t="s">
-        <v>3795</v>
+        <v>3699</v>
       </c>
       <c r="B1353" s="4" t="s">
-        <v>3796</v>
+        <v>1835</v>
       </c>
       <c r="C1353" s="4" t="s">
-        <v>3797</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="1354" spans="1:10">
       <c r="A1354" s="3" t="s">
-        <v>3798</v>
+        <v>3701</v>
       </c>
       <c r="B1354" s="4" t="s">
-        <v>3799</v>
+        <v>58</v>
       </c>
       <c r="C1354" s="4" t="s">
-        <v>3800</v>
+        <v>59</v>
       </c>
     </row>
     <row r="1355" spans="1:10">
       <c r="A1355" s="3" t="s">
-        <v>3801</v>
+        <v>3702</v>
       </c>
       <c r="B1355" s="4" t="s">
-        <v>3802</v>
+        <v>3703</v>
       </c>
       <c r="C1355" s="4" t="s">
-        <v>3803</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="1356" spans="1:10">
       <c r="A1356" s="3" t="s">
-        <v>3804</v>
+        <v>3705</v>
       </c>
       <c r="B1356" s="4" t="s">
-        <v>3805</v>
+        <v>119</v>
       </c>
       <c r="C1356" s="4" t="s">
-        <v>3806</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1357" spans="1:10">
       <c r="A1357" s="3" t="s">
-        <v>3807</v>
+        <v>3706</v>
       </c>
       <c r="B1357" s="4" t="s">
-        <v>3808</v>
+        <v>155</v>
       </c>
       <c r="C1357" s="4" t="s">
-        <v>3809</v>
+        <v>156</v>
       </c>
     </row>
     <row r="1358" spans="1:10">
       <c r="A1358" s="3" t="s">
-        <v>3810</v>
+        <v>3707</v>
       </c>
       <c r="B1358" s="4" t="s">
-        <v>3808</v>
+        <v>3708</v>
       </c>
       <c r="C1358" s="4" t="s">
-        <v>3811</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="1359" spans="1:10">
       <c r="A1359" s="3" t="s">
-        <v>3812</v>
+        <v>3710</v>
       </c>
       <c r="B1359" s="4" t="s">
-        <v>3813</v>
+        <v>3711</v>
       </c>
       <c r="C1359" s="4" t="s">
-        <v>3814</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="1360" spans="1:10">
       <c r="A1360" s="3" t="s">
-        <v>3815</v>
+        <v>3713</v>
       </c>
       <c r="B1360" s="4" t="s">
-        <v>3816</v>
+        <v>3714</v>
       </c>
       <c r="C1360" s="4" t="s">
-        <v>3817</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="1361" spans="1:10">
       <c r="A1361" s="3" t="s">
-        <v>3818</v>
+        <v>3716</v>
       </c>
       <c r="B1361" s="4" t="s">
-        <v>3819</v>
+        <v>3717</v>
       </c>
       <c r="C1361" s="4" t="s">
-        <v>3820</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="1362" spans="1:10">
       <c r="A1362" s="3" t="s">
-        <v>3821</v>
+        <v>3719</v>
       </c>
       <c r="B1362" s="4" t="s">
-        <v>3822</v>
+        <v>1954</v>
       </c>
       <c r="C1362" s="4" t="s">
-        <v>3823</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="1363" spans="1:10">
       <c r="A1363" s="3" t="s">
-        <v>3824</v>
+        <v>3720</v>
       </c>
       <c r="B1363" s="4" t="s">
-        <v>3805</v>
+        <v>3721</v>
       </c>
       <c r="C1363" s="4" t="s">
-        <v>3825</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="1364" spans="1:10">
       <c r="A1364" s="3" t="s">
-        <v>3826</v>
+        <v>3723</v>
       </c>
       <c r="B1364" s="4" t="s">
-        <v>3827</v>
+        <v>3724</v>
       </c>
       <c r="C1364" s="4" t="s">
-        <v>3828</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="1365" spans="1:10">
       <c r="A1365" s="3" t="s">
-        <v>3829</v>
+        <v>3726</v>
       </c>
       <c r="B1365" s="4" t="s">
-        <v>3830</v>
+        <v>3724</v>
       </c>
       <c r="C1365" s="4" t="s">
-        <v>3831</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="1366" spans="1:10">
       <c r="A1366" s="3" t="s">
-        <v>3832</v>
+        <v>3728</v>
       </c>
       <c r="B1366" s="4" t="s">
-        <v>3833</v>
+        <v>125</v>
       </c>
       <c r="C1366" s="4" t="s">
-        <v>3834</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="1367" spans="1:10">
       <c r="A1367" s="3" t="s">
-        <v>3835</v>
+        <v>3730</v>
       </c>
       <c r="B1367" s="4" t="s">
-        <v>3836</v>
+        <v>3731</v>
       </c>
       <c r="C1367" s="4" t="s">
-        <v>3837</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="1368" spans="1:10">
       <c r="A1368" s="3" t="s">
-        <v>3838</v>
+        <v>3733</v>
       </c>
       <c r="B1368" s="4" t="s">
-        <v>3839</v>
+        <v>414</v>
       </c>
       <c r="C1368" s="4" t="s">
-        <v>3840</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1369" spans="1:10">
       <c r="A1369" s="3" t="s">
-        <v>3841</v>
+        <v>3734</v>
       </c>
       <c r="B1369" s="4" t="s">
-        <v>3842</v>
+        <v>3735</v>
       </c>
       <c r="C1369" s="4" t="s">
-        <v>3843</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="1370" spans="1:10">
       <c r="A1370" s="3" t="s">
-        <v>3844</v>
+        <v>3737</v>
       </c>
       <c r="B1370" s="4" t="s">
-        <v>3845</v>
+        <v>246</v>
       </c>
       <c r="C1370" s="4" t="s">
-        <v>3846</v>
+        <v>247</v>
       </c>
     </row>
     <row r="1371" spans="1:10">
       <c r="A1371" s="3" t="s">
-        <v>3847</v>
+        <v>3738</v>
       </c>
       <c r="B1371" s="4" t="s">
-        <v>3848</v>
+        <v>125</v>
       </c>
       <c r="C1371" s="4" t="s">
-        <v>3849</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="1372" spans="1:10">
       <c r="A1372" s="3" t="s">
-        <v>3850</v>
+        <v>3740</v>
       </c>
       <c r="B1372" s="4" t="s">
-        <v>3742</v>
+        <v>260</v>
       </c>
       <c r="C1372" s="4" t="s">
-        <v>3851</v>
+        <v>261</v>
       </c>
     </row>
     <row r="1373" spans="1:10">
       <c r="A1373" s="3" t="s">
-        <v>3852</v>
+        <v>3741</v>
       </c>
       <c r="B1373" s="4" t="s">
-        <v>842</v>
+        <v>3742</v>
       </c>
       <c r="C1373" s="4" t="s">
-        <v>3853</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="1374" spans="1:10">
       <c r="A1374" s="3" t="s">
-        <v>3854</v>
+        <v>3744</v>
       </c>
       <c r="B1374" s="4" t="s">
-        <v>2374</v>
+        <v>3745</v>
       </c>
       <c r="C1374" s="4" t="s">
-        <v>3855</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="1375" spans="1:10">
       <c r="A1375" s="3" t="s">
-        <v>3856</v>
+        <v>3747</v>
       </c>
       <c r="B1375" s="4" t="s">
-        <v>3857</v>
+        <v>3748</v>
       </c>
       <c r="C1375" s="4" t="s">
-        <v>3858</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="1376" spans="1:10">
       <c r="A1376" s="3" t="s">
-        <v>3859</v>
+        <v>3750</v>
       </c>
       <c r="B1376" s="4" t="s">
-        <v>2111</v>
+        <v>275</v>
       </c>
       <c r="C1376" s="4" t="s">
-        <v>3860</v>
+        <v>276</v>
       </c>
     </row>
     <row r="1377" spans="1:10">
       <c r="A1377" s="3" t="s">
-        <v>3861</v>
+        <v>3751</v>
       </c>
       <c r="B1377" s="4" t="s">
-        <v>3862</v>
+        <v>3752</v>
       </c>
       <c r="C1377" s="4" t="s">
-        <v>3863</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="1378" spans="1:10">
       <c r="A1378" s="3" t="s">
-        <v>3864</v>
+        <v>3754</v>
       </c>
       <c r="B1378" s="4" t="s">
-        <v>3865</v>
+        <v>3755</v>
       </c>
       <c r="C1378" s="4" t="s">
-        <v>3866</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="1379" spans="1:10">
       <c r="A1379" s="3" t="s">
-        <v>3867</v>
+        <v>3757</v>
       </c>
       <c r="B1379" s="4" t="s">
-        <v>3868</v>
+        <v>3758</v>
       </c>
       <c r="C1379" s="4" t="s">
-        <v>3869</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="1380" spans="1:10">
       <c r="A1380" s="3" t="s">
-        <v>3870</v>
+        <v>3760</v>
       </c>
       <c r="B1380" s="4" t="s">
-        <v>1109</v>
+        <v>2716</v>
       </c>
       <c r="C1380" s="4" t="s">
-        <v>3871</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="1381" spans="1:10">
       <c r="A1381" s="3" t="s">
-        <v>3872</v>
+        <v>3762</v>
       </c>
       <c r="B1381" s="4" t="s">
-        <v>3873</v>
+        <v>3763</v>
       </c>
       <c r="C1381" s="4" t="s">
-        <v>3874</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="1382" spans="1:10">
       <c r="A1382" s="3" t="s">
-        <v>3875</v>
+        <v>3765</v>
       </c>
       <c r="B1382" s="4" t="s">
-        <v>1087</v>
+        <v>334</v>
       </c>
       <c r="C1382" s="4" t="s">
-        <v>3876</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1383" spans="1:10">
       <c r="A1383" s="3" t="s">
-        <v>3877</v>
+        <v>3766</v>
       </c>
       <c r="B1383" s="4" t="s">
-        <v>1742</v>
+        <v>3001</v>
       </c>
       <c r="C1383" s="4" t="s">
-        <v>1743</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="1384" spans="1:10">
       <c r="A1384" s="3" t="s">
-        <v>3878</v>
+        <v>3768</v>
       </c>
       <c r="B1384" s="4" t="s">
-        <v>2188</v>
+        <v>3769</v>
       </c>
       <c r="C1384" s="4" t="s">
-        <v>3879</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="1385" spans="1:10">
       <c r="A1385" s="3" t="s">
-        <v>3880</v>
+        <v>3771</v>
       </c>
       <c r="B1385" s="4" t="s">
-        <v>1925</v>
+        <v>3772</v>
       </c>
       <c r="C1385" s="4" t="s">
-        <v>3881</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="1386" spans="1:10">
       <c r="A1386" s="3" t="s">
-        <v>3882</v>
+        <v>3774</v>
       </c>
       <c r="B1386" s="4" t="s">
-        <v>3883</v>
+        <v>3775</v>
       </c>
       <c r="C1386" s="4" t="s">
-        <v>3884</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="1387" spans="1:10">
       <c r="A1387" s="3" t="s">
-        <v>3885</v>
+        <v>3777</v>
       </c>
       <c r="B1387" s="4" t="s">
-        <v>3886</v>
+        <v>3778</v>
       </c>
       <c r="C1387" s="4" t="s">
-        <v>3887</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="1388" spans="1:10">
       <c r="A1388" s="3" t="s">
-        <v>3888</v>
+        <v>3780</v>
       </c>
       <c r="B1388" s="4" t="s">
-        <v>3889</v>
+        <v>3781</v>
       </c>
       <c r="C1388" s="4" t="s">
-        <v>3890</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="1389" spans="1:10">
       <c r="A1389" s="3" t="s">
-        <v>3891</v>
+        <v>3782</v>
       </c>
       <c r="B1389" s="4" t="s">
-        <v>1500</v>
+        <v>3755</v>
       </c>
       <c r="C1389" s="4" t="s">
-        <v>3892</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="1390" spans="1:10">
       <c r="A1390" s="3" t="s">
-        <v>3893</v>
+        <v>3784</v>
       </c>
       <c r="B1390" s="4" t="s">
-        <v>1500</v>
+        <v>3785</v>
       </c>
       <c r="C1390" s="4" t="s">
-        <v>3894</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="1391" spans="1:10">
       <c r="A1391" s="3" t="s">
-        <v>3895</v>
+        <v>3787</v>
       </c>
       <c r="B1391" s="4" t="s">
-        <v>725</v>
+        <v>3788</v>
       </c>
       <c r="C1391" s="4" t="s">
-        <v>3896</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="1392" spans="1:10">
       <c r="A1392" s="3" t="s">
-        <v>3897</v>
+        <v>3790</v>
       </c>
       <c r="B1392" s="4" t="s">
-        <v>842</v>
+        <v>3791</v>
       </c>
       <c r="C1392" s="4" t="s">
-        <v>3898</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="1393" spans="1:10">
       <c r="A1393" s="3" t="s">
-        <v>3899</v>
+        <v>3793</v>
       </c>
       <c r="B1393" s="4" t="s">
-        <v>3808</v>
+        <v>3794</v>
       </c>
       <c r="C1393" s="4" t="s">
-        <v>3900</v>
+        <v>3795</v>
       </c>
     </row>
     <row r="1394" spans="1:10">
       <c r="A1394" s="3" t="s">
-        <v>3901</v>
+        <v>3796</v>
       </c>
       <c r="B1394" s="4" t="s">
-        <v>82</v>
+        <v>2445</v>
       </c>
       <c r="C1394" s="4" t="s">
-        <v>3902</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="1395" spans="1:10">
       <c r="A1395" s="3" t="s">
-        <v>3903</v>
+        <v>3798</v>
       </c>
       <c r="B1395" s="4" t="s">
-        <v>3904</v>
+        <v>272</v>
       </c>
       <c r="C1395" s="4" t="s">
-        <v>3905</v>
+        <v>273</v>
       </c>
     </row>
     <row r="1396" spans="1:10">
       <c r="A1396" s="3" t="s">
-        <v>3906</v>
+        <v>3799</v>
       </c>
       <c r="B1396" s="4" t="s">
-        <v>3907</v>
+        <v>514</v>
       </c>
       <c r="C1396" s="4" t="s">
-        <v>3908</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1397" spans="1:10">
       <c r="A1397" s="3" t="s">
-        <v>3909</v>
+        <v>3800</v>
       </c>
       <c r="B1397" s="4" t="s">
-        <v>3910</v>
+        <v>3801</v>
       </c>
       <c r="C1397" s="4" t="s">
-        <v>3911</v>
+        <v>3802</v>
       </c>
     </row>
     <row r="1398" spans="1:10">
       <c r="A1398" s="3" t="s">
-        <v>3912</v>
+        <v>3803</v>
       </c>
       <c r="B1398" s="4" t="s">
-        <v>2548</v>
+        <v>3804</v>
       </c>
       <c r="C1398" s="4" t="s">
-        <v>3913</v>
+        <v>3805</v>
       </c>
     </row>
     <row r="1399" spans="1:10">
       <c r="A1399" s="3" t="s">
-        <v>3914</v>
+        <v>3806</v>
       </c>
       <c r="B1399" s="4" t="s">
-        <v>3915</v>
+        <v>3807</v>
       </c>
       <c r="C1399" s="4" t="s">
-        <v>3916</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="1400" spans="1:10">
       <c r="A1400" s="3" t="s">
-        <v>3917</v>
+        <v>3809</v>
       </c>
       <c r="B1400" s="4" t="s">
-        <v>3918</v>
+        <v>3810</v>
       </c>
       <c r="C1400" s="4" t="s">
-        <v>3919</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="1401" spans="1:10">
       <c r="A1401" s="3" t="s">
-        <v>3920</v>
+        <v>3812</v>
       </c>
       <c r="B1401" s="4" t="s">
-        <v>3921</v>
+        <v>3813</v>
       </c>
       <c r="C1401" s="4" t="s">
-        <v>3922</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="1402" spans="1:10">
       <c r="A1402" s="3" t="s">
+        <v>3815</v>
+      </c>
+      <c r="B1402" s="4" t="s">
+        <v>3816</v>
+      </c>
+      <c r="C1402" s="4" t="s">
+        <v>3817</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:10">
+      <c r="A1403" s="3" t="s">
+        <v>3818</v>
+      </c>
+      <c r="B1403" s="4" t="s">
+        <v>3819</v>
+      </c>
+      <c r="C1403" s="4" t="s">
+        <v>3061</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:10">
+      <c r="A1404" s="3" t="s">
+        <v>3820</v>
+      </c>
+      <c r="B1404" s="4" t="s">
+        <v>3821</v>
+      </c>
+      <c r="C1404" s="4" t="s">
+        <v>3822</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:10">
+      <c r="A1405" s="3" t="s">
+        <v>3823</v>
+      </c>
+      <c r="B1405" s="4" t="s">
+        <v>3824</v>
+      </c>
+      <c r="C1405" s="4" t="s">
+        <v>3825</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:10">
+      <c r="A1406" s="3" t="s">
+        <v>3826</v>
+      </c>
+      <c r="B1406" s="4" t="s">
+        <v>3827</v>
+      </c>
+      <c r="C1406" s="4" t="s">
+        <v>3828</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:10">
+      <c r="A1407" s="3" t="s">
+        <v>3829</v>
+      </c>
+      <c r="B1407" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C1407" s="4" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:10">
+      <c r="A1408" s="3" t="s">
+        <v>3830</v>
+      </c>
+      <c r="B1408" s="4" t="s">
+        <v>3831</v>
+      </c>
+      <c r="C1408" s="4" t="s">
+        <v>3832</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:10">
+      <c r="A1409" s="3" t="s">
+        <v>3833</v>
+      </c>
+      <c r="B1409" s="4" t="s">
+        <v>3834</v>
+      </c>
+      <c r="C1409" s="4" t="s">
+        <v>3835</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:10">
+      <c r="A1410" s="3" t="s">
+        <v>3836</v>
+      </c>
+      <c r="B1410" s="4" t="s">
+        <v>3837</v>
+      </c>
+      <c r="C1410" s="4" t="s">
+        <v>3838</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:10">
+      <c r="A1411" s="3" t="s">
+        <v>3839</v>
+      </c>
+      <c r="B1411" s="4" t="s">
+        <v>3840</v>
+      </c>
+      <c r="C1411" s="4" t="s">
+        <v>3841</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:10">
+      <c r="A1412" s="3" t="s">
+        <v>3842</v>
+      </c>
+      <c r="B1412" s="4" t="s">
+        <v>3843</v>
+      </c>
+      <c r="C1412" s="4" t="s">
+        <v>3844</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:10">
+      <c r="A1413" s="3" t="s">
+        <v>3845</v>
+      </c>
+      <c r="B1413" s="4" t="s">
+        <v>818</v>
+      </c>
+      <c r="C1413" s="4" t="s">
+        <v>3846</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:10">
+      <c r="A1414" s="3" t="s">
+        <v>3847</v>
+      </c>
+      <c r="B1414" s="4" t="s">
+        <v>3848</v>
+      </c>
+      <c r="C1414" s="4" t="s">
+        <v>3849</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:10">
+      <c r="A1415" s="3" t="s">
+        <v>3850</v>
+      </c>
+      <c r="B1415" s="4" t="s">
+        <v>3851</v>
+      </c>
+      <c r="C1415" s="4" t="s">
+        <v>3852</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:10">
+      <c r="A1416" s="3" t="s">
+        <v>3853</v>
+      </c>
+      <c r="B1416" s="4" t="s">
+        <v>3854</v>
+      </c>
+      <c r="C1416" s="4" t="s">
+        <v>3855</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:10">
+      <c r="A1417" s="3" t="s">
+        <v>3856</v>
+      </c>
+      <c r="B1417" s="4" t="s">
+        <v>3857</v>
+      </c>
+      <c r="C1417" s="4" t="s">
+        <v>3858</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:10">
+      <c r="A1418" s="3" t="s">
+        <v>3859</v>
+      </c>
+      <c r="B1418" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="C1418" s="4" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:10">
+      <c r="A1419" s="3" t="s">
+        <v>3860</v>
+      </c>
+      <c r="B1419" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C1419" s="4" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:10">
+      <c r="A1420" s="3" t="s">
+        <v>3861</v>
+      </c>
+      <c r="B1420" s="4" t="s">
+        <v>3862</v>
+      </c>
+      <c r="C1420" s="4" t="s">
+        <v>3863</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:10">
+      <c r="A1421" s="3" t="s">
+        <v>3864</v>
+      </c>
+      <c r="B1421" s="4" t="s">
+        <v>3865</v>
+      </c>
+      <c r="C1421" s="4" t="s">
+        <v>3866</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:10">
+      <c r="A1422" s="3" t="s">
+        <v>3867</v>
+      </c>
+      <c r="B1422" s="4" t="s">
+        <v>3270</v>
+      </c>
+      <c r="C1422" s="4" t="s">
+        <v>3868</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:10">
+      <c r="A1423" s="3" t="s">
+        <v>3869</v>
+      </c>
+      <c r="B1423" s="4" t="s">
+        <v>3197</v>
+      </c>
+      <c r="C1423" s="4" t="s">
+        <v>3870</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:10">
+      <c r="A1424" s="3" t="s">
+        <v>3871</v>
+      </c>
+      <c r="B1424" s="4" t="s">
+        <v>3872</v>
+      </c>
+      <c r="C1424" s="4" t="s">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:10">
+      <c r="A1425" s="3" t="s">
+        <v>3874</v>
+      </c>
+      <c r="B1425" s="4" t="s">
+        <v>3875</v>
+      </c>
+      <c r="C1425" s="4" t="s">
+        <v>3876</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:10">
+      <c r="A1426" s="3" t="s">
+        <v>3877</v>
+      </c>
+      <c r="B1426" s="4" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C1426" s="4" t="s">
+        <v>3878</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:10">
+      <c r="A1427" s="3" t="s">
+        <v>3879</v>
+      </c>
+      <c r="B1427" s="4" t="s">
+        <v>3880</v>
+      </c>
+      <c r="C1427" s="4" t="s">
+        <v>3881</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:10">
+      <c r="A1428" s="3" t="s">
+        <v>3882</v>
+      </c>
+      <c r="B1428" s="4" t="s">
+        <v>3630</v>
+      </c>
+      <c r="C1428" s="4" t="s">
+        <v>3883</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:10">
+      <c r="A1429" s="3" t="s">
+        <v>3884</v>
+      </c>
+      <c r="B1429" s="4" t="s">
+        <v>3885</v>
+      </c>
+      <c r="C1429" s="4" t="s">
+        <v>3886</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:10">
+      <c r="A1430" s="3" t="s">
+        <v>3887</v>
+      </c>
+      <c r="B1430" s="4" t="s">
+        <v>3888</v>
+      </c>
+      <c r="C1430" s="4" t="s">
+        <v>3889</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:10">
+      <c r="A1431" s="3" t="s">
+        <v>3890</v>
+      </c>
+      <c r="B1431" s="4" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C1431" s="4" t="s">
+        <v>3891</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:10">
+      <c r="A1432" s="3" t="s">
+        <v>3892</v>
+      </c>
+      <c r="B1432" s="4" t="s">
+        <v>3893</v>
+      </c>
+      <c r="C1432" s="4" t="s">
+        <v>3894</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:10">
+      <c r="A1433" s="3" t="s">
+        <v>3895</v>
+      </c>
+      <c r="B1433" s="4" t="s">
+        <v>3896</v>
+      </c>
+      <c r="C1433" s="4" t="s">
+        <v>3897</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:10">
+      <c r="A1434" s="3" t="s">
+        <v>3898</v>
+      </c>
+      <c r="B1434" s="4" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C1434" s="4" t="s">
+        <v>3899</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:10">
+      <c r="A1435" s="3" t="s">
+        <v>3900</v>
+      </c>
+      <c r="B1435" s="4" t="s">
+        <v>3901</v>
+      </c>
+      <c r="C1435" s="4" t="s">
+        <v>3902</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:10">
+      <c r="A1436" s="3" t="s">
+        <v>3903</v>
+      </c>
+      <c r="B1436" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C1436" s="4" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:10">
+      <c r="A1437" s="3" t="s">
+        <v>3904</v>
+      </c>
+      <c r="B1437" s="4" t="s">
+        <v>3548</v>
+      </c>
+      <c r="C1437" s="4" t="s">
+        <v>3905</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:10">
+      <c r="A1438" s="3" t="s">
+        <v>3906</v>
+      </c>
+      <c r="B1438" s="4" t="s">
+        <v>3907</v>
+      </c>
+      <c r="C1438" s="4" t="s">
+        <v>2542</v>
+      </c>
+    </row>
+    <row r="1439" spans="1:10">
+      <c r="A1439" s="3" t="s">
+        <v>3908</v>
+      </c>
+      <c r="B1439" s="4" t="s">
+        <v>3909</v>
+      </c>
+      <c r="C1439" s="4" t="s">
+        <v>3910</v>
+      </c>
+    </row>
+    <row r="1440" spans="1:10">
+      <c r="A1440" s="3" t="s">
+        <v>3911</v>
+      </c>
+      <c r="B1440" s="4" t="s">
+        <v>3912</v>
+      </c>
+      <c r="C1440" s="4" t="s">
+        <v>3913</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:10">
+      <c r="A1441" s="3" t="s">
+        <v>3914</v>
+      </c>
+      <c r="B1441" s="4" t="s">
+        <v>3915</v>
+      </c>
+      <c r="C1441" s="4" t="s">
+        <v>3916</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:10">
+      <c r="A1442" s="3" t="s">
+        <v>3917</v>
+      </c>
+      <c r="B1442" s="4" t="s">
+        <v>3918</v>
+      </c>
+      <c r="C1442" s="4" t="s">
+        <v>3919</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:10">
+      <c r="A1443" s="3" t="s">
+        <v>3920</v>
+      </c>
+      <c r="B1443" s="4" t="s">
+        <v>3921</v>
+      </c>
+      <c r="C1443" s="4" t="s">
+        <v>3922</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:10">
+      <c r="A1444" s="3" t="s">
         <v>3923</v>
       </c>
-      <c r="B1402" s="4" t="s">
+      <c r="B1444" s="4" t="s">
         <v>3924</v>
       </c>
-      <c r="C1402" s="4" t="s">
+      <c r="C1444" s="4" t="s">
         <v>3925</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:10">
+      <c r="A1445" s="3" t="s">
+        <v>3926</v>
+      </c>
+      <c r="B1445" s="4" t="s">
+        <v>3927</v>
+      </c>
+      <c r="C1445" s="4" t="s">
+        <v>3928</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:10">
+      <c r="A1446" s="3" t="s">
+        <v>3929</v>
+      </c>
+      <c r="B1446" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="C1446" s="4" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:10">
+      <c r="A1447" s="3" t="s">
+        <v>3930</v>
+      </c>
+      <c r="B1447" s="4" t="s">
+        <v>603</v>
+      </c>
+      <c r="C1447" s="4" t="s">
+        <v>3931</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:10">
+      <c r="A1448" s="3" t="s">
+        <v>3932</v>
+      </c>
+      <c r="B1448" s="4" t="s">
+        <v>3933</v>
+      </c>
+      <c r="C1448" s="4" t="s">
+        <v>3934</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:10">
+      <c r="A1449" s="3" t="s">
+        <v>3935</v>
+      </c>
+      <c r="B1449" s="4" t="s">
+        <v>3936</v>
+      </c>
+      <c r="C1449" s="4" t="s">
+        <v>3937</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:10">
+      <c r="A1450" s="3" t="s">
+        <v>3938</v>
+      </c>
+      <c r="B1450" s="4" t="s">
+        <v>2320</v>
+      </c>
+      <c r="C1450" s="4" t="s">
+        <v>3939</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:10">
+      <c r="A1451" s="3" t="s">
+        <v>3940</v>
+      </c>
+      <c r="B1451" s="4" t="s">
+        <v>3941</v>
+      </c>
+      <c r="C1451" s="4" t="s">
+        <v>3942</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:10">
+      <c r="A1452" s="3" t="s">
+        <v>3943</v>
+      </c>
+      <c r="B1452" s="4" t="s">
+        <v>3944</v>
+      </c>
+      <c r="C1452" s="4" t="s">
+        <v>3945</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:10">
+      <c r="A1453" s="3" t="s">
+        <v>3946</v>
+      </c>
+      <c r="B1453" s="4" t="s">
+        <v>3947</v>
+      </c>
+      <c r="C1453" s="4" t="s">
+        <v>3948</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:10">
+      <c r="A1454" s="3" t="s">
+        <v>3949</v>
+      </c>
+      <c r="B1454" s="4" t="s">
+        <v>3950</v>
+      </c>
+      <c r="C1454" s="4" t="s">
+        <v>3951</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:10">
+      <c r="A1455" s="3" t="s">
+        <v>3952</v>
+      </c>
+      <c r="B1455" s="4" t="s">
+        <v>3953</v>
+      </c>
+      <c r="C1455" s="4" t="s">
+        <v>3954</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:10">
+      <c r="A1456" s="3" t="s">
+        <v>3955</v>
+      </c>
+      <c r="B1456" s="4" t="s">
+        <v>3956</v>
+      </c>
+      <c r="C1456" s="4" t="s">
+        <v>3957</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:10">
+      <c r="A1457" s="3" t="s">
+        <v>3958</v>
+      </c>
+      <c r="B1457" s="4" t="s">
+        <v>3959</v>
+      </c>
+      <c r="C1457" s="4" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:10">
+      <c r="A1458" s="3" t="s">
+        <v>3960</v>
+      </c>
+      <c r="B1458" s="4" t="s">
+        <v>3961</v>
+      </c>
+      <c r="C1458" s="4" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="1459" spans="1:10">
+      <c r="A1459" s="3" t="s">
+        <v>3962</v>
+      </c>
+      <c r="B1459" s="4" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C1459" s="4" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1460" spans="1:10">
+      <c r="A1460" s="3" t="s">
+        <v>3964</v>
+      </c>
+      <c r="B1460" s="4" t="s">
+        <v>3965</v>
+      </c>
+      <c r="C1460" s="4" t="s">
+        <v>3966</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:10">
+      <c r="A1461" s="3" t="s">
+        <v>3967</v>
+      </c>
+      <c r="B1461" s="4" t="s">
+        <v>3968</v>
+      </c>
+      <c r="C1461" s="4" t="s">
+        <v>3969</v>
+      </c>
+    </row>
+    <row r="1462" spans="1:10">
+      <c r="A1462" s="3" t="s">
+        <v>3970</v>
+      </c>
+      <c r="B1462" s="4" t="s">
+        <v>3539</v>
+      </c>
+      <c r="C1462" s="4" t="s">
+        <v>3540</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:10">
+      <c r="A1463" s="3" t="s">
+        <v>3971</v>
+      </c>
+      <c r="B1463" s="4" t="s">
+        <v>836</v>
+      </c>
+      <c r="C1463" s="4" t="s">
+        <v>3972</v>
+      </c>
+    </row>
+    <row r="1464" spans="1:10">
+      <c r="A1464" s="3" t="s">
+        <v>3973</v>
+      </c>
+      <c r="B1464" s="4" t="s">
+        <v>3974</v>
+      </c>
+      <c r="C1464" s="4" t="s">
+        <v>3975</v>
+      </c>
+    </row>
+    <row r="1465" spans="1:10">
+      <c r="A1465" s="3" t="s">
+        <v>3976</v>
+      </c>
+      <c r="B1465" s="4" t="s">
+        <v>3977</v>
+      </c>
+      <c r="C1465" s="4" t="s">
+        <v>3978</v>
+      </c>
+    </row>
+    <row r="1466" spans="1:10">
+      <c r="A1466" s="3" t="s">
+        <v>3979</v>
+      </c>
+      <c r="B1466" s="4" t="s">
+        <v>3980</v>
+      </c>
+      <c r="C1466" s="4" t="s">
+        <v>3981</v>
+      </c>
+    </row>
+    <row r="1467" spans="1:10">
+      <c r="A1467" s="3" t="s">
+        <v>3982</v>
+      </c>
+      <c r="B1467" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C1467" s="4" t="s">
+        <v>3983</v>
+      </c>
+    </row>
+    <row r="1468" spans="1:10">
+      <c r="A1468" s="3" t="s">
+        <v>3984</v>
+      </c>
+      <c r="B1468" s="4" t="s">
+        <v>3985</v>
+      </c>
+      <c r="C1468" s="4" t="s">
+        <v>3986</v>
+      </c>
+    </row>
+    <row r="1469" spans="1:10">
+      <c r="A1469" s="3" t="s">
+        <v>3987</v>
+      </c>
+      <c r="B1469" s="4" t="s">
+        <v>3988</v>
+      </c>
+      <c r="C1469" s="4" t="s">
+        <v>3989</v>
+      </c>
+    </row>
+    <row r="1470" spans="1:10">
+      <c r="A1470" s="3" t="s">
+        <v>3990</v>
+      </c>
+      <c r="B1470" s="4" t="s">
+        <v>3991</v>
+      </c>
+      <c r="C1470" s="4" t="s">
+        <v>3992</v>
+      </c>
+    </row>
+    <row r="1471" spans="1:10">
+      <c r="A1471" s="3" t="s">
+        <v>3993</v>
+      </c>
+      <c r="B1471" s="4" t="s">
+        <v>3033</v>
+      </c>
+      <c r="C1471" s="4" t="s">
+        <v>3994</v>
+      </c>
+    </row>
+    <row r="1472" spans="1:10">
+      <c r="A1472" s="3" t="s">
+        <v>3995</v>
+      </c>
+      <c r="B1472" s="4" t="s">
+        <v>3996</v>
+      </c>
+      <c r="C1472" s="4" t="s">
+        <v>3997</v>
+      </c>
+    </row>
+    <row r="1473" spans="1:10">
+      <c r="A1473" s="3" t="s">
+        <v>3998</v>
+      </c>
+      <c r="B1473" s="4" t="s">
+        <v>3999</v>
+      </c>
+      <c r="C1473" s="4" t="s">
+        <v>3520</v>
+      </c>
+    </row>
+    <row r="1474" spans="1:10">
+      <c r="A1474" s="3" t="s">
+        <v>4000</v>
+      </c>
+      <c r="B1474" s="4" t="s">
+        <v>4001</v>
+      </c>
+      <c r="C1474" s="4" t="s">
+        <v>4002</v>
+      </c>
+    </row>
+    <row r="1475" spans="1:10">
+      <c r="A1475" s="3" t="s">
+        <v>4003</v>
+      </c>
+      <c r="B1475" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C1475" s="4" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="1476" spans="1:10">
+      <c r="A1476" s="3" t="s">
+        <v>4004</v>
+      </c>
+      <c r="B1476" s="4" t="s">
+        <v>4005</v>
+      </c>
+      <c r="C1476" s="4" t="s">
+        <v>4006</v>
+      </c>
+    </row>
+    <row r="1477" spans="1:10">
+      <c r="A1477" s="3" t="s">
+        <v>4007</v>
+      </c>
+      <c r="B1477" s="4" t="s">
+        <v>4008</v>
+      </c>
+      <c r="C1477" s="4" t="s">
+        <v>4009</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:10">
+      <c r="A1478" s="3" t="s">
+        <v>4010</v>
+      </c>
+      <c r="B1478" s="4" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C1478" s="4" t="s">
+        <v>4012</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:10">
+      <c r="A1479" s="3" t="s">
+        <v>4013</v>
+      </c>
+      <c r="B1479" s="4" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C1479" s="4" t="s">
+        <v>4014</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:10">
+      <c r="A1480" s="3" t="s">
+        <v>4015</v>
+      </c>
+      <c r="B1480" s="4" t="s">
+        <v>4016</v>
+      </c>
+      <c r="C1480" s="4" t="s">
+        <v>4017</v>
+      </c>
+    </row>
+    <row r="1481" spans="1:10">
+      <c r="A1481" s="3" t="s">
+        <v>4018</v>
+      </c>
+      <c r="B1481" s="4" t="s">
+        <v>4019</v>
+      </c>
+      <c r="C1481" s="4" t="s">
+        <v>4020</v>
+      </c>
+    </row>
+    <row r="1482" spans="1:10">
+      <c r="A1482" s="3" t="s">
+        <v>4021</v>
+      </c>
+      <c r="B1482" s="4" t="s">
+        <v>4022</v>
+      </c>
+      <c r="C1482" s="4" t="s">
+        <v>4023</v>
+      </c>
+    </row>
+    <row r="1483" spans="1:10">
+      <c r="A1483" s="3" t="s">
+        <v>4024</v>
+      </c>
+      <c r="B1483" s="4" t="s">
+        <v>4025</v>
+      </c>
+      <c r="C1483" s="4" t="s">
+        <v>4026</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:10">
+      <c r="A1484" s="3" t="s">
+        <v>4027</v>
+      </c>
+      <c r="B1484" s="4" t="s">
+        <v>4008</v>
+      </c>
+      <c r="C1484" s="4" t="s">
+        <v>4028</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:10">
+      <c r="A1485" s="3" t="s">
+        <v>4029</v>
+      </c>
+      <c r="B1485" s="4" t="s">
+        <v>4030</v>
+      </c>
+      <c r="C1485" s="4" t="s">
+        <v>4031</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:10">
+      <c r="A1486" s="3" t="s">
+        <v>4032</v>
+      </c>
+      <c r="B1486" s="4" t="s">
+        <v>4033</v>
+      </c>
+      <c r="C1486" s="4" t="s">
+        <v>4034</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:10">
+      <c r="A1487" s="3" t="s">
+        <v>4035</v>
+      </c>
+      <c r="B1487" s="4" t="s">
+        <v>4036</v>
+      </c>
+      <c r="C1487" s="4" t="s">
+        <v>4037</v>
+      </c>
+    </row>
+    <row r="1488" spans="1:10">
+      <c r="A1488" s="3" t="s">
+        <v>4038</v>
+      </c>
+      <c r="B1488" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C1488" s="4" t="s">
+        <v>4039</v>
+      </c>
+    </row>
+    <row r="1489" spans="1:10">
+      <c r="A1489" s="3" t="s">
+        <v>4040</v>
+      </c>
+      <c r="B1489" s="4" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C1489" s="4" t="s">
+        <v>4042</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:10">
+      <c r="A1490" s="3" t="s">
+        <v>4043</v>
+      </c>
+      <c r="B1490" s="4" t="s">
+        <v>4044</v>
+      </c>
+      <c r="C1490" s="4" t="s">
+        <v>4045</v>
+      </c>
+    </row>
+    <row r="1491" spans="1:10">
+      <c r="A1491" s="3" t="s">
+        <v>4046</v>
+      </c>
+      <c r="B1491" s="4" t="s">
+        <v>4047</v>
+      </c>
+      <c r="C1491" s="4" t="s">
+        <v>4048</v>
+      </c>
+    </row>
+    <row r="1492" spans="1:10">
+      <c r="A1492" s="3" t="s">
+        <v>4049</v>
+      </c>
+      <c r="B1492" s="4" t="s">
+        <v>4050</v>
+      </c>
+      <c r="C1492" s="4" t="s">
+        <v>4051</v>
+      </c>
+    </row>
+    <row r="1493" spans="1:10">
+      <c r="A1493" s="3" t="s">
+        <v>4052</v>
+      </c>
+      <c r="B1493" s="4" t="s">
+        <v>3947</v>
+      </c>
+      <c r="C1493" s="4" t="s">
+        <v>4053</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:10">
+      <c r="A1494" s="3" t="s">
+        <v>4054</v>
+      </c>
+      <c r="B1494" s="4" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C1494" s="4" t="s">
+        <v>4055</v>
+      </c>
+    </row>
+    <row r="1495" spans="1:10">
+      <c r="A1495" s="3" t="s">
+        <v>4056</v>
+      </c>
+      <c r="B1495" s="4" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C1495" s="4" t="s">
+        <v>4057</v>
+      </c>
+    </row>
+    <row r="1496" spans="1:10">
+      <c r="A1496" s="3" t="s">
+        <v>4058</v>
+      </c>
+      <c r="B1496" s="4" t="s">
+        <v>4059</v>
+      </c>
+      <c r="C1496" s="4" t="s">
+        <v>4060</v>
+      </c>
+    </row>
+    <row r="1497" spans="1:10">
+      <c r="A1497" s="3" t="s">
+        <v>4061</v>
+      </c>
+      <c r="B1497" s="4" t="s">
+        <v>2434</v>
+      </c>
+      <c r="C1497" s="4" t="s">
+        <v>4062</v>
+      </c>
+    </row>
+    <row r="1498" spans="1:10">
+      <c r="A1498" s="3" t="s">
+        <v>4063</v>
+      </c>
+      <c r="B1498" s="4" t="s">
+        <v>4064</v>
+      </c>
+      <c r="C1498" s="4" t="s">
+        <v>4065</v>
+      </c>
+    </row>
+    <row r="1499" spans="1:10">
+      <c r="A1499" s="3" t="s">
+        <v>4066</v>
+      </c>
+      <c r="B1499" s="4" t="s">
+        <v>4067</v>
+      </c>
+      <c r="C1499" s="4" t="s">
+        <v>4068</v>
+      </c>
+    </row>
+    <row r="1500" spans="1:10">
+      <c r="A1500" s="3" t="s">
+        <v>4069</v>
+      </c>
+      <c r="B1500" s="4" t="s">
+        <v>4070</v>
+      </c>
+      <c r="C1500" s="4" t="s">
+        <v>4071</v>
+      </c>
+    </row>
+    <row r="1501" spans="1:10">
+      <c r="A1501" s="3" t="s">
+        <v>4072</v>
+      </c>
+      <c r="B1501" s="4" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C1501" s="4" t="s">
+        <v>4073</v>
+      </c>
+    </row>
+    <row r="1502" spans="1:10">
+      <c r="A1502" s="3" t="s">
+        <v>4074</v>
+      </c>
+      <c r="B1502" s="4" t="s">
+        <v>4075</v>
+      </c>
+      <c r="C1502" s="4" t="s">
+        <v>4076</v>
+      </c>
+    </row>
+    <row r="1503" spans="1:10">
+      <c r="A1503" s="3" t="s">
+        <v>4077</v>
+      </c>
+      <c r="B1503" s="4" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C1503" s="4" t="s">
+        <v>4078</v>
+      </c>
+    </row>
+    <row r="1504" spans="1:10">
+      <c r="A1504" s="3" t="s">
+        <v>4079</v>
+      </c>
+      <c r="B1504" s="4" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C1504" s="4" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="1505" spans="1:10">
+      <c r="A1505" s="3" t="s">
+        <v>4080</v>
+      </c>
+      <c r="B1505" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="C1505" s="4" t="s">
+        <v>4081</v>
+      </c>
+    </row>
+    <row r="1506" spans="1:10">
+      <c r="A1506" s="3" t="s">
+        <v>4082</v>
+      </c>
+      <c r="B1506" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C1506" s="4" t="s">
+        <v>4083</v>
+      </c>
+    </row>
+    <row r="1507" spans="1:10">
+      <c r="A1507" s="3" t="s">
+        <v>4084</v>
+      </c>
+      <c r="B1507" s="4" t="s">
+        <v>4085</v>
+      </c>
+      <c r="C1507" s="4" t="s">
+        <v>4086</v>
+      </c>
+    </row>
+    <row r="1508" spans="1:10">
+      <c r="A1508" s="3" t="s">
+        <v>4087</v>
+      </c>
+      <c r="B1508" s="4" t="s">
+        <v>4088</v>
+      </c>
+      <c r="C1508" s="4" t="s">
+        <v>4089</v>
+      </c>
+    </row>
+    <row r="1509" spans="1:10">
+      <c r="A1509" s="3" t="s">
+        <v>4090</v>
+      </c>
+      <c r="B1509" s="4" t="s">
+        <v>4091</v>
+      </c>
+      <c r="C1509" s="4" t="s">
+        <v>4092</v>
+      </c>
+    </row>
+    <row r="1510" spans="1:10">
+      <c r="A1510" s="3" t="s">
+        <v>4093</v>
+      </c>
+      <c r="B1510" s="4" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C1510" s="4" t="s">
+        <v>4094</v>
+      </c>
+    </row>
+    <row r="1511" spans="1:10">
+      <c r="A1511" s="3" t="s">
+        <v>4095</v>
+      </c>
+      <c r="B1511" s="4" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C1511" s="4" t="s">
+        <v>4096</v>
+      </c>
+    </row>
+    <row r="1512" spans="1:10">
+      <c r="A1512" s="3" t="s">
+        <v>4097</v>
+      </c>
+      <c r="B1512" s="4" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C1512" s="4" t="s">
+        <v>4098</v>
+      </c>
+    </row>
+    <row r="1513" spans="1:10">
+      <c r="A1513" s="3" t="s">
+        <v>4099</v>
+      </c>
+      <c r="B1513" s="4" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C1513" s="4" t="s">
+        <v>4100</v>
+      </c>
+    </row>
+    <row r="1514" spans="1:10">
+      <c r="A1514" s="3" t="s">
+        <v>4101</v>
+      </c>
+      <c r="B1514" s="4" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C1514" s="4" t="s">
+        <v>4102</v>
+      </c>
+    </row>
+    <row r="1515" spans="1:10">
+      <c r="A1515" s="3" t="s">
+        <v>4103</v>
+      </c>
+      <c r="B1515" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="C1515" s="4" t="s">
+        <v>4104</v>
+      </c>
+    </row>
+    <row r="1516" spans="1:10">
+      <c r="A1516" s="3" t="s">
+        <v>4105</v>
+      </c>
+      <c r="B1516" s="4" t="s">
+        <v>4106</v>
+      </c>
+      <c r="C1516" s="4" t="s">
+        <v>4107</v>
+      </c>
+    </row>
+    <row r="1517" spans="1:10">
+      <c r="A1517" s="3" t="s">
+        <v>4108</v>
+      </c>
+      <c r="B1517" s="4" t="s">
+        <v>4109</v>
+      </c>
+      <c r="C1517" s="4" t="s">
+        <v>4110</v>
+      </c>
+    </row>
+    <row r="1518" spans="1:10">
+      <c r="A1518" s="3" t="s">
+        <v>4111</v>
+      </c>
+      <c r="B1518" s="4" t="s">
+        <v>4112</v>
+      </c>
+      <c r="C1518" s="4" t="s">
+        <v>4113</v>
+      </c>
+    </row>
+    <row r="1519" spans="1:10">
+      <c r="A1519" s="3" t="s">
+        <v>4114</v>
+      </c>
+      <c r="B1519" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C1519" s="4" t="s">
+        <v>4115</v>
+      </c>
+    </row>
+    <row r="1520" spans="1:10">
+      <c r="A1520" s="3" t="s">
+        <v>4116</v>
+      </c>
+      <c r="B1520" s="4" t="s">
+        <v>4117</v>
+      </c>
+      <c r="C1520" s="4" t="s">
+        <v>4118</v>
+      </c>
+    </row>
+    <row r="1521" spans="1:10">
+      <c r="A1521" s="3" t="s">
+        <v>4119</v>
+      </c>
+      <c r="B1521" s="4" t="s">
+        <v>4120</v>
+      </c>
+      <c r="C1521" s="4" t="s">
+        <v>4121</v>
+      </c>
+    </row>
+    <row r="1522" spans="1:10">
+      <c r="A1522" s="3" t="s">
+        <v>4122</v>
+      </c>
+      <c r="B1522" s="4" t="s">
+        <v>4123</v>
+      </c>
+      <c r="C1522" s="4" t="s">
+        <v>4124</v>
+      </c>
+    </row>
+    <row r="1523" spans="1:10">
+      <c r="A1523" s="3" t="s">
+        <v>4125</v>
+      </c>
+      <c r="B1523" s="4" t="s">
+        <v>4126</v>
+      </c>
+      <c r="C1523" s="4" t="s">
+        <v>4127</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>