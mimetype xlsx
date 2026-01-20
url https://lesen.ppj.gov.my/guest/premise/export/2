--- v1 (2025-12-05)
+++ v2 (2026-01-20)
@@ -12,12434 +12,11096 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3682">
   <si>
     <t>Senarai Premis</t>
   </si>
   <si>
     <t>Bil</t>
   </si>
   <si>
     <t>Nama Komersil</t>
   </si>
   <si>
     <t>Alamat Premis</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>RASA UNGGUL SDN.BHD.</t>
+  </si>
+  <si>
+    <t>KAFETERIA, JALAN P5/6, PRESINT 5</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>ZUS COFFEE</t>
+  </si>
+  <si>
+    <t>LOT G-005, DATARAN PUTRA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>BORAOMBAK SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. 1, JALAN P5/5, PRESINT 5</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>RICHIAMO COFFEE</t>
+  </si>
+  <si>
+    <t>RUANG LEGAR, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>HAQI JAYA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT KEDAI NO. 9, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>KAVA INC</t>
+  </si>
+  <si>
+    <t>1, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>NONNO CAFE</t>
+  </si>
+  <si>
+    <t>UNIT 09, HERRIOT WATT UNIVERSITY, JALAN VENNA P5/2, PRESINT 5</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>LYNDA FLORIST</t>
+  </si>
+  <si>
+    <t>LOT R19, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>TADIKA PANCARAN PRESINT 14 PLT</t>
+  </si>
+  <si>
+    <t>LOT PT 7568, JALAN P14E 1/3, PRESINT 14</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>AMYRA HIJABI SALON</t>
+  </si>
+  <si>
+    <t>NO.16A, JALAN P9 B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>MIKER</t>
+  </si>
+  <si>
+    <t>LOT R28, R29, R30 &amp; R31, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>NALURI FURQAN RESOURCES</t>
+  </si>
+  <si>
+    <t>1B, JALAN P11 E/1, PRESINT 11</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>THE COFFEE DEPARTMENT</t>
+  </si>
+  <si>
+    <t>LOT R32, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>SITI MUHAINI</t>
+  </si>
+  <si>
+    <t>UNIT B-G-R09, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>SELERA SRI PAHANG</t>
+  </si>
+  <si>
+    <t>STALL 3, FOOD COURT, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>STELLA KASIH HEALTHCARE SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT 192, BLOK B, STELLA KASIH MEDICAL CENTRE, JALAN P8 C/1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>CONVENTION &amp; EXHIBITION (PUTRAJAYA) SDN. BHD.</t>
+  </si>
+  <si>
+    <t>LOT FF4, JALAN SENTRAL P7, PRESINT 7</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>MK LAUNDRY</t>
+  </si>
+  <si>
+    <t>6-3, BLOK 6, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>FA STATIONERY &amp; PRINTING CENTRE</t>
+  </si>
+  <si>
+    <t>KEDAI NO. 4, BLOK B, PPAM SERULING, JALAN P5 A/5, PRESINT 5</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>IM GLOBAL PROPERTY CONSULTANTS SDN BHD</t>
+  </si>
+  <si>
+    <t>2B-G-02, JALAN KAJANGAN P6, PRESINT 6</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>QAMIA FOOD AND BEVERAGES</t>
+  </si>
+  <si>
+    <t>LOT NO. 10, KIOSK@11, JALAN P11E/5, PRESINT 11</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>IMPACT LAUNDRY SERVICES</t>
+  </si>
+  <si>
+    <t>LOT 5, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>DZULKHAIRI AHMAD</t>
+  </si>
+  <si>
+    <t>RUANG LEGAR TENGAH, BANGUNAN PERBENDAHARAAN 2, NO. 5, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>WATSON'S PERSONAL CARE STORES SDN BHD</t>
+  </si>
+  <si>
+    <t>BLOCK C-17, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>TASKA CAHAYA MIN RIZKI</t>
+  </si>
+  <si>
+    <t>NO. 2 (UNIT TASKA), JALAN P2T, PRESINT 2</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>CAFE MESRA</t>
+  </si>
+  <si>
+    <t>LOT 07, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>YY MOBILE&amp;ACCESSORIES</t>
+  </si>
+  <si>
+    <t>SH-18, JALAN P9 B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>PENYAYANG PESAKIT KANSER SDN. BHD.</t>
+  </si>
+  <si>
+    <t>RT 132, JALAN P7, PRESINT 7</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>SAL HAIR &amp; BEAUTY SALOON</t>
+  </si>
+  <si>
+    <t>K03, JALAN P8 D, PRESINT 8</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>GK TOUCH RESOURCES</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH MENENGAH KEBANGSAAN PRESINT 5, JALAN P5 A/5, PRESINT 5</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH, SEKOLAH MENENGAH KEBANGSAAN PRESINT 9(2), JALAN P9 A, PRESINT 9</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>DAZULE BARBERSHOP</t>
+  </si>
+  <si>
+    <t>NO. 8A, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>N.K. RESOURCES</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 8 (1), JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>MIDDLE CHILD</t>
+  </si>
+  <si>
+    <t>NO. 3 , KANTIN SEKOLAH, JALAN MELINJAU P11E, PRESINT 11</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>PASARAYA HAMMAD</t>
+  </si>
+  <si>
+    <t>NO. 5, JALAN P9E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>RESTORAN SELERA MAKANG MAKANG ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO.16, JALAN P9 B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>YUSGREATIDEA</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>TADIKA MUSLIM SOLIHIN</t>
+  </si>
+  <si>
+    <t>6A &amp; 7A, JALAN MELINJAU P11E/5, PRESINT 11</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>ARAS G, NO. 2 MENARA 1,JALAN P5/6,57,PRESINT 5,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>TADIKA NASYRAH</t>
+  </si>
+  <si>
+    <t>TADIKA, NO. 45, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>YOUSEFF BARBER</t>
+  </si>
+  <si>
+    <t>KEDAI NO. 3, BLOK B, PPAM SERULING, JALAN P5 A/5, PRESINT 5</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>TASKA GENERASI CERDIK PINTAR</t>
+  </si>
+  <si>
+    <t>NO. 2, JALAN P11 F/16, PRESINT 11</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>FATHIMA MART</t>
+  </si>
+  <si>
+    <t>KEDAI NO 2, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>KOPERASI PERBADANAN PUTRAJAYA BERHAD</t>
+  </si>
+  <si>
+    <t>LOT R11, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>SYADAM CATERER</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G01 (BERHADAPAN KEMENTERIAN KEWANGAN MALAYSIA), PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>SAM BARBER</t>
+  </si>
+  <si>
+    <t>SH-3A, JALAN RAJAWALI P9B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>AJAK'S SPORT CENTRE</t>
+  </si>
+  <si>
+    <t>LOT NO. 2, JALAN P11, PRESINT 11</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>PENA TEGUH SDN BHD</t>
+  </si>
+  <si>
+    <t>DEWAN MAKAN, PARCEL G, PRESINT 1</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>VCARE PHARMACY</t>
+  </si>
+  <si>
+    <t>C19 &amp; 20, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>REZEKI MABRUR NLRK SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. 1 &amp; NO. 1-A, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>T CHANNEL</t>
+  </si>
+  <si>
+    <t>LOT S7, JALAN SENTRAL P7, PRESINT 7</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>PAWIZAH BINTI MAT NOR</t>
+  </si>
+  <si>
+    <t>STALL 1, FOOD COURT, MENARA PRISMA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>POINT SUPERMARKET SDN. BHD.</t>
+  </si>
+  <si>
+    <t>LOT K2 DAN K3, JALAN SENTRAL P7, PRESINT 7</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>AR AIN</t>
+  </si>
+  <si>
+    <t>6A &amp; 6B LOT PT 12305, FOOD VALET PUTRAJAYA, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>UMI KALSUM BINTI IBRAHIM</t>
+  </si>
+  <si>
+    <t>G08, PASAR AWAM, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>SAZ UTARA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>G07, PASAR AWAM, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>YUMAIRASA KAFE</t>
+  </si>
+  <si>
+    <t>NO.9, PANGSAPURI PUTRA HARMONI, JALAN P9B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>JEJARI SUGEH ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO.5, JABATAN PEGUAM NEGARA, PERSIARAN PERDANA</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>LOT 3, LOT 6 DAN KAFETERIA KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>JASTAM CORNER</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G03, MEDAN SELERA, JALAN P11, PRESINT 11</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>D' DIPLOMATIK CAFE</t>
+  </si>
+  <si>
+    <t>NO. 70, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>DIN UNIO ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO.G04, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>MALAYSIA SHIPOWNERS' ASSOCIATION</t>
+  </si>
+  <si>
+    <t>A2-3-3, AYER@8, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>AYIN KITCHEN</t>
+  </si>
+  <si>
+    <t>GERAI NO 3, ARAS 1,PERSIARAN PERDANA,46,PRESINT 4,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>AFFENDY JAYA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT 2, JABATAN PEGUAM NEGARA, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>4U2 SHOP</t>
+  </si>
+  <si>
+    <t>KEDAI 3, INSTITUT KANSER NEGARA, JALAN P7, PRESINT 7</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>THB GLOBAL VENTURE (M) SDN BHD</t>
+  </si>
+  <si>
+    <t>D'PUTRA CORNER, HOSPITAL PUTRAJAYA, JALAN P9, PRESINT 7</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>HIJRAH H&amp;K ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G04, MEDAN SELERA, JALAN P11, PRESINT 11</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>NUR HOME CARE SDN BHD</t>
+  </si>
+  <si>
+    <t>CARE SHOP, HOSPITAL PUTRAJAYA, JALAN P9, PRESINT 7</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>KEYCAPS</t>
+  </si>
+  <si>
+    <t>4A &amp; 4B LOT PT 12305, FOOD VALET PUTRAJAYA, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>AYAM GORENG KUNYIT</t>
+  </si>
+  <si>
+    <t>LOT NO. 03, JABATAN PENDAFTARAN NEGARA, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>AMIRA</t>
+  </si>
+  <si>
+    <t>TASKA MAWADDAH (JAKIM), KOMPLEKS ISLAM PUTRAJAYA 3, JALAN TUN ABDUL RAZAK, PRESINT 3</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>STESEN MINYAK PRESINT LAPAN</t>
+  </si>
+  <si>
+    <t>LOT PT 1809, STESEN MINYAK PRESINT 8, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>LUCKY SCOOT ENTERPRISE</t>
+  </si>
+  <si>
+    <t>A2-LG-1, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>WARISAN STATION</t>
+  </si>
+  <si>
+    <t>R33, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>PERSATUAN TASKA ANAK ISTIMEWA SINDROM DOWN (ANISD)</t>
+  </si>
+  <si>
+    <t>LOT TADIKA, ARAS BAWAH BLOK F, KUARTERS PERBADANAN PUTRAJAYA, JALAN P11 G, PRESINT 11</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>PUTRACYBER PRINTING</t>
+  </si>
+  <si>
+    <t>A1-T1-U06, JALAN P9B/2, PRESINT 9</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>MAT SALLEH</t>
+  </si>
+  <si>
+    <t>GERAI NO. 6, PASAR AWAM, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>ZR BINA JAYA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>8 &amp; 9 LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>BEVERAGES</t>
+  </si>
+  <si>
+    <t>LOT 2G3,PERSIARAN PERDANA,330,PRESINT 2,62623,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>GERAI NO. 9, PASAR AWAM, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>ANDLUSIA TRAVEL &amp; TOURS SDN BHD</t>
+  </si>
+  <si>
+    <t>D-G-3, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>KEDAI MOTOR BHM</t>
+  </si>
+  <si>
+    <t>17, JALAN P9 B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>NEOSTRUXURE SYSTEMS SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO.3A, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>NVF HEALTH &amp; BEAUTY</t>
+  </si>
+  <si>
+    <t>LOT R12,PERSIARAN PERDANA,78,PRESINT 3,62675,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>3XW COFFEE</t>
+  </si>
+  <si>
+    <t>LOT R9, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>NURYSHAA K.</t>
+  </si>
+  <si>
+    <t>GERAI NO 8, JALAN P9 E, PRESINT 9</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>AMAZING SEED PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>LOT TASKA &amp; TADIKA, JALAN KANDIS P16, PRESINT 16</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>AZAM DAGING TRADING</t>
+  </si>
+  <si>
+    <t>GERAI NO 10, PASAR AWAM, JALAN P8</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>LIAYAKATH BIN MOHAMED</t>
+  </si>
+  <si>
+    <t>NO. 13, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>NUHA JEWELS SDN. BHD.</t>
+  </si>
+  <si>
+    <t>A1-G-02, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>201201013374</t>
+  </si>
+  <si>
+    <t>NO. 16, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>YUHAIROL EMPIRE</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH, JALAN P11J/1, PRESINT 11</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>BIZCLASS RESOURCES (M) SDN. BHD</t>
+  </si>
+  <si>
+    <t>F2 (GF) LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>HANIE HERITAGE ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G08, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>BULLION TRADE CENTRE</t>
+  </si>
+  <si>
+    <t>NO.18A, JALAN P9 B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>NASI KANDAR SADDAM EMPIRE</t>
+  </si>
+  <si>
+    <t>NO. 14G &amp; 16G, JALAN PERAK P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>EDEN</t>
+  </si>
+  <si>
+    <t>LOADING BAY INSTITUT KANSER NEGARA, JALAN P7, PRESINT 7</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>ASTANA PERSIAN CARPET</t>
+  </si>
+  <si>
+    <t>LOT G44, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>1 CHOPATI</t>
+  </si>
+  <si>
+    <t>LOT 5 KAFETERIA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>DOBI 4U</t>
+  </si>
+  <si>
+    <t>NO.F2, BLOK C PANGSAPURI PUTRA DAMAI, JALAN P11 G, PRESINT 11</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>SS LEEZ ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G27, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>DATASONIC TECHNOLOGIES SDN BHD</t>
+  </si>
+  <si>
+    <t>BLOK A2-3-2, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>KEDAI GUNTING RAMBUT SRI SETIA</t>
+  </si>
+  <si>
+    <t>NO. 2A, JALAN P9 G/7, PRESINT 9</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>ROZAIMI OPTOMETRIST</t>
+  </si>
+  <si>
+    <t>NO.23, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>TRIPLE A LIMITED ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO. G12, PASAR AWAM, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>RESTORAN PUTRAJAYA INTERNATIONAL CONVENTION CENTRE,JALAN P5,169,PRESINT 5,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>MEE REBUS SELERA JOHOR</t>
+  </si>
+  <si>
+    <t>G06,JALAN P9 E,247,PRESINT 9,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>IKONDESA@PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>C-006, C-007, DATARAN PUTRA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>AYAM GOLEK PERINGAT DAN MASAKAN ALA THAI</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. 7, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>PEACHY ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT S4, JALAN PUTRAJAYA SENTRAL, PRESINT 7</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>RIZA BARAKAT ENTERPRISE</t>
+  </si>
+  <si>
+    <t>KEDAI SERBANEKA, KEMENTERIAN PENGAJIAN TINGGI, JALAN P5/6, PRESINT 5</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>NASI BERIANI AJIQ</t>
+  </si>
+  <si>
+    <t>LOT G2, MEDAN SELERA P8, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>ROSLI HADI BACHOK</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G01, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>PUTRAJAYA WATERSKI &amp; WAKEBOARD CENTRE</t>
+  </si>
+  <si>
+    <t>LOT K02, NO. 1, JALAN P5/5, PRESINT 5</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>ABD RAHMAN</t>
+  </si>
+  <si>
+    <t>BLOK B-T1-F3/3/4, PANGSAPURI PUTRA HARMONI, JALAN P9B/1</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>MEE CEDOK BATU KURAU</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G05, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>PORTMEIRION</t>
+  </si>
+  <si>
+    <t>G-02 &amp; G-03, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>DEJA BREW ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT 10,000 TANAH RIZAB TASIK, JALAN TUNKU ABDUL RAHMAN, PRESINT 4</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>BARAQAH IMAN RESOURCES</t>
+  </si>
+  <si>
+    <t>STALL 5, FOOD COURT, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>RISHPI AD KATERING</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G07, JALAN P11, PRESINT 11</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>CITARASA AQEELA</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. 5, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>MCPATH QAP SDN BHD</t>
+  </si>
+  <si>
+    <t>UNIT 3.6, NO. 5, JALAN KEPIMPINAN P8H, PRESINT 8</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>LAKSA KUAH PEKAT</t>
+  </si>
+  <si>
+    <t>LOT NO. 11 KIOSK MERAH, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>HLA</t>
+  </si>
+  <si>
+    <t>LOT LG09, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>ALLIANCE BANK MALAYSIA BERHAD</t>
+  </si>
+  <si>
+    <t>NO. 17, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>SAKURA MART</t>
+  </si>
+  <si>
+    <t>KEDAI RUNCIT, BLOK 3, JALAN P11 H/7, PRESINT 11</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>PENDIAT SAMA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI 6, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>Z &amp; Z DESIGN</t>
+  </si>
+  <si>
+    <t>8A, JALAN PULAU PINANG NADI 15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>BUDIPADU MANTAP SDN BHD</t>
+  </si>
+  <si>
+    <t>T.03-U4-1, JALAN P9 E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>RUMAH MAKAN BUMBU</t>
+  </si>
+  <si>
+    <t>LAKE CABIN @ PIT STOP ANJUNG FLORIA, JALAN TUNKU ABDUL RAHMAN, PRESINT 4</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>HASMAH @ ROHINAH BINTI OMAR</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G06, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>KEDAI 1, INSTITUT KANSER NEGARA, JALAN P7, PRESINT 7</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>KOPERASI PEKERJA-PEKERJA JABATAN PERDANA MENTERI (M) BERHAD</t>
+  </si>
+  <si>
+    <t>NO. 1, T-02-U-03-2, JALAN P9E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>TH TRAVEL &amp; SERVICES SDN BHD</t>
+  </si>
+  <si>
+    <t>IFIC PUTRAJAYA, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>BAKERS COTTAGE</t>
+  </si>
+  <si>
+    <t>BLOK C-T-00-U04, JALAN P8 D, PRESINT 8</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>RULEZONE ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G03, MEDAN SELERA P8, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>KEDAI DOBI LAYAN DIRI 24JAM</t>
+  </si>
+  <si>
+    <t>NO.3, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>TASKA WARISAN DE QASEH</t>
+  </si>
+  <si>
+    <t>NO.20 TASKA WARISAN DE QASEH,PERSIARAN PERDANA,128,PRESINT 2,62260,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>HIDANGAN MARINA</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. 1, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>PATISSERIE ID BAKERY</t>
+  </si>
+  <si>
+    <t>R12, NO.1 JLN VENNA P5/2, PRESINT 5</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>RF TRADISIONAL</t>
+  </si>
+  <si>
+    <t>RUANG LEGAR, KEMENTERIAN PEMBANGUNAN LUAR BANDAR, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>FATTOUSH EXPRESS</t>
+  </si>
+  <si>
+    <t>G.11, MEDAN SELERA P8, JALAN P8</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>EXECUTIVE TAILORING</t>
+  </si>
+  <si>
+    <t>LOT R3, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>KAK CT CORNER</t>
+  </si>
+  <si>
+    <t>G.13, MEDAN SELERA P8, JALAN P8</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>DSERASI</t>
+  </si>
+  <si>
+    <t>UNIT B-T1-F3/2, PANGSAPURI PUTRA HARMONI, JALAN P9B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>CENGKIH KATERING</t>
+  </si>
+  <si>
+    <t>LOT 4G9, KOMPLEKS KEMENTERIAN KOMUNIKASI DAN MULTIMEDIA MALAYSIA, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>PINCH OF JOY TRADING</t>
+  </si>
+  <si>
+    <t>NO.7, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>D SERAMBI UMAI CAFE</t>
+  </si>
+  <si>
+    <t>LOT 2 KAFETERIA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>EZAAD &amp; KAMIZAH RESOURCES SDN BHD</t>
+  </si>
+  <si>
+    <t>LOBI MENARA IKHLAS, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>ROSESTY ENTERPRISE</t>
+  </si>
+  <si>
+    <t>MINI MART 3, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>TASKA PERMATA IKHLAS BESTARI</t>
+  </si>
+  <si>
+    <t>RUANG TASKA, LOBI ARAS G, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>MOHD RIDZWAN TEGUH ENTEPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G02, PASAR AWAM, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>ARIFF</t>
+  </si>
+  <si>
+    <t>CALTEX PUTRAJAYA, LOT 333, JALAN P8 H, 62250, PRESINT 8</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>SV LEARNING CENTER SDN BHD</t>
+  </si>
+  <si>
+    <t>A-01-01, JALAN P8C/2, PRESINT 8</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>TIRAM TRAVEL SDN BHD</t>
+  </si>
+  <si>
+    <t>BLOK D2-T1-F1/2, PANGSAPURI PUTRA HARMONI, JALAN P9B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>FRESH DRINK FOOD INDUSTRY</t>
+  </si>
+  <si>
+    <t>NO.G16, MEDAN SELERA P8, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>RESTORAN REBUNG CHEF ISMAIL</t>
+  </si>
+  <si>
+    <t>PUSAT KAWALAN TEMPATAN EMPANGAN, TAMAN SERI EMPANGAN, LEBUH GEMILANG, PRESINT 5</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>THE COFFEE BEAN &amp; TEA LEAF (MALAYSIA) SDN BHD</t>
+  </si>
+  <si>
+    <t>DRIVE THRU CAFE, H.S (D) 14164, PT 1809, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>AIZA ALIAS</t>
+  </si>
+  <si>
+    <t>LOT R2, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>TBS PLAYSCHOOL &amp; PRESCHOOL</t>
+  </si>
+  <si>
+    <t>TASKA DAN TADIKA, BLOK B, JALAN P5 A/5, PRESINT 5</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>SOFIA KIDS PLANET</t>
+  </si>
+  <si>
+    <t>T.03-U.01, JALAN P9E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>ISTANA KEHAKIMAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>KIOSK PUSPANITA,PERSIARAN PERDANA,45,PRESINT 3,,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>NIPPON SUSHI PJY SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO.C2-0G-01, AYER@8, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>JUSOH BIN MAMAT</t>
+  </si>
+  <si>
+    <t>GERAI NO. 26, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>MAZURA WORLD ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G30, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>GROPLUS DELIGHT SDN BHD</t>
+  </si>
+  <si>
+    <t>B2-G-1, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH PUTRAJAYA 11(1)</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 11 (1), JALAN P11 J1, PRESINT 11</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>OBI INTEGRATED RESOURCES</t>
+  </si>
+  <si>
+    <t>24B-R5, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>MY AQ ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO. 3, PUSAT KOMERSIAL PUTRA HARMONI, JALAN P9 B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>DHAROS RASA</t>
+  </si>
+  <si>
+    <t>LOT NO GI01, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>STESEN MINYAK PETRONAS PUTRAJAYA 1</t>
+  </si>
+  <si>
+    <t>STESYEN MINYAK PETRONAS, LOT 1442, HS(M) 668, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>RUMAH MAKAN MINANG SEPAKAT</t>
+  </si>
+  <si>
+    <t>NO. 100, JALAN DIPLOMATIK P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>GOLDEN CHAIN DEVELOPMENT SDN BHD</t>
+  </si>
+  <si>
+    <t>NO 2B, JALAN KEDAH, PRESINT 15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>MBSB BANK BERHAD</t>
+  </si>
+  <si>
+    <t>LOT 1 &amp; 2, GALERIA PJH, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>RANGKAIAN SHAHMAJU SDN.BHD</t>
+  </si>
+  <si>
+    <t>RUANG KEDAI SERBANEKA, KAFETERIA LOT 2G6, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>KAFETERIA MOTAC, NO. 2, TOWER 1, KEMENTERIAN PELANCONGAN MALAYSIA, JALAN P5/6, PRESINT 5</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>GOLDEN LACE ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT NO K12, PASAR AWAM, JALAN P8</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>KEDAI SERBANEKA, KAFETERIA (B), BLOK 2G4, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>KAFETERIA (B), BLOK 2G4, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>THE ADMIRE CAFE</t>
+  </si>
+  <si>
+    <t>KAFETERIA KLINIK KESIHATAN, JALAN P18 C1, PRESINT 18</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>FIRDAUS</t>
+  </si>
+  <si>
+    <t>LOT NO K01,JALAN P5/5,155,PRESINT 5,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>BATTLESTROKE ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G22, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>RESTORAN KAMPUNG KU</t>
+  </si>
+  <si>
+    <t>NO. 12, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>RESTORAN DI TAMAN WETLAND, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>PROVISION UNLIMITED RESOURCES</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G02, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>RHB BANK BERHAD</t>
+  </si>
+  <si>
+    <t>BLOK C-1-6, C-2-6, C-1-7, C-2-7, JALAN P8 C/1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>MYZADA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G20, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>BLOK A1-2-3A, AYER@8, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>BLOK A1-3-2, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>DISHAM</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 9 (2), JALAN P9 A, PRESINT 9</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>NASI AYAM HAINAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>NO.6, BAZAR AYER@8, JALAN TEMOLEH P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>PUSAT DIDIKAN DAN ASUHAN SI COMEL</t>
+  </si>
+  <si>
+    <t>LOT TASKA, NO. 28, LOT 4G1, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>ALAM FLORA SDN. BHD.</t>
+  </si>
+  <si>
+    <t>FASILITI INOVASI KITAR SEMULA (FIKS) – HAB ILMU, ALAM FLORA SDN BHD NO.1, JALAN 5B, PRESINT 5</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>FASILITI INOVASI KITAR SEMULA (FIKS) – INTERGRATED RECYCLING FACILITY (IRF), ALAM FLORA SDN BHD NO.1, JALAN 5B, PRESINT 5</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>FASILITI INOVASI KITAR SEMULA (FIKS) – LOGISTIK, ALAM FLORA SDN BHD NO.1, JALAN 5B, PRESINT 5</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>MAN-J CUISINE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G07, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>BLOK A2-2-3, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>BIENA KLASIK ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT R5,PERSIARAN PERDANA,78,PRESINT 3,62675,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>SRI DINAR</t>
+  </si>
+  <si>
+    <t>6-2, JALAN KAJANGAN P6, PRESINT 6</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>MALA</t>
+  </si>
+  <si>
+    <t>NO.1, JALAN P5, PRESINT 5</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>NASI KANDAR NOSTALGIA</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G02 (BERHADAPAN KEMENTERIAN KEWANGAN MALAYSIA), PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>GLORIA JEAN'S COFFEE</t>
+  </si>
+  <si>
+    <t>2M11, NO. 5, KOMPLEKS KEMENTERIAN KEWANGAN, PERSIARAN PERDANA</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>LOT TASKA, KEMENTERIAN PENGANGKUTAN MALAYSIA, JALAN TUN HUSSEIN, PRESINT 4</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>LOT TASKA, KEMENTERIAN LUAR NEGERI MALAYSIA, JALAN WISMA PUTRA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>HUMAINI MAJU SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO. 23, LOT 8C3, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>CHECKMATE OPTOMETRY ENTERPRISE</t>
+  </si>
+  <si>
+    <t>UNIT B-G-R20, NO. 10 JALAN TUN ABDUL RAZAK, SUASANA PjH, PRESINT 2 WP PUTRAJAYA.</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>FADZILAH &amp; FIKRI SDN BHD</t>
+  </si>
+  <si>
+    <t>NO 2B, JALAN P9 G/7, PRESINT 9</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>TERKINI FOOD ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. 4, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>GLOBAL ART</t>
+  </si>
+  <si>
+    <t>NO. 23A,JALAN SELUANG P8/7,174,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>DEN OPTOMETRIST</t>
+  </si>
+  <si>
+    <t>B-13-A, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>GENERASI BESTARI SDN BHD</t>
+  </si>
+  <si>
+    <t>B1-LG-1, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>C2-LG-1, AYER@8, JALAN P8 G</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>RUSMIZI</t>
+  </si>
+  <si>
+    <t>T02-U05-2, JALAN P9 E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>3, JALAN MELINJAU P11E/5, PRESINT 11</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>FARAH</t>
+  </si>
+  <si>
+    <t>NO.7, TINGKAT BAWAH,JALAN P8G1,236,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>KOPI SAIGON</t>
+  </si>
+  <si>
+    <t>LOT NO. 1004, NO. 2 (KIOSK), AYER@8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>PRESINT IMAGING</t>
+  </si>
+  <si>
+    <t>NO. 2, JALAN P9G/7, PRESINT 9</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>PUSAT TUISYEN PRO EDUELITE</t>
+  </si>
+  <si>
+    <t>NO. T.02-U2-1, JALAN P9 E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>JSMM DIVINE GRACE ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO 26, JALAN P8 G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>PRECINT GLOBAL RESOURCES</t>
+  </si>
+  <si>
+    <t>KAFETERIA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>MUSTAFA AZIZ ENTERPRISE</t>
+  </si>
+  <si>
+    <t>RUANG KEDAI RUNCIT, BLOK E, JALAN P14, PRESINT 14</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>TRIPFEZ TRAVEL &amp; TOURS SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT R6, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>SEJAMBAK MEKAR ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO. 1, JALAN P9 B1/2, PRESINT 9</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>TIE PRINT &amp; SERVICES</t>
+  </si>
+  <si>
+    <t>LOT CENDERAMATA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>SMOKED KINGDOM</t>
+  </si>
+  <si>
+    <t>B1-G-1, AYER @ 8 FASA P8C1, JALAN P8G</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>KATIN LIFE SDN BHD</t>
+  </si>
+  <si>
+    <t>NO.A2-2-3A, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>KEDAI KEK HONEYBERRYBAKE</t>
+  </si>
+  <si>
+    <t>BLOK D-T00-U02, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>HUDZA IMPIAN ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO. 1A, PUSAT KOMERSIAL PUTRA HARMONI, JALAN P9 B/1</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>ELMEDINA RESTAURANT</t>
+  </si>
+  <si>
+    <t>NO. 27, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>NO.1, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>NATRAH</t>
+  </si>
+  <si>
+    <t>NO. 10, JALAN P8 G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>EYKA DARLIA LEGACY</t>
+  </si>
+  <si>
+    <t>GERAI NO.1, kafeteria aras bawah,PERSIARAN PERDANA,128,PRESINT 2,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>SPATIALWORKS SDN.BHD</t>
+  </si>
+  <si>
+    <t>T.02-U.02, U.03,U.04, JALAN P8D, PRESINT 8</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>SPATIALWORKS SDN BHD</t>
+  </si>
+  <si>
+    <t>T.02-U07, JALAN P8D, PRESINT 8</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>LOT KEDAI RUNCIT, BLOK F, JALAN P11 G, PRESINT 11</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>KML ENGINEERING</t>
+  </si>
+  <si>
+    <t>55B (R3), JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>ORENG ACADEMY SDN BHD</t>
+  </si>
+  <si>
+    <t>NO 7A, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>DOUBLETREE BY HILTON PUTRAJAYA LAKESIDE</t>
+  </si>
+  <si>
+    <t>NO. 2, DOUBLETREE BY HILTON PUTRAJAYA LAKESIDE, JALAN P5/5, PRESINT 5</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>NO.2, DOUBLETREE PUTRAJAYA LAKESIDE, JALAN P5/5, PRESINT 5, 62200 PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>LOO WOI LIP</t>
+  </si>
+  <si>
+    <t>A1-G-3A, AYER@8, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>TEALIVE</t>
+  </si>
+  <si>
+    <t>13, KEMENTERIAN PERDAGANGAN DALAM NEGERI DAN HAL EHWAL PENGGUNA, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>PETRONAS PRESINT 9 D, PETRONAS PRESINT 9 D, JALAN P9 D, PRESINT 9</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>MEGA POWER ENTERPRISE</t>
+  </si>
+  <si>
+    <t>D2-T1-F1/1, JALAN P9 B/2, PRESINT 9</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>EUREKA HEALTHCARE (M) SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. B-8 &amp; B-9, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>MERAK KAYANGAN</t>
+  </si>
+  <si>
+    <t>NO. 8A, JALAN JATI BUKIT P11/25, PRESINT 11</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>AIYSHA MART</t>
+  </si>
+  <si>
+    <t>KEDAI SERBANEKA, KAFETERIA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>MOHAMED AZMIR BIN HASSAN</t>
+  </si>
+  <si>
+    <t>LOT KIOS SERBANEKA, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>HERCAA (M) SDN. BHD.</t>
+  </si>
+  <si>
+    <t>A2-G-5D, LOT 1004, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>PHANTERA SERVICES SDN BHD</t>
+  </si>
+  <si>
+    <t>T01-U.03-02, JALAN P9 E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>FELKOP</t>
+  </si>
+  <si>
+    <t>BANGUNAN LOT 5G2, JALAN P5/6, PRESINT 5</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>CHATRAMUE</t>
+  </si>
+  <si>
+    <t>OS15, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>OASIS COFFEE &amp; TEA COMPANY SDN. BHD.</t>
+  </si>
+  <si>
+    <t>LOT G8 &amp; G9, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>SECRET RECIPE</t>
+  </si>
+  <si>
+    <t>UNIT B-G-R06 &amp; B-G-R07, TOWER B,JALAN TUN ABDUL RAZAK,173,PRESINT 2,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>SUBWAY GALERIA PJH</t>
+  </si>
+  <si>
+    <t>UNIT 12, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>FAMILY MART</t>
+  </si>
+  <si>
+    <t>PLOT 3C7, MENARA IKHLAS, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>KLINIK PERUBATAN LITA ALIS</t>
+  </si>
+  <si>
+    <t>NO 6A, JALAN P9 G/7, PRESINT 9</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>CHANTIQUE BEAUTY &amp; SPA</t>
+  </si>
+  <si>
+    <t>A-G-02 BLOK A, JALAN P11 E, PRESINT 11</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>SAYU TRAVEL &amp; TOURS SDN BHD</t>
+  </si>
+  <si>
+    <t>A-1-R2 BLOK A, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>TIN COFFEE</t>
+  </si>
+  <si>
+    <t>LOT KIOS NO. 13, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>ANGGUN QASEH LESTARI SDN BHD</t>
+  </si>
+  <si>
+    <t>B-G-R01 (BLOK A), SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>ECO-SHOP MARKETING BERHAD</t>
+  </si>
+  <si>
+    <t>1 &amp; 1A, 2 &amp; 2A, 3 &amp; 3A, 4 &amp; 4A, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>MONDO SMART STORE</t>
+  </si>
+  <si>
+    <t>NO. 2 OPEN SPACE, MRT PUTRAJAYA SENTRAL STATION, JALAN PUTRAJAYA SENTRAL, PRESINT 7</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>ONIMANN NETWORK</t>
+  </si>
+  <si>
+    <t>NO. 6, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>ROMLAH HB RESOURCES</t>
+  </si>
+  <si>
+    <t>G.05, MEDAN SELERA P8, JALAN P8</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>TIGRESS TERA SDN BHD</t>
+  </si>
+  <si>
+    <t>T.03-U.02-1,JALAN P9 E/1,PRESINT 9,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>IDZWAN PETROSERVICE</t>
+  </si>
+  <si>
+    <t>LOT PT 836, JALAN P9 D, PRESINT 9</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>HASSAN BIN RAMADI</t>
+  </si>
+  <si>
+    <t>GAS DISTRICT COOLING (PUTRAJAYA) SDN BHD – GDCP, JALAN WISMA PUTRA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>GAS DISTRICT COOLING (PUTRAJAYA) SDN BHD – GDCP, LOT 4U2, JALAN TUN HUSSEIN, PRESINT 3</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>GAS DISTRICT COOLING (PUTRAJAYA) SDN BHD, PICC, JALAN P5, PRESINT 5</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>LOT 2U1,JALAN P2R,PRESINT 2,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>LOT KAFETERIA, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>OMNI MEDIAWORKS SDN. BHD.</t>
+  </si>
+  <si>
+    <t>7A, JALAN P9 G/7, PRESINT 9</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>LOT KAFETERIA, BAHAGIAN HAL EHWAL UNDANG-UNDANG (BHEUU), JALAN TUN ABDUL RAZAK, PRESINT 3</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>SISIRAN FLORIA</t>
+  </si>
+  <si>
+    <t>TAPAK SISIRAN DAN PANTAI FLORIA, JALAN TUNKU ABDUL RAHMAN, PRESINT 4</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>GIM FITNESS SPACE</t>
+  </si>
+  <si>
+    <t>UNIT D-2-6 AYER@8, JALAN TEMOLEH P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>KAFE LOT 8</t>
+  </si>
+  <si>
+    <t>LOT R8, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>ALPHA TAEKWONDO SPORT ACADEMY</t>
+  </si>
+  <si>
+    <t>NO. 10B, JALAN JATI BUKIT P11/25, PRESINT 11</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>RED WHITE CAFE</t>
+  </si>
+  <si>
+    <t>NO. 2, JALAN P9 B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>EIC ADVANCE SDN BHD</t>
+  </si>
+  <si>
+    <t>T03-U03-2, JALAN P9E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>THE ZENITH HOTEL (PUTRAJAYA) SDN BHD</t>
+  </si>
+  <si>
+    <t>NO 1, ZENITH HOTEL, JALAN P2A</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>NAYUMI TRADING &amp; SERVICES</t>
+  </si>
+  <si>
+    <t>BLOK A2, JALAN P11 A2/2, PRESINT 11</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>CENDEKIAWAN EDUCARE GROUP SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT PT 413, JALAN P9 G1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>KOLEKSI JAHITAN MALINDA</t>
+  </si>
+  <si>
+    <t>A-G-03, JALAN P11E, PRESINT 11</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>HNZ BAKE ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO 12, JALAN P9 B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>NO 12A, PUSAT KOMERSIAL PUTRA HARMONI, JALAN P9 B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>SUPER FORCE SECURITY</t>
+  </si>
+  <si>
+    <t>K-R3(2), PUTRAJAYA SENTRAL, JALAN PUTRAJAYA SENTRAL, PRESINT 7</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>SCIENTIFIC ENVIRONMENTAL SERVICES SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. C-T.01-U.07, JALAN P8 C/1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>GRANITE KITCHEN SDN. BHD.</t>
+  </si>
+  <si>
+    <t>LOT A1-G-1, JALAN P8G, @AYER 8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>ZUL GUNTING ENTERPRISE</t>
+  </si>
+  <si>
+    <t>A-G-06 BLOK A, JALAN P11 E, PRESINT 11</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>NOOR HAZMIRA BINTI RAPIEN</t>
+  </si>
+  <si>
+    <t>C1-LG-3, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>NASI AYAM</t>
+  </si>
+  <si>
+    <t>LOT 4 KAFETERIA, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>AZ SMART BARBER SHOP</t>
+  </si>
+  <si>
+    <t>C-G-04-1, JALAN P11 E, PRESINT 11</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>YMZ RANTAU ENTERPRISE</t>
+  </si>
+  <si>
+    <t>A3-T01-U05, JALAN P9B/2, PRESINT 9</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>RESTORAN AL-MALEK</t>
+  </si>
+  <si>
+    <t>NO. 14G, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>MINHAKIM TRAVELS SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT D-G-5,JALAN P8G,59,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>MARMO KITCHEN SDN BHD</t>
+  </si>
+  <si>
+    <t>C1-G-02, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>PAK TAM KATERING SDN. BHD.</t>
+  </si>
+  <si>
+    <t>KAFETERIA HOSPITAL PUTRAJAYA, HOSPITAL PUTRAJAYA, JALAN P7, PRESINT 7</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>FZ FLORIST</t>
+  </si>
+  <si>
+    <t>LOT KEDAI NO.K02, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>AMARANTHUS LINE SDN BHD</t>
+  </si>
+  <si>
+    <t>7-B, TINGKAT 2, JALAN KEDIDI P9G/7, PRESINT 9, 62250 PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>ESTIKA MEDISPA</t>
+  </si>
+  <si>
+    <t>NO. B1-1-1, SHOP HOUSE 8C1, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>RESTORAN HAMEED'S</t>
+  </si>
+  <si>
+    <t>NO. 1, JALAN KEDIDI P9G/7, PRESINT 9</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>HOMST AYER SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT NO B2-LG-1, AYER@8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>MAALIMUT TANZEEL</t>
+  </si>
+  <si>
+    <t>JALAN P8G1</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH, JALAN P11/2, PRESINT 11</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>ACARE CONCEPT STORE</t>
+  </si>
+  <si>
+    <t>G-07, MENARA PERKESO PUTRAJAYA, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>G-06, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>KLINIK HAIWAN DAN SURGERI KITTY'S CARE</t>
+  </si>
+  <si>
+    <t>NO. 18, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>TURBO BY TOMAZ</t>
+  </si>
+  <si>
+    <t>LOT LG88-LG89, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>3352, JALAN P11 A, PRESINT 11</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>SRITI IBNU FALAH PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>14A, 16A &amp; 16B, JALAN PERAK P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>MY ART CENTRE</t>
+  </si>
+  <si>
+    <t>L02-22, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>MBG FRUITS</t>
+  </si>
+  <si>
+    <t>UG-28, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
+    <t>SYED AMIR</t>
+  </si>
+  <si>
+    <t>D-3-3, BLOK D, AYER@8, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>C1-LG-01,JALAN P8G,59,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>319</t>
+  </si>
+  <si>
+    <t>AZZKA PETRO ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT PT 3352, HSM 3568, JALAN P11A, PRESINT 11</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>KDFAH GLOBAL SERVICES</t>
+  </si>
+  <si>
+    <t>NO. 22A (ROOM 5), JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>QEMANGI</t>
+  </si>
+  <si>
+    <t>ARAS G, WISMA TANI BLOK 4G1, WISMA TANI, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>SYARIKAT TAKAFUL MALAYSIA KELUARGA BERHAD</t>
+  </si>
+  <si>
+    <t>LOT 05, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>NO A1-2-2, AYER@8, JALAN P8G</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>SIS TECHNOLOGY (M) SDN BHD</t>
+  </si>
+  <si>
+    <t>UNIT D-2-5 (2),JALAN P8 G,137,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>SGT VENTURES SDN BHD</t>
+  </si>
+  <si>
+    <t>UNIT D-2-5, AYER@8, JALAN P8 G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>326</t>
+  </si>
+  <si>
+    <t>AYER@8 PARKING MANAGEMENT</t>
+  </si>
+  <si>
+    <t>M1-B1-5, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>327</t>
+  </si>
+  <si>
+    <t>CITRA TRAVEL NETWORK SDN BHD</t>
+  </si>
+  <si>
+    <t>8B, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>328</t>
+  </si>
+  <si>
+    <t>NAZIR AGENCIES</t>
+  </si>
+  <si>
+    <t>329</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
     <t>KOPRIMA TRAVEL</t>
   </si>
   <si>
     <t>NO21B, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>2</t>
+    <t>331</t>
   </si>
   <si>
     <t>DANDY LAUNDRY</t>
   </si>
   <si>
     <t>NO 1,JALAN TEMPUA P9 B/1,74,PRESINT 9,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>3</t>
+    <t>332</t>
   </si>
   <si>
     <t>NO. 3A, JALAN P9 B1/2, PRESINT 9</t>
   </si>
   <si>
-    <t>4</t>
+    <t>333</t>
   </si>
   <si>
     <t>ADIB LAUNDRY</t>
   </si>
   <si>
     <t>BLOK D, PERUMAHAN PENJAWAT AWAM FASA 5R4, JALAN P5 A/5</t>
   </si>
   <si>
-    <t>5</t>
+    <t>334</t>
   </si>
   <si>
     <t>ANTARA UNGGUL ENTERPRISE</t>
   </si>
   <si>
     <t>LOT KEDAI NO. K01, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>6</t>
+    <t>335</t>
   </si>
   <si>
     <t>FARMASI LP SDN BHD</t>
   </si>
   <si>
     <t>KEDAI 2, ARAS 3, INSTITUT KANSER NEGARA, JALAN P7, PRESINT 7, 62250 PUTRAJAYA</t>
   </si>
   <si>
-    <t>7</t>
+    <t>336</t>
   </si>
   <si>
     <t>NASRUN MAJU RESOURCES</t>
   </si>
   <si>
     <t>LOT GERAI NO. G13, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>8</t>
+    <t>337</t>
   </si>
   <si>
     <t>ALI'S ICE CREAM GULA APONG</t>
   </si>
   <si>
     <t>NO.2, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>9</t>
+    <t>338</t>
+  </si>
+  <si>
+    <t>MAYLAND AVENUE SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT 3C5, JALAN TUN ABDUL RAZAK, PRESINT 3</t>
+  </si>
+  <si>
+    <t>339</t>
   </si>
   <si>
     <t>KURUNG MELAYU ASLI TRAVEL &amp; TOURS SDN. BHD.</t>
   </si>
   <si>
     <t>D-1-6, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>10</t>
+    <t>340</t>
   </si>
   <si>
     <t>KHAIRUL ANUAR</t>
   </si>
   <si>
     <t>NO. 11A,JALAN JATI BUKIT P11/25,PRESINT 11,62300,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>11</t>
+    <t>341</t>
   </si>
   <si>
     <t>KOPERASI SURUHANJAYA PENCEGAHAN RASUAH MALAYSIA BHD.</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA, LEBUH WAWASAN, PRESINT 7</t>
   </si>
   <si>
-    <t>12</t>
+    <t>342</t>
   </si>
   <si>
     <t>MENTROL MARINE SDN BHD</t>
   </si>
   <si>
     <t>NO. 11B, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>13</t>
+    <t>343</t>
   </si>
   <si>
     <t>CHEF EWAN CAFE</t>
   </si>
   <si>
     <t>NO G12, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>14</t>
+    <t>344</t>
   </si>
   <si>
     <t>NHR UNITED RESOURCES</t>
   </si>
   <si>
     <t>LOT 1 KAFETERIA, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>15</t>
+    <t>345</t>
   </si>
   <si>
     <t>BAHAR BIN HURMIN</t>
   </si>
   <si>
     <t>LOT G14 (ARAS ATAS), MEDAN SELERA, JALAN PC,PRESINT 8</t>
   </si>
   <si>
-    <t>16</t>
+    <t>346</t>
+  </si>
+  <si>
+    <t>PUSTAKA RAWANG</t>
+  </si>
+  <si>
+    <t>UNIT U.02-1, JALAN P9E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>347</t>
+  </si>
+  <si>
+    <t>BLOCK C-T.00-U.07, JALAN P8 C/1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>348</t>
+  </si>
+  <si>
+    <t>NO 27 &amp; 27A, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>NO 3, JALAN JATI BUKIT P11/25, PRESINT 11</t>
+  </si>
+  <si>
+    <t>350</t>
   </si>
   <si>
     <t>SHARIFAH KITCHEN</t>
   </si>
   <si>
     <t>GERAI NO. 4, KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>17</t>
+    <t>351</t>
+  </si>
+  <si>
+    <t>MR DIY</t>
+  </si>
+  <si>
+    <t>G-01, G-02, G-03, G-03A, G-03B, 11 DAN 12,JALAN TUN ABDUL RAZAK,88,PRESINT 3,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>352</t>
   </si>
   <si>
     <t>BIG BAZAAR RETAIL SDN BHD</t>
   </si>
   <si>
     <t>NO 26, 25, 24 BAZAAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>18</t>
+    <t>353</t>
   </si>
   <si>
     <t>PRINT8</t>
   </si>
   <si>
     <t>NO.14 TINGKAT ATAS PASAR AWAM, JALAN P8 D, PRESINT 8</t>
   </si>
   <si>
-    <t>19</t>
+    <t>354</t>
   </si>
   <si>
     <t>SIERRAFORCE PROTECTION SDN BHD</t>
   </si>
   <si>
     <t>NO 26A,JALAN P8G1,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>20</t>
+    <t>355</t>
   </si>
   <si>
     <t>AM TO PM EDGE SDN BHD</t>
   </si>
   <si>
     <t>C1-G-3A, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>21</t>
-[...2 lines deleted...]
-    <t>ZUS COFFEE</t>
+    <t>356</t>
   </si>
   <si>
     <t>MINIMART 1, KAFETERIA ARAS 1, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>22</t>
+    <t>357</t>
   </si>
   <si>
     <t>LOT NO. 01 AND 02 (KIOSK), AYER@8, PRESINT 8</t>
   </si>
   <si>
-    <t>23</t>
+    <t>358</t>
   </si>
   <si>
     <t>UNIT A-G-R10 &amp; A-G-R11, BLOCK A, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>24</t>
+    <t>359</t>
   </si>
   <si>
     <t>DIVERSIFIED RESEARCH SDN. BHD.</t>
   </si>
   <si>
     <t>ARAS BAWAH BLOK UTARA, BANGUNAN PERBENDAHARAAN 2, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>25</t>
+    <t>360</t>
   </si>
   <si>
     <t>U BOWL SDN BHD</t>
   </si>
   <si>
     <t>LOT NO. P01, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>26</t>
+    <t>361</t>
   </si>
   <si>
     <t>PASAR RAYA TAFAZ MAJU</t>
   </si>
   <si>
     <t>NO 3 JALAN MELINJAU, JALAN P11 E/1, PRESINT 11</t>
   </si>
   <si>
-    <t>27</t>
+    <t>362</t>
   </si>
   <si>
     <t>BLOK A -T00-F1, JALAN P11E, PRESINT 11</t>
   </si>
   <si>
-    <t>28</t>
+    <t>363</t>
   </si>
   <si>
     <t>NO. 4 &amp; 5, RUMAH KEDAI MAMPU MILIK, JALAN P9B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>29</t>
+    <t>364</t>
   </si>
   <si>
     <t>CITY COIN TECHNOLOGY BERHAD</t>
   </si>
   <si>
     <t>BLOK A-T00-U01, NO.1, JALAN P8C/2, PRESINT 8</t>
   </si>
   <si>
-    <t>30</t>
+    <t>365</t>
   </si>
   <si>
     <t>COSMO RESTAURANTS SDN BHD</t>
   </si>
   <si>
     <t>UNIT G-03 &amp; G-04, MENARA PERKESO PUTRAJAYA, NO. 6, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>31</t>
+    <t>366</t>
   </si>
   <si>
     <t>NO. 16, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>32</t>
+    <t>367</t>
   </si>
   <si>
     <t>ROTI BAHGDAD PUTRAJAYA</t>
   </si>
   <si>
     <t>LOT GERAI GI 04, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>33</t>
+    <t>368</t>
   </si>
   <si>
     <t>TEXAS CHICKEN</t>
   </si>
   <si>
     <t>CALTEX PUTRAJAYA, LOT 333, JALAN P8 H, PRESINT 8</t>
   </si>
   <si>
-    <t>34</t>
+    <t>369</t>
   </si>
   <si>
     <t>LAUNDRYBAR</t>
   </si>
   <si>
     <t>NO. 15, GROUND FLOOR BAZAR@8 JALAN SELUANG P8/7 PRESINT 8 62250 PUTRAJAYA</t>
   </si>
   <si>
-    <t>35</t>
+    <t>370</t>
   </si>
   <si>
     <t>HEALTH LANE FAMILY PHARMACY SDN BHD</t>
   </si>
   <si>
     <t>NO. 19, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>36</t>
+    <t>371</t>
   </si>
   <si>
     <t>BAKARA RESOURCES</t>
   </si>
   <si>
     <t>L02-88, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>37</t>
+    <t>372</t>
   </si>
   <si>
     <t>MCT GLOBAL TOURS</t>
   </si>
   <si>
     <t>L02-58, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>38</t>
+    <t>373</t>
   </si>
   <si>
     <t>BOOST JUICE BARS</t>
   </si>
   <si>
     <t>OS16, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>39</t>
+    <t>374</t>
   </si>
   <si>
     <t>ETIQA FAMILY TAKAFUL BERHAD</t>
   </si>
   <si>
     <t>NO. 15 &amp; 15A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>40</t>
+    <t>375</t>
   </si>
   <si>
     <t>BREAD HISTORY</t>
   </si>
   <si>
     <t>LOT LG34, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>41</t>
+    <t>376</t>
   </si>
   <si>
     <t>CZ ENERGY SDN BHD</t>
   </si>
   <si>
     <t>T.01-U.05-1, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>42</t>
+    <t>377</t>
   </si>
   <si>
     <t>JOM CUCI PPAM JINTAN</t>
   </si>
   <si>
     <t>LOT 5, JALAN KANDIS P16, PRESINT 16</t>
   </si>
   <si>
-    <t>43</t>
+    <t>378</t>
   </si>
   <si>
     <t>KOPIESATU</t>
   </si>
   <si>
     <t>MS 10, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>44</t>
+    <t>379</t>
   </si>
   <si>
     <t>NHSAY ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 6-G, JALAN P11E/5, PRESINT 11 , 62300 PUTRAJAYA</t>
   </si>
   <si>
-    <t>45</t>
+    <t>380</t>
+  </si>
+  <si>
+    <t>GOLDEN SCOOP SDN BHD</t>
+  </si>
+  <si>
+    <t>BASKIN ROBBINS, LOT PT 1809, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>381</t>
   </si>
   <si>
     <t>R.A.M TRAVEL &amp; TOURS SDN. BHD.</t>
   </si>
   <si>
     <t>BLOK A-T02-U07, JALAN P8C/2, PRESINT 8</t>
   </si>
   <si>
-    <t>46</t>
+    <t>382</t>
   </si>
   <si>
     <t>TADIKA MUKMIN BESTARI</t>
   </si>
   <si>
     <t>N0.6, JALAN P16 G, PRESINT 16</t>
   </si>
   <si>
-    <t>47</t>
+    <t>383</t>
   </si>
   <si>
     <t>ORION APOTHEC SDN BHD</t>
   </si>
   <si>
     <t>LOT A2-G-5A, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>48</t>
+    <t>384</t>
   </si>
   <si>
     <t>NASI KUKUS WARISAN AMBO</t>
   </si>
   <si>
     <t>LOT GERAI NO.G01, MEDAN SELERA P8, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>49</t>
+    <t>385</t>
   </si>
   <si>
     <t>NASI AYAM BEREMPAH SUP MELETOP</t>
   </si>
   <si>
     <t>3 LOT PT 12305, FOOD VALET PUTRAJAYA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>50</t>
+    <t>386</t>
   </si>
   <si>
     <t>MUTIARA HIDAYAH RESOURCES</t>
   </si>
   <si>
     <t>LOT GERAI MINUMAN, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>51</t>
+    <t>387</t>
   </si>
   <si>
     <t>GERBANG ALAF RESTAURANTS SDN. BHD.</t>
   </si>
   <si>
     <t>LOT 7 (2M1), JALAN P2N, PRESINT 2</t>
   </si>
   <si>
-    <t>52</t>
+    <t>388</t>
   </si>
   <si>
     <t>PRIMER CAPITAL SDN BHD</t>
   </si>
   <si>
     <t>No. 20, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>53</t>
+    <t>389</t>
   </si>
   <si>
     <t>GARUD SECURITY</t>
   </si>
   <si>
     <t>D-03-05, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>54</t>
+    <t>390</t>
   </si>
   <si>
     <t>KOPERASI KOSWIP MALAYSIA BERHAD</t>
   </si>
   <si>
     <t>BLOK A-T01-U08, JALAN P8 C/2, PRESINT 8</t>
   </si>
   <si>
-    <t>55</t>
+    <t>391</t>
   </si>
   <si>
     <t>TADIKA VONAD SDN BHD</t>
   </si>
   <si>
     <t>PUSAT KOMUNITI, KUARTERS KEDIAMAN KAKITANGAN AWAM, FASA 7, JALAN P9 C/1, PRESINT 9</t>
   </si>
   <si>
-    <t>56</t>
+    <t>392</t>
   </si>
   <si>
     <t>ROZIATY</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, JALAN P9F, PRESINT 9</t>
   </si>
   <si>
-    <t>57</t>
+    <t>393</t>
   </si>
   <si>
     <t>NFINITY MUSCLE</t>
   </si>
   <si>
     <t>NO.2B, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>58</t>
+    <t>394</t>
+  </si>
+  <si>
+    <t>ABE MAT AYAM CINCANG</t>
+  </si>
+  <si>
+    <t>KAFETERIA LOT 4 DI ARAS BAWAH, BLOK F8, PARCEL F, PRESINT 1, WILAYAH PERSEKUTUAN PUTRAJAYA, LEBUH PERDANA TIMUR A, PRESINT 1</t>
+  </si>
+  <si>
+    <t>395</t>
   </si>
   <si>
     <t>THAI TOM YAM KUNG</t>
   </si>
   <si>
     <t>NO. A1-G-5, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>59</t>
+    <t>396</t>
   </si>
   <si>
     <t>DARUSSALAM SERVICES (M) SDN.BHD.</t>
   </si>
   <si>
     <t>T.01-U4-1 &amp; T.01-U4-2, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>60</t>
+    <t>397</t>
   </si>
   <si>
     <t>PASARAYA DARUSSALAM SDN. BHD.</t>
   </si>
   <si>
     <t>LOT NO K02, KOMPLEKS TEMPAT LETAK KERETA BERTINGKAT, LINGKARAN GEMILANG SATU, PRESINT 4</t>
   </si>
   <si>
-    <t>61</t>
-[...2 lines deleted...]
-    <t>62</t>
+    <t>398</t>
+  </si>
+  <si>
+    <t>399</t>
   </si>
   <si>
     <t>T.00.U-6, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>63</t>
+    <t>400</t>
   </si>
   <si>
     <t>RESTORAN DARUSSALAM SDN BHD</t>
   </si>
   <si>
     <t>D-28 &amp; D-29, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>64</t>
+    <t>401</t>
   </si>
   <si>
     <t>4, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>65</t>
+    <t>402</t>
   </si>
   <si>
     <t>7 &amp; 8, JALAN P9 G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>66</t>
+    <t>403</t>
   </si>
   <si>
     <t>NEO ASSET SDN BHD</t>
   </si>
   <si>
     <t>NO. L02-42, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>67</t>
+    <t>404</t>
+  </si>
+  <si>
+    <t>AMANAH SAHAM NASIONAL BERHAD</t>
+  </si>
+  <si>
+    <t>A-G-R4, A-G-R5, A-G-R6 &amp; A-G-R7, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
+  </si>
+  <si>
+    <t>405</t>
   </si>
   <si>
     <t>MY HERO HYPERMARKET SDN. BHD.</t>
   </si>
   <si>
-    <t>LOT 3C5, JALAN TUN ABDUL RAZAK, PRESINT 3</t>
-[...2 lines deleted...]
-    <t>68</t>
+    <t>406</t>
   </si>
   <si>
     <t>TADIKA VONAD PRESINT 11</t>
   </si>
   <si>
     <t>NO. 121, JALAN JATI BUKIT P11/4, PRESINT 11</t>
   </si>
   <si>
-    <t>69</t>
+    <t>407</t>
   </si>
   <si>
     <t>KEDAI GUNTING RAMBUT</t>
   </si>
   <si>
     <t>PUSAT KOMUNITI, KUARTERS KEDIAMAN KAKITANGAN AWAM, FASA 3, JALAN P9 G/1, PRESINT 9</t>
   </si>
   <si>
-    <t>70</t>
+    <t>408</t>
+  </si>
+  <si>
+    <t>COLD STORAGE ALAMANDA PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>LG 101B, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>409</t>
   </si>
   <si>
     <t>D NELAYAN KITCHEN SDN BHD</t>
   </si>
   <si>
     <t>LOT C1-G-5 AYER@8, AYER@8, PRESINT 8</t>
   </si>
   <si>
-    <t>71</t>
+    <t>410</t>
   </si>
   <si>
     <t>RESTORAN MR. KABAB &amp; BIRYANI</t>
   </si>
   <si>
     <t>NO. 38, 40, 42 &amp; 44, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>72</t>
+    <t>411</t>
   </si>
   <si>
     <t>F J BENJAMIN (M) SDN BHD</t>
   </si>
   <si>
     <t>LG 49 &amp; LG 50, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>73</t>
+    <t>412</t>
   </si>
   <si>
     <t>HAIM TECH ENGINEERING</t>
   </si>
   <si>
     <t>NO. 55C ROOM 1, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>74</t>
-[...2 lines deleted...]
-    <t>TURBO BY TOMAZ</t>
+    <t>413</t>
   </si>
   <si>
     <t>LOT LG53, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>75</t>
+    <t>414</t>
   </si>
   <si>
     <t>MHV HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>NO. 22A (ROOM 3), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>76</t>
+    <t>415</t>
   </si>
   <si>
     <t>DAPUR GEPUK &amp; MASAKAN PANAS</t>
   </si>
   <si>
     <t>LOT GERAI NO. 3, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>77</t>
+    <t>416</t>
   </si>
   <si>
     <t>BERSIH BUMI SDN BHD</t>
   </si>
   <si>
     <t>TAPAK PARK &amp; RIDE, JALAN P14L, PRESINT 14</t>
   </si>
   <si>
-    <t>78</t>
+    <t>417</t>
   </si>
   <si>
     <t>TADIKA MUHAMMAD AL FATEH</t>
   </si>
   <si>
     <t>16, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>79</t>
+    <t>418</t>
+  </si>
+  <si>
+    <t>BERJAYA STARBUCKS COFFEE COMPANY (M) SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. 1, KEMENTERIAN PEMBANGUNAN DAN KERAJAAN TEMPATAN, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>419</t>
   </si>
   <si>
     <t>DAYANG SARAWAK CORNER CAFE</t>
   </si>
   <si>
     <t>NO 2, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>80</t>
+    <t>420</t>
   </si>
   <si>
     <t>M.A. BASIR</t>
   </si>
   <si>
     <t>RUANG KEDAI RUNCIT BLOK B, KUARTERS KEDIAMAN KAKITANGAN AWAM ZON 4A, JALAN P11 J, PRESINT 11</t>
   </si>
   <si>
-    <t>81</t>
+    <t>421</t>
   </si>
   <si>
     <t>AL - FIRDOUS WHOLESALE SDN BHD</t>
   </si>
   <si>
     <t>NO 6, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>82</t>
+    <t>422</t>
   </si>
   <si>
     <t>Z' CAFE</t>
   </si>
   <si>
     <t>RUANG KAFETERIA, PUSAT KOMUNITI KUARTERS JENIS APARTMENT FASA 11, JALAN P9 F, PRESINT 9</t>
   </si>
   <si>
-    <t>83</t>
+    <t>423</t>
   </si>
   <si>
     <t>DACO PETSMART SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 91, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>84</t>
+    <t>424</t>
   </si>
   <si>
     <t>GHILANI ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 20A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>85</t>
+    <t>425</t>
   </si>
   <si>
     <t>JUNGLEBOOK SDN BHD</t>
   </si>
   <si>
     <t>NO 15, 16 &amp; 17, JALAN P4 W, PRESINT 4</t>
   </si>
   <si>
-    <t>86</t>
+    <t>426</t>
   </si>
   <si>
     <t>CHAKRI PALACE THAI ROYAL</t>
   </si>
   <si>
     <t>LOT G50, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>87</t>
+    <t>427</t>
   </si>
   <si>
     <t>COSMO GOODNESS MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 36, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>88</t>
+    <t>428</t>
   </si>
   <si>
     <t>TASKA VONAD SDN BHD</t>
   </si>
   <si>
     <t>RUANG BILIK BACAAN, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>89</t>
+    <t>429</t>
   </si>
   <si>
     <t>RUANG TASKA, BLOK B, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>90</t>
+    <t>430</t>
   </si>
   <si>
     <t>KOPERASI PEGAWAI-PEGAWAI MELAYU JABATAN PERTANIAN BERHAD</t>
   </si>
   <si>
     <t>NO. 21A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>91</t>
+    <t>431</t>
   </si>
   <si>
     <t>QAUSAR BINAHARTA SDN BHD</t>
   </si>
   <si>
     <t>L02-73, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>92</t>
+    <t>432</t>
   </si>
   <si>
     <t>SCIENOTECH SDN BHD</t>
   </si>
   <si>
     <t>NO. C-T.02-U05, C-T.02-U.06, C-T.01-U.06, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>93</t>
+    <t>433</t>
   </si>
   <si>
     <t>EYEZ OPTOMETRY HOLDINGS SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 16, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>94</t>
+    <t>434</t>
   </si>
   <si>
     <t>202303116416</t>
   </si>
   <si>
     <t>LOT S2, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>95</t>
+    <t>435</t>
   </si>
   <si>
     <t>ME MALL SOLUTION</t>
   </si>
   <si>
     <t>LOT S1, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>96</t>
+    <t>436</t>
   </si>
   <si>
     <t>99 SPEED MART SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 22 &amp; 24, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>97</t>
+    <t>437</t>
   </si>
   <si>
     <t>NO. 6 &amp; 7, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>98</t>
+    <t>438</t>
   </si>
   <si>
     <t>NO. 6 &amp; 7, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>99</t>
+    <t>439</t>
   </si>
   <si>
     <t>T.00-U.01, NO. 1, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>100</t>
+    <t>440</t>
   </si>
   <si>
     <t>DOMMAL FOOD SERVICES SDN. BHD.</t>
   </si>
   <si>
     <t>NO.3, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>101</t>
+    <t>441</t>
   </si>
   <si>
     <t>CB FRANCHISING SDN BHD</t>
   </si>
   <si>
     <t>48, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>102</t>
+    <t>442</t>
   </si>
   <si>
     <t>MATRAZ ENTERPRISE</t>
   </si>
   <si>
     <t>NO 35, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>103</t>
+    <t>443</t>
   </si>
   <si>
     <t>NO. 31,JALAN INDUSTRI PUTRA 1,PRESINT 14,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>104</t>
+    <t>444</t>
   </si>
   <si>
     <t>KIDS CASTLE</t>
   </si>
   <si>
     <t>LOT TASKA DAN TADIKA, PPAM SADERI, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>105</t>
-[...2 lines deleted...]
-    <t>BERJAYA STARBUCKS COFFEE COMPANY (M) SDN BHD</t>
+    <t>445</t>
   </si>
   <si>
     <t>G-K02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>106</t>
+    <t>446</t>
   </si>
   <si>
     <t>SULAINI</t>
   </si>
   <si>
     <t>LOT S8, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>107</t>
+    <t>447</t>
   </si>
   <si>
     <t>AF BAMBOO BARBERSHOP</t>
   </si>
   <si>
     <t>NO. 1A, JALAN P11 E/1, PRESINT 11</t>
   </si>
   <si>
-    <t>108</t>
+    <t>448</t>
   </si>
   <si>
     <t>EZ ADVANCED CONCEPT</t>
   </si>
   <si>
     <t>LOT G-015, JALAN MASJID PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>109</t>
+    <t>449</t>
+  </si>
+  <si>
+    <t>DUNKIN DONUTS</t>
+  </si>
+  <si>
+    <t>LOT K2041-2, PUTRAJAYA SENTRAL MRT STATION, JALAN P7A, PRESINT 7, JALAN P7 A, PRESINT 7</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>PUTRAJAYA INTERNATIONAL CONVENTION CENTRE, JALAN P5, PRESINT 5</t>
+  </si>
+  <si>
+    <t>451</t>
   </si>
   <si>
     <t>GUARDIAN HEALTH AND BEAUTY SDN. BHD.</t>
   </si>
   <si>
     <t>BLOCK C-T00-U01, NO. 1, JALAN P8D, PRESINT 8</t>
   </si>
   <si>
-    <t>110</t>
+    <t>452</t>
   </si>
   <si>
     <t>RNL ENTERPRISE</t>
   </si>
   <si>
     <t>5A &amp; 5B LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>111</t>
+    <t>453</t>
   </si>
   <si>
     <t>VILLAGE BAKERY</t>
   </si>
   <si>
     <t>LOT 3, JALAN P17, PRESINT 17</t>
   </si>
   <si>
-    <t>112</t>
+    <t>454</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>LOT S5, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>113</t>
+    <t>455</t>
   </si>
   <si>
     <t>JV GELIGA TRANSMISI RESOURCES</t>
   </si>
   <si>
     <t>NO. 4, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>114</t>
+    <t>456</t>
   </si>
   <si>
     <t>GLORIA JEANS COFFEE PARCEL F</t>
   </si>
   <si>
     <t>LOT FF3, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>115</t>
+    <t>457</t>
   </si>
   <si>
     <t>SEKOLAH AL-FAIZEEN</t>
   </si>
   <si>
     <t>1, 1A, 2A, 3A &amp; 4A, JALAN P18 F, PRESINT 18</t>
   </si>
   <si>
-    <t>116</t>
+    <t>458</t>
   </si>
   <si>
     <t>MAT ROCK AYAM GORENG KUNYIT</t>
   </si>
   <si>
     <t>NO. 10, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>117</t>
+    <t>459</t>
   </si>
   <si>
     <t>KK SUPERMART &amp; SUPERSTORE SDN BHD</t>
   </si>
   <si>
     <t>C-01-21, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>118</t>
+    <t>460</t>
   </si>
   <si>
     <t>MEGASOLVE SDN BHD</t>
   </si>
   <si>
     <t>NO.53A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>119</t>
+    <t>461</t>
   </si>
   <si>
     <t>CILI KAMPUNG RESTAURANT SDN BHD</t>
   </si>
   <si>
     <t>LOT G91, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>120</t>
+    <t>462</t>
   </si>
   <si>
     <t>KAFE JALUR BERINGIN</t>
   </si>
   <si>
     <t>B-G-R15, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>121</t>
+    <t>463</t>
   </si>
   <si>
     <t>SOLARIS ONE ENTERPRISE</t>
   </si>
   <si>
     <t>PUSAT KOMUNITI PANGSAPURI FASA 3, JALAN P9 G, PRESINT 9</t>
   </si>
   <si>
-    <t>122</t>
+    <t>464</t>
   </si>
   <si>
     <t>DAUS TAILOR SHOP</t>
   </si>
   <si>
     <t>LOT KEDAI NO. K02, KOMPLEKS KEJIRANAN PRESINT 16, JALAN P16 D/1, PRESINT 16</t>
   </si>
   <si>
-    <t>123</t>
+    <t>465</t>
   </si>
   <si>
     <t>MEELA - HIDANGAN CINA MUSLIM LANZHOU MI TARIK</t>
   </si>
   <si>
     <t>2 LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>124</t>
+    <t>466</t>
   </si>
   <si>
     <t>SING KENG HENG SDN BHD</t>
   </si>
   <si>
     <t>NO.95, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>125</t>
+    <t>467</t>
   </si>
   <si>
     <t>SAKINAH</t>
   </si>
   <si>
     <t>NO. C1-G-01, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>126</t>
+    <t>468</t>
   </si>
   <si>
     <t>ORLIN ACADEMY SDN BHD</t>
   </si>
   <si>
     <t>10A,10B &amp; 12A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>127</t>
+    <t>469</t>
   </si>
   <si>
     <t>BLOK C, T00-U06, JALAN P8C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>128</t>
+    <t>470</t>
   </si>
   <si>
     <t>BRISTOL LAUNDERETTE ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 62, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>129</t>
+    <t>471</t>
   </si>
   <si>
     <t>MIRLIA BRANDS ENTERPRISE</t>
   </si>
   <si>
     <t>UNIT 6, JALAN VENNA P5/2, PRESINT 5</t>
   </si>
   <si>
-    <t>130</t>
+    <t>472</t>
   </si>
   <si>
     <t>MAP ACTIVE MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG83, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>131</t>
-[...2 lines deleted...]
-    <t>BULLION TRADE CENTRE</t>
+    <t>473</t>
   </si>
   <si>
     <t>NO. 22A (ROOM 1), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>132</t>
+    <t>474</t>
   </si>
   <si>
     <t>NO. 70, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>133</t>
+    <t>475</t>
   </si>
   <si>
     <t>ROZAIMI OPTOMETRIST SDN. BHD.</t>
   </si>
   <si>
     <t>NO.19, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>134</t>
+    <t>476</t>
   </si>
   <si>
     <t>LIANGXINSPA SDN. BHD.</t>
   </si>
   <si>
     <t>11A, 11B, 11C, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>135</t>
+    <t>477</t>
   </si>
   <si>
     <t>BANK SIMPANAN NASIONAL</t>
   </si>
   <si>
-    <t>136</t>
-[...2 lines deleted...]
-    <t>VCARE PHARMACY</t>
+    <t>478</t>
   </si>
   <si>
     <t>NO.5-LG, JALAN P16/1, PRESINT 16</t>
   </si>
   <si>
-    <t>137</t>
+    <t>479</t>
   </si>
   <si>
     <t>NASI KANDAR UTARA</t>
   </si>
   <si>
     <t>LOT R34, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>138</t>
+    <t>480</t>
   </si>
   <si>
     <t>MR CHEF A.H. KITCHEN ENTERPRISE</t>
   </si>
   <si>
     <t>KAFETERIA, BLOK 3, JALAN P11 H/7, PRESINT 11</t>
   </si>
   <si>
-    <t>139</t>
+    <t>481</t>
   </si>
   <si>
     <t>RK WESTERN</t>
   </si>
   <si>
     <t>NO.8, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>140</t>
+    <t>482</t>
   </si>
   <si>
     <t>TASKA KASIH TOK MI</t>
   </si>
   <si>
     <t>BLOK E12, KOMPLEKS E, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>141</t>
+    <t>483</t>
   </si>
   <si>
     <t>KEMENTERIAN PEMBANGUNAN USAHAWAN, BLOK E4/5, KOMPLEKS E, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>142</t>
+    <t>484</t>
   </si>
   <si>
     <t>ALLIANCE CREATIVE</t>
   </si>
   <si>
     <t>L02-92, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>143</t>
+    <t>485</t>
   </si>
   <si>
     <t>GERAI NO .6 MEDAN SELERA PRESINT 16</t>
   </si>
   <si>
     <t>G06,JALAN P16G,182,PRESINT 16,62150,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>144</t>
+    <t>486</t>
   </si>
   <si>
     <t>MYCU RETAIL SDN BHD</t>
   </si>
   <si>
     <t>KAFETERIA HOSPITAL PUTRAJAYA, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>145</t>
+    <t>487</t>
   </si>
   <si>
     <t>UNA CROP</t>
   </si>
   <si>
     <t>NO. 3B, JALAN KEDAH, PRESINT 15, PRESINT 15</t>
   </si>
   <si>
-    <t>146</t>
+    <t>488</t>
   </si>
   <si>
     <t>SIFON FURNITURE CONCEPT SDN BHD</t>
   </si>
   <si>
     <t>NO. 6, 6A &amp; 6B, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>147</t>
+    <t>489</t>
   </si>
   <si>
     <t>INOVASI BUMI SDN. BHD.</t>
   </si>
   <si>
     <t>NO.32, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>148</t>
+    <t>490</t>
   </si>
   <si>
     <t>TASKA KREATIF KAMPUS</t>
   </si>
   <si>
     <t>NO. 2, JALAN P9 G1/1, PRESINT 9</t>
   </si>
   <si>
-    <t>149</t>
+    <t>491</t>
   </si>
   <si>
     <t>BRO'S BARBERSHOP</t>
   </si>
   <si>
     <t>LOT 5, JALAN KASTURI, PRESINT 17</t>
   </si>
   <si>
-    <t>150</t>
+    <t>492</t>
   </si>
   <si>
     <t>NASI KANDAR SULAIMAN SIGNATURE</t>
   </si>
   <si>
     <t>NO. 2, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>151</t>
+    <t>493</t>
   </si>
   <si>
     <t>HAPPY POTATO</t>
   </si>
   <si>
     <t>PT1442 PETRONAS PRESINT 9,62000 WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>152</t>
+    <t>494</t>
   </si>
   <si>
     <t>BUAR</t>
   </si>
   <si>
     <t>PIER 2A, JALAN KOMPLEKS PERDANA PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>153</t>
+    <t>495</t>
   </si>
   <si>
     <t>YIE HAIR STYLO</t>
   </si>
   <si>
     <t>KEDAI 1, JALAN P17, PRESINT 17</t>
   </si>
   <si>
-    <t>154</t>
+    <t>496</t>
   </si>
   <si>
     <t>PACAK ENTERPRISE</t>
   </si>
   <si>
     <t>NO 9, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>155</t>
+    <t>497</t>
   </si>
   <si>
     <t>TASKA SINARAN KASIH DUA</t>
   </si>
   <si>
     <t>LOT TASKA, LEBUH BESTARI, PRESINT 17</t>
   </si>
   <si>
-    <t>156</t>
+    <t>498</t>
   </si>
   <si>
     <t>AMR SOLUTION RESOURCES</t>
   </si>
   <si>
     <t>NO. 7, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>157</t>
+    <t>499</t>
   </si>
   <si>
     <t>ALAMANDA SHOPPING CENTRE</t>
   </si>
   <si>
     <t>LOT LG77, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>158</t>
+    <t>500</t>
   </si>
   <si>
     <t>EITIST SDN BHD</t>
   </si>
   <si>
     <t>32B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>159</t>
+    <t>501</t>
   </si>
   <si>
     <t>TFG CHILD CARE CENTRE</t>
   </si>
   <si>
     <t>NO. 12, JALAN P11 F/14, PRESINT 11</t>
   </si>
   <si>
-    <t>160</t>
+    <t>502</t>
   </si>
   <si>
     <t>NO. 8, JALAN P11 F/15, PRESINT 11</t>
   </si>
   <si>
-    <t>161</t>
+    <t>503</t>
   </si>
   <si>
     <t>NO. 1, JALAN P11 F/15, PRESINT 11</t>
   </si>
   <si>
-    <t>162</t>
+    <t>504</t>
   </si>
   <si>
     <t>(NASYRUL QURAN)</t>
   </si>
   <si>
     <t>NO.1, KOMPLEKS NASYRUL QURAN, JALAN P14 J</t>
   </si>
   <si>
-    <t>163</t>
+    <t>505</t>
   </si>
   <si>
     <t>SYSF ENTERPRISE</t>
   </si>
   <si>
     <t>GERAI NO. 4, RUANG KAFETERIA, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>164</t>
+    <t>506</t>
   </si>
   <si>
     <t>CHOOCHII CAR WASH &amp; DETAILING</t>
   </si>
   <si>
     <t>B2-014 &amp; B2-015, CAR PARK, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>165</t>
+    <t>507</t>
   </si>
   <si>
     <t>THINKING FOOD SERVICE SDN. BHD.</t>
   </si>
   <si>
     <t>UNIT B-G-R19, BLOK B, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>166</t>
+    <t>508</t>
   </si>
   <si>
     <t>HARMONY THERAPY CENTRE</t>
   </si>
   <si>
     <t>LOT KEDAI NO. K06, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>167</t>
+    <t>509</t>
   </si>
   <si>
     <t>KAFA AL AMIN ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 2A &amp; 4A, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>168</t>
+    <t>510</t>
   </si>
   <si>
     <t>MADAH</t>
   </si>
   <si>
     <t>NO. 20, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>169</t>
-[...8 lines deleted...]
-    <t>170</t>
+    <t>511</t>
   </si>
   <si>
     <t>APPLE GREEN PHARMACY</t>
   </si>
   <si>
     <t>L02-82, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>171</t>
+    <t>512</t>
   </si>
   <si>
     <t>D LAILA KITCHEN</t>
   </si>
   <si>
     <t>G04, MEDAN SELERA PRESINT 16, JALAN P16</t>
   </si>
   <si>
-    <t>172</t>
+    <t>513</t>
   </si>
   <si>
     <t>NASKEN INTERNATIONAL SDN BHD</t>
   </si>
   <si>
     <t>GF &amp; 1, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>173</t>
+    <t>514</t>
   </si>
   <si>
     <t>TBC ELEKTRIK SDN BHD</t>
   </si>
   <si>
     <t>NO. 92, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>174</t>
+    <t>515</t>
   </si>
   <si>
     <t>AZDPRO GLOBAL NETWORK SDN BHD</t>
   </si>
   <si>
     <t>LOT KAFETERIA, PODIUM 3, MENARA PETRA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>175</t>
+    <t>516</t>
   </si>
   <si>
     <t>HONG KONG SASA (M) SDN. BHD.</t>
   </si>
   <si>
     <t>LG 61, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>176</t>
+    <t>517</t>
   </si>
   <si>
     <t>HANIYA MART</t>
   </si>
   <si>
     <t>T00-U02, KUARTERS JENIS PANGSAPURI FASA 18R4, JALAN P18 J, PRESINT 18</t>
   </si>
   <si>
-    <t>177</t>
+    <t>518</t>
   </si>
   <si>
     <t>NUZUL SERVICES SDN BHD</t>
   </si>
   <si>
     <t>100A, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>178</t>
+    <t>519</t>
   </si>
   <si>
     <t>7-ELEVEN MALAYSIA SDN BHD</t>
   </si>
   <si>
     <t>LOT NWR-2, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>179</t>
+    <t>520</t>
   </si>
   <si>
     <t>LOT 333, JALAN P8H, PRESINT 8</t>
   </si>
   <si>
-    <t>180</t>
+    <t>521</t>
   </si>
   <si>
     <t>A-5 (GF), BLOCK A, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>181</t>
+    <t>522</t>
   </si>
   <si>
     <t>NO. 5 (GF), JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>182</t>
+    <t>523</t>
   </si>
   <si>
     <t>SH 6, JALAN P9B/1A, PRESINT 9</t>
   </si>
   <si>
-    <t>183</t>
+    <t>524</t>
   </si>
   <si>
     <t>BLOK C-T.00-U.08 (GF), JALAN P8C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>184</t>
+    <t>525</t>
   </si>
   <si>
     <t>REST N GO APP SDN BHD</t>
   </si>
   <si>
     <t>C-005, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>185</t>
-[...5 lines deleted...]
-    <t>RESTORAN AL-MALEK</t>
+    <t>526</t>
+  </si>
+  <si>
+    <t>527</t>
   </si>
   <si>
     <t>G-01, JALAN TEJA P18B, PRESINT 18</t>
   </si>
   <si>
-    <t>187</t>
+    <t>528</t>
   </si>
   <si>
     <t>LUMUT HATI</t>
   </si>
   <si>
     <t>UNIT 7, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>188</t>
+    <t>529</t>
   </si>
   <si>
     <t>AIRSTAR (M) SDN BHD</t>
   </si>
   <si>
     <t>Z1-08-03, BLOK Z1, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>189</t>
+    <t>530</t>
   </si>
   <si>
     <t>ANS STATION</t>
   </si>
   <si>
     <t>KAFETERIA CA-5, BLOK 2, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>190</t>
-[...8 lines deleted...]
-    <t>191</t>
+    <t>531</t>
   </si>
   <si>
     <t>6-1 BLOK 6, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>192</t>
+    <t>532</t>
   </si>
   <si>
     <t>RIZA RIZKI</t>
   </si>
   <si>
     <t>LOT NO.5, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>193</t>
+    <t>533</t>
   </si>
   <si>
     <t>PYROFORCE RESOURCES SDN BHD</t>
   </si>
   <si>
     <t>NO. 51, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>194</t>
+    <t>534</t>
   </si>
   <si>
     <t>USHAMAX RESOURCES PLT</t>
   </si>
   <si>
-    <t>195</t>
+    <t>535</t>
   </si>
   <si>
     <t>MYFARM OUTLET</t>
   </si>
   <si>
     <t>PH 4, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>196</t>
+    <t>536</t>
   </si>
   <si>
     <t>THE HEALER CRIB</t>
   </si>
   <si>
     <t>NO. 18A, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>197</t>
+    <t>537</t>
   </si>
   <si>
     <t>KAFE CHE ANI</t>
   </si>
   <si>
     <t>KEDAI NO. 1, BLOK B, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>198</t>
-[...8 lines deleted...]
-    <t>199</t>
+    <t>538</t>
   </si>
   <si>
     <t>BUSINESS MANAGEMENT &amp; SERVICES FOR MM2H</t>
   </si>
   <si>
     <t>NO.L02-43, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>200</t>
+    <t>539</t>
   </si>
   <si>
     <t>SHAH</t>
   </si>
   <si>
     <t>NO.L02-43, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>201</t>
+    <t>540</t>
   </si>
   <si>
     <t>AKADEMI NILA PAHLAWAN RESOURCES</t>
   </si>
   <si>
     <t>NO. 4A, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>202</t>
+    <t>541</t>
   </si>
   <si>
     <t>MEDIFLEXX</t>
   </si>
   <si>
     <t>L02-76, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>203</t>
+    <t>542</t>
   </si>
   <si>
     <t>L02-67, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>204</t>
+    <t>543</t>
   </si>
   <si>
     <t>CROSSMOVE ADVENTURE</t>
   </si>
   <si>
     <t>LOT KIOS NO. 01, KOMPLEKS SUKAN MENDAKI TEMBOK TIRUAN, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>205</t>
+    <t>544</t>
   </si>
   <si>
     <t>FADA RESOURCES</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 16(2), JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>206</t>
+    <t>545</t>
   </si>
   <si>
     <t>SAVOURY FISH</t>
   </si>
   <si>
     <t>STALL 11, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>207</t>
+    <t>546</t>
   </si>
   <si>
     <t>MIEQA FAMILY ENTERPRISE</t>
   </si>
   <si>
     <t>KAFETERIA CA-2, BLOK 2, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>208</t>
+    <t>547</t>
   </si>
   <si>
     <t>MAMA SIZZLING AND GRILL</t>
   </si>
   <si>
     <t>MS 3, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>209</t>
+    <t>548</t>
   </si>
   <si>
     <t>PERANTAU GLOBAL RESOURCES</t>
   </si>
   <si>
     <t>MS 9, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>210</t>
+    <t>549</t>
   </si>
   <si>
     <t>SETIA PUTRAJAYA DEVELOPMENT SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 5, 5A, 5B, 5C, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>211</t>
-[...2 lines deleted...]
-    <t>ORENG ACADEMY SDN BHD</t>
+    <t>550</t>
   </si>
   <si>
     <t>D-2-8, JALAN P8G 8C1, PRESINT 8</t>
   </si>
   <si>
-    <t>212</t>
-[...2 lines deleted...]
-    <t>AFFENDY JAYA ENTERPRISE</t>
+    <t>551</t>
   </si>
   <si>
     <t>KAFETERIA CA-3, BLOK 2, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>213</t>
+    <t>552</t>
   </si>
   <si>
     <t>SELERA DESA</t>
   </si>
   <si>
     <t>NO.G02, JALAN P9 E, PRESINT 9</t>
   </si>
   <si>
-    <t>214</t>
+    <t>553</t>
   </si>
   <si>
     <t>RSMY BANGI BEST CHEESE NAAN</t>
   </si>
   <si>
     <t>NO. 110, LOT KOMERSIL NADI@15, JALAN DIPLOMATIK 1, PRESINT 15</t>
   </si>
   <si>
-    <t>215</t>
+    <t>554</t>
   </si>
   <si>
     <t>TADIKA INTEGRASI MUTIARA</t>
   </si>
   <si>
     <t>2-1 &amp; 3-1, JALAN P16/1, PRESINT 16</t>
   </si>
   <si>
-    <t>216</t>
+    <t>555</t>
   </si>
   <si>
     <t>AGRO FRESH</t>
   </si>
   <si>
     <t>PH 6, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>217</t>
+    <t>556</t>
   </si>
   <si>
     <t>WORLDBAY NETWORK SYSTEM SDN BHD</t>
   </si>
   <si>
     <t>L1-55, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>218</t>
+    <t>557</t>
   </si>
   <si>
     <t>DAASH CONSTRUCTIONS SDN BHD</t>
   </si>
   <si>
     <t>NO. 73A, PRESINT DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>219</t>
+    <t>558</t>
   </si>
   <si>
     <t>TEGUH MEDEVA SDN BHD</t>
   </si>
   <si>
     <t>L02-49, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>220</t>
+    <t>559</t>
   </si>
   <si>
     <t>TEGUH MAMPAN SDN BHD</t>
   </si>
   <si>
     <t>L02-56, LEVEL 2,JALAN ALAMANDA,144,PRESINT 1,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>221</t>
+    <t>560</t>
   </si>
   <si>
     <t>GELANGGANG PUTRAJAYA</t>
   </si>
   <si>
     <t>L02-15, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>222</t>
+    <t>561</t>
   </si>
   <si>
     <t>REZEKI SYA ENTERPRISE</t>
   </si>
   <si>
-    <t>223</t>
+    <t>562</t>
   </si>
   <si>
     <t>ADIDAS (MALAYSIA) SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG81 &amp; LG82,ALAMANDA PUTRAJAYA SHOPPING CENTRE,JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>224</t>
+    <t>563</t>
   </si>
   <si>
     <t>PERNIAGAAN CNAR ILAHI</t>
   </si>
   <si>
     <t>MS 6, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>225</t>
+    <t>564</t>
   </si>
   <si>
     <t>AIMY FALISYA</t>
   </si>
   <si>
     <t>MS 4, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>226</t>
-[...8 lines deleted...]
-    <t>227</t>
+    <t>565</t>
   </si>
   <si>
     <t>MAGICA PICC SDN. BHD.</t>
   </si>
   <si>
     <t>POT PAN HALL, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>228</t>
+    <t>566</t>
   </si>
   <si>
     <t>QUMUNIKA SDN BHD</t>
   </si>
   <si>
     <t>NO. 55C (R4), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>229</t>
+    <t>567</t>
   </si>
   <si>
     <t>EMPIRE SUSHI SDN BHD</t>
   </si>
   <si>
     <t>STLG18, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>230</t>
+    <t>568</t>
   </si>
   <si>
     <t>MR MUSASHI</t>
   </si>
   <si>
     <t>NO. 19, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>231</t>
+    <t>569</t>
   </si>
   <si>
     <t>PERODUA SALES SDN BHD</t>
   </si>
   <si>
     <t>LOT 24, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>232</t>
+    <t>570</t>
   </si>
   <si>
     <t>YORI MART</t>
   </si>
   <si>
     <t>B1-G-1, RESIDENSI FLORA ROSA, JALAN P11J, PRESINT 11</t>
   </si>
   <si>
-    <t>233</t>
+    <t>571</t>
   </si>
   <si>
     <t>ERA KENANGAN INDAH SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 7A, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>234</t>
-[...2 lines deleted...]
-    <t>FINA</t>
+    <t>572</t>
+  </si>
+  <si>
+    <t>RF PRINTING HUB DESIGN SDN BHD</t>
   </si>
   <si>
     <t>NO. 13, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>235</t>
+    <t>573</t>
   </si>
   <si>
     <t>HAMIZAH</t>
   </si>
   <si>
     <t>KAFETERIA, KEMENTERIAN PEMBANGUNAN USAHAWAN DAN KOPERASI (KUSKOP), BLOK E4/5, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>236</t>
+    <t>574</t>
   </si>
   <si>
     <t>HHR BERSATU ENTERPRISE</t>
   </si>
   <si>
     <t>LOT A, JALAN P18 C, PRESINT 18</t>
   </si>
   <si>
-    <t>237</t>
+    <t>575</t>
   </si>
   <si>
     <t>SMART READER KIDS</t>
   </si>
   <si>
     <t>NO.81A, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>238</t>
+    <t>576</t>
   </si>
   <si>
     <t>RESTORAN AYAM KAMPUNG L &amp; D</t>
   </si>
   <si>
     <t>GERAI NO. 4, RUANG KAFETERIA, MENARA SERI WILAYAH, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>239</t>
+    <t>577</t>
   </si>
   <si>
     <t>THL VILLAGE KITCHEN</t>
   </si>
   <si>
     <t>LOT LG-08, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>240</t>
-[...2 lines deleted...]
-    <t>FA STATIONERY &amp; PRINTING CENTRE</t>
+    <t>578</t>
   </si>
   <si>
     <t>LOT KEDAI MAKAN KETUMBAR, JALAN P17 B, PRESINT 17</t>
   </si>
   <si>
-    <t>241</t>
+    <t>579</t>
   </si>
   <si>
     <t>EMPAYAR RAZALI TRAVEL &amp; TOURS SDN. BHD.</t>
   </si>
   <si>
     <t>D-1-7, BLOK D, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>242</t>
+    <t>580</t>
   </si>
   <si>
     <t>IBUNDA CARE SERVICES</t>
   </si>
   <si>
     <t>STESEN FRANCAIS 7, KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>243</t>
+    <t>581</t>
   </si>
   <si>
     <t>CIK FARAH HAFIZAN BINTI ZUWAWI</t>
   </si>
   <si>
     <t>STALL 4, FOOD COURT, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>244</t>
+    <t>582</t>
   </si>
   <si>
     <t>MARNET ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G03 (BERHADAPAN KEMENTERIAN KEWANGAN MALAYSIA), PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>245</t>
-[...2 lines deleted...]
-    <t>TBS PLAYSCHOOL &amp; PRESCHOOL</t>
+    <t>583</t>
   </si>
   <si>
     <t>LOT TASKA, JALAN P17 B, PRESINT 17</t>
   </si>
   <si>
-    <t>246</t>
+    <t>584</t>
   </si>
   <si>
     <t>MAKCIK URUT MUSLIMAH SPA</t>
   </si>
   <si>
     <t>NO. 3, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>247</t>
+    <t>585</t>
   </si>
   <si>
     <t>HJ AZMI</t>
   </si>
   <si>
     <t>LOT KEDAI NO.K04, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>248</t>
+    <t>586</t>
   </si>
   <si>
     <t>SMART AND EASY LAUNDRY</t>
   </si>
   <si>
     <t>30, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>249</t>
+    <t>587</t>
   </si>
   <si>
     <t>QIU MART</t>
   </si>
   <si>
     <t>G-02, JALAN TEJA P18B, PRESINT 18</t>
   </si>
   <si>
-    <t>250</t>
+    <t>588</t>
   </si>
   <si>
     <t>NAAH GLOBAL RESOURCES</t>
   </si>
   <si>
     <t>RETAIL 1, NO. 2, BLOK B2,, JALAN P11J, PRESINT 11</t>
   </si>
   <si>
-    <t>251</t>
+    <t>589</t>
   </si>
   <si>
     <t>SIIKAT SPA PUTRAJAYA</t>
   </si>
   <si>
     <t>D-1-3A, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>252</t>
+    <t>590</t>
   </si>
   <si>
     <t>BEMED (PTJ) SDN. BHD.</t>
   </si>
   <si>
     <t>NO 36, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>253</t>
+    <t>591</t>
   </si>
   <si>
     <t>PAK NGAH RAMAISUKA ENTERPRISE</t>
   </si>
   <si>
     <t>STALL 2, FOOD COURT, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>254</t>
+    <t>592</t>
   </si>
   <si>
     <t>GLASSHOPPER</t>
   </si>
   <si>
     <t>BANGUNAN SKELETON HOUSE, TAMAN BOTANI, LEBUH PERDANA BARAT, PRESINT 1</t>
   </si>
   <si>
-    <t>255</t>
+    <t>593</t>
   </si>
   <si>
     <t>MICFRONT PUTRAJAYA</t>
   </si>
   <si>
     <t>12A, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>256</t>
+    <t>594</t>
   </si>
   <si>
     <t>ROOLLIN RICH ENTERPRISE</t>
   </si>
   <si>
     <t>LOT KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>257</t>
+    <t>595</t>
   </si>
   <si>
     <t>MASTERCRAFT M&amp;E CONSTRUCTION</t>
   </si>
   <si>
     <t>NO. 45, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>258</t>
+    <t>596</t>
   </si>
   <si>
     <t>LIYANATAILOR</t>
   </si>
   <si>
     <t>NO. 31, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>259</t>
+    <t>597</t>
   </si>
   <si>
     <t>CAFYN COFFEE</t>
   </si>
   <si>
     <t>F1 (GF) LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>260</t>
+    <t>598</t>
   </si>
   <si>
     <t>YAPEIM HOLDINGS SDN.BHD.</t>
   </si>
   <si>
     <t>Z1-09-01, Z1-09-02, Z1-09-03, Z1-09-04, Z1-09-05, BLOK Z1, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>261</t>
+    <t>599</t>
   </si>
   <si>
     <t>BATIK STUDIO</t>
   </si>
   <si>
     <t>NO. 9A, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>262</t>
+    <t>600</t>
   </si>
   <si>
     <t>SITI KHADIJAH</t>
   </si>
   <si>
     <t>LOT G70 - G72, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>263</t>
+    <t>601</t>
   </si>
   <si>
     <t>NO. 8, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>264</t>
-[...2 lines deleted...]
-    <t>DUNKIN DONUTS</t>
+    <t>602</t>
   </si>
   <si>
     <t>LOT FF1, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>265</t>
+    <t>603</t>
   </si>
   <si>
     <t>SAS AUTO &amp; TYRE SDN. BHD</t>
   </si>
   <si>
     <t>NO. 53, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>266</t>
+    <t>604</t>
   </si>
   <si>
     <t>ZARANUR ZARADHIYA ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 56, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>267</t>
+    <t>605</t>
   </si>
   <si>
     <t>SMARTCO RETAIL COMMERCE SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG90 &amp; LG91, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>268</t>
+    <t>606</t>
   </si>
   <si>
     <t>THE GREEN PARTY</t>
   </si>
   <si>
     <t>LOT G02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>269</t>
+    <t>607</t>
   </si>
   <si>
     <t>ACUMINATA TRADING</t>
   </si>
   <si>
     <t>NO. 10, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>270</t>
+    <t>608</t>
   </si>
   <si>
     <t>BUSHRA</t>
   </si>
   <si>
     <t>UNIT L02-32, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>271</t>
+    <t>609</t>
   </si>
   <si>
     <t>BEEF ROTI</t>
   </si>
   <si>
     <t>STALL 13A, LOT G17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>272</t>
+    <t>610</t>
   </si>
   <si>
     <t>DETIK JITU SDN BHD</t>
   </si>
   <si>
     <t>31A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>273</t>
+    <t>611</t>
   </si>
   <si>
     <t>IKHLAS JAYA DEVELOPMENT SDN. BHD.</t>
   </si>
   <si>
-    <t>274</t>
+    <t>612</t>
   </si>
   <si>
     <t>KHASFULLAH ENTERPRISE</t>
   </si>
   <si>
-    <t>275</t>
+    <t>613</t>
   </si>
   <si>
     <t>KOPUDINA</t>
   </si>
   <si>
     <t>LOT KEDAI 1, PPAM PUDINA, JALAN KASTURI, PRESINT 17</t>
   </si>
   <si>
-    <t>276</t>
+    <t>614</t>
   </si>
   <si>
     <t>ISRAK OPTICAL SDN BHD</t>
   </si>
   <si>
     <t>NO. 78-G, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK</t>
   </si>
   <si>
-    <t>277</t>
+    <t>615</t>
   </si>
   <si>
     <t>PETRONAS AUTOEXPERT</t>
   </si>
   <si>
     <t>28, JALAN INDUSTRI PUTRA 1, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>278</t>
+    <t>616</t>
   </si>
   <si>
     <t>SCHOOL OF FLORAL DESIGN</t>
   </si>
   <si>
     <t>LOT 5, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>279</t>
+    <t>617</t>
   </si>
   <si>
     <t>TASKA NARIZAN</t>
   </si>
   <si>
     <t>NO. 51, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>280</t>
+    <t>618</t>
   </si>
   <si>
     <t>IB 63 FRUITS</t>
   </si>
   <si>
     <t>PH 8, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>281</t>
+    <t>619</t>
   </si>
   <si>
     <t>RAFA MART</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA, BLOK C3, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>282</t>
+    <t>620</t>
   </si>
   <si>
     <t>HH GO FRESH</t>
   </si>
   <si>
     <t>PH 2, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>283</t>
-[...2 lines deleted...]
-    <t>NASI KANDAR NOSTALGIA</t>
+    <t>621</t>
   </si>
   <si>
     <t>KAFETERIA CA-7, BLOK 2, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>284</t>
+    <t>622</t>
   </si>
   <si>
     <t>TASKA SERI KANDI</t>
   </si>
   <si>
     <t>TASKA, BLOK PODIUM, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>285</t>
+    <t>623</t>
   </si>
   <si>
     <t>SQF DIVERSIFIED</t>
   </si>
   <si>
     <t>L02-110, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>286</t>
+    <t>624</t>
   </si>
   <si>
     <t>ANGGUN FLORIST AND EVENT</t>
   </si>
   <si>
     <t>UG-18, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>287</t>
-[...2 lines deleted...]
-    <t>GENERASI BESTARI SDN BHD</t>
+    <t>625</t>
   </si>
   <si>
     <t>C1-LG-6, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>288</t>
+    <t>626</t>
   </si>
   <si>
     <t>COFY COFFEE</t>
   </si>
   <si>
     <t>KIOS MINUMAN, LOBI LOT 4G9, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>289</t>
+    <t>627</t>
   </si>
   <si>
     <t>MYKLNET SDN BHD</t>
   </si>
   <si>
     <t>NO. 6B, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>290</t>
-[...2 lines deleted...]
-    <t>CONVENTION &amp; EXHIBITION (PUTRAJAYA) SDN. BHD.</t>
+    <t>628</t>
   </si>
   <si>
     <t>CRUISE TASIK PUTRAJAYA, JETI PUTRAJAYA JAMBATAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>291</t>
+    <t>629</t>
   </si>
   <si>
     <t>TOMEI SIGNATURE SDN BHD</t>
   </si>
   <si>
     <t>LG64, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>292</t>
-[...2 lines deleted...]
-    <t>ECO-SHOP MARKETING BERHAD</t>
+    <t>630</t>
   </si>
   <si>
     <t>NO. 101, 101A, 103, 103A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>293</t>
+    <t>631</t>
   </si>
   <si>
     <t>KUALI WARISAN PUTRAJAYA</t>
   </si>
   <si>
     <t>M2, JALAN P4H, PRESINT 4</t>
   </si>
   <si>
-    <t>294</t>
+    <t>632</t>
   </si>
   <si>
     <t>KHAIRUL NAIM EMPIRE</t>
   </si>
   <si>
     <t>LOT GERAI NO. 1, BERHADAPAN MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>295</t>
+    <t>633</t>
   </si>
   <si>
     <t>AZRUL FRUIT ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. 2, BERHADAPAN MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>296</t>
+    <t>634</t>
   </si>
   <si>
     <t>AJC PROPERTY SURVEYORS SDN. BHD.</t>
   </si>
   <si>
     <t>NO.19A &amp; 19B, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>297</t>
+    <t>635</t>
   </si>
   <si>
     <t>JTB</t>
   </si>
   <si>
     <t>KEDAI GUNTING RAMBUT, PUSAT KOMUNITI, PERUMAHAN PENJAWAT AWAM FASA 1C, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>298</t>
+    <t>636</t>
   </si>
   <si>
     <t>HEGIRA</t>
   </si>
   <si>
     <t>LOT G73, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>299</t>
+    <t>637</t>
   </si>
   <si>
     <t>PERSATUAN PERUNDING HARTANAH MUSLIM MALAYSIA (PEHAM)</t>
   </si>
   <si>
     <t>32A, NADI 15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>300</t>
+    <t>638</t>
   </si>
   <si>
     <t>AYAM GEPUK EXPRESS PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 46, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>301</t>
+    <t>639</t>
   </si>
   <si>
     <t>RESTORAN AL NAZ MAJU SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 1 &amp; 2, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>302</t>
+    <t>640</t>
   </si>
   <si>
     <t>MEDINA BRAND</t>
   </si>
   <si>
     <t>JALAN DIPLOMATIK 2/2</t>
   </si>
   <si>
-    <t>303</t>
+    <t>641</t>
   </si>
   <si>
     <t>MIRACLE ALFAA ENTERPRISE</t>
   </si>
   <si>
     <t>PH 5, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>304</t>
+    <t>642</t>
   </si>
   <si>
     <t>FNJ UNICORN PLAYGROUND</t>
   </si>
   <si>
     <t>PS 12A &amp; B, IN FRONT OF COLD STORAGE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>305</t>
+    <t>643</t>
   </si>
   <si>
     <t>MYNEWS RETAIL SDN BHD</t>
   </si>
   <si>
     <t>LOT LG.69, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>306</t>
+    <t>644</t>
   </si>
   <si>
     <t>PICEVENT</t>
   </si>
   <si>
     <t>L02-08, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>307</t>
+    <t>645</t>
   </si>
   <si>
     <t>MULTIPLE VENTURE</t>
   </si>
   <si>
     <t>NO. 46 &amp; 46A,JALAN DIPLOMATIK 3/1,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>308</t>
+    <t>646</t>
   </si>
   <si>
     <t>R.E.A.L EDUCATION GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>NO 25B &amp; 25C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>309</t>
+    <t>647</t>
   </si>
   <si>
     <t>KIEHL'S</t>
   </si>
   <si>
     <t>LOT LG59, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>310</t>
+    <t>648</t>
   </si>
   <si>
     <t>JASFM FRESH MART</t>
   </si>
   <si>
     <t>LOT KEDAI RUNCIT, JALAN P17 B, PRESINT 17</t>
   </si>
   <si>
-    <t>311</t>
+    <t>649</t>
   </si>
   <si>
     <t>ZAILINMY ENTERPRISE</t>
   </si>
   <si>
     <t>D2-T1-F1, PANGSAPURI PUTRA HARMONI, JALAN P9 B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>312</t>
+    <t>650</t>
   </si>
   <si>
     <t>5 RASA</t>
   </si>
   <si>
     <t>GERAI NO. 2, KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>313</t>
+    <t>651</t>
   </si>
   <si>
     <t>NSCO GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 56B, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>314</t>
+    <t>652</t>
   </si>
   <si>
     <t>GLOBALRAIN SDN. BHD.</t>
   </si>
   <si>
     <t>LOT NO. 9, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>315</t>
+    <t>653</t>
   </si>
   <si>
     <t>PHD DELIVERY SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 18, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>316</t>
+    <t>654</t>
   </si>
   <si>
     <t>LOOP &amp; LOOP STORE</t>
   </si>
   <si>
     <t>43A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>317</t>
+    <t>655</t>
   </si>
   <si>
     <t>MAYSSA SALON</t>
   </si>
   <si>
     <t>NO. 11, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>318</t>
+    <t>656</t>
   </si>
   <si>
     <t>ABARAYYAN TRAVEL &amp; TOURS SDN. BHD.</t>
   </si>
   <si>
     <t>L02-63, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>319</t>
-[...8 lines deleted...]
-    <t>320</t>
+    <t>657</t>
   </si>
   <si>
     <t>BANK KERJASAMA RAKYAT MALAYSIA BHD</t>
   </si>
   <si>
     <t>NO. 22, 22A, 22B, 24, 24A &amp; 24B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>321</t>
-[...5 lines deleted...]
-    <t>322</t>
+    <t>658</t>
   </si>
   <si>
     <t>MOHD FAUZI</t>
   </si>
   <si>
     <t>NO LG 3, PUSAT PERDAGANGAN GREENPARK, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>323</t>
+    <t>659</t>
   </si>
   <si>
     <t>TINTA MUMTAZ HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>NO. 12-G, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>324</t>
+    <t>660</t>
   </si>
   <si>
     <t>KUMON NADI15</t>
   </si>
   <si>
     <t>UNIT NO. 6A, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>325</t>
+    <t>661</t>
   </si>
   <si>
     <t>RR WRAP AND TINT SPECIALIST</t>
   </si>
   <si>
     <t>NO.17, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>326</t>
+    <t>662</t>
   </si>
   <si>
     <t>MOHAMAD NAZHIF BIN MOHAMAD NAZRUL</t>
   </si>
   <si>
     <t>KIOSK RIMAU CAFE, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>327</t>
+    <t>663</t>
   </si>
   <si>
     <t>MERAK PUTIH</t>
   </si>
   <si>
     <t>L01-51, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>328</t>
+    <t>664</t>
   </si>
   <si>
     <t>C1-LG-05, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>329</t>
+    <t>665</t>
   </si>
   <si>
     <t>ZARA AGENCY</t>
   </si>
   <si>
     <t>LOT 8, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>330</t>
+    <t>666</t>
   </si>
   <si>
     <t>BLOK B-LG2, PRESINT 15-12A, JALAN P15 PRESINT 15 62050 PRESINT 15</t>
   </si>
   <si>
-    <t>331</t>
+    <t>667</t>
   </si>
   <si>
     <t>SHUKOR NIKMAT LEISURE SDN BHD</t>
   </si>
   <si>
     <t>NO.55A, ROOM 3, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>332</t>
+    <t>668</t>
   </si>
   <si>
     <t>PUSAT PSIKOLOGI JIWADAMAI</t>
   </si>
   <si>
     <t>NO. 21A, NADI@15, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>333</t>
+    <t>669</t>
   </si>
   <si>
     <t>NACURAL</t>
   </si>
   <si>
     <t>62 A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>334</t>
+    <t>670</t>
   </si>
   <si>
     <t>D BONGDING CHILD CARE CENTRE</t>
   </si>
   <si>
     <t>NO. 11, JALAN P11 D/11, PRESINT 11</t>
   </si>
   <si>
-    <t>335</t>
+    <t>671</t>
   </si>
   <si>
     <t>IKATAN SEMANTAN ENTERPRISE</t>
   </si>
   <si>
     <t>LOT G 01, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>336</t>
+    <t>672</t>
   </si>
   <si>
     <t>DUA DARJAT CAFE SDN. BHD.</t>
   </si>
   <si>
     <t>NO.6, JALAN PULAU PINANG NADI 15, PRESINT 15</t>
   </si>
   <si>
-    <t>337</t>
+    <t>673</t>
   </si>
   <si>
     <t>T LOCK ENTERPRISE</t>
   </si>
   <si>
     <t>LOT OSP403, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>338</t>
-[...8 lines deleted...]
-    <t>339</t>
+    <t>674</t>
   </si>
   <si>
     <t>TASKA NO. 25 DAN TADIKA NO. 25A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>340</t>
+    <t>675</t>
   </si>
   <si>
     <t>AJS MAJU SERVICES SDN BHD</t>
   </si>
   <si>
     <t>NO. 7B, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>341</t>
+    <t>676</t>
   </si>
   <si>
     <t>INITIAL FORCE SDN BHD</t>
   </si>
   <si>
     <t>LOT UG15 &amp; UG16, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>342</t>
+    <t>677</t>
   </si>
   <si>
     <t>OCULLOSPACE SDN BHD</t>
   </si>
   <si>
     <t>D-3-1, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>343</t>
+    <t>678</t>
   </si>
   <si>
     <t>UNAN ENTERPRISE</t>
   </si>
   <si>
     <t>MS 7, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>344</t>
+    <t>679</t>
   </si>
   <si>
     <t>ZEELTY</t>
   </si>
   <si>
     <t>A2-G-5E, AYER@8, JALAN P8 C, PRESINT 8</t>
   </si>
   <si>
-    <t>345</t>
+    <t>680</t>
   </si>
   <si>
     <t>UMAI CAFE</t>
   </si>
   <si>
     <t>LOT RESTORAN, JALAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>346</t>
+    <t>681</t>
   </si>
   <si>
     <t>FIDJ LEGACY</t>
   </si>
   <si>
     <t>LOT 9, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>347</t>
-[...8 lines deleted...]
-    <t>348</t>
+    <t>682</t>
   </si>
   <si>
     <t>HADY TIGA JUARA ENTERPRISE</t>
   </si>
   <si>
     <t>MS 1, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>349</t>
+    <t>683</t>
   </si>
   <si>
     <t>K CHIK ENTERPRISE</t>
   </si>
   <si>
     <t>BLOCK C3, KOMPLEKS C, PRESINT 1</t>
   </si>
   <si>
-    <t>350</t>
+    <t>684</t>
   </si>
   <si>
     <t>SPINTACT ACADEMY</t>
   </si>
   <si>
     <t>BLOK A-T02-U01, JALAN P8C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>351</t>
+    <t>685</t>
   </si>
   <si>
     <t>KARAOKE MANEKINEKO ALAMANDA</t>
   </si>
   <si>
     <t>LOT LG87, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>352</t>
+    <t>686</t>
   </si>
   <si>
     <t>IN SAFF TRAVEL PUTRAJAYA</t>
   </si>
   <si>
     <t>2A, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>353</t>
+    <t>687</t>
   </si>
   <si>
     <t>BASK BEAR COFFEE</t>
   </si>
   <si>
     <t>NO. 65, PRESINT DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>354</t>
-[...2 lines deleted...]
-    <t>FAMILY MART</t>
+    <t>688</t>
   </si>
   <si>
     <t>LOT PT 9029, NO. HS(D) 7824, STESEN MINYAK, JALAN P14, PRESINT 14</t>
   </si>
   <si>
-    <t>355</t>
+    <t>689</t>
   </si>
   <si>
     <t>NSZ AFFI GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>BLOK A-T02-U05, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>356</t>
+    <t>690</t>
   </si>
   <si>
     <t>LOT OS03, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>357</t>
+    <t>691</t>
   </si>
   <si>
     <t>STORK TRAVEL &amp; TOUR SDN BHD</t>
   </si>
   <si>
     <t>L02-43, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>358</t>
+    <t>692</t>
   </si>
   <si>
     <t>SS AUTO VENTURE SDN BHD</t>
   </si>
   <si>
     <t>NO 74, NADI@15, JALAN PERAK P15</t>
   </si>
   <si>
-    <t>359</t>
+    <t>693</t>
   </si>
   <si>
     <t>JUALAN NASI LEMAK DAN KUIH-MUIH</t>
   </si>
   <si>
     <t>G23, JALAN P8D, PRESINT 8</t>
   </si>
   <si>
-    <t>360</t>
+    <t>694</t>
   </si>
   <si>
     <t>FAZ MART</t>
   </si>
   <si>
     <t>PH 7, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>361</t>
+    <t>695</t>
   </si>
   <si>
     <t>SUHIDA RESOURCES</t>
   </si>
   <si>
     <t>LOT KAFETERIA B1, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>362</t>
+    <t>696</t>
   </si>
   <si>
     <t>KKV</t>
   </si>
   <si>
     <t>LG39 &amp; LG40, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>363</t>
+    <t>697</t>
   </si>
   <si>
     <t>RAUDHAH ISLAMIC SDN BHD</t>
   </si>
   <si>
     <t>NO. 88, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>364</t>
+    <t>698</t>
   </si>
   <si>
     <t>NO. 88A, 88B, 88C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>365</t>
+    <t>699</t>
   </si>
   <si>
     <t>AL FATEH EXCELLENCE SDN BHD</t>
   </si>
   <si>
     <t>NO.20, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>366</t>
+    <t>700</t>
   </si>
   <si>
     <t>AYUZ AGENCY</t>
   </si>
   <si>
     <t>NO. 47A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>367</t>
+    <t>701</t>
   </si>
   <si>
     <t>AYAM CILI KAK NAB</t>
   </si>
   <si>
     <t>MS 5, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>368</t>
-[...8 lines deleted...]
-    <t>369</t>
+    <t>702</t>
   </si>
   <si>
     <t>RAZI RAFI EXPLORER TRAVEL &amp; TOURS SDN BHD</t>
   </si>
   <si>
     <t>NO. 24B-R1, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>370</t>
+    <t>703</t>
   </si>
   <si>
     <t>US PIZZA</t>
   </si>
   <si>
     <t>NO.10, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>371</t>
+    <t>704</t>
   </si>
   <si>
     <t>PAYOT PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 83, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>372</t>
+    <t>705</t>
   </si>
   <si>
     <t>RSM KASTURI ENTERPRISE</t>
   </si>
   <si>
     <t>KAFETERIA BLOK E2, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>373</t>
+    <t>706</t>
   </si>
   <si>
     <t>M&amp;A PLATINUM HOLDING SDN. BHD.</t>
   </si>
   <si>
     <t>G-08, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>374</t>
+    <t>707</t>
   </si>
   <si>
     <t>D'KUNAFA CAFE</t>
   </si>
   <si>
     <t>L01-13, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>375</t>
+    <t>708</t>
   </si>
   <si>
     <t>NO. G-11, lEVEL G,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>376</t>
+    <t>709</t>
   </si>
   <si>
     <t>GEGAS PLT</t>
   </si>
   <si>
     <t>NO. 12, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>377</t>
+    <t>710</t>
   </si>
   <si>
     <t>YEAH RAZI ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 33, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>378</t>
+    <t>711</t>
   </si>
   <si>
     <t>LAILA LEGACY GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 15B, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>379</t>
+    <t>712</t>
   </si>
   <si>
     <t>EZY DURIAN PUTRAJAYA</t>
   </si>
   <si>
     <t>UNIT UK 11,JALAN P16,244,PRESINT 16,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>380</t>
+    <t>713</t>
   </si>
   <si>
     <t>YUSLIN ENTERPRISE</t>
   </si>
   <si>
     <t>GERAI NO 4, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>381</t>
+    <t>714</t>
   </si>
   <si>
     <t>COOL MORE AIR COND ENGINEERING &amp; WIRING</t>
   </si>
   <si>
     <t>NO. 10, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>382</t>
+    <t>715</t>
   </si>
   <si>
     <t>PITSTOP NUTRITION HUB SDN BHD</t>
   </si>
   <si>
     <t>LOT KEDAI K01, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>383</t>
+    <t>716</t>
   </si>
   <si>
     <t>ANI SUP UTARA XPRESS PUTRAJAYA</t>
   </si>
   <si>
     <t>MS 8, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>384</t>
+    <t>717</t>
   </si>
   <si>
     <t>BANGKOK GRILL</t>
   </si>
   <si>
     <t>SEBAHAGIAN RUANG BANGUNAN, LINGKARAN GEMILANG DUA, PRESINT 4</t>
   </si>
   <si>
-    <t>385</t>
-[...2 lines deleted...]
-    <t>MR DIY</t>
+    <t>718</t>
   </si>
   <si>
     <t>CB-P-01-03 &amp; CB-1-01-05, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>386</t>
+    <t>719</t>
   </si>
   <si>
     <t>MARIATI HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>96 &amp; 96A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>387</t>
+    <t>720</t>
   </si>
   <si>
     <t>SALYS KITCHEN</t>
   </si>
   <si>
     <t>KEDAI BARANGAN RUNCIT, NO. 47, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>388</t>
+    <t>721</t>
   </si>
   <si>
     <t>GOOD MORNING KOPITIAM</t>
   </si>
   <si>
     <t>HWUM CAFETARIA, NO.1 JLN VENNA P5/2, PRESINT 5</t>
   </si>
   <si>
-    <t>389</t>
+    <t>722</t>
   </si>
   <si>
     <t>THE NEW STRAITS TIMES PRESS (MALAYSIA) BERHAD</t>
   </si>
   <si>
     <t>NO. 6A, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>390</t>
+    <t>723</t>
   </si>
   <si>
     <t>FREELANCE IT SOLUTION</t>
   </si>
   <si>
     <t>LOT R7, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>391</t>
+    <t>724</t>
   </si>
   <si>
     <t>EKIDZ INNOVATIVE RESOURCES</t>
   </si>
   <si>
     <t>LOT GERAI NO. 4, BERHADAPAN MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>392</t>
+    <t>725</t>
   </si>
   <si>
     <t>MAZLAN</t>
   </si>
   <si>
     <t>JALAN PAHANG</t>
   </si>
   <si>
-    <t>393</t>
+    <t>726</t>
   </si>
   <si>
     <t>MAY-BIRD SOCKS SHOP SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G07, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>394</t>
+    <t>727</t>
   </si>
   <si>
     <t>GOLDEN GLOBAL FOOD</t>
   </si>
   <si>
     <t>PLOT 1, ZONE 5, JALAN P11J, PRESINT 11</t>
   </si>
   <si>
-    <t>395</t>
+    <t>728</t>
   </si>
   <si>
     <t>OSMANLI OUD</t>
   </si>
   <si>
     <t>OS06, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>396</t>
-[...2 lines deleted...]
-    <t>HASSAN BIN RAMADI</t>
+    <t>729</t>
   </si>
   <si>
     <t>GAS DISTRICT COOLING (PUTRAJAYA), LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>397</t>
+    <t>730</t>
   </si>
   <si>
     <t>ATIQAH</t>
   </si>
   <si>
     <t>NO. 79, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>398</t>
+    <t>731</t>
   </si>
   <si>
     <t>ALWAN ARTCLASS</t>
   </si>
   <si>
     <t>NO. 14A, LOT KOMERSIAL NADI@15, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>399</t>
+    <t>732</t>
   </si>
   <si>
     <t>DANIEL BROTHER SOLUTIONS</t>
   </si>
   <si>
     <t>L02-03,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>400</t>
+    <t>733</t>
   </si>
   <si>
     <t>ZBLESSCO EMPIRE</t>
   </si>
   <si>
     <t>L02-01,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>401</t>
+    <t>734</t>
   </si>
   <si>
     <t>RICHIAMO COFFEE PUTRAJAYA</t>
   </si>
   <si>
     <t>18, NADI@15, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>402</t>
+    <t>735</t>
   </si>
   <si>
     <t>BKE</t>
   </si>
   <si>
     <t>L02-62, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>403</t>
+    <t>736</t>
   </si>
   <si>
     <t>OH MY NAILS</t>
   </si>
   <si>
     <t>L-01-27, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>404</t>
+    <t>737</t>
   </si>
   <si>
     <t>LOT 10 (GLORIA JEANS), PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>405</t>
+    <t>738</t>
   </si>
   <si>
     <t>LOBI UTAMA, ARAS 4, KEMENTERIAN KESIHATAN MALAYSIA, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>406</t>
+    <t>739</t>
   </si>
   <si>
     <t>PRECINCT 16 SERVICES</t>
   </si>
   <si>
     <t>PT 2386, NO. 4, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>407</t>
+    <t>740</t>
   </si>
   <si>
     <t>INTRAGRESS SDN BHD</t>
   </si>
   <si>
     <t>23, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>408</t>
-[...2 lines deleted...]
-    <t>KOPERASI PERBADANAN PUTRAJAYA BERHAD</t>
+    <t>741</t>
   </si>
   <si>
     <t>UK 3, TAMAN WARISAN PERTANIAN PUTRAJAYA, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>409</t>
-[...8 lines deleted...]
-    <t>410</t>
+    <t>742</t>
   </si>
   <si>
     <t>BISTRO BONDA</t>
   </si>
   <si>
     <t>NO. 33, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>411</t>
+    <t>743</t>
   </si>
   <si>
     <t>MINISO WINKY (M) SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG-06A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>412</t>
+    <t>744</t>
   </si>
   <si>
     <t>BERKAT USAHA LELA ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 2 GROUND FLOOR JLN DIPLOMATIK 3/1 62050 PRESINT 15</t>
   </si>
   <si>
-    <t>413</t>
+    <t>745</t>
   </si>
   <si>
     <t>LINOR ENTERPRISE</t>
   </si>
   <si>
     <t>KEDAI RUNCIT PUSAT KOMUNITI KUARTERS JENIS APARTMENT P16, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>414</t>
+    <t>746</t>
   </si>
   <si>
     <t>YOUNG HEARTS SDN BHD</t>
   </si>
   <si>
     <t>G68, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>415</t>
+    <t>747</t>
   </si>
   <si>
     <t>ISMARANI BINTI SIRAN</t>
   </si>
   <si>
     <t>NO 85B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>416</t>
+    <t>748</t>
   </si>
   <si>
     <t>WARIGH ROYAL CAFE</t>
   </si>
   <si>
     <t>LOT C, KAFETERIA MASJID MAHMOODIAH, JALAN P18 C, PRESINT 18</t>
   </si>
   <si>
-    <t>417</t>
+    <t>749</t>
   </si>
   <si>
     <t>RISSMART BUTCHERY</t>
   </si>
   <si>
     <t>NO. 3, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>418</t>
+    <t>750</t>
   </si>
   <si>
     <t>SURAINI</t>
   </si>
   <si>
     <t>L02-90, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>419</t>
+    <t>751</t>
   </si>
   <si>
     <t>RESTORAN KAMPUNG PANDAN KARI KEPALA IKAN</t>
   </si>
   <si>
     <t>LOT G-001, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>420</t>
+    <t>752</t>
   </si>
   <si>
     <t>MUBARAK STORE</t>
   </si>
   <si>
     <t>NO. 99, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>421</t>
+    <t>753</t>
   </si>
   <si>
     <t>M&amp;A PLATINUM FOOD SDN.BHD.</t>
   </si>
   <si>
     <t>G-08, MENARA SHAFTBURY PUTRAJAYA JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>422</t>
+    <t>754</t>
   </si>
   <si>
     <t>PASARAYA ASFA MAJU</t>
   </si>
   <si>
     <t>NO. 8A (GF-7), JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>423</t>
-[...5 lines deleted...]
-    <t>424</t>
+    <t>755</t>
+  </si>
+  <si>
+    <t>756</t>
   </si>
   <si>
     <t>KEDAI GUNTING BERSAMA</t>
   </si>
   <si>
     <t>NO. 8, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>425</t>
+    <t>757</t>
   </si>
   <si>
     <t>ENVIRO AXIS SDN. BHD.</t>
   </si>
   <si>
     <t>10B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>426</t>
+    <t>758</t>
   </si>
   <si>
     <t>TPB</t>
   </si>
   <si>
     <t>RUANG TASKA, ARAS 1 BLOK F3, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>427</t>
+    <t>759</t>
   </si>
   <si>
     <t>JACK STUDIO MARKETING SDN BHD</t>
   </si>
   <si>
     <t>NO. LG42,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>428</t>
+    <t>760</t>
   </si>
   <si>
     <t>0388616922</t>
   </si>
   <si>
-    <t>429</t>
+    <t>761</t>
   </si>
   <si>
     <t>BIZ MILLA CATERING (M) SDN. BHD.</t>
   </si>
   <si>
     <t>UG 01-UG 03, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>430</t>
+    <t>762</t>
   </si>
   <si>
     <t>UG 12 &amp; UG 13, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>431</t>
+    <t>763</t>
   </si>
   <si>
     <t>UG 05, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>432</t>
+    <t>764</t>
   </si>
   <si>
     <t>UG 20, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>433</t>
+    <t>765</t>
   </si>
   <si>
     <t>UG 08 - UG 11, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>434</t>
+    <t>766</t>
   </si>
   <si>
     <t>CORPORATE TRAVEL ADVISOR SDN.BHD</t>
   </si>
   <si>
     <t>31-B TINGKAT 2 JALAN DIPLOMATIK 62050 PRESINT 15</t>
   </si>
   <si>
-    <t>435</t>
+    <t>767</t>
   </si>
   <si>
     <t>SAUJANA HERITAGE (M) SDN. BHD.</t>
   </si>
   <si>
     <t>NO. L01-25, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>436</t>
+    <t>768</t>
   </si>
   <si>
     <t>ROMANTIKA</t>
   </si>
   <si>
     <t>LOT G31, GROUND FLOOR,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>437</t>
+    <t>769</t>
   </si>
   <si>
     <t>BOKITTA</t>
   </si>
   <si>
     <t>UG-35, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>438</t>
+    <t>770</t>
   </si>
   <si>
     <t>J&amp;I ART STUDIO</t>
   </si>
   <si>
     <t>NO. 15, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>439</t>
+    <t>771</t>
   </si>
   <si>
     <t>HYDRAMAS TRAVEL AND TOURS SDN BHD</t>
   </si>
   <si>
     <t>LOT KEDAI NO. K04, JALAN P16 D/1, PRESINT 16</t>
   </si>
   <si>
-    <t>440</t>
+    <t>772</t>
   </si>
   <si>
     <t>RESTORAN MASAKAN CINA MUSLIM</t>
   </si>
   <si>
     <t>NO. 1, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>441</t>
+    <t>773</t>
   </si>
   <si>
     <t>ICONIC CREATIVE</t>
   </si>
   <si>
     <t>L02-48, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>442</t>
+    <t>774</t>
   </si>
   <si>
     <t>ALVINA</t>
   </si>
   <si>
     <t>L02-25,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>443</t>
+    <t>775</t>
   </si>
   <si>
     <t>PRESINT EMPAT BELAS SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 5, JALAN P14, PRESINT 14, 62050 PUTRAJAYA</t>
   </si>
   <si>
-    <t>444</t>
+    <t>776</t>
   </si>
   <si>
     <t>RANGKAIAN NIAGA ENTERPRISE(MAA JAH CAFE)</t>
   </si>
   <si>
     <t>LOT B, JALAN P18 C, PRESINT 18</t>
   </si>
   <si>
-    <t>445</t>
+    <t>777</t>
   </si>
   <si>
     <t>KARYANEKA</t>
   </si>
   <si>
     <t>LOT OUTLET/KABIN, PERSIARAN PERSEKUTUAN, PRESINT 1</t>
   </si>
   <si>
-    <t>446</t>
+    <t>778</t>
   </si>
   <si>
     <t>BATA</t>
   </si>
   <si>
     <t>LOT NO LG06B, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>447</t>
+    <t>779</t>
   </si>
   <si>
     <t>OMAR ALI HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>UG-03A MENARA SHAFTSBURY PUTRAJAYA, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>448</t>
+    <t>780</t>
   </si>
   <si>
     <t>SEGI CASH &amp; CARRY SDN. BHD.</t>
   </si>
   <si>
     <t>NO 8 &amp; NO 10, JALAN PULAU PINANG 15, JALAN PULAU PINANG NADI 15, PRESINT 15</t>
   </si>
   <si>
-    <t>449</t>
+    <t>781</t>
   </si>
   <si>
     <t>ORIENTAL KOPI</t>
   </si>
   <si>
     <t>STLG24, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>450</t>
+    <t>782</t>
   </si>
   <si>
     <t>LANAI ASMARA</t>
   </si>
   <si>
     <t>L01-05,06,07, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>451</t>
+    <t>783</t>
   </si>
   <si>
     <t>STELLARIZ</t>
   </si>
   <si>
     <t>NO.17A, NADI@15, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>452</t>
+    <t>784</t>
   </si>
   <si>
     <t>VCARE PHARMACY SDN BHD</t>
   </si>
   <si>
     <t>NO.6, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>453</t>
+    <t>785</t>
   </si>
   <si>
     <t>MARRYBROWN</t>
   </si>
   <si>
     <t>NO. 84, NADI@15, JALAN PERAK P15</t>
   </si>
   <si>
-    <t>454</t>
+    <t>786</t>
   </si>
   <si>
     <t>MENARA SHAFTBURY PUTRAJAYA</t>
   </si>
   <si>
     <t>L02-35, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>455</t>
+    <t>787</t>
   </si>
   <si>
     <t>NUSANTARA TIMUR</t>
   </si>
   <si>
     <t>NO. 40, JALAN DIPLOMATIK, 62050 PRESINT 15 PUTRAJAYA</t>
   </si>
   <si>
-    <t>456</t>
+    <t>788</t>
   </si>
   <si>
     <t>F.O.S APPAREL GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>LG 01-04, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>457</t>
+    <t>789</t>
   </si>
   <si>
     <t>DAGATE RESOURCES</t>
   </si>
   <si>
     <t>L02-117, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>458</t>
+    <t>790</t>
   </si>
   <si>
     <t>K&amp;Y ICE TUBE ENTERPRISE</t>
   </si>
   <si>
     <t>NO.3, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>459</t>
+    <t>791</t>
   </si>
   <si>
     <t>MAXIPURA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT PT 2495, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>460</t>
+    <t>792</t>
   </si>
   <si>
     <t>ALIRAN BERNAS SDN BHD</t>
   </si>
   <si>
     <t>NO. 9B, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>461</t>
+    <t>793</t>
   </si>
   <si>
     <t>AMBANG ANGKASA SDN BHD</t>
   </si>
   <si>
     <t>NO. 9C, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>462</t>
+    <t>794</t>
   </si>
   <si>
     <t>G09, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>463</t>
-[...2 lines deleted...]
-    <t>CENDEKIAWAN EDUCARE GROUP SDN BHD</t>
+    <t>795</t>
   </si>
   <si>
     <t>RUANG TADIKA, BLOK B, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>464</t>
+    <t>796</t>
   </si>
   <si>
     <t>L02-33, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>465</t>
+    <t>797</t>
   </si>
   <si>
     <t>UAP PARTNERS SDN BHD</t>
   </si>
   <si>
     <t>NO 20-B, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>466</t>
+    <t>798</t>
   </si>
   <si>
     <t>RUSDIPUTEH CLOTHIERS</t>
   </si>
   <si>
     <t>NO. 4, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>467</t>
+    <t>799</t>
   </si>
   <si>
     <t>ROSLAN</t>
   </si>
   <si>
     <t>KA-01 BLOK A, KUARTERS APARTMEN SUB 14-12, JALAN P14H, PRESINT 14</t>
   </si>
   <si>
-    <t>468</t>
+    <t>800</t>
   </si>
   <si>
     <t>CHRISNA JENIO SDN BHD</t>
   </si>
   <si>
     <t>LG, OS02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>469</t>
+    <t>801</t>
   </si>
   <si>
     <t>PEARL GAIN SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G69, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>470</t>
+    <t>802</t>
   </si>
   <si>
     <t>SAN FRANCISCO COFFEE</t>
   </si>
   <si>
     <t>NO. 37G, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>471</t>
+    <t>803</t>
   </si>
   <si>
     <t>MAQ GLOBAL ENTERPRISE</t>
   </si>
   <si>
     <t>L2-79, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>472</t>
+    <t>804</t>
   </si>
   <si>
     <t>KEDAI MAKAN POK NIK</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, P16 G, PRESINT 16</t>
   </si>
   <si>
-    <t>473</t>
+    <t>805</t>
   </si>
   <si>
     <t>ROTIBOY BAKESHOPPE</t>
   </si>
   <si>
     <t>LG-71, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>474</t>
+    <t>806</t>
   </si>
   <si>
     <t>QI WELLNESS CENTER</t>
   </si>
   <si>
     <t>NO 3A, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>475</t>
+    <t>807</t>
   </si>
   <si>
     <t>GOLFTREKS TRAVEL SERVICES SDN BHD</t>
   </si>
   <si>
     <t>L02-37, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>476</t>
+    <t>808</t>
   </si>
   <si>
     <t>JN GALLYSHA ENTERPRISE</t>
   </si>
   <si>
     <t>1 CRUISE TASIK PUTRAJAYA, JETI PUTRAJAYA JAMBATAN PUTRA, PRESINT1,PUTRAJAYA</t>
   </si>
   <si>
-    <t>477</t>
+    <t>809</t>
   </si>
   <si>
     <t>CLOVER HOMEBAKER SDN BHD</t>
   </si>
   <si>
     <t>OS10, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>478</t>
+    <t>810</t>
   </si>
   <si>
     <t>ORANGEBEAM DEVELOPMENT SDN BHD</t>
   </si>
   <si>
     <t>T00-U04, NO. 5, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>479</t>
+    <t>811</t>
   </si>
   <si>
     <t>ARIZAF MART</t>
   </si>
   <si>
     <t>KEDAI RUNCIT BLOK A2, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>480</t>
+    <t>812</t>
   </si>
   <si>
     <t>UMMI FOOD AND BEVERAGE</t>
   </si>
   <si>
     <t>JALAN P18,183,PRESINT 18,62150,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>481</t>
+    <t>813</t>
   </si>
   <si>
     <t>ZORDAQ AUTO SERVICES</t>
   </si>
   <si>
     <t>NO 1, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>482</t>
+    <t>814</t>
   </si>
   <si>
     <t>EYKA &amp; MOMS SDN BHD</t>
   </si>
   <si>
     <t>G-004, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>483</t>
-[...2 lines deleted...]
-    <t>BAKERS COTTAGE</t>
+    <t>815</t>
   </si>
   <si>
     <t>NO.60,JALAN DIPLOMATIK,73,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>484</t>
+    <t>816</t>
   </si>
   <si>
     <t>RESTORAN NASI KANDAR MELAYU</t>
   </si>
   <si>
     <t>LOT G-009, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>485</t>
+    <t>817</t>
   </si>
   <si>
     <t>LOT G-007, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>486</t>
+    <t>818</t>
   </si>
   <si>
     <t>HAJI TAPAH BISTRO</t>
   </si>
   <si>
     <t>NO. 51, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>487</t>
+    <t>819</t>
   </si>
   <si>
     <t>NO.G02, MEDAN SELERA, JALAN P16 D/1</t>
   </si>
   <si>
-    <t>488</t>
+    <t>820</t>
   </si>
   <si>
     <t>IRFAN MAJU MART</t>
   </si>
   <si>
     <t>MINIMART 1-BLOK G, PPAM SELASIH, JALAN P17 E, PRESINT 17</t>
   </si>
   <si>
-    <t>489</t>
+    <t>821</t>
   </si>
   <si>
     <t>PUSAT KOMUNITI, KUARTERS JENIS PANGSAPURI FASA 17RK1, JALAN P17 A</t>
   </si>
   <si>
-    <t>490</t>
+    <t>822</t>
   </si>
   <si>
     <t>ALFA BARBERSHOP</t>
   </si>
   <si>
     <t>MINI MART 2 , BLOCK G PPA1M SELASIH,, JALAN P17 E, PRESINT 17</t>
   </si>
   <si>
-    <t>491</t>
+    <t>823</t>
   </si>
   <si>
     <t>DAGGAR GLOBAL RESOURCES SDN BHD</t>
   </si>
   <si>
     <t>NO. 61, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>492</t>
+    <t>824</t>
   </si>
   <si>
     <t>IMPIAN KREATIF RESOURCES</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH KEBANGSAAN PUTRAJAYA P18(2), NO 3, JALAN P18G, PRESINT 18</t>
   </si>
   <si>
-    <t>493</t>
+    <t>825</t>
   </si>
   <si>
     <t>AG MOBILE SDN. BHD.</t>
   </si>
   <si>
     <t>SUITE 49B, PRESINT DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>494</t>
+    <t>826</t>
   </si>
   <si>
     <t>NASI AYAM JOHOLICIOUS</t>
   </si>
   <si>
     <t>LOT PENANGGAH, NO. 4, TAMAN WARISAN PERTANIAN PUTRAJAYA, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>495</t>
+    <t>827</t>
   </si>
   <si>
     <t>LIEW KAR MUN</t>
   </si>
   <si>
     <t>NO. 44, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>496</t>
-[...8 lines deleted...]
-    <t>497</t>
+    <t>828</t>
   </si>
   <si>
     <t>HAIRVEN (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT G26B, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>498</t>
+    <t>829</t>
   </si>
   <si>
     <t>SIRE EMY ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 30A, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>499</t>
+    <t>830</t>
   </si>
   <si>
     <t>LANGKAH SLD SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 47, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>500</t>
-[...2 lines deleted...]
-    <t>501</t>
+    <t>831</t>
+  </si>
+  <si>
+    <t>832</t>
   </si>
   <si>
     <t>ALWANI</t>
   </si>
   <si>
     <t>LOT MK 04,DATARAN PUTRA,PRESINT 1,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>502</t>
+    <t>833</t>
   </si>
   <si>
     <t>CHAMELON SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG43, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>503</t>
+    <t>834</t>
   </si>
   <si>
     <t>TRESOR MONDEH SDN BHD</t>
   </si>
   <si>
     <t>NO. G-15 &amp; G-16, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>504</t>
+    <t>835</t>
   </si>
   <si>
     <t>RAZI PET SHOP</t>
   </si>
   <si>
     <t>81, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>505</t>
+    <t>836</t>
   </si>
   <si>
     <t>AZZA ALLIANCE</t>
   </si>
   <si>
     <t>L02-38, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>506</t>
+    <t>837</t>
   </si>
   <si>
     <t>ANAKKU SDN BHD</t>
   </si>
   <si>
     <t>LOT G08, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>507</t>
+    <t>838</t>
   </si>
   <si>
     <t>SPA BEKAM AL IHSAN</t>
   </si>
   <si>
     <t>NO.8, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>508</t>
+    <t>839</t>
   </si>
   <si>
     <t>PRO SPORT TAEKWONDO CLUB</t>
   </si>
   <si>
     <t>L01-57, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>509</t>
+    <t>840</t>
   </si>
   <si>
     <t>DAPOMAMALAH</t>
   </si>
   <si>
     <t>LOT GERAI NO. G31, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>510</t>
+    <t>841</t>
   </si>
   <si>
     <t>QASTURI TIGA SDN. BHD</t>
   </si>
   <si>
     <t>JALAN DIPLOMATIK 3/1</t>
   </si>
   <si>
-    <t>511</t>
-[...2 lines deleted...]
-    <t>ESTIKA MEDISPA</t>
+    <t>842</t>
   </si>
   <si>
     <t>60A, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>512</t>
+    <t>843</t>
   </si>
   <si>
     <t>QMAC</t>
   </si>
   <si>
     <t>NO. 38,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>513</t>
+    <t>844</t>
   </si>
   <si>
     <t>NAUTIKA SCUBA CENTER</t>
   </si>
   <si>
     <t>L02-02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>514</t>
+    <t>845</t>
   </si>
   <si>
     <t>RYANS REHABILITATION &amp; SPECIAL NEEDS CENTRE</t>
   </si>
   <si>
     <t>NO. L01-21, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>515</t>
+    <t>846</t>
   </si>
   <si>
     <t>RYANS SPECIAL NEEDS CARE CENTER</t>
   </si>
   <si>
     <t>63A &amp; 65A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>516</t>
+    <t>847</t>
   </si>
   <si>
     <t>RYANS BOOK CAFE &amp; COFFEE</t>
   </si>
   <si>
     <t>L02-26, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>517</t>
+    <t>848</t>
   </si>
   <si>
     <t>EXCLUSIVE DIGITAL SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 66 &amp; 68, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>518</t>
+    <t>849</t>
   </si>
   <si>
     <t>59A &amp; 61A, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>519</t>
+    <t>850</t>
   </si>
   <si>
     <t>SURI</t>
   </si>
   <si>
     <t>NO. 77, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>520</t>
+    <t>851</t>
   </si>
   <si>
     <t>IR WISE ENTERPRISE</t>
   </si>
   <si>
     <t>NO.18B, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>521</t>
+    <t>852</t>
   </si>
   <si>
     <t>KRU STUDIOS</t>
   </si>
   <si>
     <t>WETLAND STUDIOS PUTRAJAYA, NATURE INTERPRETATION CENTER, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>522</t>
+    <t>853</t>
   </si>
   <si>
     <t>DZ COM TECHNOLOGIES</t>
   </si>
   <si>
     <t>NO 18C, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>523</t>
+    <t>854</t>
   </si>
   <si>
     <t>KITA BALLOONS</t>
   </si>
   <si>
     <t>84A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>524</t>
+    <t>855</t>
   </si>
   <si>
     <t>LOT 16, 18, 20, 22 &amp; 41, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>525</t>
+    <t>856</t>
   </si>
   <si>
     <t>SAND KITCHEN RESTAURANT SDN BHD</t>
   </si>
   <si>
     <t>C1-G-03, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>526</t>
+    <t>857</t>
   </si>
   <si>
     <t>TADIKA VONAD (PRESINT 16) SDN BHD</t>
   </si>
   <si>
     <t>JALAN P16 D/4</t>
   </si>
   <si>
-    <t>527</t>
+    <t>858</t>
   </si>
   <si>
     <t>PAPPA STEAMBOAT &amp; GRILL</t>
   </si>
   <si>
     <t>NO. 2, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>528</t>
+    <t>859</t>
   </si>
   <si>
     <t>BERYL'S</t>
   </si>
   <si>
     <t>LOT OS05, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>529</t>
+    <t>860</t>
   </si>
   <si>
     <t>TRAJU TEAM</t>
   </si>
   <si>
     <t>NO. 48B, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>530</t>
+    <t>861</t>
   </si>
   <si>
     <t>NO. 10A &amp; 12A, NADI@15, JALAN PERAK P15</t>
   </si>
   <si>
-    <t>531</t>
+    <t>862</t>
   </si>
   <si>
     <t>BLOK C3, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>532</t>
+    <t>863</t>
   </si>
   <si>
     <t>BLOK A, JALAN P18B, PRESINT 18</t>
   </si>
   <si>
-    <t>533</t>
+    <t>864</t>
   </si>
   <si>
     <t>PAJAK GADAI PELANGI SDN. BHD.</t>
   </si>
   <si>
     <t>NO.93(G), PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK</t>
   </si>
   <si>
-    <t>534</t>
+    <t>865</t>
   </si>
   <si>
     <t>SHARIL</t>
   </si>
   <si>
     <t>NO. 1, NEXUS INTERNATIONAL SCHOOL MALAYSIA, JALAN DIPLOMATIK 3/6, PRESINT 15</t>
   </si>
   <si>
-    <t>535</t>
+    <t>866</t>
   </si>
   <si>
     <t>ROMEO PET SHOP</t>
   </si>
   <si>
     <t>NO. 4, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>536</t>
+    <t>867</t>
   </si>
   <si>
     <t>MR DIY (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT 50,50A,52,52A,52B,54A,54B, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>537</t>
+    <t>868</t>
   </si>
   <si>
     <t>MOHD ADZHAM BIN HASAN</t>
   </si>
   <si>
     <t>PUSAT SEMBELIHAN AYAM PUTRAJAYA,JALAN P20,PRESINT 20,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>538</t>
+    <t>869</t>
   </si>
   <si>
     <t>GENIUS AULAD</t>
   </si>
   <si>
     <t>10A, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>539</t>
+    <t>870</t>
   </si>
   <si>
     <t>PUTRAJAYA STORY</t>
   </si>
   <si>
     <t>SOUQ PUTRAJAYA, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>540</t>
+    <t>871</t>
   </si>
   <si>
     <t>DYNASUN SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G84B - G85, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>541</t>
+    <t>872</t>
   </si>
   <si>
     <t>SOUQ SHOPPE</t>
   </si>
   <si>
-    <t>542</t>
+    <t>873</t>
   </si>
   <si>
     <t>NANA</t>
   </si>
   <si>
     <t>NO. 18, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>543</t>
+    <t>874</t>
   </si>
   <si>
     <t>B-CANYON (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT G88, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>544</t>
+    <t>875</t>
   </si>
   <si>
     <t>NO. 12, 12A, 14 &amp; 14A, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>545</t>
+    <t>876</t>
   </si>
   <si>
     <t>ONE GREENTOUCH ENTERPRISE</t>
   </si>
   <si>
     <t>NO.55A (ROOM 6),JALAN DIPLOMATIK,73,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>546</t>
+    <t>877</t>
   </si>
   <si>
     <t>NBR RICH EMPIRE</t>
   </si>
   <si>
     <t>LOT G-008, (FOOD COURT) SELERA PUTRA, SOUQ PUTRAJAYA, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>547</t>
+    <t>878</t>
   </si>
   <si>
     <t>FIRST MILLION AVENUE SDN BHD</t>
   </si>
   <si>
     <t>LOT OS28, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>548</t>
-[...5 lines deleted...]
-    <t>549</t>
+    <t>879</t>
   </si>
   <si>
     <t>IDEAL DELUXE SDN BHD</t>
   </si>
   <si>
     <t>NO. 10, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>550</t>
+    <t>880</t>
   </si>
   <si>
     <t>SHARNA S FLORAL &amp; GIFTS</t>
   </si>
   <si>
     <t>NO. 6, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>551</t>
+    <t>881</t>
   </si>
   <si>
     <t>THE CATTON CAT HOTEL &amp; SPA</t>
   </si>
   <si>
     <t>5A, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>552</t>
+    <t>882</t>
   </si>
   <si>
     <t>MITRA KEMBARA</t>
   </si>
   <si>
     <t>LOT L02-103,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>553</t>
+    <t>883</t>
   </si>
   <si>
     <t>FADHLYN ENTERPRISE</t>
   </si>
   <si>
     <t>LOT PT 12850 HS(D) 8220, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>554</t>
-[...2 lines deleted...]
-    <t>CAFE MESRA</t>
+    <t>884</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA (LOT 11), LOBI BLOK F8, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>555</t>
+    <t>885</t>
   </si>
   <si>
     <t>KOPERASI PERANGKAAN MALAYSIA BERHAD</t>
   </si>
   <si>
     <t>BLOK C6, KOMPLEKS C, PRESINT 1</t>
   </si>
   <si>
-    <t>556</t>
+    <t>886</t>
   </si>
   <si>
     <t>GIORDANO (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT LG11, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>557</t>
+    <t>887</t>
   </si>
   <si>
     <t>KASBIN</t>
   </si>
   <si>
     <t>LOT G-002, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>558</t>
+    <t>888</t>
   </si>
   <si>
     <t>PUBLIC ISLAMIC BANK BERHAD</t>
   </si>
   <si>
     <t>NO.34,34A,34B.36,36A,36B &amp; 36C, NADI@15, NADI 15, DIPLOMATIK ENCLAVE, PRESINT 15</t>
   </si>
   <si>
-    <t>559</t>
+    <t>889</t>
   </si>
   <si>
     <t>REALME</t>
   </si>
   <si>
     <t>G28, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>560</t>
+    <t>890</t>
   </si>
   <si>
     <t>BUBBLELAB LAUNDRY</t>
   </si>
   <si>
     <t>NO. 14, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>561</t>
+    <t>891</t>
   </si>
   <si>
     <t>MOHD CHAN SIGNATURE SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 58 &amp; 60, JALAN PERAK 15, PRESINT 15</t>
   </si>
   <si>
-    <t>562</t>
+    <t>892</t>
   </si>
   <si>
     <t>JBS BIKE</t>
   </si>
   <si>
     <t>NO.5, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>563</t>
+    <t>893</t>
   </si>
   <si>
     <t>HTR AUTO SERVICE SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 29, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>564</t>
+    <t>894</t>
   </si>
   <si>
     <t>UK 8, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>565</t>
-[...8 lines deleted...]
-    <t>566</t>
+    <t>895</t>
   </si>
   <si>
     <t>MY MOMS LAUNDRY</t>
   </si>
   <si>
     <t>8, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>567</t>
+    <t>896</t>
   </si>
   <si>
     <t>NEXUS INTERNATIONAL SCHOOL MALAYSIA</t>
   </si>
   <si>
     <t>NO. 1, JALAN DIPLOMATIK 3/6, PRESINT 15</t>
   </si>
   <si>
-    <t>568</t>
+    <t>897</t>
   </si>
   <si>
     <t>R&amp;S INFINITE BUSINESS</t>
   </si>
   <si>
     <t>LOT PENANGGAH, NO. 3, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>569</t>
+    <t>898</t>
   </si>
   <si>
     <t>DINAMIK SAGA RESOURCES</t>
   </si>
   <si>
     <t>RUANG KEDAI DOBI, PUSAT KOMUNITI KUARTERS JENIS APARTMENT FASA 1C, JALAN P16 J, PRESINT 16</t>
   </si>
   <si>
-    <t>570</t>
+    <t>899</t>
   </si>
   <si>
     <t>LUCKIN COFFEE</t>
   </si>
   <si>
     <t>NO.35, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>571</t>
+    <t>900</t>
   </si>
   <si>
     <t>QEW TECHNOLOGIES (M) SDN BHD</t>
   </si>
   <si>
     <t>L02-16, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>572</t>
+    <t>901</t>
   </si>
   <si>
     <t>INDEPENDENT BARBERSHOP</t>
   </si>
   <si>
     <t>NO. 56A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>573</t>
+    <t>902</t>
   </si>
   <si>
     <t>NO. 80G, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>574</t>
+    <t>903</t>
   </si>
   <si>
     <t>MOHAMMAD HISHABMUDIN BIN ABU YAZIT</t>
   </si>
   <si>
     <t>NO. 07, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>575</t>
+    <t>904</t>
   </si>
   <si>
     <t>RESTU CATERING &amp; CAFE</t>
   </si>
   <si>
     <t>NO.1, KOMPLEKS NASYRUL QURAN, JALAN P14J</t>
   </si>
   <si>
-    <t>576</t>
+    <t>905</t>
   </si>
   <si>
     <t>MK CURTAIN</t>
   </si>
   <si>
     <t>NO.76, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>577</t>
+    <t>906</t>
   </si>
   <si>
     <t>EBRIGHT</t>
   </si>
   <si>
     <t>10A, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>578</t>
+    <t>907</t>
   </si>
   <si>
     <t>MR HAMMER SDN BHD</t>
   </si>
   <si>
     <t>NO. 14G, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>579</t>
+    <t>908</t>
   </si>
   <si>
     <t>RESTORAN KAK LA NASI ULAM</t>
   </si>
   <si>
     <t>NO.18, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>580</t>
+    <t>909</t>
   </si>
   <si>
     <t>NASI BERIANI GAM PUTRAJAYA</t>
   </si>
   <si>
     <t>LOT UNIT KERING 2 (UK 2), TAMAN WARISAN PERTANIAN PUTRAJAYA, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>581</t>
+    <t>910</t>
   </si>
   <si>
     <t>LAS PALACE</t>
   </si>
   <si>
     <t>NO. 8, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>582</t>
-[...5 lines deleted...]
-    <t>583</t>
+    <t>911</t>
   </si>
   <si>
     <t>MGCS SDN BHD</t>
   </si>
   <si>
     <t>G29 &amp; G30,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>584</t>
+    <t>912</t>
   </si>
   <si>
     <t>AMIR</t>
   </si>
   <si>
     <t>NO. LG 38, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>585</t>
+    <t>913</t>
   </si>
   <si>
     <t>MENARA OPTOMETRY CENTRE SDN BHD</t>
   </si>
   <si>
     <t>64, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>586</t>
+    <t>914</t>
   </si>
   <si>
     <t>NS PRESTIGE AUTOSPA</t>
   </si>
   <si>
     <t>NO. 6, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>587</t>
+    <t>915</t>
   </si>
   <si>
     <t>PASARAYA KARNIVAL KIM WAH SDN BHD</t>
   </si>
   <si>
     <t>NO 10, 12 &amp; 14, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>588</t>
+    <t>916</t>
   </si>
   <si>
     <t>KIM HIN JOO (M)BHD</t>
   </si>
   <si>
     <t>G77-G79,, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>589</t>
+    <t>917</t>
   </si>
   <si>
     <t>KEDAI PAKAIAN UNIFORM PELANGI</t>
   </si>
   <si>
     <t>NO. L01-62, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>590</t>
+    <t>918</t>
   </si>
   <si>
     <t>POLAR ICE CREAM SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G-013, LOBBY SELERA PUTRA, SOUQ PUTRAJAYA, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>591</t>
+    <t>919</t>
   </si>
   <si>
     <t>L01-48, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>592</t>
+    <t>920</t>
   </si>
   <si>
     <t>PAJAK GADAI ISLAM ( AR-RAHNU )</t>
   </si>
   <si>
     <t>NO. 7, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>593</t>
+    <t>921</t>
   </si>
   <si>
     <t>ROCK AUDIO SDN. BHD.</t>
   </si>
   <si>
     <t>UG-17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>594</t>
+    <t>922</t>
   </si>
   <si>
     <t>EASY FAST MART</t>
   </si>
   <si>
     <t>KEDAI RUNCIT BLOK C2, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>595</t>
+    <t>923</t>
   </si>
   <si>
     <t>ADAN AFIAT RESOURCES</t>
   </si>
   <si>
     <t>L02-69, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>596</t>
+    <t>924</t>
   </si>
   <si>
     <t>R ENERGY CAR RENTAL</t>
   </si>
   <si>
     <t>NO. 14, 1st FLOOR,JALAN INDUSTRI PUTRA 1,PRESINT 14,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>597</t>
+    <t>925</t>
   </si>
   <si>
     <t>IDEAL CAR GROUP SDN BHD</t>
   </si>
   <si>
     <t>NO 14, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>598</t>
+    <t>926</t>
   </si>
   <si>
     <t>SALINA Z BEAUTY</t>
   </si>
   <si>
     <t>NO. 26A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>599</t>
+    <t>927</t>
   </si>
   <si>
     <t>ARAS G, KEMENTERIAN PEMBANGUNAN WANITA, KELUARGA DAN MASYARAKAT, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>600</t>
+    <t>928</t>
   </si>
   <si>
     <t>HABIB JEWELS SDN BHD</t>
   </si>
   <si>
     <t>LG 17 &amp; 18 ALAMANDA SHOPPING CENTRE , JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>601</t>
+    <t>929</t>
   </si>
   <si>
     <t>GRAB &amp; GO, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>602</t>
+    <t>930</t>
   </si>
   <si>
     <t>TADIKA INTELEK MINDA CERDAS</t>
   </si>
   <si>
     <t>NO. 18A, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>603</t>
+    <t>931</t>
   </si>
   <si>
     <t>LOT 05, 05A, 06, 07 &amp; 08, JALAN TUN ABDUL RAZAK, PRESINT 3</t>
   </si>
   <si>
-    <t>604</t>
+    <t>932</t>
   </si>
   <si>
     <t>WETLAND STUDIOS PUTRAJAYA, NATURE INTERPRETATION CENTER, TAMAN WETLAND PUTRAJAYA, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>605</t>
+    <t>933</t>
   </si>
   <si>
     <t>SENHENG ELECTRIC (KL) SDN.BHD.</t>
   </si>
   <si>
     <t>9, 9A, 9B, 11, 11A, 11B, 11C, 13, 13A, 13B, 13C,JALAN DIPLOMATIK P15,PRESINT 15,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>606</t>
-[...2 lines deleted...]
-    <t>GOLDEN SCOOP SDN BHD</t>
+    <t>934</t>
   </si>
   <si>
     <t>LOT OS19, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>607</t>
+    <t>935</t>
   </si>
   <si>
     <t>PUSTAKA RAWANG SDN BHD</t>
   </si>
   <si>
     <t>NO. 6 &amp; 8, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>608</t>
+    <t>936</t>
   </si>
   <si>
     <t>NO. 4G, JALAN P16/1, PRESINT 16</t>
   </si>
   <si>
-    <t>609</t>
+    <t>937</t>
   </si>
   <si>
     <t>LOT OS13, GROUND FLOOR,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>610</t>
+    <t>938</t>
   </si>
   <si>
     <t>LOT G 27, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>611</t>
+    <t>939</t>
   </si>
   <si>
     <t>LOT G42, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>612</t>
+    <t>940</t>
   </si>
   <si>
     <t>BIG PHARMACY HEALTHCARE SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 24 &amp; 26, JALAN DIPLOMATIK, PRESINT 15,62050 PUTRAJAYA</t>
   </si>
   <si>
-    <t>613</t>
+    <t>941</t>
   </si>
   <si>
     <t>QEW COMMUNICATIONS SDN BHD</t>
   </si>
   <si>
-    <t>614</t>
+    <t>942</t>
   </si>
   <si>
     <t>QEW GROUP BERHAD</t>
   </si>
   <si>
     <t>L02-13, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>615</t>
+    <t>943</t>
   </si>
   <si>
     <t>TRAVEL FOR ALL RETAIL SDN BHD</t>
   </si>
   <si>
     <t>LOT LG37, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>616</t>
+    <t>944</t>
   </si>
   <si>
     <t>PURPLE BLOSSOM ENTERPRISE</t>
   </si>
   <si>
     <t>UG-06, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>617</t>
+    <t>945</t>
   </si>
   <si>
     <t>AFFIN BANK BERHAD</t>
   </si>
   <si>
     <t>NO. 38, 38A, 38B, 38C &amp; 40, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>618</t>
+    <t>946</t>
   </si>
   <si>
     <t>IKHASAS TRAVEL &amp; TOUR SDN BHD</t>
   </si>
   <si>
     <t>B2, BLOK A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>619</t>
+    <t>947</t>
   </si>
   <si>
     <t>LOT PENANGGAH NO. 2, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>620</t>
+    <t>948</t>
   </si>
   <si>
     <t>RAKAM RAGAM</t>
   </si>
   <si>
     <t>L01-28, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>621</t>
+    <t>949</t>
   </si>
   <si>
     <t>TREND WORLD</t>
   </si>
   <si>
     <t>40-1B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>622</t>
+    <t>950</t>
   </si>
   <si>
     <t>SMART FIX MOBILE</t>
   </si>
   <si>
     <t>NO. 38, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>623</t>
+    <t>951</t>
   </si>
   <si>
     <t>HARUM BAROKAH RESOURCES</t>
   </si>
   <si>
     <t>97, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>624</t>
+    <t>952</t>
   </si>
   <si>
     <t>STN RESOURCES SDN BHD</t>
   </si>
   <si>
     <t>NO. 7B, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>625</t>
+    <t>953</t>
   </si>
   <si>
     <t>FALIH AD DEEN EDUCATION SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 18A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>626</t>
+    <t>954</t>
   </si>
   <si>
     <t>WARUNG SANTAI KITA</t>
   </si>
   <si>
     <t>G.10 MEDAN SELERA P8, JALAN P8, PRESINT 8, 62250 PUTRAJAYA</t>
   </si>
   <si>
-    <t>627</t>
+    <t>955</t>
   </si>
   <si>
     <t>R &amp; D SINAR ENTERPRISE</t>
   </si>
   <si>
     <t>C-003, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>628</t>
+    <t>956</t>
   </si>
   <si>
     <t>FOCUS POINT VISION CARE GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG 62, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>629</t>
+    <t>957</t>
   </si>
   <si>
     <t>C. I. READYMIX SDN BHD</t>
   </si>
   <si>
     <t>LOT 14067 P19 PRESINT 19 PUTRAJAYA 62200 PRESINT 19</t>
   </si>
   <si>
-    <t>630</t>
+    <t>958</t>
   </si>
   <si>
     <t>BERJAYA KRISPY KREME DOUGHNUTS SDN BHD</t>
   </si>
   <si>
     <t>LOT LG 35, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>631</t>
+    <t>959</t>
   </si>
   <si>
     <t>KUJDT</t>
   </si>
   <si>
     <t>UG-30, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>632</t>
+    <t>960</t>
   </si>
   <si>
     <t>ZAKI HOME FURNITURE</t>
   </si>
   <si>
     <t>NO.72 &amp;72A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>633</t>
+    <t>961</t>
   </si>
   <si>
     <t>PASARAYA MU SDN.BHD</t>
   </si>
   <si>
     <t>NO. 67G, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>634</t>
+    <t>962</t>
   </si>
   <si>
     <t>AL IKHSAN SPORTS SDN BHD</t>
   </si>
   <si>
     <t>LG 25 &amp; 25A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>635</t>
+    <t>963</t>
   </si>
   <si>
     <t>PUTRAHOMES REALTY</t>
   </si>
   <si>
     <t>104A, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>636</t>
+    <t>964</t>
   </si>
   <si>
     <t>AZHAR STATION</t>
   </si>
   <si>
     <t>NO. 10, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>637</t>
+    <t>965</t>
   </si>
   <si>
     <t>G 16, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>638</t>
-[...2 lines deleted...]
-    <t>LOO WOI LIP</t>
+    <t>966</t>
   </si>
   <si>
     <t>LOT G15, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>639</t>
+    <t>967</t>
   </si>
   <si>
     <t>CHEF'S CANVAS</t>
   </si>
   <si>
     <t>NO. 45 &amp; 45A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>640</t>
+    <t>968</t>
   </si>
   <si>
     <t>GENE MARTINO</t>
   </si>
   <si>
     <t>LOT G-25, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>641</t>
+    <t>969</t>
   </si>
   <si>
     <t>KACAMUDA</t>
   </si>
   <si>
     <t>DEWAN MAKAN, SEKOLAH SULTAN ALAM SHAH, PARCEL G, PRESINT 1</t>
   </si>
   <si>
-    <t>642</t>
+    <t>970</t>
   </si>
   <si>
     <t>TASKA DUNIA ADINDA</t>
   </si>
   <si>
     <t>NO. 2, JALAN P9 A/3, PRESINT 9</t>
   </si>
   <si>
-    <t>643</t>
+    <t>971</t>
   </si>
   <si>
     <t>DE GIFT HOUSE</t>
   </si>
   <si>
     <t>12, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>644</t>
+    <t>972</t>
   </si>
   <si>
     <t>CAT ZOUK MALAYA</t>
   </si>
   <si>
     <t>NO 17, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>645</t>
+    <t>973</t>
   </si>
   <si>
     <t>HABIB JEWELS FRANCHISE SDN BHD</t>
   </si>
   <si>
     <t>LOT LG 45, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>646</t>
+    <t>974</t>
   </si>
   <si>
     <t>G-012, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>647</t>
+    <t>975</t>
   </si>
   <si>
     <t>C-002, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>648</t>
+    <t>976</t>
   </si>
   <si>
     <t>PIZZA HUT RESTAURANTS SDN BHD</t>
   </si>
   <si>
     <t>LOT G-90, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>649</t>
+    <t>977</t>
   </si>
   <si>
     <t>QSR STORES SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G89, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>650</t>
+    <t>978</t>
   </si>
   <si>
     <t>SALAM NOODLES</t>
   </si>
   <si>
     <t>NO. 64, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>651</t>
+    <t>979</t>
   </si>
   <si>
     <t>BOON HUA BIKERS SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 37 &amp; 39, KAWASAN PERINDUSTRIAN, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>652</t>
+    <t>980</t>
   </si>
   <si>
     <t>GERAI LAMAN DUTA PRESINT 15</t>
   </si>
   <si>
     <t>KAFETERIA DATARAN DUTA,JALAN DIPLOMATIK 3/6,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>653</t>
+    <t>981</t>
   </si>
   <si>
     <t>SEEDS HOTEL</t>
   </si>
   <si>
     <t>NO. 23, 23A, 23B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>654</t>
+    <t>982</t>
   </si>
   <si>
     <t>NICE STYLE</t>
   </si>
   <si>
     <t>67, 67A, 67B &amp; 67C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>655</t>
+    <t>983</t>
   </si>
   <si>
     <t>MESRA PET SHOP</t>
   </si>
   <si>
     <t>NO. 74, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>656</t>
+    <t>984</t>
   </si>
   <si>
     <t>ILHAM UNIK SDN BHD</t>
   </si>
   <si>
     <t>LOT G26A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>657</t>
+    <t>985</t>
   </si>
   <si>
     <t>GLORIA JEANS COFFEE</t>
   </si>
   <si>
     <t>KAFETERIA ARAS 1, SETIA PERDANA 2, BAHAGIAN KHIDMAT PENGURUSAN, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>658</t>
+    <t>986</t>
   </si>
   <si>
     <t>TADIKA GENERASI PINTAR BERBUDI</t>
   </si>
   <si>
     <t>NO. 64A, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>659</t>
+    <t>987</t>
   </si>
   <si>
     <t>FLASH MALAYSIA EXPRESS SDN. BHD.</t>
   </si>
   <si>
     <t>38, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>660</t>
+    <t>988</t>
   </si>
   <si>
     <t>A-SALOON SDN BHD</t>
   </si>
   <si>
     <t>LOT G-66 &amp; G-67, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>661</t>
+    <t>989</t>
   </si>
   <si>
     <t>NO G-17, SHAFTSBURY STELLAR PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>662</t>
+    <t>990</t>
   </si>
   <si>
     <t>AGENSI PEKERJAAN ALPHA NEPTUNE (M) SDN BHD</t>
   </si>
   <si>
     <t>NO. 2A,TINGKAT 1 JALAN DIPLOMATIK 2/1, PRESINT 15 ,62050, WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>663</t>
+    <t>991</t>
   </si>
   <si>
     <t>LOYALTY HAIR STUDIO (M) SDN. BHD.</t>
   </si>
   <si>
     <t>UG-31, RETAIL MALL, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>664</t>
+    <t>992</t>
   </si>
   <si>
     <t>SW MUSLIMAH SDN BHD</t>
   </si>
   <si>
     <t>NO. 17, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>665</t>
-[...5 lines deleted...]
-    <t>666</t>
+    <t>993</t>
   </si>
   <si>
     <t>ESPRIT ESTATE AGENT SDN. BHD. (PUTRAJAYA)</t>
   </si>
   <si>
     <t>L02-68, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>667</t>
+    <t>994</t>
   </si>
   <si>
     <t>ZENSORI</t>
   </si>
   <si>
     <t>4-2 &amp; 3-2, JALAN P16/1, PRESINT 16</t>
   </si>
   <si>
-    <t>668</t>
+    <t>995</t>
   </si>
   <si>
     <t>ACCESS IDEAS (M) SDN BHD</t>
   </si>
   <si>
     <t>L01-46, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>669</t>
+    <t>996</t>
   </si>
   <si>
     <t>L02-80, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>670</t>
+    <t>997</t>
   </si>
   <si>
     <t>L01-41, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>671</t>
+    <t>998</t>
   </si>
   <si>
     <t>UNIQLO (M) SDN.BHD.</t>
   </si>
   <si>
     <t>LOT LG12, LG13 &amp; LG75, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>672</t>
+    <t>999</t>
   </si>
   <si>
     <t>PAJAK GADAI JP (NADI 15) SDN BHD</t>
   </si>
   <si>
     <t>NO. 30-G, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>673</t>
+    <t>1000</t>
   </si>
   <si>
     <t>NO. 43, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>674</t>
+    <t>1001</t>
   </si>
   <si>
     <t>LOT G22, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>675</t>
+    <t>1002</t>
   </si>
   <si>
     <t>CYC AUTO HAUS SERVICES</t>
   </si>
   <si>
     <t>NO.2, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>676</t>
+    <t>1003</t>
   </si>
   <si>
     <t>WONG WENG YEW</t>
   </si>
   <si>
     <t>NO. 34B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>677</t>
+    <t>1004</t>
   </si>
   <si>
     <t>EXTREME BROADBAND SDN BHD</t>
   </si>
   <si>
-    <t>678</t>
-[...5 lines deleted...]
-    <t>680</t>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>1007</t>
   </si>
   <si>
     <t>TRENT PHARMA SDN BHD</t>
   </si>
   <si>
     <t>NO. 62, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>681</t>
-[...11 lines deleted...]
-    <t>THE COFFEE BEAN &amp; TEA LEAF (MALAYSIA) SDN BHD</t>
+    <t>1008</t>
   </si>
   <si>
     <t>NO. 16, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>683</t>
+    <t>1009</t>
   </si>
   <si>
     <t>HAPPY HOME SUPERSTORE SDN BHD</t>
   </si>
   <si>
     <t>NO. 86 &amp; 86A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>684</t>
+    <t>1010</t>
   </si>
   <si>
     <t>BALLOON BOUTIQUE</t>
   </si>
   <si>
     <t>LOT OS22, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>685</t>
-[...8 lines deleted...]
-    <t>686</t>
+    <t>1011</t>
   </si>
   <si>
     <t>OUTDOOR CENTRE SDN BHD</t>
   </si>
   <si>
     <t>NO.7, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>687</t>
+    <t>1012</t>
   </si>
   <si>
     <t>ASTAKA TEKNIK</t>
   </si>
   <si>
     <t>NO. 22-B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>688</t>
+    <t>1013</t>
   </si>
   <si>
     <t>SECRET RECIPE CAKES &amp; CAFE SDN.BHD.</t>
   </si>
   <si>
     <t>NO. 28, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>689</t>
+    <t>1014</t>
   </si>
   <si>
     <t>LOT G01-82, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>690</t>
+    <t>1015</t>
   </si>
   <si>
     <t>FOX TAILOR SDN BHD</t>
   </si>
   <si>
     <t>LOT G05, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>691</t>
+    <t>1016</t>
   </si>
   <si>
     <t>ADIVAA STUDIO</t>
   </si>
   <si>
     <t>90B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>692</t>
+    <t>1017</t>
   </si>
   <si>
     <t>KIDDO STICKERS GALLERY</t>
   </si>
   <si>
     <t>LOT OSP402, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>693</t>
+    <t>1018</t>
   </si>
   <si>
     <t>CENDANA AUTO SDN BHD</t>
   </si>
   <si>
     <t>NO. 42, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>694</t>
+    <t>1019</t>
   </si>
   <si>
     <t>WARISAN TOK ABAH</t>
   </si>
   <si>
     <t>LOT PENANGGAH NO.1, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>695</t>
+    <t>1020</t>
   </si>
   <si>
     <t>FIX SERVICE</t>
   </si>
   <si>
     <t>LOT LG 72, LOWER GROUND FLOOR,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>696</t>
+    <t>1021</t>
   </si>
   <si>
     <t>BBQ TOWN</t>
   </si>
   <si>
     <t>LOT G-17A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>697</t>
+    <t>1022</t>
   </si>
   <si>
     <t>SUKIYA</t>
   </si>
   <si>
     <t>G13 &amp; G13A, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>698</t>
+    <t>1023</t>
   </si>
   <si>
     <t>TADIKA ATFAAL BESTARI ELIT</t>
   </si>
   <si>
     <t>ARAS 1, BLOK F, PPAM SELASIH, JALAN P17 E, PRESINT 17</t>
   </si>
   <si>
-    <t>699</t>
+    <t>1024</t>
   </si>
   <si>
     <t>ASTERSPRING</t>
   </si>
   <si>
     <t>LOT LG 55 &amp; 56, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>700</t>
-[...8 lines deleted...]
-    <t>701</t>
+    <t>1025</t>
   </si>
   <si>
     <t>BANK MUAMALAT MALAYSIA BERHAD</t>
   </si>
   <si>
     <t>NO 2 &amp; 4, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>702</t>
+    <t>1026</t>
   </si>
   <si>
     <t>NANOSTIX</t>
   </si>
   <si>
     <t>LOT 16G, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>703</t>
+    <t>1027</t>
   </si>
   <si>
     <t>C &amp; J CLARK (M) SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG51A, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>704</t>
-[...8 lines deleted...]
-    <t>705</t>
+    <t>1028</t>
   </si>
   <si>
     <t>MIEE TARIK FAIZAL KONG ( BERCITARASA SDN. BHD.)</t>
   </si>
   <si>
     <t>LOT G84, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>706</t>
-[...5 lines deleted...]
-    <t>707</t>
+    <t>1029</t>
   </si>
   <si>
     <t>AJP ENTERPRISE</t>
   </si>
   <si>
     <t>BLOK C6, KOMPLEKS C, LEBUH PERDANA SELATAN, PRESINT 1</t>
   </si>
   <si>
-    <t>708</t>
+    <t>1030</t>
   </si>
   <si>
     <t>DEAR SURI</t>
   </si>
   <si>
     <t>LOT KIOS KACA, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>709</t>
+    <t>1031</t>
   </si>
   <si>
     <t>MOOI XIN YI</t>
   </si>
   <si>
     <t>NO. 55, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>710</t>
+    <t>1032</t>
   </si>
   <si>
     <t>PROQUAZ SDN BHD</t>
   </si>
   <si>
     <t>1B, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>711</t>
+    <t>1033</t>
   </si>
   <si>
     <t>2B, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>712</t>
+    <t>1034</t>
   </si>
   <si>
     <t>A-LOOK EYEWEAR SDN BHD</t>
   </si>
   <si>
-    <t>713</t>
+    <t>1035</t>
   </si>
   <si>
     <t>HONG LEONG ISLAMIC BANK BERHAD</t>
   </si>
   <si>
     <t>NO. 5, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>714</t>
+    <t>1036</t>
   </si>
   <si>
     <t>PPK PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 13 &amp; 13B, LOT KOMERSIAL NADI@15, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>715</t>
+    <t>1037</t>
   </si>
   <si>
     <t>ENDOZ ENGINEERING</t>
   </si>
   <si>
     <t>NO.16B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>716</t>
+    <t>1038</t>
   </si>
   <si>
     <t>LEON CLASSROOM SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 32A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>717</t>
+    <t>1039</t>
   </si>
   <si>
     <t>GREEN BAG BY CIC SDN BHD</t>
   </si>
   <si>
     <t>3A, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>718</t>
+    <t>1040</t>
   </si>
   <si>
     <t>MANJAKU RETAIL SDN BHD</t>
   </si>
   <si>
     <t>NO. 22,22A,22B,24,24A,24B,26,26A,26B,28,28A,28B,JALAN PERAK P15,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>719</t>
+    <t>1041</t>
   </si>
   <si>
     <t>PERNIAGAAN KMJ</t>
   </si>
   <si>
     <t>SK PUTRAJAYA PRESINT 14 (1), JALAN P14, PRESINT 14</t>
   </si>
   <si>
-    <t>720</t>
-[...2 lines deleted...]
-    <t>TADIKA NASYRAH</t>
+    <t>1042</t>
   </si>
   <si>
     <t>JABATAN PERANGKAAN MALAYSIA, BLOK C7, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>721</t>
-[...5 lines deleted...]
-    <t>722</t>
+    <t>1043</t>
   </si>
   <si>
     <t>NO. 2, PUSAT KOMUNITI KUARTERS JENIS APARTMENT P16, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>723</t>
+    <t>1044</t>
   </si>
   <si>
     <t>COSWAY (M) SDN BHD</t>
   </si>
   <si>
     <t>NO 1, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>724</t>
+    <t>1045</t>
   </si>
   <si>
     <t>MR JAY ENTERPRISE</t>
   </si>
   <si>
     <t>JALAN P18M, PRESINT 18 62100 PUTRAJAYA</t>
   </si>
   <si>
-    <t>725</t>
+    <t>1046</t>
   </si>
   <si>
     <t>SA LOKALICIOUS KITCHEN</t>
   </si>
   <si>
     <t>NO 18, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>726</t>
+    <t>1047</t>
   </si>
   <si>
     <t>IRHA INTERNATIONAL SDN BHD</t>
   </si>
   <si>
     <t>NO. 43, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>727</t>
+    <t>1048</t>
   </si>
   <si>
     <t>AURORA BIDAN SDN BHD</t>
   </si>
   <si>
     <t>NO.9, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>728</t>
+    <t>1049</t>
   </si>
   <si>
     <t>OCC SAFETY HEALTH &amp; ENVIRONMENT GLOBAL VENTURES</t>
   </si>
   <si>
     <t>NO.7 LG, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>729</t>
+    <t>1050</t>
   </si>
   <si>
     <t>DAISY</t>
   </si>
   <si>
     <t>LOT G45-G49, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>730</t>
+    <t>1051</t>
   </si>
   <si>
     <t>ES ADVANCED CONCEPT</t>
   </si>
   <si>
     <t>LOT C-001, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>731</t>
+    <t>1052</t>
   </si>
   <si>
     <t>AEON BIG (M) SDN BHD</t>
   </si>
   <si>
     <t>LOWER GROUND FLOOR AND GROUND FLOOR, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>732</t>
+    <t>1053</t>
   </si>
   <si>
     <t>CUCKOO INTERNATIONAL (MAL) BERHAD</t>
   </si>
   <si>
     <t>LOT OS01, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>733</t>
+    <t>1054</t>
   </si>
   <si>
     <t>KOPERASI YAPEIM BERHAD</t>
   </si>
   <si>
     <t>LOT Z1-06-01 HINGGA Z1-06-16, BLOK Z1, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>734</t>
-[...8 lines deleted...]
-    <t>735</t>
+    <t>1055</t>
   </si>
   <si>
     <t>ORINCO SANOLAN CONSTRUCTION SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 41B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>736</t>
+    <t>1056</t>
   </si>
   <si>
     <t>KITIKAT HOTEL</t>
   </si>
   <si>
     <t>No 6A,JALAN DIPLOMATIK,238,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>737</t>
-[...8 lines deleted...]
-    <t>738</t>
+    <t>1057</t>
   </si>
   <si>
     <t>TADIKA ALIF CERIA</t>
   </si>
   <si>
     <t>NO. 2, JALAN P14B 1/7, PRESINT 14</t>
   </si>
   <si>
-    <t>739</t>
-[...8 lines deleted...]
-    <t>740</t>
+    <t>1058</t>
   </si>
   <si>
     <t>THAI CUSINE</t>
   </si>
   <si>
     <t>STALL 16, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>741</t>
-[...8 lines deleted...]
-    <t>742</t>
+    <t>1059</t>
   </si>
   <si>
     <t>QA BUSINESS SERVICES</t>
   </si>
   <si>
     <t>NO.55-C (ROOM3), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>743</t>
+    <t>1060</t>
   </si>
   <si>
     <t>PANJI JAYA PLT</t>
   </si>
   <si>
     <t>UNIT KEDAI 04, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>744</t>
-[...17 lines deleted...]
-    <t>747</t>
+    <t>1061</t>
   </si>
   <si>
     <t>LITTLE WOK</t>
   </si>
   <si>
     <t>STALL 3A, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>748</t>
+    <t>1062</t>
   </si>
   <si>
     <t>PRINTEC</t>
   </si>
   <si>
     <t>L02-66,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>749</t>
-[...8 lines deleted...]
-    <t>750</t>
+    <t>1063</t>
   </si>
   <si>
     <t>PANGLIMA JUTA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G51, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>751</t>
-[...8 lines deleted...]
-    <t>752</t>
+    <t>1064</t>
   </si>
   <si>
     <t>MOTOR MUDAH TRADING</t>
   </si>
   <si>
     <t>NO. 27, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>753</t>
+    <t>1065</t>
   </si>
   <si>
     <t>CRUISE TASIK PUTRAJAYA, JETI PUTRAJAYA JAMBATAN PUTRA, PRESINT1, PUTRAJAYA, PRESINT 1</t>
   </si>
   <si>
-    <t>754</t>
+    <t>1066</t>
   </si>
   <si>
     <t>TITI MAJU SDN BHD</t>
   </si>
   <si>
     <t>NO. 39B &amp; 39C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>755</t>
+    <t>1067</t>
   </si>
   <si>
     <t>LERUN INDUSTRIES SDN. BHD.</t>
   </si>
   <si>
     <t>21, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>756</t>
+    <t>1068</t>
   </si>
   <si>
     <t>ENCLAVE HOTEL</t>
   </si>
   <si>
     <t>UNIT 16A, 16B, 16C, 18, 18A, 18B &amp; 18C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>757</t>
-[...14 lines deleted...]
-    <t>759</t>
+    <t>1069</t>
   </si>
   <si>
     <t>LS RETAIL (MALAYSIA) SDN BHD</t>
   </si>
   <si>
     <t>LOT LG54, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>760</t>
+    <t>1070</t>
   </si>
   <si>
     <t>TAKAFUL IKHLAS GENERAL BERHAD</t>
   </si>
   <si>
     <t>NO.12, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>761</t>
-[...8 lines deleted...]
-    <t>762</t>
+    <t>1071</t>
   </si>
   <si>
     <t>G&amp;T BRAND SDN BHD</t>
   </si>
   <si>
     <t>LOT LG 31-LG 33, LOWER GROUND FLOOR, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>763</t>
+    <t>1072</t>
   </si>
   <si>
     <t>CELCOMDIGI TELECOMMUNICATIONS SDN. BHD.</t>
   </si>
   <si>
     <t>LOT 33, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA 62000 PRESINT 1 PUTRAJAYA</t>
   </si>
   <si>
-    <t>764</t>
+    <t>1073</t>
   </si>
   <si>
     <t>KOPI KENANGAN SDN. BHD.</t>
   </si>
   <si>
     <t>NO.39, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>765</t>
+    <t>1074</t>
   </si>
   <si>
     <t>PONEY GARMENTS SDN BHD</t>
   </si>
   <si>
     <t>LOT G10, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>766</t>
+    <t>1075</t>
   </si>
   <si>
     <t>SEPIRING CAFE SDN BHD</t>
   </si>
   <si>
     <t>LG 30 &amp; 30ES, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>767</t>
+    <t>1076</t>
   </si>
   <si>
     <t>AH CHENG LAKSA</t>
   </si>
   <si>
     <t>LOT LG 36, LOWER GROUND FLOOR, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>768</t>
-[...8 lines deleted...]
-    <t>769</t>
+    <t>1077</t>
   </si>
   <si>
     <t>JMB SPJ</t>
   </si>
   <si>
     <t>B-G-01, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>770</t>
+    <t>1078</t>
   </si>
   <si>
     <t>COWAY (MALAYSIA) SDN BHD</t>
   </si>
   <si>
     <t>NO.2A, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>771</t>
+    <t>1079</t>
   </si>
   <si>
     <t>PETSMORE SDN BHD</t>
   </si>
   <si>
     <t>NO. 71, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>772</t>
+    <t>1080</t>
   </si>
   <si>
     <t>AVIATRICH HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>NO. 3, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>773</t>
+    <t>1081</t>
   </si>
   <si>
     <t>SPEECHEESE TALENT &amp; SPEECH CENTRE</t>
   </si>
   <si>
     <t>18A, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>774</t>
-[...2 lines deleted...]
-    <t>775</t>
+    <t>1082</t>
   </si>
   <si>
     <t>TAN BOON MING SDN BHD</t>
   </si>
   <si>
     <t>NO. 2 &amp; 2A, JALAN DIPLOMATIK 1/2, PRESINT 15</t>
   </si>
   <si>
-    <t>776</t>
+    <t>1083</t>
   </si>
   <si>
     <t>SDS BAKERY &amp; CAFETERIA SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 2, JALAN PULAU PINANG NADI 15, PRESINT 15</t>
   </si>
   <si>
-    <t>777</t>
+    <t>1084</t>
   </si>
   <si>
     <t>ALPRO OPTISAVER</t>
   </si>
   <si>
     <t>NO.22, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>778</t>
+    <t>1085</t>
   </si>
   <si>
     <t>EATIZEN MINI MART</t>
   </si>
   <si>
     <t>LOT 3, JALAN KANDIS P16, PRESINT 16</t>
   </si>
   <si>
-    <t>779</t>
+    <t>1086</t>
   </si>
   <si>
     <t>GAS MALAYSIA DISTRIBUTION SDN. BHD.</t>
   </si>
   <si>
     <t>JALAN P18 F</t>
   </si>
   <si>
-    <t>780</t>
+    <t>1087</t>
   </si>
   <si>
     <t>RICHEESE FACTORY MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G53A, GROUND FLOOR, ALAMANDA PUTRAJAYA SHOPPING CENTER, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA, WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>781</t>
-[...17 lines deleted...]
-    <t>783</t>
+    <t>1088</t>
   </si>
   <si>
     <t>FASHION INSPIRATION (M)SDN BHD</t>
   </si>
   <si>
     <t>LOT G13 &amp; 13B, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>784</t>
+    <t>1089</t>
   </si>
   <si>
     <t>LOVELY LACE RETAILS &amp; MARKETING SDN BHD</t>
   </si>
   <si>
     <t>G12, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>785</t>
+    <t>1090</t>
   </si>
   <si>
     <t>PUSTAKA RAKYAT (PRESINT 15) SDN BHD</t>
   </si>
   <si>
     <t>NO.1, 1A, 1B &amp; 1C, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>786</t>
+    <t>1091</t>
   </si>
   <si>
     <t>NO. 11, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>787</t>
+    <t>1092</t>
   </si>
   <si>
     <t>HOTEL PULSE GRANDE, JALAN TAMAN PUTRA PERDANA, PRESINT 1</t>
   </si>
   <si>
-    <t>788</t>
+    <t>1093</t>
   </si>
   <si>
     <t>LOT RESTORAN, TAMAN BOTANI,PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>789</t>
+    <t>1094</t>
   </si>
   <si>
     <t>OPTICAL 88 EYECARE (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT G43, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>790</t>
+    <t>1095</t>
   </si>
   <si>
     <t>INDAH PUTRAJAYA SDN BHD</t>
   </si>
   <si>
     <t>NO. 1, JALAN ALAMANDA 2, PRESINT 1</t>
   </si>
   <si>
-    <t>791</t>
+    <t>1096</t>
   </si>
   <si>
     <t>MERCU CITA MANUFACTURING SDN.BHD.</t>
   </si>
   <si>
     <t>LOT LG70,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>792</t>
+    <t>1097</t>
   </si>
   <si>
     <t>LOT G15-ES, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>793</t>
+    <t>1098</t>
   </si>
   <si>
     <t>TRV SEVEN HILLS ACADEMY HUB</t>
   </si>
   <si>
     <t>L02-27, MENARA SHAFTSBURY,PRESINT 1</t>
   </si>
   <si>
-    <t>794</t>
+    <t>1099</t>
   </si>
   <si>
     <t>ESTEE LAUDER MALAYSIA SDN BHD</t>
   </si>
   <si>
     <t>LOT LG16, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>795</t>
+    <t>1100</t>
   </si>
   <si>
     <t>FACTORY EYEWEAR</t>
   </si>
   <si>
     <t>NO. 57, PRESINT DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>796</t>
+    <t>1101</t>
   </si>
   <si>
     <t>CR BOUTIQUE SDN BHD</t>
   </si>
   <si>
     <t>LOT LG 10, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>797</t>
+    <t>1102</t>
   </si>
   <si>
     <t>JPS FASHIONS (MALAYSIA) SDN. BHD.</t>
   </si>
   <si>
     <t>LG-66, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>798</t>
-[...8 lines deleted...]
-    <t>799</t>
+    <t>1103</t>
   </si>
   <si>
     <t>GIMME4FINGERS MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>NO.42, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>800</t>
+    <t>1104</t>
   </si>
   <si>
     <t>PARTNERS 360 SDN. BHD.</t>
   </si>
   <si>
     <t>G 56, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>801</t>
+    <t>1105</t>
   </si>
   <si>
     <t>ROLLIN' DOH SHAFTSBURY PUTRAJAYA</t>
   </si>
   <si>
     <t>G-K03, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>802</t>
+    <t>1106</t>
   </si>
   <si>
     <t>LOT LG28 &amp; LG29, ALAMANDA SHOPPING CENTRE JALAN ALAMANDA 62000 PRESINT 1 PUTRAJAYA</t>
   </si>
   <si>
-    <t>803</t>
+    <t>1107</t>
   </si>
   <si>
     <t>ZEFIKS</t>
   </si>
   <si>
     <t>LOT G11, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>804</t>
+    <t>1108</t>
   </si>
   <si>
     <t>PUSAT BAHASA CAMBRIDGE ENGLISH FOR LIFE (PUTRAJAYA)</t>
   </si>
   <si>
     <t>NO.20B, LOT KOMERSIAL NADI@15, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>805</t>
+    <t>1109</t>
   </si>
   <si>
     <t>NO G-20, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>806</t>
+    <t>1110</t>
   </si>
   <si>
     <t>NO. 6, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>807</t>
+    <t>1111</t>
   </si>
   <si>
     <t>NO. 75, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>808</t>
+    <t>1112</t>
   </si>
   <si>
     <t>OS18, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>809</t>
+    <t>1113</t>
   </si>
   <si>
     <t>LG-1, NO. BANGUNAN 01, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>810</t>
+    <t>1114</t>
   </si>
   <si>
     <t>NO.2 &amp; 4, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>811</t>
-[...8 lines deleted...]
-    <t>812</t>
+    <t>1115</t>
   </si>
   <si>
     <t>AD DARI KIDS STATION</t>
   </si>
   <si>
     <t>NO. 1B, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>813</t>
-[...5 lines deleted...]
-    <t>814</t>
+    <t>1116</t>
   </si>
   <si>
     <t>ETIQA INSURANCE BERHAD</t>
   </si>
   <si>
     <t>NO. 85 &amp; 85A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>815</t>
+    <t>1117</t>
   </si>
   <si>
     <t>POLAR MART</t>
   </si>
   <si>
     <t>LOT C-004, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>816</t>
+    <t>1118</t>
   </si>
   <si>
     <t>STORE STG01, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>817</t>
+    <t>1119</t>
   </si>
   <si>
     <t>COKLAT PISANG ENTERPRISE</t>
   </si>
   <si>
     <t>LOT KIOS KS04, JALAN P16 D/1, PRESINT 16</t>
   </si>
   <si>
-    <t>818</t>
-[...8 lines deleted...]
-    <t>819</t>
+    <t>1120</t>
   </si>
   <si>
     <t>RASA FOOD ARENA</t>
   </si>
   <si>
     <t>STALL 18, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>820</t>
+    <t>1121</t>
   </si>
   <si>
     <t>FD3 &amp; FD4, LOT G17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>821</t>
+    <t>1122</t>
   </si>
   <si>
     <t>STALL 17</t>
   </si>
   <si>
     <t>STALL 17, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>822</t>
+    <t>1123</t>
   </si>
   <si>
     <t>STALL 15</t>
   </si>
   <si>
     <t>STALL 15, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>823</t>
+    <t>1124</t>
   </si>
   <si>
     <t>STALL 13</t>
   </si>
   <si>
     <t>STALL 13, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>824</t>
+    <t>1125</t>
   </si>
   <si>
     <t>STALL 12</t>
   </si>
   <si>
     <t>STALL 12, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>825</t>
+    <t>1126</t>
   </si>
   <si>
     <t>STALL 10</t>
   </si>
   <si>
     <t>STALL 10, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>826</t>
+    <t>1127</t>
   </si>
   <si>
     <t>STALL 8</t>
   </si>
   <si>
     <t>STALL 8, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>827</t>
+    <t>1128</t>
   </si>
   <si>
     <t>STALL 7</t>
   </si>
   <si>
     <t>STALL 7, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>828</t>
+    <t>1129</t>
   </si>
   <si>
     <t>STALL 6</t>
   </si>
   <si>
     <t>STALL 6, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>829</t>
+    <t>1130</t>
   </si>
   <si>
     <t>STALL 5</t>
   </si>
   <si>
     <t>STALL 5, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>830</t>
+    <t>1131</t>
   </si>
   <si>
     <t>STALL 3</t>
   </si>
   <si>
     <t>STALL 3, LOT G17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>831</t>
+    <t>1132</t>
   </si>
   <si>
     <t>MEE TARIK</t>
   </si>
   <si>
     <t>STALL 2, LOT G17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>832</t>
+    <t>1133</t>
   </si>
   <si>
     <t>MQH MOLLA MEGA SDN BHD</t>
   </si>
   <si>
     <t>STALL 9, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>833</t>
+    <t>1134</t>
   </si>
   <si>
     <t>STALL 1, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>834</t>
+    <t>1135</t>
   </si>
   <si>
     <t>PVH COMMERCIAL MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG 46-LG 47, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>835</t>
-[...8 lines deleted...]
-    <t>836</t>
+    <t>1136</t>
   </si>
   <si>
     <t>NO 17, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>837</t>
-[...8 lines deleted...]
-    <t>838</t>
+    <t>1137</t>
   </si>
   <si>
     <t>SYIEMARAZAK ATELIER</t>
   </si>
   <si>
     <t>UNIT L02-18, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>839</t>
+    <t>1138</t>
   </si>
   <si>
     <t>PADI HOUSE</t>
   </si>
   <si>
     <t>LOT G83, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>840</t>
+    <t>1139</t>
   </si>
   <si>
     <t>NMN ENTERPRISE</t>
   </si>
   <si>
-    <t>841</t>
+    <t>1140</t>
   </si>
   <si>
     <t>NO. 1A, GF-1, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>842</t>
+    <t>1141</t>
   </si>
   <si>
     <t>UWSB</t>
   </si>
   <si>
     <t>BLOK A,,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>843</t>
+    <t>1142</t>
   </si>
   <si>
     <t>LG-13, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>844</t>
+    <t>1143</t>
   </si>
   <si>
     <t>KKV BUSINESS MANAGEMENT SDN. BHD.</t>
   </si>
   <si>
     <t>LG-84 &amp; LG-85, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>845</t>
+    <t>1144</t>
   </si>
   <si>
     <t>RAPID BUS SDN BHD</t>
   </si>
   <si>
     <t>NO. 28, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>846</t>
-[...17 lines deleted...]
-    <t>848</t>
+    <t>1145</t>
   </si>
   <si>
     <t>PUSAT HEMODIALISIS MAIWP-PICOMS</t>
   </si>
   <si>
     <t>NO. 90 &amp; NO. 90B, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>849</t>
-[...5 lines deleted...]
-    <t>850</t>
+    <t>1146</t>
   </si>
   <si>
     <t>KIM TIME SDN BHD</t>
   </si>
   <si>
     <t>LOT LG21, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>851</t>
+    <t>1147</t>
   </si>
   <si>
     <t>RHMSB-PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 12, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>852</t>
+    <t>1148</t>
   </si>
   <si>
     <t>MERCI PASTRIES &amp; COFFEE</t>
   </si>
   <si>
     <t>G-12B,JALAN ALAMANDA,192,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>853</t>
+    <t>1149</t>
   </si>
   <si>
     <t>GLAMPING WETLAND PUTRAJAYA</t>
   </si>
   <si>
     <t>TAPAK ZIPLINE, TAPAK RV &amp; TAPAK PERKHEMAHAN, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>854</t>
-[...41 lines deleted...]
-    <t>860</t>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>1151</t>
   </si>
   <si>
     <t>SWITCH</t>
   </si>
   <si>
     <t>LOT G39, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>861</t>
+    <t>1152</t>
   </si>
   <si>
     <t>SUNAN</t>
   </si>
   <si>
     <t>RUANG KEDAI SERBANEKA, KUARTERS JENIS PANGSAPURI FASA 18R12, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>862</t>
+    <t>1153</t>
   </si>
   <si>
     <t>SR ELEGANT GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>RUANG LEGAR, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>863</t>
+    <t>1154</t>
   </si>
   <si>
     <t>NHS NATIONWIDE SECURITY SYSTEM SDN BHD</t>
   </si>
   <si>
     <t>Z1-07-16, NO 2, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>864</t>
-[...2 lines deleted...]
-    <t>GGP CONSULTANCY &amp; TRAINING SDN BHD</t>
+    <t>1155</t>
   </si>
   <si>
     <t>LOT KIOS, PUSAT AKTIVITI AIR, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>865</t>
+    <t>1156</t>
   </si>
   <si>
     <t>PUSAT REKREASI AIR, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>866</t>
-[...23 lines deleted...]
-    <t>869</t>
+    <t>1157</t>
   </si>
   <si>
     <t>SATE KAJANG HJ. SAMURI</t>
   </si>
   <si>
     <t>NO 1, TAMAN WARISAN PERTANIAN PUTRAJAYA, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>870</t>
+    <t>1158</t>
   </si>
   <si>
     <t>SATE KAJANG HJ SAMURI MARKETING SDN BHD</t>
   </si>
   <si>
-    <t>871</t>
+    <t>1159</t>
   </si>
   <si>
     <t>ARAS 2, BLOK D3, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>872</t>
+    <t>1160</t>
   </si>
   <si>
     <t>NO 2A, LOT KOMERSIAL NADI 15, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>873</t>
+    <t>1161</t>
   </si>
   <si>
     <t>NO. 108, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>874</t>
+    <t>1162</t>
   </si>
   <si>
     <t>KDQ SDN. BHD.</t>
   </si>
   <si>
     <t>BANGUNAN UTAMA KOMPLEKS PUSAT PELAWAT (VISITOR CENTRE), JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>875</t>
-[...35 lines deleted...]
-    <t>880</t>
+    <t>1163</t>
   </si>
   <si>
     <t>D EMAS TAILOR</t>
   </si>
   <si>
     <t>L-02-70, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>881</t>
+    <t>1164</t>
   </si>
   <si>
     <t>TEFAL</t>
   </si>
   <si>
     <t>LOT LG05, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>882</t>
+    <t>1165</t>
   </si>
   <si>
     <t>NO 53, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>883</t>
+    <t>1166</t>
   </si>
   <si>
     <t>PARKSON CORPORATION SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG101A &amp; G101, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>884</t>
-[...17 lines deleted...]
-    <t>886</t>
+    <t>1167</t>
   </si>
   <si>
     <t>KEDAI TELEKOMUNIKASI</t>
   </si>
   <si>
     <t>NO.69, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>887</t>
-[...17 lines deleted...]
-    <t>890</t>
+    <t>1168</t>
   </si>
   <si>
     <t>NO 5, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>891</t>
+    <t>1169</t>
   </si>
   <si>
     <t>LOT G32, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>892</t>
+    <t>1170</t>
   </si>
   <si>
     <t>ALI MAJU MART SDN BHD</t>
   </si>
   <si>
     <t>KEDAI RUNCIT, BLOK B, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>893</t>
+    <t>1171</t>
   </si>
   <si>
     <t>KEDAI RUNCIT, BLOK E, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>894</t>
+    <t>1172</t>
   </si>
   <si>
     <t>lot g03-04,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>895</t>
+    <t>1173</t>
   </si>
   <si>
     <t>NO. 58, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>896</t>
+    <t>1174</t>
   </si>
   <si>
     <t>MY JHAN VETCARE SDN BHD</t>
   </si>
   <si>
     <t>NO 2, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>897</t>
+    <t>1175</t>
   </si>
   <si>
     <t>PUSAT PERKEMBANGAN MINDA TUNAS CEMERLANG</t>
   </si>
   <si>
     <t>NO. 93A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>898</t>
-[...8 lines deleted...]
-    <t>900</t>
+    <t>1176</t>
   </si>
   <si>
     <t>MYDIN MOHAMED HOLDINGS BHD.</t>
   </si>
   <si>
     <t>NO. 40-54, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>901</t>
-[...8 lines deleted...]
-    <t>902</t>
+    <t>1177</t>
   </si>
   <si>
     <t>LG07, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>903</t>
+    <t>1178</t>
   </si>
   <si>
     <t>CHAGEE</t>
   </si>
   <si>
     <t>LOT G54, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>904</t>
-[...14 lines deleted...]
-    <t>907</t>
+    <t>1179</t>
   </si>
   <si>
     <t>TADIKA PERMATA SAUJANA</t>
   </si>
   <si>
     <t>NO.40A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>908</t>
-[...26 lines deleted...]
-    <t>911</t>
+    <t>1180</t>
   </si>
   <si>
     <t>HARISFADZLAH EMPIRE</t>
   </si>
   <si>
     <t>L02-59, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>912</t>
+    <t>1181</t>
   </si>
   <si>
     <t>ABP AUTO VENTURES SDN BHD</t>
   </si>
   <si>
     <t>NO. 1, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>913</t>
-[...5 lines deleted...]
-    <t>914</t>
+    <t>1182</t>
   </si>
   <si>
     <t>SUSHI KING</t>
   </si>
   <si>
     <t>LOT P06, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>915</t>
+    <t>1183</t>
   </si>
   <si>
     <t>ZESTFULPLATE SUPPLY</t>
   </si>
   <si>
     <t>KAFETERIA LOT 8, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>916</t>
+    <t>1184</t>
   </si>
   <si>
     <t>KOPENK MART</t>
   </si>
   <si>
     <t>K01, KOMPLEKS KEJIRANAN PRESINT 16, JALAN P16G, PRESINT 16</t>
   </si>
   <si>
-    <t>917</t>
+    <t>1185</t>
   </si>
   <si>
     <t>LOT L02-63A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>918</t>
-[...8 lines deleted...]
-    <t>919</t>
+    <t>1186</t>
   </si>
   <si>
     <t>THE RORO KITCHEN</t>
   </si>
   <si>
     <t>LOT ROTI CANAI, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>920</t>
+    <t>1187</t>
   </si>
   <si>
     <t>QALAM QURAN SOLUTION</t>
   </si>
   <si>
     <t>SUITE 1.1D, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>921</t>
-[...8 lines deleted...]
-    <t>922</t>
+    <t>1188</t>
   </si>
   <si>
     <t>DUBUYO SDN. BHD.</t>
   </si>
   <si>
     <t>LOT P05, PLAZA LEVEL, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>923</t>
-[...5 lines deleted...]
-    <t>924</t>
+    <t>1189</t>
   </si>
   <si>
     <t>HISTOBUMI CAR CARE SDN BHD</t>
   </si>
   <si>
     <t>NO. 15, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>925</t>
+    <t>1190</t>
   </si>
   <si>
     <t>MPH BOOKSTORES SDN.BHD</t>
   </si>
   <si>
     <t>LOT LG22-23, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>926</t>
-[...5 lines deleted...]
-    <t>927</t>
+    <t>1191</t>
   </si>
   <si>
     <t>TCRS RESTAURANTS SDN. BHD.</t>
   </si>
   <si>
     <t>LOT P04, PLAZA LEVEL, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>928</t>
+    <t>1192</t>
   </si>
   <si>
     <t>NO. 13, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>929</t>
-[...8 lines deleted...]
-    <t>930</t>
+    <t>1193</t>
   </si>
   <si>
     <t>HOT &amp; ROLL HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>LOBI 2, ARAS 4, BLOK E7, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>931</t>
-[...8 lines deleted...]
-    <t>932</t>
+    <t>1194</t>
   </si>
   <si>
     <t>G-003, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>933</t>
+    <t>1195</t>
   </si>
   <si>
     <t>NO. 77A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>934</t>
-[...26 lines deleted...]
-    <t>937</t>
+    <t>1196</t>
   </si>
   <si>
     <t>MAXIS BROADBAND SDN BHD</t>
   </si>
   <si>
     <t>LOT G80/81, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>938</t>
-[...8 lines deleted...]
-    <t>939</t>
+    <t>1197</t>
   </si>
   <si>
     <t>RF CATERING</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH SULTAN ALAM SHAH, PARCEL G, PRESINT 1</t>
   </si>
   <si>
-    <t>940</t>
-[...8 lines deleted...]
-    <t>941</t>
+    <t>1198</t>
   </si>
   <si>
     <t>TOP LEADER SDN.BHD.</t>
   </si>
   <si>
     <t>LOT P02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>942</t>
+    <t>1199</t>
   </si>
   <si>
     <t>1, JALAN P14 C1/5, PRESINT 14</t>
   </si>
   <si>
-    <t>943</t>
+    <t>1200</t>
   </si>
   <si>
     <t>JAMOL LEGACY</t>
   </si>
   <si>
-    <t>944</t>
-[...11 lines deleted...]
-    <t>946</t>
+    <t>1201</t>
   </si>
   <si>
     <t>NO. 8 (GF-7), JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>947</t>
-[...8 lines deleted...]
-    <t>948</t>
+    <t>1202</t>
   </si>
   <si>
     <t>TASKA EUPHORIA</t>
   </si>
   <si>
     <t>NO.41A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>949</t>
-[...17 lines deleted...]
-    <t>952</t>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>NO. 11,JALAN SELUANG P8/7,174,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>OSIM (M) SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT LG65, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>WTC AUTOMOTIF (M) SDN-BHD</t>
+  </si>
+  <si>
+    <t>78G &amp; 80G, JALAN PERAK P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>RESTORAN NASI KANDAR AL AZWAN SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO. 30G, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>LARRIE TRADING SDN. BHD.</t>
+  </si>
+  <si>
+    <t>LOT LG-41,ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>LOT LG-19, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>MIN COFFEE</t>
+  </si>
+  <si>
+    <t>LG-06, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>RESTORAN NANDO'S</t>
+  </si>
+  <si>
+    <t>LOT P07, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>FAR EAST INTERPACIFIC SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. 20, JALAN PERAK P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>EP SECURITY SDN BHD</t>
+  </si>
+  <si>
+    <t>Z1-08-01, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>FF MINI MART</t>
+  </si>
+  <si>
+    <t>L02-07, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>9 ELEVEN MANAGEMENT SDN.BHD</t>
+  </si>
+  <si>
+    <t>KEDAI RUNCIT, BLOK A, JALAN P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>IIB INSURANCE BROKERS SDN BHD</t>
+  </si>
+  <si>
+    <t>L01-16, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>NO. 14, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>ZIFANO LEGACY</t>
+  </si>
+  <si>
+    <t>L01-61, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>IDAMAN HAKIM ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO. 1A, JALAN DIPLOMATIK 2, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>JAWAGHIH SDN BHD</t>
+  </si>
+  <si>
+    <t>NO.36A, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>SHAFTSBURY PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>LG-3A1, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>NZ VENTURES ENTERPRISE</t>
+  </si>
+  <si>
+    <t>55A, ROOM 4, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>RAMPAI NIAGA SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT LG-57, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>NOREKMAL ENTERPRISE</t>
+  </si>
+  <si>
+    <t>RUANG KAFETERIA, BLOK E14, KEMENTERIAN PENDIDIKAN MALAYSIA, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1224</t>
+  </si>
+  <si>
+    <t>AVIS VISION CARE OPTOMETRIST SDN. BHD.</t>
+  </si>
+  <si>
+    <t>L01-19, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>AMIR CATERER</t>
+  </si>
+  <si>
+    <t>KAFETERIA E12, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>NO. 10-10C 12B, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>SB BOUTIQUE SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT LG63, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>NO. 51A, 51B, 51C, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>TERAPI MEMBACA &amp; MENGIRA CIKGU EZI</t>
+  </si>
+  <si>
+    <t>NO. 82A, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>DAPOQ CHEF BAHA</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH, SEKOLAH MENENGAH KEBANGSAAN PUTRAJAYA P14(1), JALAN P14, PRESINT 14</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>UNCLEBOB</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>TAZMIDI</t>
+  </si>
+  <si>
+    <t>L02-03A, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>AMBANK (M) BHD</t>
+  </si>
+  <si>
+    <t>UNIT NO.UG-26, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>DEMI COFFEE</t>
+  </si>
+  <si>
+    <t>NO. 67GA, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>ZUL</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH, JALAN P18, PRESINT 18</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>FAZRULSTAR ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO. 63, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>KEDAI NO. 1, PPAM SADERI, JALAN P16, PRESINT 16</t>
+  </si>
+  <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>DELICIOUS BARBEQUE SDN. BHD.</t>
+  </si>
+  <si>
+    <t>LOT P03, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>NO.5, JALAN P14, PRESINT 14</t>
+  </si>
+  <si>
+    <t>1241</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>LOT G-011, (FOOD COURT) SELERA PUTRA, SOUQ PUTRAJAYA,, DATARAN PUTRA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>RESTORAN DAN KATERING SERI WANGI</t>
+  </si>
+  <si>
+    <t>NO 2, JALAN DIPLOMATIK 3, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>CELCOM RETAIL SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT G36, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>OGX NETWORKS SDN BHD</t>
+  </si>
+  <si>
+    <t>NO.26, 26A &amp; 26B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>TEALIVE SHAFTSBURY PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>LOT NO. G-12A-01, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>LOT NO. 68, 68A, 68B &amp; 68C, JALAN PERAK P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>MERANTI G FORCE SDN BHD</t>
+  </si>
+  <si>
+    <t>NO.6B, PUSAT PERDAGANGAN GREENPARK, JALAN P15H, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>GLOBETROTTER LEISURE SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO.2 (R2), JALAN PAHANG, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>LG 24, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>SIM LEISURE ESCAPE SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT ECP, LOT SC-01-03 &amp; SC-01-04, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>NO.82 &amp; 84, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>NO. 56, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>UMAR REKA NIAGA</t>
+  </si>
+  <si>
+    <t>NO. 24B (R6), JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>BUTIK GENG BAJU SEKOLAH</t>
+  </si>
+  <si>
+    <t>RUANG KEDAI KELENGKAPAN SEKOLAH, JALAN P17 A, PRESINT 17</t>
+  </si>
+  <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>TRAVELLER MART</t>
+  </si>
+  <si>
+    <t>M-01, DATARAN PUTRA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>DRK INTERNATIONAL TRAVELS &amp; TOURS SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO. 55B (R7), JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>KABIR EXCHANGE SDN BHD</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>RUANG TASKA, ARAS 1 BLOK F2, KOMPLEKS F, LEBUH PERDANA TIMUR, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>LOT OS17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>RAMS BARBER CORNER</t>
+  </si>
+  <si>
+    <t>NO 12, JALAN DIPLOMATIK 3, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1261</t>
+  </si>
+  <si>
+    <t>LOT NO.3, KOMPLEKS F7, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>CAPTAIN A FROZEN</t>
+  </si>
+  <si>
+    <t>1263</t>
+  </si>
+  <si>
+    <t>ARAH PREMIUM SDN. BHD</t>
+  </si>
+  <si>
+    <t>NO.60B, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>MZ RYAN ENTERPRISE</t>
+  </si>
+  <si>
+    <t>G03, MEDAN SELERA PRESINT 16, JALAN P16</t>
+  </si>
+  <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>IGS PROTECH SDN BHD</t>
+  </si>
+  <si>
+    <t>no 8A,JALAN DIPLOMATIK 2,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>ZM STAR</t>
+  </si>
+  <si>
+    <t>KEDAI NO 2, PPAM SADERI, JALAN P16, PRESINT 16</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>NO A1-2-1, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>NO.64B, NADI@15, JALAN PERAK P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>LOT G41, ALAMANDA SHOPPING CENTRE</t>
+  </si>
+  <si>
+    <t>LOT G41, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>GOODWILL DOMAIN</t>
+  </si>
+  <si>
+    <t>NO 14-B,JALAN INDUSTRI PUTRA 1,PRESINT 14,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>KEDAI NO. 1, BLOK B, PPAM SERULING, JALAN P5 A/5, PRESINT 5</t>
+  </si>
+  <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>BANGKOK PINTHO CAFE</t>
+  </si>
+  <si>
+    <t>UNIT 4, MENARA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>PERMATA MART</t>
+  </si>
+  <si>
+    <t>NO.1, PANGSAPURI PPAM PALMA, JALAN P11E, PRESINT 11</t>
+  </si>
+  <si>
+    <t>1274</t>
+  </si>
+  <si>
+    <t>NO. 2, BANGUNAN SURUHANJAYA PILIHAN RAYA, JALAN P2T</t>
+  </si>
+  <si>
+    <t>1275</t>
+  </si>
+  <si>
+    <t>WAN VACATION SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. 87A, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>1276</t>
+  </si>
+  <si>
+    <t>1277</t>
+  </si>
+  <si>
+    <t>RESTORAN NASI KANDAR AL MAJU</t>
+  </si>
+  <si>
+    <t>BLOK C-T.00-U.05, No.1 JALAN P8C/2, PUTRAJAYA 62250 PRESINT 8</t>
+  </si>
+  <si>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>PUSAT PUNGUTAN ZAKAT</t>
+  </si>
+  <si>
+    <t>NO. A1-1-A3, AYER@8, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>NO. 10, JALAN P9 B/1A, PRESINT 9</t>
+  </si>
+  <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>CO-OPBANK PERTAMA</t>
+  </si>
+  <si>
+    <t>NO 25 &amp; 25A, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>VALORAZ SDN.BHD.</t>
+  </si>
+  <si>
+    <t>NO.A2-2-3A AYER@8,PRESINT 8 62250 PRESINT 8</t>
+  </si>
+  <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>HAZUKI BROS ENTERPRISE</t>
+  </si>
+  <si>
+    <t>KABIN DI HADAPAN PUSAT KITAR SEMULA, PRESINT 9 62250 PRESINT 9</t>
+  </si>
+  <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>YUHANIZ</t>
+  </si>
+  <si>
+    <t>LEVEL 11, 12, 13 BLOK A, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>HERIOT-WATT UNIVERSITY MALAYSIA SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. 1, HERIOT-WATT UNIVERSITY, NO.1 JLN VENNA P5/2, PRESINT 5</t>
+  </si>
+  <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>SERASI INTEGRATED SOLUTIONS SDN. BHD.</t>
+  </si>
+  <si>
+    <t>C-T.02-U.08, JALAN P8 C/1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>ZAFCO TRAVEL &amp; TOURS SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT 21, UNIT b-g-r16, 2C5,JALAN TUN ABDUL RAZAK,86,PRESINT 2,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>1287</t>
+  </si>
+  <si>
+    <t>ACUAN UNGGUL SDN. BHD.</t>
+  </si>
+  <si>
+    <t>BLOK A-T02-U04, PUSAT PERNIAGAAN PRESINT 8, JALAN P8C/1 62250 PRESINT 8</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>PUSAT RAWATAN DIALISIS HIDAYAH SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT 01, KOMPLEKS KEJIRANAN P9, PRESINT 9, PUTRAJAYA 62250 PRESINT 9</t>
+  </si>
+  <si>
+    <t>1289</t>
   </si>
   <si>
     <t>MUMIN MINI MARKET</t>
   </si>
   <si>
-    <t>KEDAI RUNCIT, BLOK D ZONE 4A, JALAN P11 J, PRESINT 11</t>
-[...2624 lines deleted...]
-    <t>NO. 24B (R6), JALAN DIPLOMATIK, PRESINT 15</t>
+    <t>KEDAI RUNCIT, BLOK B,JALAN P18,279,PRESINT 18,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>OMNI MEDIAWORKS SDN. BHD.</t>
+    <t>LAUNDRYMALL</t>
+  </si>
+  <si>
+    <t>NO. 3 &amp; 5,JALAN DIPLOMATIK 2,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>BIENA KLASIK ENTERPRISE</t>
-[...2 lines deleted...]
-    <t>LOT R5,PERSIARAN PERDANA,78,PRESINT 3,62675,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+    <t>GLAMPING WETLAND PUTRAJAYA, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>UNIT 14(1), PERSIARAN PERDANA, PRESINT 4</t>
+    <t>MUHAMMAD FARHAN BIN IBRAHIM</t>
+  </si>
+  <si>
+    <t>NO. G05, MEDAN SELERA PRESINT 16, JALAN P16</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>NO. 55, KEMENTERIAN PEMBANGUNAN WANITA, KELUARGA DAN MASYARAKAT, PERSIARAN PERDANA, PRESINT 4</t>
+    <t>LLAOLLAO</t>
+  </si>
+  <si>
+    <t>OS04,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
+    <t>BSP BERSATU SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO. 20, JALAN PAHANG P15, PRESINT 15</t>
+  </si>
+  <si>
     <t>1295</t>
   </si>
   <si>
+    <t>LOT MK 03, DATARAN MASJID PUTRA, JALAN MASJID PUTRA, PRESINT 1</t>
+  </si>
+  <si>
     <t>1296</t>
   </si>
   <si>
+    <t>DAPUR NENEK</t>
+  </si>
+  <si>
+    <t>JALAN P16</t>
+  </si>
+  <si>
     <t>1297</t>
   </si>
   <si>
+    <t>NO.49A, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
     <t>1298</t>
   </si>
   <si>
-    <t>MOHAMAD SYAFIK AU BIN ABDULLAH</t>
-[...4 lines deleted...]
-  <si>
     <t>1299</t>
   </si>
   <si>
-    <t>KLINIK PERUBATAN LITA ALIS</t>
-[...2 lines deleted...]
-    <t>NO 6A, JALAN P9 G/7, PRESINT 9</t>
+    <t>NO.1-G,2-G &amp; 3-G JALAN P16/1 62150 PRESINT 16</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>DHAROS RASA</t>
-[...2 lines deleted...]
-    <t>LOT NO GI01, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
+    <t>NO. 5G JLN P16/1 62150 PRESINT 16</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>PUSAT DIDIKAN DAN ASUHAN SI COMEL</t>
-[...2 lines deleted...]
-    <t>LOT TASKA, NO. 28, LOT 4G1, PERSIARAN PERDANA, PRESINT 4</t>
+    <t>PAPAJAI KAFE</t>
+  </si>
+  <si>
+    <t>LOT 1, KAFETERIA BLOK F8, KOMPLEKS F, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>EXECUTIVE TAILORING</t>
-[...2 lines deleted...]
-    <t>LOT R3, PERSIARAN PERDANA, PRESINT 3</t>
+    <t>WISMA RF</t>
+  </si>
+  <si>
+    <t>NO. 13B, PUSAT KOMERSIAL, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>BUTIK GENG BAJU SEKOLAH</t>
-[...2 lines deleted...]
-    <t>RUANG KEDAI KELENGKAPAN SEKOLAH, JALAN P17 A, PRESINT 17</t>
+    <t>AA PHARMACY PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>JALAN DIPLOMATIK</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>LOT K2041-2, PUTRAJAYA SENTRAL MRT STATION, JALAN P7A, PRESINT 7, JALAN P7 A, PRESINT 7</t>
+    <t>NO. 29, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>SPATIALWORKS SDN BHD</t>
-[...2 lines deleted...]
-    <t>T.02-U07, JALAN P8D, PRESINT 8</t>
+    <t>LOT PT 2495, PETRONAS PRESINT 16, JALAN P16, PRESINT 16</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>PAN SEJATI DEVELOPMENT (M) SDN BHD</t>
-[...2 lines deleted...]
-    <t>SPACE 1, ARAS 3 PARK &amp; RIDE, JALAN SENTRAL P7, PRESINT 7</t>
+    <t>LOT K15, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>KLINIK HAIWAN DAN SURGERI KITTY'S CARE</t>
-[...2 lines deleted...]
-    <t>NO. 18, JALAN P8G1, PRESINT 8</t>
+    <t>ARAS BAWAH PASAR AWAM PRESINT 16 PUTRAJAYA, JALAN P16 G, PRESINT 16</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
+    <t>NO 3, 3B, 5 &amp; 5B,JALAN DIPLOMATIK 2/2,188,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
     <t>1309</t>
   </si>
   <si>
-    <t>YUMAIRASA KAFE</t>
-[...1495 lines deleted...]
-  <si>
     <t>LVMZ DEMIURGIC SDN. BHD</t>
   </si>
   <si>
     <t>LOT NO. G23-G24, TKT BAWAH PUSAT MEMBELI BELAH ALAMANDA PUTRAJAYA 62000 PRESINT 1</t>
-  </si>
-[...58 lines deleted...]
-    <t>NO 26, JALAN P8G1 62100 PRESINT 8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -12764,54 +11426,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J1523"/>
+  <dimension ref="A1:J1312"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C1523" sqref="C1523"/>
+      <selection activeCell="C1312" sqref="C1312"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.10" bestFit="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
@@ -12836,16739 +11498,14420 @@
         <v>4</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="3" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="3" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="3" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="3" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="3" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="3" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="3" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>107</v>
+        <v>53</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>108</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="3" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="3" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="3" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="3" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="3" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>176</v>
+        <v>133</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="3" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="3" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="3" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="3" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="3" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="3" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="3" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="3" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="3" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="3" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="3" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="3" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="3" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="3" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="3" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="3" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="3" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="3" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="3" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="3" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="3" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="3" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="3" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="3" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="3" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="3" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="3" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="3" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="3" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="3" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="3" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="3" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="3" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="B100" s="4" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="3" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="3" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="B102" s="4" t="s">
-        <v>278</v>
+        <v>293</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="3" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>287</v>
+        <v>296</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="3" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="B104" s="4" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="3" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="3" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="B106" s="4" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="3" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="3" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="B108" s="4" t="s">
-        <v>301</v>
+        <v>311</v>
       </c>
       <c r="C108" s="4" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="3" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="3" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="B110" s="4" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="C110" s="4" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="3" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>310</v>
+        <v>53</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="3" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="B112" s="4" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="C112" s="4" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="3" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="3" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="B114" s="4" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="C114" s="4" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="3" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="B115" s="4" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="3" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="B116" s="4" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
       <c r="C116" s="4" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="3" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="B117" s="4" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="3" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="B118" s="4" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C118" s="4" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="3" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="3" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="B120" s="4" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="C120" s="4" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="3" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="3" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="B122" s="4" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="C122" s="4" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="3" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="3" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="B124" s="4" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="C124" s="4" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="3" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="3" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="B126" s="4" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="C126" s="4" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="3" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="3" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="B128" s="4" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="C128" s="4" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="3" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="3" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="B130" s="4" t="s">
-        <v>287</v>
+        <v>376</v>
       </c>
       <c r="C130" s="4" t="s">
-        <v>367</v>
+        <v>377</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="3" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="B131" s="4" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="3" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="B132" s="4" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="C132" s="4" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="3" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="B133" s="4" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="3" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="B134" s="4" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="C134" s="4" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="3" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="B135" s="4" t="s">
-        <v>287</v>
+        <v>391</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>381</v>
+        <v>392</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="3" t="s">
-        <v>382</v>
+        <v>393</v>
       </c>
       <c r="B136" s="4" t="s">
-        <v>383</v>
+        <v>394</v>
       </c>
       <c r="C136" s="4" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="3" t="s">
-        <v>385</v>
+        <v>396</v>
       </c>
       <c r="B137" s="4" t="s">
-        <v>386</v>
+        <v>41</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="3" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="B138" s="4" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="C138" s="4" t="s">
-        <v>72</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="3" t="s">
-        <v>390</v>
+        <v>401</v>
       </c>
       <c r="B139" s="4" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>392</v>
+        <v>403</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="3" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="B140" s="4" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="C140" s="4" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="3" t="s">
-        <v>396</v>
+        <v>407</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>397</v>
+        <v>408</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>398</v>
+        <v>409</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="3" t="s">
-        <v>399</v>
+        <v>410</v>
       </c>
       <c r="B142" s="4" t="s">
-        <v>400</v>
+        <v>411</v>
       </c>
       <c r="C142" s="4" t="s">
-        <v>401</v>
+        <v>412</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="3" t="s">
-        <v>402</v>
+        <v>413</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>403</v>
+        <v>414</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="3" t="s">
-        <v>405</v>
+        <v>416</v>
       </c>
       <c r="B144" s="4" t="s">
-        <v>403</v>
+        <v>417</v>
       </c>
       <c r="C144" s="4" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="3" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="3" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="B146" s="4" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
       <c r="C146" s="4" t="s">
-        <v>412</v>
+        <v>424</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="3" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="B147" s="4" t="s">
-        <v>414</v>
+        <v>426</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="3" t="s">
-        <v>416</v>
+        <v>428</v>
       </c>
       <c r="B148" s="4" t="s">
-        <v>417</v>
+        <v>429</v>
       </c>
       <c r="C148" s="4" t="s">
-        <v>418</v>
+        <v>430</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="3" t="s">
-        <v>419</v>
+        <v>431</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>420</v>
+        <v>432</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>421</v>
+        <v>433</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="3" t="s">
-        <v>422</v>
+        <v>434</v>
       </c>
       <c r="B150" s="4" t="s">
-        <v>423</v>
+        <v>435</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="3" t="s">
-        <v>425</v>
+        <v>437</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>426</v>
+        <v>438</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>427</v>
+        <v>439</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="3" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="B152" s="4" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="C152" s="4" t="s">
-        <v>430</v>
+        <v>442</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="3" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="3" t="s">
-        <v>434</v>
+        <v>446</v>
       </c>
       <c r="B154" s="4" t="s">
-        <v>435</v>
+        <v>447</v>
       </c>
       <c r="C154" s="4" t="s">
-        <v>436</v>
+        <v>448</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="3" t="s">
-        <v>437</v>
+        <v>449</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>438</v>
+        <v>450</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="3" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="B156" s="4" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="C156" s="4" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="3" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>444</v>
+        <v>456</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>445</v>
+        <v>457</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="3" t="s">
-        <v>446</v>
+        <v>458</v>
       </c>
       <c r="B158" s="4" t="s">
-        <v>447</v>
+        <v>459</v>
       </c>
       <c r="C158" s="4" t="s">
-        <v>448</v>
+        <v>460</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="3" t="s">
-        <v>449</v>
+        <v>461</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>451</v>
+        <v>463</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="3" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
       <c r="B160" s="4" t="s">
-        <v>453</v>
+        <v>465</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>454</v>
+        <v>466</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="3" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>456</v>
+        <v>468</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="3" t="s">
-        <v>458</v>
+        <v>470</v>
       </c>
       <c r="B162" s="4" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="3" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>459</v>
+        <v>474</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>462</v>
+        <v>475</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="3" t="s">
-        <v>463</v>
+        <v>476</v>
       </c>
       <c r="B164" s="4" t="s">
-        <v>459</v>
+        <v>477</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>464</v>
+        <v>478</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="3" t="s">
-        <v>465</v>
+        <v>479</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>466</v>
+        <v>480</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>467</v>
+        <v>481</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="3" t="s">
-        <v>468</v>
+        <v>482</v>
       </c>
       <c r="B166" s="4" t="s">
-        <v>469</v>
+        <v>483</v>
       </c>
       <c r="C166" s="4" t="s">
-        <v>470</v>
+        <v>484</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="3" t="s">
-        <v>471</v>
+        <v>485</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>472</v>
+        <v>486</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>473</v>
+        <v>487</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="3" t="s">
-        <v>474</v>
+        <v>488</v>
       </c>
       <c r="B168" s="4" t="s">
-        <v>475</v>
+        <v>489</v>
       </c>
       <c r="C168" s="4" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="3" t="s">
-        <v>477</v>
+        <v>491</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>479</v>
+        <v>493</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="3" t="s">
-        <v>480</v>
+        <v>494</v>
       </c>
       <c r="B170" s="4" t="s">
-        <v>481</v>
+        <v>495</v>
       </c>
       <c r="C170" s="4" t="s">
-        <v>482</v>
+        <v>496</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="3" t="s">
-        <v>483</v>
+        <v>497</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>484</v>
+        <v>498</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="3" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
       <c r="B172" s="4" t="s">
-        <v>487</v>
+        <v>501</v>
       </c>
       <c r="C172" s="4" t="s">
-        <v>488</v>
+        <v>502</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="3" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="3" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
       <c r="B174" s="4" t="s">
-        <v>493</v>
+        <v>507</v>
       </c>
       <c r="C174" s="4" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="3" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="3" t="s">
-        <v>498</v>
+        <v>512</v>
       </c>
       <c r="B176" s="4" t="s">
-        <v>499</v>
+        <v>513</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>500</v>
+        <v>514</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="3" t="s">
-        <v>501</v>
+        <v>515</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>502</v>
+        <v>516</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>503</v>
+        <v>517</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="3" t="s">
-        <v>504</v>
+        <v>518</v>
       </c>
       <c r="B178" s="4" t="s">
-        <v>505</v>
+        <v>519</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>506</v>
+        <v>520</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="3" t="s">
-        <v>507</v>
+        <v>521</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="3" t="s">
-        <v>510</v>
+        <v>524</v>
       </c>
       <c r="B180" s="4" t="s">
-        <v>511</v>
+        <v>525</v>
       </c>
       <c r="C180" s="4" t="s">
-        <v>512</v>
+        <v>526</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="3" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B181" s="4" t="s">
-        <v>514</v>
+        <v>525</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>515</v>
+        <v>528</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="3" t="s">
-        <v>516</v>
+        <v>529</v>
       </c>
       <c r="B182" s="4" t="s">
-        <v>514</v>
+        <v>530</v>
       </c>
       <c r="C182" s="4" t="s">
-        <v>517</v>
+        <v>531</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="3" t="s">
-        <v>518</v>
+        <v>532</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>514</v>
+        <v>525</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>519</v>
+        <v>533</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="3" t="s">
-        <v>520</v>
+        <v>534</v>
       </c>
       <c r="B184" s="4" t="s">
-        <v>514</v>
+        <v>525</v>
       </c>
       <c r="C184" s="4" t="s">
-        <v>521</v>
+        <v>535</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="3" t="s">
-        <v>522</v>
+        <v>536</v>
       </c>
       <c r="B185" s="4" t="s">
-        <v>514</v>
+        <v>525</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="3" t="s">
-        <v>524</v>
+        <v>537</v>
       </c>
       <c r="B186" s="4" t="s">
-        <v>514</v>
+        <v>538</v>
       </c>
       <c r="C186" s="4" t="s">
-        <v>525</v>
+        <v>539</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="3" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="3" t="s">
-        <v>529</v>
+        <v>543</v>
       </c>
       <c r="B188" s="4" t="s">
-        <v>527</v>
+        <v>544</v>
       </c>
       <c r="C188" s="4" t="s">
-        <v>528</v>
+        <v>545</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="3" t="s">
-        <v>530</v>
+        <v>546</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>531</v>
+        <v>547</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>532</v>
+        <v>548</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="3" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="B190" s="4" t="s">
-        <v>534</v>
+        <v>391</v>
       </c>
       <c r="C190" s="4" t="s">
-        <v>535</v>
+        <v>550</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="3" t="s">
-        <v>536</v>
+        <v>551</v>
       </c>
       <c r="B191" s="4" t="s">
-        <v>537</v>
+        <v>552</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>538</v>
+        <v>553</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="3" t="s">
-        <v>539</v>
+        <v>554</v>
       </c>
       <c r="B192" s="4" t="s">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="C192" s="4" t="s">
-        <v>541</v>
+        <v>556</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="3" t="s">
-        <v>542</v>
+        <v>557</v>
       </c>
       <c r="B193" s="4" t="s">
-        <v>543</v>
+        <v>558</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>544</v>
+        <v>559</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="3" t="s">
-        <v>545</v>
+        <v>560</v>
       </c>
       <c r="B194" s="4" t="s">
-        <v>531</v>
+        <v>308</v>
       </c>
       <c r="C194" s="4" t="s">
-        <v>546</v>
+        <v>561</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="3" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="B195" s="4" t="s">
-        <v>548</v>
+        <v>308</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>549</v>
+        <v>563</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="3" t="s">
-        <v>550</v>
+        <v>564</v>
       </c>
       <c r="B196" s="4" t="s">
-        <v>551</v>
+        <v>565</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>552</v>
+        <v>566</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="3" t="s">
-        <v>553</v>
+        <v>567</v>
       </c>
       <c r="B197" s="4" t="s">
-        <v>554</v>
+        <v>568</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>552</v>
+        <v>569</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="3" t="s">
-        <v>555</v>
+        <v>570</v>
       </c>
       <c r="B198" s="4" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="3" t="s">
-        <v>558</v>
+        <v>573</v>
       </c>
       <c r="B199" s="4" t="s">
-        <v>559</v>
+        <v>574</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>560</v>
+        <v>575</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="3" t="s">
-        <v>561</v>
+        <v>576</v>
       </c>
       <c r="B200" s="4" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>563</v>
+        <v>577</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="3" t="s">
-        <v>564</v>
+        <v>578</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>566</v>
+        <v>579</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="3" t="s">
-        <v>567</v>
+        <v>580</v>
       </c>
       <c r="B202" s="4" t="s">
-        <v>568</v>
+        <v>581</v>
       </c>
       <c r="C202" s="4" t="s">
-        <v>569</v>
+        <v>582</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="3" t="s">
-        <v>570</v>
+        <v>583</v>
       </c>
       <c r="B203" s="4" t="s">
-        <v>571</v>
+        <v>308</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="3" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
       <c r="B204" s="4" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="3" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>577</v>
+        <v>589</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="3" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="B206" s="4" t="s">
-        <v>577</v>
+        <v>592</v>
       </c>
       <c r="C206" s="4" t="s">
-        <v>580</v>
+        <v>593</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="3" t="s">
-        <v>581</v>
+        <v>594</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>582</v>
+        <v>595</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="3" t="s">
-        <v>584</v>
+        <v>597</v>
       </c>
       <c r="B208" s="4" t="s">
-        <v>585</v>
+        <v>598</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>586</v>
+        <v>599</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="3" t="s">
-        <v>587</v>
+        <v>600</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>588</v>
+        <v>414</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="3" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B210" s="4" t="s">
-        <v>591</v>
+        <v>414</v>
       </c>
       <c r="C210" s="4" t="s">
-        <v>592</v>
+        <v>603</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="3" t="s">
-        <v>593</v>
+        <v>604</v>
       </c>
       <c r="B211" s="4" t="s">
-        <v>594</v>
+        <v>605</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>595</v>
+        <v>606</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="3" t="s">
-        <v>596</v>
+        <v>607</v>
       </c>
       <c r="B212" s="4" t="s">
-        <v>597</v>
+        <v>608</v>
       </c>
       <c r="C212" s="4" t="s">
-        <v>598</v>
+        <v>609</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="3" t="s">
-        <v>599</v>
+        <v>610</v>
       </c>
       <c r="B213" s="4" t="s">
-        <v>600</v>
+        <v>611</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>601</v>
+        <v>612</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="3" t="s">
-        <v>602</v>
+        <v>613</v>
       </c>
       <c r="B214" s="4" t="s">
-        <v>603</v>
+        <v>614</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="3" t="s">
-        <v>605</v>
+        <v>616</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>607</v>
+        <v>618</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="3" t="s">
-        <v>608</v>
+        <v>619</v>
       </c>
       <c r="B216" s="4" t="s">
-        <v>609</v>
+        <v>620</v>
       </c>
       <c r="C216" s="4" t="s">
-        <v>610</v>
+        <v>621</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="3" t="s">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>612</v>
+        <v>623</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>613</v>
+        <v>624</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="3" t="s">
-        <v>614</v>
+        <v>625</v>
       </c>
       <c r="B218" s="4" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="3" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="3" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="B220" s="4" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="3" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="3" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
       <c r="B222" s="4" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="3" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="3" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="B224" s="4" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="C224" s="4" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="3" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>264</v>
+        <v>646</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="3" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="B226" s="4" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="3" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="3" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="B228" s="4" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="C228" s="4" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="3" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="3" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="B230" s="4" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="C230" s="4" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="3" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="3" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="B232" s="4" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="C232" s="4" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="3" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="3" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="B234" s="4" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="C234" s="4" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="3" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>666</v>
+        <v>676</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="3" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
       <c r="B236" s="4" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="C236" s="4" t="s">
-        <v>669</v>
+        <v>678</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="3" t="s">
-        <v>670</v>
+        <v>679</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="3" t="s">
-        <v>673</v>
+        <v>682</v>
       </c>
       <c r="B238" s="4" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
       <c r="C238" s="4" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="3" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="3" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
       <c r="C240" s="4" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="3" t="s">
-        <v>682</v>
+        <v>691</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>683</v>
+        <v>133</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="3" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="B242" s="4" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="C242" s="4" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="3" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="3" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="B244" s="4" t="s">
-        <v>692</v>
+        <v>538</v>
       </c>
       <c r="C244" s="4" t="s">
-        <v>693</v>
+        <v>397</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" s="3" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="3" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="B246" s="4" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="C246" s="4" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="3" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="3" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="B248" s="4" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="C248" s="4" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" s="3" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="3" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="B250" s="4" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="C250" s="4" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="3" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="3" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="B252" s="4" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="C252" s="4" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" s="3" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" s="3" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="B254" s="4" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C254" s="4" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="3" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="3" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="B256" s="4" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="C256" s="4" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="3" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="3" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="B258" s="4" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="C258" s="4" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="3" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="3" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="B260" s="4" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="C260" s="4" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="3" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="3" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="B262" s="4" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="C262" s="4" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="3" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="3" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="B264" s="4" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="C264" s="4" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="3" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="3" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="B266" s="4" t="s">
-        <v>475</v>
+        <v>762</v>
       </c>
       <c r="C266" s="4" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="3" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="3" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="B268" s="4" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="C268" s="4" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="3" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="3" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="B270" s="4" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="C270" s="4" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="3" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="3" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="B272" s="4" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="C272" s="4" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="3" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="3" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="B274" s="4" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="C274" s="4" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="3" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="B276" s="4" t="s">
         <v>786</v>
       </c>
-      <c r="B276" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" s="4" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="3" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>744</v>
+        <v>793</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" s="3" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="B278" s="4" t="s">
-        <v>791</v>
+        <v>648</v>
       </c>
       <c r="C278" s="4" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="3" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="3" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="B280" s="4" t="s">
-        <v>797</v>
+        <v>648</v>
       </c>
       <c r="C280" s="4" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="3" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" s="3" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="B282" s="4" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C282" s="4" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" s="3" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" s="3" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="B284" s="4" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="C284" s="4" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="3" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="C286" s="4" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="3" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="3" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="B288" s="4" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="C288" s="4" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="3" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="3" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="B290" s="4" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C290" s="4" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" s="3" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="B292" s="4" t="s">
         <v>832</v>
       </c>
-      <c r="B292" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C292" s="4" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="3" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="3" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B294" s="4" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C294" s="4" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="3" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" s="3" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B296" s="4" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" s="3" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" s="3" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B298" s="4" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C298" s="4" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="3" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="3" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B300" s="4" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C300" s="4" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="3" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" s="3" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B302" s="4" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C302" s="4" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" s="3" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="3" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B304" s="4" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C304" s="4" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="3" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" s="3" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B306" s="4" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C306" s="4" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="3" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" s="3" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="B308" s="4" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C308" s="4" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" s="3" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" s="3" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B310" s="4" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C310" s="4" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" s="3" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>890</v>
+        <v>595</v>
       </c>
       <c r="C311" s="4" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="3" t="s">
         <v>892</v>
       </c>
       <c r="B312" s="4" t="s">
         <v>893</v>
       </c>
       <c r="C312" s="4" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="3" t="s">
         <v>895</v>
       </c>
       <c r="B313" s="4" t="s">
+        <v>893</v>
+      </c>
+      <c r="C313" s="4" t="s">
         <v>896</v>
-      </c>
-[...1 lines deleted...]
-        <v>897</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="B314" s="4" t="s">
         <v>898</v>
       </c>
-      <c r="B314" s="4" t="s">
+      <c r="C314" s="4" t="s">
         <v>899</v>
-      </c>
-[...1 lines deleted...]
-        <v>900</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="B315" s="4" t="s">
         <v>901</v>
       </c>
-      <c r="B315" s="4" t="s">
+      <c r="C315" s="4" t="s">
         <v>902</v>
-      </c>
-[...1 lines deleted...]
-        <v>903</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="B316" s="4" t="s">
+        <v>709</v>
+      </c>
+      <c r="C316" s="4" t="s">
         <v>904</v>
-      </c>
-[...4 lines deleted...]
-        <v>906</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="B317" s="4" t="s">
+        <v>906</v>
+      </c>
+      <c r="C317" s="4" t="s">
         <v>907</v>
-      </c>
-[...4 lines deleted...]
-        <v>909</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="B318" s="4" t="s">
+        <v>909</v>
+      </c>
+      <c r="C318" s="4" t="s">
         <v>910</v>
-      </c>
-[...4 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="B319" s="4" t="s">
+        <v>912</v>
+      </c>
+      <c r="C319" s="4" t="s">
         <v>913</v>
-      </c>
-[...4 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="B320" s="4" t="s">
+        <v>915</v>
+      </c>
+      <c r="C320" s="4" t="s">
         <v>916</v>
-      </c>
-[...4 lines deleted...]
-        <v>918</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" s="3" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="B321" s="4" t="s">
-        <v>920</v>
+        <v>849</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" s="3" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="B322" s="4" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="C322" s="4" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" s="3" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" s="3" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="B324" s="4" t="s">
-        <v>508</v>
+        <v>926</v>
       </c>
       <c r="C324" s="4" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="B325" s="4" t="s">
+        <v>929</v>
+      </c>
+      <c r="C325" s="4" t="s">
         <v>930</v>
-      </c>
-[...4 lines deleted...]
-        <v>932</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" s="3" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="B326" s="4" t="s">
-        <v>934</v>
+        <v>929</v>
       </c>
       <c r="C326" s="4" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" s="3" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="B327" s="4" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" s="3" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="B328" s="4" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="C328" s="4" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" s="3" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="B329" s="4" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" s="3" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="B330" s="4" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="C330" s="4" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" s="3" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="B331" s="4" t="s">
-        <v>827</v>
+        <v>946</v>
       </c>
       <c r="C331" s="4" t="s">
-        <v>949</v>
+        <v>927</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" s="3" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="B332" s="4" t="s">
-        <v>951</v>
+        <v>474</v>
       </c>
       <c r="C332" s="4" t="s">
-        <v>952</v>
+        <v>460</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" s="3" t="s">
-        <v>953</v>
+        <v>948</v>
       </c>
       <c r="B333" s="4" t="s">
-        <v>161</v>
+        <v>949</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" s="3" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
       <c r="B334" s="4" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
       <c r="C334" s="4" t="s">
-        <v>957</v>
+        <v>953</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" s="3" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
       <c r="B335" s="4" t="s">
-        <v>959</v>
+        <v>952</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="3" t="s">
-        <v>961</v>
+        <v>956</v>
       </c>
       <c r="B336" s="4" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="C336" s="4" t="s">
-        <v>963</v>
+        <v>958</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="3" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="B337" s="4" t="s">
-        <v>965</v>
+        <v>960</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="3" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="B338" s="4" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="C338" s="4" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="3" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
       <c r="B339" s="4" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="3" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="B340" s="4" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="C340" s="4" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="3" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="B341" s="4" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="C341" s="4" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="3" t="s">
-        <v>979</v>
+        <v>974</v>
       </c>
       <c r="B342" s="4" t="s">
-        <v>890</v>
+        <v>975</v>
       </c>
       <c r="C342" s="4" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="3" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="B343" s="4" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" s="3" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="B344" s="4" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="C344" s="4" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="3" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="B345" s="4" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="3" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="B346" s="4" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="C346" s="4" t="s">
-        <v>992</v>
+        <v>988</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="3" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="B347" s="4" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>995</v>
+        <v>991</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" s="3" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
       <c r="B348" s="4" t="s">
-        <v>997</v>
+        <v>993</v>
       </c>
       <c r="C348" s="4" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="3" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="B349" s="4" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="3" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="B350" s="4" t="s">
-        <v>1003</v>
+        <v>996</v>
       </c>
       <c r="C350" s="4" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" s="3" t="s">
-        <v>1005</v>
+        <v>1000</v>
       </c>
       <c r="B351" s="4" t="s">
-        <v>1006</v>
+        <v>996</v>
       </c>
       <c r="C351" s="4" t="s">
-        <v>1007</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" s="3" t="s">
-        <v>1008</v>
+        <v>1002</v>
       </c>
       <c r="B352" s="4" t="s">
-        <v>1009</v>
+        <v>996</v>
       </c>
       <c r="C352" s="4" t="s">
-        <v>1010</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" s="3" t="s">
-        <v>1011</v>
+        <v>1004</v>
       </c>
       <c r="B353" s="4" t="s">
-        <v>1012</v>
+        <v>1005</v>
       </c>
       <c r="C353" s="4" t="s">
-        <v>1013</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="3" t="s">
-        <v>1014</v>
+        <v>1007</v>
       </c>
       <c r="B354" s="4" t="s">
-        <v>1015</v>
+        <v>1008</v>
       </c>
       <c r="C354" s="4" t="s">
-        <v>1016</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="3" t="s">
-        <v>1017</v>
+        <v>1010</v>
       </c>
       <c r="B355" s="4" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
       <c r="C355" s="4" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" s="3" t="s">
-        <v>1020</v>
+        <v>1013</v>
       </c>
       <c r="B356" s="4" t="s">
-        <v>1021</v>
+        <v>1014</v>
       </c>
       <c r="C356" s="4" t="s">
-        <v>1022</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" s="3" t="s">
-        <v>1023</v>
+        <v>1016</v>
       </c>
       <c r="B357" s="4" t="s">
-        <v>1024</v>
+        <v>1017</v>
       </c>
       <c r="C357" s="4" t="s">
-        <v>1025</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" s="3" t="s">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="B358" s="4" t="s">
-        <v>1027</v>
+        <v>1020</v>
       </c>
       <c r="C358" s="4" t="s">
-        <v>1028</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" s="3" t="s">
-        <v>1029</v>
+        <v>1022</v>
       </c>
       <c r="B359" s="4" t="s">
-        <v>760</v>
+        <v>8</v>
       </c>
       <c r="C359" s="4" t="s">
-        <v>1030</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" s="3" t="s">
-        <v>1031</v>
+        <v>1024</v>
       </c>
       <c r="B360" s="4" t="s">
-        <v>1032</v>
+        <v>8</v>
       </c>
       <c r="C360" s="4" t="s">
-        <v>1033</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" s="3" t="s">
-        <v>1034</v>
+        <v>1026</v>
       </c>
       <c r="B361" s="4" t="s">
-        <v>1035</v>
+        <v>8</v>
       </c>
       <c r="C361" s="4" t="s">
-        <v>1036</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="3" t="s">
-        <v>1037</v>
+        <v>1028</v>
       </c>
       <c r="B362" s="4" t="s">
-        <v>1038</v>
+        <v>1029</v>
       </c>
       <c r="C362" s="4" t="s">
-        <v>1039</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="3" t="s">
-        <v>1040</v>
+        <v>1031</v>
       </c>
       <c r="B363" s="4" t="s">
-        <v>1041</v>
+        <v>1032</v>
       </c>
       <c r="C363" s="4" t="s">
-        <v>1042</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="3" t="s">
-        <v>1043</v>
+        <v>1034</v>
       </c>
       <c r="B364" s="4" t="s">
-        <v>1044</v>
+        <v>1035</v>
       </c>
       <c r="C364" s="4" t="s">
-        <v>1045</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="3" t="s">
-        <v>1046</v>
+        <v>1037</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>1047</v>
+        <v>1035</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>1048</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="3" t="s">
-        <v>1049</v>
+        <v>1039</v>
       </c>
       <c r="B366" s="4" t="s">
-        <v>1050</v>
+        <v>1035</v>
       </c>
       <c r="C366" s="4" t="s">
-        <v>1051</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="3" t="s">
-        <v>1052</v>
+        <v>1041</v>
       </c>
       <c r="B367" s="4" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>1053</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" s="3" t="s">
-        <v>1054</v>
+        <v>1044</v>
       </c>
       <c r="B368" s="4" t="s">
-        <v>1055</v>
+        <v>1045</v>
       </c>
       <c r="C368" s="4" t="s">
-        <v>1056</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" s="3" t="s">
-        <v>1057</v>
+        <v>1047</v>
       </c>
       <c r="B369" s="4" t="s">
-        <v>1058</v>
+        <v>1042</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>1059</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="3" t="s">
-        <v>1060</v>
+        <v>1049</v>
       </c>
       <c r="B370" s="4" t="s">
-        <v>1061</v>
+        <v>1050</v>
       </c>
       <c r="C370" s="4" t="s">
-        <v>1062</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="3" t="s">
-        <v>1063</v>
+        <v>1052</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>1064</v>
+        <v>1053</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>1065</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="3" t="s">
-        <v>1066</v>
+        <v>1055</v>
       </c>
       <c r="B372" s="4" t="s">
-        <v>1067</v>
+        <v>1056</v>
       </c>
       <c r="C372" s="4" t="s">
-        <v>1068</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="3" t="s">
-        <v>1069</v>
+        <v>1058</v>
       </c>
       <c r="B373" s="4" t="s">
-        <v>1070</v>
+        <v>1059</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="3" t="s">
-        <v>1072</v>
+        <v>1061</v>
       </c>
       <c r="B374" s="4" t="s">
-        <v>1073</v>
+        <v>1062</v>
       </c>
       <c r="C374" s="4" t="s">
-        <v>1074</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" s="3" t="s">
-        <v>1075</v>
+        <v>1064</v>
       </c>
       <c r="B375" s="4" t="s">
-        <v>1076</v>
+        <v>1065</v>
       </c>
       <c r="C375" s="4" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" s="3" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
       <c r="B376" s="4" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
       <c r="C376" s="4" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" s="3" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
       <c r="B377" s="4" t="s">
-        <v>1082</v>
+        <v>1071</v>
       </c>
       <c r="C377" s="4" t="s">
-        <v>1083</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" s="3" t="s">
-        <v>1084</v>
+        <v>1073</v>
       </c>
       <c r="B378" s="4" t="s">
-        <v>1082</v>
+        <v>1074</v>
       </c>
       <c r="C378" s="4" t="s">
-        <v>1085</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" s="3" t="s">
-        <v>1086</v>
+        <v>1076</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>1087</v>
+        <v>1077</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>1088</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" s="3" t="s">
-        <v>1089</v>
+        <v>1079</v>
       </c>
       <c r="B380" s="4" t="s">
-        <v>1090</v>
+        <v>1080</v>
       </c>
       <c r="C380" s="4" t="s">
-        <v>1091</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" s="3" t="s">
-        <v>1092</v>
+        <v>1082</v>
       </c>
       <c r="B381" s="4" t="s">
-        <v>1093</v>
+        <v>1083</v>
       </c>
       <c r="C381" s="4" t="s">
-        <v>1094</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" s="3" t="s">
-        <v>1095</v>
+        <v>1085</v>
       </c>
       <c r="B382" s="4" t="s">
-        <v>1096</v>
+        <v>1086</v>
       </c>
       <c r="C382" s="4" t="s">
-        <v>1097</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" s="3" t="s">
-        <v>1098</v>
+        <v>1088</v>
       </c>
       <c r="B383" s="4" t="s">
-        <v>1099</v>
+        <v>1089</v>
       </c>
       <c r="C383" s="4" t="s">
-        <v>1100</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" s="3" t="s">
-        <v>1101</v>
+        <v>1091</v>
       </c>
       <c r="B384" s="4" t="s">
-        <v>1102</v>
+        <v>1092</v>
       </c>
       <c r="C384" s="4" t="s">
-        <v>1103</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" s="3" t="s">
-        <v>1104</v>
+        <v>1094</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>1105</v>
+        <v>1095</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>1106</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" s="3" t="s">
-        <v>1107</v>
+        <v>1097</v>
       </c>
       <c r="B386" s="4" t="s">
-        <v>1108</v>
+        <v>1098</v>
       </c>
       <c r="C386" s="4" t="s">
-        <v>1109</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" s="3" t="s">
-        <v>1110</v>
+        <v>1100</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>1111</v>
+        <v>1101</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>1112</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" s="3" t="s">
-        <v>1113</v>
+        <v>1103</v>
       </c>
       <c r="B388" s="4" t="s">
-        <v>1114</v>
+        <v>1104</v>
       </c>
       <c r="C388" s="4" t="s">
-        <v>1115</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" s="3" t="s">
-        <v>1116</v>
+        <v>1106</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>1117</v>
+        <v>1107</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>1118</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" s="3" t="s">
-        <v>1119</v>
+        <v>1109</v>
       </c>
       <c r="B390" s="4" t="s">
-        <v>1120</v>
+        <v>1110</v>
       </c>
       <c r="C390" s="4" t="s">
-        <v>1121</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" s="3" t="s">
-        <v>1122</v>
+        <v>1112</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>1123</v>
+        <v>1113</v>
       </c>
       <c r="C391" s="4" t="s">
-        <v>1124</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" s="3" t="s">
-        <v>1125</v>
+        <v>1115</v>
       </c>
       <c r="B392" s="4" t="s">
-        <v>1126</v>
+        <v>1116</v>
       </c>
       <c r="C392" s="4" t="s">
-        <v>1127</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" s="3" t="s">
-        <v>1128</v>
+        <v>1118</v>
       </c>
       <c r="B393" s="4" t="s">
-        <v>1129</v>
+        <v>1119</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>1130</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" s="3" t="s">
-        <v>1131</v>
+        <v>1121</v>
       </c>
       <c r="B394" s="4" t="s">
-        <v>1132</v>
+        <v>1122</v>
       </c>
       <c r="C394" s="4" t="s">
-        <v>1133</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" s="3" t="s">
-        <v>1134</v>
+        <v>1124</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>1135</v>
+        <v>1125</v>
       </c>
       <c r="C395" s="4" t="s">
-        <v>1136</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" s="3" t="s">
-        <v>1137</v>
+        <v>1127</v>
       </c>
       <c r="B396" s="4" t="s">
-        <v>1138</v>
+        <v>1128</v>
       </c>
       <c r="C396" s="4" t="s">
-        <v>1139</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" s="3" t="s">
-        <v>1140</v>
+        <v>1130</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>1141</v>
+        <v>1131</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>1142</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" s="3" t="s">
-        <v>1143</v>
+        <v>1133</v>
       </c>
       <c r="B398" s="4" t="s">
-        <v>1144</v>
+        <v>1134</v>
       </c>
       <c r="C398" s="4" t="s">
-        <v>1145</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" s="3" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>1147</v>
+        <v>1137</v>
       </c>
       <c r="C399" s="4" t="s">
-        <v>1148</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" s="3" t="s">
-        <v>1149</v>
+        <v>1139</v>
       </c>
       <c r="B400" s="4" t="s">
-        <v>1150</v>
+        <v>1140</v>
       </c>
       <c r="C400" s="4" t="s">
-        <v>1151</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" s="3" t="s">
-        <v>1152</v>
+        <v>1142</v>
       </c>
       <c r="B401" s="4" t="s">
-        <v>1153</v>
+        <v>1140</v>
       </c>
       <c r="C401" s="4" t="s">
-        <v>1154</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" s="3" t="s">
-        <v>1155</v>
+        <v>1143</v>
       </c>
       <c r="B402" s="4" t="s">
-        <v>1156</v>
+        <v>1140</v>
       </c>
       <c r="C402" s="4" t="s">
-        <v>1157</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" s="3" t="s">
-        <v>1158</v>
+        <v>1145</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>1159</v>
+        <v>1146</v>
       </c>
       <c r="C403" s="4" t="s">
-        <v>1160</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" s="3" t="s">
-        <v>1161</v>
+        <v>1148</v>
       </c>
       <c r="B404" s="4" t="s">
-        <v>1162</v>
+        <v>1146</v>
       </c>
       <c r="C404" s="4" t="s">
-        <v>1163</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" s="3" t="s">
-        <v>1164</v>
+        <v>1150</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>1165</v>
+        <v>1146</v>
       </c>
       <c r="C405" s="4" t="s">
-        <v>1166</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" s="3" t="s">
-        <v>1167</v>
+        <v>1152</v>
       </c>
       <c r="B406" s="4" t="s">
-        <v>1168</v>
+        <v>1153</v>
       </c>
       <c r="C406" s="4" t="s">
-        <v>1169</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" s="3" t="s">
-        <v>1170</v>
+        <v>1155</v>
       </c>
       <c r="B407" s="4" t="s">
-        <v>328</v>
+        <v>1156</v>
       </c>
       <c r="C407" s="4" t="s">
-        <v>1171</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" s="3" t="s">
-        <v>1172</v>
+        <v>1158</v>
       </c>
       <c r="B408" s="4" t="s">
-        <v>328</v>
+        <v>1159</v>
       </c>
       <c r="C408" s="4" t="s">
-        <v>1173</v>
+        <v>973</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" s="3" t="s">
-        <v>1174</v>
+        <v>1160</v>
       </c>
       <c r="B409" s="4" t="s">
-        <v>1175</v>
+        <v>1161</v>
       </c>
       <c r="C409" s="4" t="s">
-        <v>1176</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" s="3" t="s">
-        <v>1177</v>
+        <v>1163</v>
       </c>
       <c r="B410" s="4" t="s">
-        <v>1178</v>
+        <v>1164</v>
       </c>
       <c r="C410" s="4" t="s">
-        <v>1179</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" s="3" t="s">
-        <v>1180</v>
+        <v>1166</v>
       </c>
       <c r="B411" s="4" t="s">
-        <v>1181</v>
+        <v>1167</v>
       </c>
       <c r="C411" s="4" t="s">
-        <v>1182</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" s="3" t="s">
-        <v>1183</v>
+        <v>1169</v>
       </c>
       <c r="B412" s="4" t="s">
-        <v>1184</v>
+        <v>1170</v>
       </c>
       <c r="C412" s="4" t="s">
-        <v>1185</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" s="3" t="s">
-        <v>1186</v>
+        <v>1172</v>
       </c>
       <c r="B413" s="4" t="s">
-        <v>1187</v>
+        <v>1173</v>
       </c>
       <c r="C413" s="4" t="s">
-        <v>1188</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" s="3" t="s">
-        <v>1189</v>
+        <v>1175</v>
       </c>
       <c r="B414" s="4" t="s">
-        <v>1190</v>
+        <v>1176</v>
       </c>
       <c r="C414" s="4" t="s">
-        <v>1191</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" s="3" t="s">
-        <v>1192</v>
+        <v>1178</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>1193</v>
+        <v>1179</v>
       </c>
       <c r="C415" s="4" t="s">
-        <v>1194</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" s="3" t="s">
-        <v>1195</v>
+        <v>1181</v>
       </c>
       <c r="B416" s="4" t="s">
-        <v>1196</v>
+        <v>901</v>
       </c>
       <c r="C416" s="4" t="s">
-        <v>1197</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" s="3" t="s">
-        <v>1198</v>
+        <v>1183</v>
       </c>
       <c r="B417" s="4" t="s">
-        <v>1199</v>
+        <v>1184</v>
       </c>
       <c r="C417" s="4" t="s">
-        <v>1200</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" s="3" t="s">
-        <v>1201</v>
+        <v>1186</v>
       </c>
       <c r="B418" s="4" t="s">
-        <v>1202</v>
+        <v>1187</v>
       </c>
       <c r="C418" s="4" t="s">
-        <v>1203</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" s="3" t="s">
-        <v>1204</v>
+        <v>1189</v>
       </c>
       <c r="B419" s="4" t="s">
-        <v>1205</v>
+        <v>1190</v>
       </c>
       <c r="C419" s="4" t="s">
-        <v>1206</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" s="3" t="s">
-        <v>1207</v>
+        <v>1192</v>
       </c>
       <c r="B420" s="4" t="s">
-        <v>1208</v>
+        <v>1193</v>
       </c>
       <c r="C420" s="4" t="s">
-        <v>1209</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" s="3" t="s">
-        <v>1210</v>
+        <v>1195</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>1211</v>
+        <v>1196</v>
       </c>
       <c r="C421" s="4" t="s">
-        <v>1212</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" s="3" t="s">
-        <v>1213</v>
+        <v>1198</v>
       </c>
       <c r="B422" s="4" t="s">
-        <v>1214</v>
+        <v>1199</v>
       </c>
       <c r="C422" s="4" t="s">
-        <v>1215</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" s="3" t="s">
-        <v>1216</v>
+        <v>1201</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>1217</v>
+        <v>1202</v>
       </c>
       <c r="C423" s="4" t="s">
-        <v>1218</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" s="3" t="s">
-        <v>1219</v>
+        <v>1204</v>
       </c>
       <c r="B424" s="4" t="s">
-        <v>1220</v>
+        <v>1205</v>
       </c>
       <c r="C424" s="4" t="s">
-        <v>1221</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" s="3" t="s">
-        <v>1222</v>
+        <v>1207</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>1223</v>
+        <v>1208</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>1224</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" s="3" t="s">
-        <v>1225</v>
+        <v>1210</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>1226</v>
+        <v>1211</v>
       </c>
       <c r="C426" s="4" t="s">
-        <v>804</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" s="3" t="s">
-        <v>1227</v>
+        <v>1213</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>1228</v>
+        <v>1214</v>
       </c>
       <c r="C427" s="4" t="s">
-        <v>1229</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" s="3" t="s">
-        <v>1230</v>
+        <v>1216</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>1231</v>
+        <v>1217</v>
       </c>
       <c r="C428" s="4" t="s">
-        <v>1232</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" s="3" t="s">
-        <v>1233</v>
+        <v>1219</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>1234</v>
+        <v>1220</v>
       </c>
       <c r="C429" s="4" t="s">
-        <v>1235</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" s="3" t="s">
-        <v>1236</v>
+        <v>1222</v>
       </c>
       <c r="B430" s="4" t="s">
-        <v>1237</v>
+        <v>1223</v>
       </c>
       <c r="C430" s="4" t="s">
-        <v>1238</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" s="3" t="s">
-        <v>1239</v>
+        <v>1225</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>1240</v>
+        <v>1226</v>
       </c>
       <c r="C431" s="4" t="s">
-        <v>190</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" s="3" t="s">
-        <v>1241</v>
+        <v>1228</v>
       </c>
       <c r="B432" s="4" t="s">
-        <v>1242</v>
+        <v>1226</v>
       </c>
       <c r="C432" s="4" t="s">
-        <v>1243</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" s="3" t="s">
-        <v>1244</v>
+        <v>1230</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>1242</v>
+        <v>1231</v>
       </c>
       <c r="C433" s="4" t="s">
-        <v>1245</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" s="3" t="s">
-        <v>1246</v>
+        <v>1233</v>
       </c>
       <c r="B434" s="4" t="s">
-        <v>1242</v>
+        <v>1234</v>
       </c>
       <c r="C434" s="4" t="s">
-        <v>1247</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" s="3" t="s">
-        <v>1248</v>
+        <v>1236</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>1242</v>
+        <v>1237</v>
       </c>
       <c r="C435" s="4" t="s">
-        <v>1249</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" s="3" t="s">
-        <v>1250</v>
+        <v>1239</v>
       </c>
       <c r="B436" s="4" t="s">
-        <v>1242</v>
+        <v>1240</v>
       </c>
       <c r="C436" s="4" t="s">
-        <v>1251</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" s="3" t="s">
-        <v>1252</v>
+        <v>1242</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>1253</v>
+        <v>1243</v>
       </c>
       <c r="C437" s="4" t="s">
-        <v>1254</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" s="3" t="s">
-        <v>1255</v>
+        <v>1245</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>1256</v>
+        <v>1246</v>
       </c>
       <c r="C438" s="4" t="s">
-        <v>1257</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" s="3" t="s">
-        <v>1258</v>
+        <v>1248</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>1259</v>
+        <v>1249</v>
       </c>
       <c r="C439" s="4" t="s">
-        <v>1260</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" s="3" t="s">
-        <v>1261</v>
+        <v>1251</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>1262</v>
+        <v>1249</v>
       </c>
       <c r="C440" s="4" t="s">
-        <v>1263</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" s="3" t="s">
-        <v>1264</v>
+        <v>1253</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>1265</v>
+        <v>1249</v>
       </c>
       <c r="C441" s="4" t="s">
-        <v>1266</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" s="3" t="s">
-        <v>1267</v>
+        <v>1255</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>1268</v>
+        <v>1249</v>
       </c>
       <c r="C442" s="4" t="s">
-        <v>1269</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" s="3" t="s">
-        <v>1270</v>
+        <v>1257</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>1271</v>
+        <v>1258</v>
       </c>
       <c r="C443" s="4" t="s">
-        <v>1272</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" s="3" t="s">
-        <v>1273</v>
+        <v>1260</v>
       </c>
       <c r="B444" s="4" t="s">
-        <v>1274</v>
+        <v>1261</v>
       </c>
       <c r="C444" s="4" t="s">
-        <v>1275</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" s="3" t="s">
-        <v>1276</v>
+        <v>1263</v>
       </c>
       <c r="B445" s="4" t="s">
-        <v>1277</v>
+        <v>1264</v>
       </c>
       <c r="C445" s="4" t="s">
-        <v>1278</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" s="3" t="s">
-        <v>1279</v>
+        <v>1266</v>
       </c>
       <c r="B446" s="4" t="s">
-        <v>1280</v>
+        <v>1264</v>
       </c>
       <c r="C446" s="4" t="s">
-        <v>1281</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" s="3" t="s">
-        <v>1282</v>
+        <v>1268</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>1283</v>
+        <v>1269</v>
       </c>
       <c r="C447" s="4" t="s">
-        <v>1284</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" s="3" t="s">
-        <v>1285</v>
+        <v>1271</v>
       </c>
       <c r="B448" s="4" t="s">
-        <v>1286</v>
+        <v>1196</v>
       </c>
       <c r="C448" s="4" t="s">
-        <v>1287</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" s="3" t="s">
-        <v>1288</v>
+        <v>1273</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>1289</v>
+        <v>1274</v>
       </c>
       <c r="C449" s="4" t="s">
-        <v>1290</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" s="3" t="s">
-        <v>1291</v>
+        <v>1276</v>
       </c>
       <c r="B450" s="4" t="s">
-        <v>1292</v>
+        <v>1277</v>
       </c>
       <c r="C450" s="4" t="s">
-        <v>1293</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" s="3" t="s">
-        <v>1294</v>
+        <v>1279</v>
       </c>
       <c r="B451" s="4" t="s">
-        <v>1295</v>
+        <v>1280</v>
       </c>
       <c r="C451" s="4" t="s">
-        <v>1296</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" s="3" t="s">
-        <v>1297</v>
+        <v>1282</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>1298</v>
+        <v>1283</v>
       </c>
       <c r="C452" s="4" t="s">
-        <v>1299</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" s="3" t="s">
-        <v>1300</v>
+        <v>1285</v>
       </c>
       <c r="B453" s="4" t="s">
-        <v>1301</v>
+        <v>1283</v>
       </c>
       <c r="C453" s="4" t="s">
-        <v>1302</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" s="3" t="s">
-        <v>1303</v>
+        <v>1287</v>
       </c>
       <c r="B454" s="4" t="s">
-        <v>1304</v>
+        <v>1288</v>
       </c>
       <c r="C454" s="4" t="s">
-        <v>1305</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" s="3" t="s">
-        <v>1306</v>
+        <v>1290</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>1307</v>
+        <v>1291</v>
       </c>
       <c r="C455" s="4" t="s">
-        <v>1308</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" s="3" t="s">
-        <v>1309</v>
+        <v>1293</v>
       </c>
       <c r="B456" s="4" t="s">
-        <v>1310</v>
+        <v>1294</v>
       </c>
       <c r="C456" s="4" t="s">
-        <v>1311</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" s="3" t="s">
-        <v>1312</v>
+        <v>1296</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>1313</v>
+        <v>1297</v>
       </c>
       <c r="C457" s="4" t="s">
-        <v>1314</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" s="3" t="s">
-        <v>1315</v>
+        <v>1299</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>1316</v>
+        <v>1300</v>
       </c>
       <c r="C458" s="4" t="s">
-        <v>1317</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" s="3" t="s">
-        <v>1318</v>
+        <v>1302</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>1319</v>
+        <v>1303</v>
       </c>
       <c r="C459" s="4" t="s">
-        <v>1320</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" s="3" t="s">
-        <v>1321</v>
+        <v>1305</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>1322</v>
+        <v>1306</v>
       </c>
       <c r="C460" s="4" t="s">
-        <v>1323</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" s="3" t="s">
-        <v>1324</v>
+        <v>1308</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>1325</v>
+        <v>1309</v>
       </c>
       <c r="C461" s="4" t="s">
-        <v>1326</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" s="3" t="s">
-        <v>1327</v>
+        <v>1311</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>1328</v>
+        <v>1312</v>
       </c>
       <c r="C462" s="4" t="s">
-        <v>1329</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" s="3" t="s">
-        <v>1330</v>
+        <v>1314</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>1331</v>
+        <v>1315</v>
       </c>
       <c r="C463" s="4" t="s">
-        <v>1332</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" s="3" t="s">
-        <v>1333</v>
+        <v>1317</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>1334</v>
+        <v>1318</v>
       </c>
       <c r="C464" s="4" t="s">
-        <v>1335</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" s="3" t="s">
-        <v>1336</v>
+        <v>1320</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>358</v>
+        <v>1321</v>
       </c>
       <c r="C465" s="4" t="s">
-        <v>1337</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" s="3" t="s">
-        <v>1338</v>
+        <v>1323</v>
       </c>
       <c r="B466" s="4" t="s">
-        <v>1339</v>
+        <v>1324</v>
       </c>
       <c r="C466" s="4" t="s">
-        <v>1340</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" s="3" t="s">
-        <v>1341</v>
+        <v>1326</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>778</v>
+        <v>1327</v>
       </c>
       <c r="C467" s="4" t="s">
-        <v>1342</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" s="3" t="s">
-        <v>1343</v>
+        <v>1329</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>1344</v>
+        <v>1330</v>
       </c>
       <c r="C468" s="4" t="s">
-        <v>1345</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" s="3" t="s">
-        <v>1346</v>
+        <v>1332</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>1347</v>
+        <v>1333</v>
       </c>
       <c r="C469" s="4" t="s">
-        <v>1348</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" s="3" t="s">
-        <v>1349</v>
+        <v>1335</v>
       </c>
       <c r="B470" s="4" t="s">
-        <v>1350</v>
+        <v>1336</v>
       </c>
       <c r="C470" s="4" t="s">
-        <v>1351</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" s="3" t="s">
-        <v>1352</v>
+        <v>1338</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>1353</v>
+        <v>1339</v>
       </c>
       <c r="C471" s="4" t="s">
-        <v>1354</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" s="3" t="s">
-        <v>1355</v>
+        <v>1341</v>
       </c>
       <c r="B472" s="4" t="s">
-        <v>1356</v>
+        <v>1258</v>
       </c>
       <c r="C472" s="4" t="s">
-        <v>1357</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" s="3" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>1359</v>
+        <v>1344</v>
       </c>
       <c r="C473" s="4" t="s">
-        <v>1360</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" s="3" t="s">
-        <v>1361</v>
+        <v>1346</v>
       </c>
       <c r="B474" s="4" t="s">
-        <v>1362</v>
+        <v>1347</v>
       </c>
       <c r="C474" s="4" t="s">
-        <v>1363</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" s="3" t="s">
-        <v>1364</v>
+        <v>1349</v>
       </c>
       <c r="B475" s="4" t="s">
-        <v>1365</v>
+        <v>1350</v>
       </c>
       <c r="C475" s="4" t="s">
-        <v>1366</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" s="3" t="s">
-        <v>1367</v>
+        <v>1352</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>1368</v>
+        <v>287</v>
       </c>
       <c r="C476" s="4" t="s">
-        <v>1369</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" s="3" t="s">
-        <v>1370</v>
+        <v>1354</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>1371</v>
+        <v>1258</v>
       </c>
       <c r="C477" s="4" t="s">
-        <v>1372</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" s="3" t="s">
-        <v>1373</v>
+        <v>1356</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>1374</v>
+        <v>1357</v>
       </c>
       <c r="C478" s="4" t="s">
-        <v>1375</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" s="3" t="s">
-        <v>1376</v>
+        <v>1359</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>1377</v>
+        <v>1360</v>
       </c>
       <c r="C479" s="4" t="s">
-        <v>1378</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" s="3" t="s">
-        <v>1379</v>
+        <v>1362</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>1380</v>
+        <v>1363</v>
       </c>
       <c r="C480" s="4" t="s">
-        <v>1381</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" s="3" t="s">
-        <v>1382</v>
+        <v>1364</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>1383</v>
+        <v>148</v>
       </c>
       <c r="C481" s="4" t="s">
-        <v>1384</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" s="3" t="s">
-        <v>1385</v>
+        <v>1366</v>
       </c>
       <c r="B482" s="4" t="s">
-        <v>1386</v>
+        <v>1367</v>
       </c>
       <c r="C482" s="4" t="s">
-        <v>1387</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" s="3" t="s">
-        <v>1388</v>
+        <v>1369</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>1389</v>
+        <v>1370</v>
       </c>
       <c r="C483" s="4" t="s">
-        <v>1390</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" s="3" t="s">
-        <v>1391</v>
+        <v>1372</v>
       </c>
       <c r="B484" s="4" t="s">
-        <v>1392</v>
+        <v>1373</v>
       </c>
       <c r="C484" s="4" t="s">
-        <v>1393</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" s="3" t="s">
-        <v>1394</v>
+        <v>1375</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>1395</v>
+        <v>1376</v>
       </c>
       <c r="C485" s="4" t="s">
-        <v>1396</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" s="3" t="s">
-        <v>1397</v>
+        <v>1378</v>
       </c>
       <c r="B486" s="4" t="s">
-        <v>1398</v>
+        <v>1376</v>
       </c>
       <c r="C486" s="4" t="s">
-        <v>1399</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" s="3" t="s">
-        <v>1400</v>
+        <v>1380</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>1401</v>
+        <v>1381</v>
       </c>
       <c r="C487" s="4" t="s">
-        <v>1402</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" s="3" t="s">
-        <v>1403</v>
+        <v>1383</v>
       </c>
       <c r="B488" s="4" t="s">
-        <v>1401</v>
+        <v>1384</v>
       </c>
       <c r="C488" s="4" t="s">
-        <v>1404</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" s="3" t="s">
-        <v>1405</v>
+        <v>1386</v>
       </c>
       <c r="B489" s="4" t="s">
-        <v>1406</v>
+        <v>1387</v>
       </c>
       <c r="C489" s="4" t="s">
-        <v>1407</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" s="3" t="s">
-        <v>1408</v>
+        <v>1389</v>
       </c>
       <c r="B490" s="4" t="s">
-        <v>1406</v>
+        <v>1390</v>
       </c>
       <c r="C490" s="4" t="s">
-        <v>1409</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" s="3" t="s">
-        <v>1410</v>
+        <v>1392</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>1411</v>
+        <v>1393</v>
       </c>
       <c r="C491" s="4" t="s">
-        <v>1412</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" s="3" t="s">
-        <v>1413</v>
+        <v>1395</v>
       </c>
       <c r="B492" s="4" t="s">
-        <v>1411</v>
+        <v>1396</v>
       </c>
       <c r="C492" s="4" t="s">
-        <v>1414</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" s="3" t="s">
-        <v>1415</v>
+        <v>1398</v>
       </c>
       <c r="B493" s="4" t="s">
-        <v>1416</v>
+        <v>1399</v>
       </c>
       <c r="C493" s="4" t="s">
-        <v>1417</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" s="3" t="s">
-        <v>1418</v>
+        <v>1401</v>
       </c>
       <c r="B494" s="4" t="s">
-        <v>1419</v>
+        <v>1402</v>
       </c>
       <c r="C494" s="4" t="s">
-        <v>1420</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" s="3" t="s">
-        <v>1421</v>
+        <v>1404</v>
       </c>
       <c r="B495" s="4" t="s">
-        <v>1422</v>
+        <v>1405</v>
       </c>
       <c r="C495" s="4" t="s">
-        <v>1423</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" s="3" t="s">
-        <v>1424</v>
+        <v>1407</v>
       </c>
       <c r="B496" s="4" t="s">
-        <v>1425</v>
+        <v>1408</v>
       </c>
       <c r="C496" s="4" t="s">
-        <v>1426</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" s="3" t="s">
-        <v>1427</v>
+        <v>1410</v>
       </c>
       <c r="B497" s="4" t="s">
-        <v>1428</v>
+        <v>1411</v>
       </c>
       <c r="C497" s="4" t="s">
-        <v>1429</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" s="3" t="s">
-        <v>1430</v>
+        <v>1413</v>
       </c>
       <c r="B498" s="4" t="s">
-        <v>1431</v>
+        <v>1414</v>
       </c>
       <c r="C498" s="4" t="s">
-        <v>1432</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" s="3" t="s">
-        <v>1433</v>
+        <v>1416</v>
       </c>
       <c r="B499" s="4" t="s">
-        <v>1434</v>
+        <v>1417</v>
       </c>
       <c r="C499" s="4" t="s">
-        <v>1435</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" s="3" t="s">
-        <v>1436</v>
+        <v>1419</v>
       </c>
       <c r="B500" s="4" t="s">
-        <v>1437</v>
+        <v>1420</v>
       </c>
       <c r="C500" s="4" t="s">
-        <v>1438</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" s="3" t="s">
-        <v>1439</v>
+        <v>1422</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>1440</v>
+        <v>1423</v>
       </c>
       <c r="C501" s="4" t="s">
-        <v>1441</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" s="3" t="s">
-        <v>1442</v>
+        <v>1425</v>
       </c>
       <c r="B502" s="4" t="s">
-        <v>1443</v>
+        <v>1426</v>
       </c>
       <c r="C502" s="4" t="s">
-        <v>1444</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" s="3" t="s">
-        <v>1445</v>
+        <v>1428</v>
       </c>
       <c r="B503" s="4" t="s">
-        <v>1443</v>
+        <v>1429</v>
       </c>
       <c r="C503" s="4" t="s">
-        <v>1444</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" s="3" t="s">
-        <v>1446</v>
+        <v>1431</v>
       </c>
       <c r="B504" s="4" t="s">
-        <v>1447</v>
+        <v>1432</v>
       </c>
       <c r="C504" s="4" t="s">
-        <v>1448</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" s="3" t="s">
-        <v>1449</v>
+        <v>1434</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>1450</v>
+        <v>1432</v>
       </c>
       <c r="C505" s="4" t="s">
-        <v>1451</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" s="3" t="s">
-        <v>1452</v>
+        <v>1436</v>
       </c>
       <c r="B506" s="4" t="s">
-        <v>1453</v>
+        <v>1432</v>
       </c>
       <c r="C506" s="4" t="s">
-        <v>1454</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" s="3" t="s">
-        <v>1455</v>
+        <v>1438</v>
       </c>
       <c r="B507" s="4" t="s">
-        <v>1456</v>
+        <v>1439</v>
       </c>
       <c r="C507" s="4" t="s">
-        <v>1457</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" s="3" t="s">
-        <v>1458</v>
+        <v>1441</v>
       </c>
       <c r="B508" s="4" t="s">
-        <v>1459</v>
+        <v>1442</v>
       </c>
       <c r="C508" s="4" t="s">
-        <v>1460</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" s="3" t="s">
-        <v>1461</v>
+        <v>1444</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>1462</v>
+        <v>1445</v>
       </c>
       <c r="C509" s="4" t="s">
-        <v>1463</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510" s="3" t="s">
-        <v>1464</v>
+        <v>1447</v>
       </c>
       <c r="B510" s="4" t="s">
-        <v>1465</v>
+        <v>1448</v>
       </c>
       <c r="C510" s="4" t="s">
-        <v>1466</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511" s="3" t="s">
-        <v>1467</v>
+        <v>1450</v>
       </c>
       <c r="B511" s="4" t="s">
-        <v>1468</v>
+        <v>1451</v>
       </c>
       <c r="C511" s="4" t="s">
-        <v>1469</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512" s="3" t="s">
-        <v>1470</v>
+        <v>1453</v>
       </c>
       <c r="B512" s="4" t="s">
-        <v>1471</v>
+        <v>1454</v>
       </c>
       <c r="C512" s="4" t="s">
-        <v>1472</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513" s="3" t="s">
-        <v>1473</v>
+        <v>1456</v>
       </c>
       <c r="B513" s="4" t="s">
-        <v>1474</v>
+        <v>1457</v>
       </c>
       <c r="C513" s="4" t="s">
-        <v>1475</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" s="3" t="s">
-        <v>1476</v>
+        <v>1459</v>
       </c>
       <c r="B514" s="4" t="s">
-        <v>1477</v>
+        <v>1460</v>
       </c>
       <c r="C514" s="4" t="s">
-        <v>1478</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" s="3" t="s">
-        <v>1479</v>
+        <v>1462</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>1480</v>
+        <v>1463</v>
       </c>
       <c r="C515" s="4" t="s">
-        <v>1481</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" s="3" t="s">
-        <v>1482</v>
+        <v>1465</v>
       </c>
       <c r="B516" s="4" t="s">
-        <v>1483</v>
+        <v>1466</v>
       </c>
       <c r="C516" s="4" t="s">
-        <v>1484</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" s="3" t="s">
-        <v>1485</v>
+        <v>1468</v>
       </c>
       <c r="B517" s="4" t="s">
-        <v>1486</v>
+        <v>1469</v>
       </c>
       <c r="C517" s="4" t="s">
-        <v>1487</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" s="3" t="s">
-        <v>1488</v>
+        <v>1471</v>
       </c>
       <c r="B518" s="4" t="s">
-        <v>1489</v>
+        <v>1472</v>
       </c>
       <c r="C518" s="4" t="s">
-        <v>1490</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" s="3" t="s">
-        <v>1491</v>
+        <v>1474</v>
       </c>
       <c r="B519" s="4" t="s">
-        <v>1492</v>
+        <v>1475</v>
       </c>
       <c r="C519" s="4" t="s">
-        <v>1493</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" s="3" t="s">
-        <v>1494</v>
+        <v>1477</v>
       </c>
       <c r="B520" s="4" t="s">
-        <v>1495</v>
+        <v>1478</v>
       </c>
       <c r="C520" s="4" t="s">
-        <v>1496</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" s="3" t="s">
-        <v>1497</v>
+        <v>1480</v>
       </c>
       <c r="B521" s="4" t="s">
-        <v>1489</v>
+        <v>1481</v>
       </c>
       <c r="C521" s="4" t="s">
-        <v>1498</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" s="3" t="s">
-        <v>1499</v>
+        <v>1483</v>
       </c>
       <c r="B522" s="4" t="s">
-        <v>1500</v>
+        <v>1484</v>
       </c>
       <c r="C522" s="4" t="s">
-        <v>1501</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" s="3" t="s">
-        <v>1502</v>
+        <v>1486</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>1503</v>
+        <v>1484</v>
       </c>
       <c r="C523" s="4" t="s">
-        <v>1504</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" s="3" t="s">
-        <v>1505</v>
+        <v>1488</v>
       </c>
       <c r="B524" s="4" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="C524" s="4" t="s">
-        <v>1507</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" s="3" t="s">
-        <v>1508</v>
+        <v>1490</v>
       </c>
       <c r="B525" s="4" t="s">
-        <v>1509</v>
+        <v>1484</v>
       </c>
       <c r="C525" s="4" t="s">
-        <v>1510</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" s="3" t="s">
-        <v>1511</v>
+        <v>1492</v>
       </c>
       <c r="B526" s="4" t="s">
-        <v>1512</v>
+        <v>1484</v>
       </c>
       <c r="C526" s="4" t="s">
-        <v>1513</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" s="3" t="s">
-        <v>1514</v>
+        <v>1494</v>
       </c>
       <c r="B527" s="4" t="s">
-        <v>662</v>
+        <v>1484</v>
       </c>
       <c r="C527" s="4" t="s">
-        <v>1515</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" s="3" t="s">
-        <v>1516</v>
+        <v>1496</v>
       </c>
       <c r="B528" s="4" t="s">
-        <v>1517</v>
+        <v>1497</v>
       </c>
       <c r="C528" s="4" t="s">
-        <v>1518</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" s="3" t="s">
-        <v>1519</v>
+        <v>1499</v>
       </c>
       <c r="B529" s="4" t="s">
-        <v>1520</v>
+        <v>1497</v>
       </c>
       <c r="C529" s="4" t="s">
-        <v>1521</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" s="3" t="s">
-        <v>1522</v>
+        <v>1500</v>
       </c>
       <c r="B530" s="4" t="s">
-        <v>1523</v>
+        <v>861</v>
       </c>
       <c r="C530" s="4" t="s">
-        <v>1524</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" s="3" t="s">
-        <v>1525</v>
+        <v>1502</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>1526</v>
+        <v>1503</v>
       </c>
       <c r="C531" s="4" t="s">
-        <v>1527</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" s="3" t="s">
-        <v>1528</v>
+        <v>1505</v>
       </c>
       <c r="B532" s="4" t="s">
-        <v>1529</v>
+        <v>1506</v>
       </c>
       <c r="C532" s="4" t="s">
-        <v>1530</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" s="3" t="s">
-        <v>1531</v>
+        <v>1508</v>
       </c>
       <c r="B533" s="4" t="s">
-        <v>364</v>
+        <v>1509</v>
       </c>
       <c r="C533" s="4" t="s">
-        <v>1532</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" s="3" t="s">
-        <v>1533</v>
+        <v>1511</v>
       </c>
       <c r="B534" s="4" t="s">
-        <v>161</v>
+        <v>861</v>
       </c>
       <c r="C534" s="4" t="s">
-        <v>1534</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" s="3" t="s">
-        <v>1535</v>
+        <v>1513</v>
       </c>
       <c r="B535" s="4" t="s">
-        <v>161</v>
+        <v>1514</v>
       </c>
       <c r="C535" s="4" t="s">
-        <v>1536</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" s="3" t="s">
-        <v>1537</v>
+        <v>1516</v>
       </c>
       <c r="B536" s="4" t="s">
-        <v>1538</v>
+        <v>1517</v>
       </c>
       <c r="C536" s="4" t="s">
-        <v>1539</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" s="3" t="s">
-        <v>1540</v>
+        <v>1519</v>
       </c>
       <c r="B537" s="4" t="s">
-        <v>1541</v>
+        <v>1520</v>
       </c>
       <c r="C537" s="4" t="s">
-        <v>1542</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" s="3" t="s">
-        <v>1543</v>
+        <v>1521</v>
       </c>
       <c r="B538" s="4" t="s">
-        <v>1544</v>
+        <v>1522</v>
       </c>
       <c r="C538" s="4" t="s">
-        <v>1545</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" s="3" t="s">
-        <v>1546</v>
+        <v>1524</v>
       </c>
       <c r="B539" s="4" t="s">
-        <v>1547</v>
+        <v>1525</v>
       </c>
       <c r="C539" s="4" t="s">
-        <v>1548</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" s="3" t="s">
-        <v>1549</v>
+        <v>1527</v>
       </c>
       <c r="B540" s="4" t="s">
-        <v>1550</v>
+        <v>1528</v>
       </c>
       <c r="C540" s="4" t="s">
-        <v>1551</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541" s="3" t="s">
-        <v>1552</v>
+        <v>1530</v>
       </c>
       <c r="B541" s="4" t="s">
-        <v>1553</v>
+        <v>1531</v>
       </c>
       <c r="C541" s="4" t="s">
-        <v>1554</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="A542" s="3" t="s">
-        <v>1555</v>
+        <v>1533</v>
       </c>
       <c r="B542" s="4" t="s">
-        <v>1556</v>
+        <v>1534</v>
       </c>
       <c r="C542" s="4" t="s">
-        <v>1557</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="A543" s="3" t="s">
-        <v>1558</v>
+        <v>1536</v>
       </c>
       <c r="B543" s="4" t="s">
-        <v>1559</v>
+        <v>1537</v>
       </c>
       <c r="C543" s="4" t="s">
-        <v>1560</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="A544" s="3" t="s">
-        <v>1561</v>
+        <v>1539</v>
       </c>
       <c r="B544" s="4" t="s">
-        <v>1562</v>
+        <v>1540</v>
       </c>
       <c r="C544" s="4" t="s">
-        <v>1557</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="A545" s="3" t="s">
-        <v>1563</v>
+        <v>1542</v>
       </c>
       <c r="B545" s="4" t="s">
-        <v>1564</v>
+        <v>1540</v>
       </c>
       <c r="C545" s="4" t="s">
-        <v>1565</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="A546" s="3" t="s">
-        <v>1566</v>
+        <v>1544</v>
       </c>
       <c r="B546" s="4" t="s">
-        <v>1567</v>
+        <v>1545</v>
       </c>
       <c r="C546" s="4" t="s">
-        <v>1568</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547" s="3" t="s">
-        <v>1569</v>
+        <v>1547</v>
       </c>
       <c r="B547" s="4" t="s">
-        <v>662</v>
+        <v>1548</v>
       </c>
       <c r="C547" s="4" t="s">
-        <v>1570</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548" s="3" t="s">
-        <v>1571</v>
+        <v>1550</v>
       </c>
       <c r="B548" s="4" t="s">
-        <v>1572</v>
+        <v>1551</v>
       </c>
       <c r="C548" s="4" t="s">
-        <v>1573</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549" s="3" t="s">
-        <v>1574</v>
+        <v>1553</v>
       </c>
       <c r="B549" s="4" t="s">
-        <v>1575</v>
+        <v>1554</v>
       </c>
       <c r="C549" s="4" t="s">
-        <v>1576</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="A550" s="3" t="s">
-        <v>1577</v>
+        <v>1556</v>
       </c>
       <c r="B550" s="4" t="s">
-        <v>1578</v>
+        <v>1557</v>
       </c>
       <c r="C550" s="4" t="s">
-        <v>1579</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551" s="3" t="s">
-        <v>1580</v>
+        <v>1559</v>
       </c>
       <c r="B551" s="4" t="s">
-        <v>1226</v>
+        <v>1560</v>
       </c>
       <c r="C551" s="4" t="s">
-        <v>1581</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552" s="3" t="s">
-        <v>1582</v>
+        <v>1562</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>1583</v>
+        <v>1563</v>
       </c>
       <c r="C552" s="4" t="s">
-        <v>1584</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553" s="3" t="s">
-        <v>1585</v>
+        <v>1565</v>
       </c>
       <c r="B553" s="4" t="s">
-        <v>1586</v>
+        <v>697</v>
       </c>
       <c r="C553" s="4" t="s">
-        <v>1587</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554" s="3" t="s">
-        <v>1588</v>
+        <v>1567</v>
       </c>
       <c r="B554" s="4" t="s">
-        <v>1589</v>
+        <v>195</v>
       </c>
       <c r="C554" s="4" t="s">
-        <v>1590</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="A555" s="3" t="s">
-        <v>1591</v>
+        <v>1569</v>
       </c>
       <c r="B555" s="4" t="s">
-        <v>1592</v>
+        <v>1570</v>
       </c>
       <c r="C555" s="4" t="s">
-        <v>1593</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="A556" s="3" t="s">
-        <v>1594</v>
+        <v>1572</v>
       </c>
       <c r="B556" s="4" t="s">
-        <v>1595</v>
+        <v>1573</v>
       </c>
       <c r="C556" s="4" t="s">
-        <v>1596</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="A557" s="3" t="s">
-        <v>1597</v>
+        <v>1575</v>
       </c>
       <c r="B557" s="4" t="s">
-        <v>1598</v>
+        <v>1576</v>
       </c>
       <c r="C557" s="4" t="s">
-        <v>1599</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="A558" s="3" t="s">
-        <v>1600</v>
+        <v>1578</v>
       </c>
       <c r="B558" s="4" t="s">
-        <v>1601</v>
+        <v>1579</v>
       </c>
       <c r="C558" s="4" t="s">
-        <v>1602</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="A559" s="3" t="s">
-        <v>1603</v>
+        <v>1581</v>
       </c>
       <c r="B559" s="4" t="s">
-        <v>1604</v>
+        <v>1582</v>
       </c>
       <c r="C559" s="4" t="s">
-        <v>1605</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560" s="3" t="s">
-        <v>1606</v>
+        <v>1584</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>1607</v>
+        <v>1585</v>
       </c>
       <c r="C560" s="4" t="s">
-        <v>1608</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561" s="3" t="s">
-        <v>1609</v>
+        <v>1587</v>
       </c>
       <c r="B561" s="4" t="s">
-        <v>1610</v>
+        <v>1588</v>
       </c>
       <c r="C561" s="4" t="s">
-        <v>1611</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="562" spans="1:10">
       <c r="A562" s="3" t="s">
-        <v>1612</v>
+        <v>1590</v>
       </c>
       <c r="B562" s="4" t="s">
-        <v>1613</v>
+        <v>1591</v>
       </c>
       <c r="C562" s="4" t="s">
-        <v>1614</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="A563" s="3" t="s">
-        <v>1615</v>
+        <v>1593</v>
       </c>
       <c r="B563" s="4" t="s">
-        <v>1616</v>
+        <v>1594</v>
       </c>
       <c r="C563" s="4" t="s">
-        <v>1617</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="A564" s="3" t="s">
-        <v>1618</v>
+        <v>1596</v>
       </c>
       <c r="B564" s="4" t="s">
-        <v>1619</v>
+        <v>1597</v>
       </c>
       <c r="C564" s="4" t="s">
-        <v>1620</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="A565" s="3" t="s">
-        <v>1621</v>
+        <v>1598</v>
       </c>
       <c r="B565" s="4" t="s">
-        <v>1622</v>
+        <v>1599</v>
       </c>
       <c r="C565" s="4" t="s">
-        <v>1623</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="A566" s="3" t="s">
-        <v>1624</v>
+        <v>1601</v>
       </c>
       <c r="B566" s="4" t="s">
-        <v>1625</v>
+        <v>1602</v>
       </c>
       <c r="C566" s="4" t="s">
-        <v>1626</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="A567" s="3" t="s">
-        <v>1627</v>
+        <v>1604</v>
       </c>
       <c r="B567" s="4" t="s">
-        <v>1181</v>
+        <v>1605</v>
       </c>
       <c r="C567" s="4" t="s">
-        <v>1628</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="A568" s="3" t="s">
-        <v>1629</v>
+        <v>1607</v>
       </c>
       <c r="B568" s="4" t="s">
-        <v>1630</v>
+        <v>1608</v>
       </c>
       <c r="C568" s="4" t="s">
-        <v>1631</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569" s="3" t="s">
-        <v>1632</v>
+        <v>1610</v>
       </c>
       <c r="B569" s="4" t="s">
-        <v>1633</v>
+        <v>1611</v>
       </c>
       <c r="C569" s="4" t="s">
-        <v>1634</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570" s="3" t="s">
-        <v>1635</v>
+        <v>1613</v>
       </c>
       <c r="B570" s="4" t="s">
-        <v>1636</v>
+        <v>1614</v>
       </c>
       <c r="C570" s="4" t="s">
-        <v>1637</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571" s="3" t="s">
-        <v>1638</v>
+        <v>1616</v>
       </c>
       <c r="B571" s="4" t="s">
-        <v>1639</v>
+        <v>1617</v>
       </c>
       <c r="C571" s="4" t="s">
-        <v>1640</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572" s="3" t="s">
-        <v>1641</v>
+        <v>1619</v>
       </c>
       <c r="B572" s="4" t="s">
-        <v>1642</v>
+        <v>1620</v>
       </c>
       <c r="C572" s="4" t="s">
-        <v>1643</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="A573" s="3" t="s">
-        <v>1644</v>
+        <v>1622</v>
       </c>
       <c r="B573" s="4" t="s">
-        <v>1645</v>
+        <v>1623</v>
       </c>
       <c r="C573" s="4" t="s">
-        <v>1646</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="A574" s="3" t="s">
-        <v>1647</v>
+        <v>1625</v>
       </c>
       <c r="B574" s="4" t="s">
-        <v>1648</v>
+        <v>1626</v>
       </c>
       <c r="C574" s="4" t="s">
-        <v>1649</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="A575" s="3" t="s">
-        <v>1650</v>
+        <v>1628</v>
       </c>
       <c r="B575" s="4" t="s">
-        <v>1651</v>
+        <v>1629</v>
       </c>
       <c r="C575" s="4" t="s">
-        <v>1652</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="A576" s="3" t="s">
-        <v>1653</v>
+        <v>1631</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>911</v>
+        <v>1632</v>
       </c>
       <c r="C576" s="4" t="s">
-        <v>1654</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577" s="3" t="s">
-        <v>1655</v>
+        <v>1634</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>1656</v>
+        <v>1635</v>
       </c>
       <c r="C577" s="4" t="s">
-        <v>1657</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578" s="3" t="s">
-        <v>1658</v>
+        <v>1637</v>
       </c>
       <c r="B578" s="4" t="s">
-        <v>1659</v>
+        <v>1638</v>
       </c>
       <c r="C578" s="4" t="s">
-        <v>1660</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579" s="3" t="s">
-        <v>1661</v>
+        <v>1640</v>
       </c>
       <c r="B579" s="4" t="s">
-        <v>1662</v>
+        <v>1641</v>
       </c>
       <c r="C579" s="4" t="s">
-        <v>1663</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580" s="3" t="s">
-        <v>1664</v>
+        <v>1643</v>
       </c>
       <c r="B580" s="4" t="s">
-        <v>1665</v>
+        <v>1644</v>
       </c>
       <c r="C580" s="4" t="s">
-        <v>1666</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581" s="3" t="s">
-        <v>1667</v>
+        <v>1646</v>
       </c>
       <c r="B581" s="4" t="s">
-        <v>1668</v>
+        <v>59</v>
       </c>
       <c r="C581" s="4" t="s">
-        <v>1669</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582" s="3" t="s">
-        <v>1670</v>
+        <v>1648</v>
       </c>
       <c r="B582" s="4" t="s">
-        <v>1671</v>
+        <v>1649</v>
       </c>
       <c r="C582" s="4" t="s">
-        <v>1672</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583" s="3" t="s">
-        <v>1673</v>
+        <v>1651</v>
       </c>
       <c r="B583" s="4" t="s">
-        <v>1674</v>
+        <v>1652</v>
       </c>
       <c r="C583" s="4" t="s">
-        <v>1675</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="A584" s="3" t="s">
-        <v>1676</v>
+        <v>1654</v>
       </c>
       <c r="B584" s="4" t="s">
-        <v>1677</v>
+        <v>1655</v>
       </c>
       <c r="C584" s="4" t="s">
-        <v>1678</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="A585" s="3" t="s">
-        <v>1679</v>
+        <v>1657</v>
       </c>
       <c r="B585" s="4" t="s">
-        <v>298</v>
+        <v>1658</v>
       </c>
       <c r="C585" s="4" t="s">
-        <v>1680</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="586" spans="1:10">
       <c r="A586" s="3" t="s">
-        <v>1681</v>
+        <v>1660</v>
       </c>
       <c r="B586" s="4" t="s">
-        <v>1682</v>
+        <v>480</v>
       </c>
       <c r="C586" s="4" t="s">
-        <v>1683</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="587" spans="1:10">
       <c r="A587" s="3" t="s">
-        <v>1684</v>
+        <v>1662</v>
       </c>
       <c r="B587" s="4" t="s">
-        <v>1685</v>
+        <v>1663</v>
       </c>
       <c r="C587" s="4" t="s">
-        <v>1686</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="588" spans="1:10">
       <c r="A588" s="3" t="s">
-        <v>1687</v>
+        <v>1665</v>
       </c>
       <c r="B588" s="4" t="s">
-        <v>1688</v>
+        <v>1666</v>
       </c>
       <c r="C588" s="4" t="s">
-        <v>1689</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="589" spans="1:10">
       <c r="A589" s="3" t="s">
-        <v>1690</v>
+        <v>1668</v>
       </c>
       <c r="B589" s="4" t="s">
-        <v>1691</v>
+        <v>1669</v>
       </c>
       <c r="C589" s="4" t="s">
-        <v>1692</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="590" spans="1:10">
       <c r="A590" s="3" t="s">
-        <v>1693</v>
+        <v>1671</v>
       </c>
       <c r="B590" s="4" t="s">
-        <v>1694</v>
+        <v>1672</v>
       </c>
       <c r="C590" s="4" t="s">
-        <v>1695</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="591" spans="1:10">
       <c r="A591" s="3" t="s">
-        <v>1696</v>
+        <v>1674</v>
       </c>
       <c r="B591" s="4" t="s">
-        <v>1697</v>
+        <v>1675</v>
       </c>
       <c r="C591" s="4" t="s">
-        <v>1698</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="592" spans="1:10">
       <c r="A592" s="3" t="s">
-        <v>1699</v>
+        <v>1677</v>
       </c>
       <c r="B592" s="4" t="s">
-        <v>1700</v>
+        <v>1678</v>
       </c>
       <c r="C592" s="4" t="s">
-        <v>1701</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="593" spans="1:10">
       <c r="A593" s="3" t="s">
-        <v>1702</v>
+        <v>1680</v>
       </c>
       <c r="B593" s="4" t="s">
-        <v>1703</v>
+        <v>1681</v>
       </c>
       <c r="C593" s="4" t="s">
-        <v>1704</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="594" spans="1:10">
       <c r="A594" s="3" t="s">
-        <v>1705</v>
+        <v>1683</v>
       </c>
       <c r="B594" s="4" t="s">
-        <v>1700</v>
+        <v>1684</v>
       </c>
       <c r="C594" s="4" t="s">
-        <v>1706</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="595" spans="1:10">
       <c r="A595" s="3" t="s">
-        <v>1707</v>
+        <v>1686</v>
       </c>
       <c r="B595" s="4" t="s">
-        <v>1708</v>
+        <v>1687</v>
       </c>
       <c r="C595" s="4" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="596" spans="1:10">
       <c r="A596" s="3" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="B596" s="4" t="s">
-        <v>1711</v>
+        <v>1690</v>
       </c>
       <c r="C596" s="4" t="s">
-        <v>1712</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="597" spans="1:10">
       <c r="A597" s="3" t="s">
-        <v>1713</v>
+        <v>1692</v>
       </c>
       <c r="B597" s="4" t="s">
-        <v>1714</v>
+        <v>1693</v>
       </c>
       <c r="C597" s="4" t="s">
-        <v>1715</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="598" spans="1:10">
       <c r="A598" s="3" t="s">
-        <v>1716</v>
+        <v>1695</v>
       </c>
       <c r="B598" s="4" t="s">
-        <v>1717</v>
+        <v>1696</v>
       </c>
       <c r="C598" s="4" t="s">
-        <v>1718</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="599" spans="1:10">
       <c r="A599" s="3" t="s">
-        <v>1719</v>
+        <v>1698</v>
       </c>
       <c r="B599" s="4" t="s">
-        <v>1720</v>
+        <v>1699</v>
       </c>
       <c r="C599" s="4" t="s">
-        <v>1721</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="600" spans="1:10">
       <c r="A600" s="3" t="s">
-        <v>1722</v>
+        <v>1701</v>
       </c>
       <c r="B600" s="4" t="s">
-        <v>1723</v>
+        <v>1702</v>
       </c>
       <c r="C600" s="4" t="s">
-        <v>1724</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="601" spans="1:10">
       <c r="A601" s="3" t="s">
-        <v>1725</v>
+        <v>1704</v>
       </c>
       <c r="B601" s="4" t="s">
-        <v>1726</v>
+        <v>1705</v>
       </c>
       <c r="C601" s="4" t="s">
-        <v>1727</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="602" spans="1:10">
       <c r="A602" s="3" t="s">
-        <v>1728</v>
+        <v>1707</v>
       </c>
       <c r="B602" s="4" t="s">
-        <v>125</v>
+        <v>1708</v>
       </c>
       <c r="C602" s="4" t="s">
-        <v>1729</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="603" spans="1:10">
       <c r="A603" s="3" t="s">
-        <v>1730</v>
+        <v>1710</v>
       </c>
       <c r="B603" s="4" t="s">
-        <v>1731</v>
+        <v>1711</v>
       </c>
       <c r="C603" s="4" t="s">
-        <v>1732</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="604" spans="1:10">
       <c r="A604" s="3" t="s">
-        <v>1733</v>
+        <v>1713</v>
       </c>
       <c r="B604" s="4" t="s">
-        <v>836</v>
+        <v>1448</v>
       </c>
       <c r="C604" s="4" t="s">
-        <v>1734</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="605" spans="1:10">
       <c r="A605" s="3" t="s">
-        <v>1735</v>
+        <v>1715</v>
       </c>
       <c r="B605" s="4" t="s">
-        <v>1736</v>
+        <v>1283</v>
       </c>
       <c r="C605" s="4" t="s">
-        <v>1737</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="606" spans="1:10">
       <c r="A606" s="3" t="s">
-        <v>1738</v>
+        <v>1717</v>
       </c>
       <c r="B606" s="4" t="s">
-        <v>192</v>
+        <v>1718</v>
       </c>
       <c r="C606" s="4" t="s">
-        <v>1739</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="607" spans="1:10">
       <c r="A607" s="3" t="s">
-        <v>1740</v>
+        <v>1720</v>
       </c>
       <c r="B607" s="4" t="s">
-        <v>1506</v>
+        <v>1721</v>
       </c>
       <c r="C607" s="4" t="s">
-        <v>1741</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="608" spans="1:10">
       <c r="A608" s="3" t="s">
-        <v>1742</v>
+        <v>1723</v>
       </c>
       <c r="B608" s="4" t="s">
-        <v>1743</v>
+        <v>1724</v>
       </c>
       <c r="C608" s="4" t="s">
-        <v>1744</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="609" spans="1:10">
       <c r="A609" s="3" t="s">
-        <v>1745</v>
+        <v>1726</v>
       </c>
       <c r="B609" s="4" t="s">
-        <v>1746</v>
+        <v>1727</v>
       </c>
       <c r="C609" s="4" t="s">
-        <v>1747</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="610" spans="1:10">
       <c r="A610" s="3" t="s">
-        <v>1748</v>
+        <v>1729</v>
       </c>
       <c r="B610" s="4" t="s">
-        <v>1749</v>
+        <v>1730</v>
       </c>
       <c r="C610" s="4" t="s">
-        <v>1750</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="611" spans="1:10">
       <c r="A611" s="3" t="s">
-        <v>1751</v>
+        <v>1732</v>
       </c>
       <c r="B611" s="4" t="s">
-        <v>1749</v>
+        <v>1733</v>
       </c>
       <c r="C611" s="4" t="s">
-        <v>1752</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="612" spans="1:10">
       <c r="A612" s="3" t="s">
-        <v>1753</v>
+        <v>1735</v>
       </c>
       <c r="B612" s="4" t="s">
-        <v>1613</v>
+        <v>1736</v>
       </c>
       <c r="C612" s="4" t="s">
-        <v>1754</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="613" spans="1:10">
       <c r="A613" s="3" t="s">
-        <v>1755</v>
+        <v>1738</v>
       </c>
       <c r="B613" s="4" t="s">
-        <v>1613</v>
+        <v>1739</v>
       </c>
       <c r="C613" s="4" t="s">
-        <v>1756</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="614" spans="1:10">
       <c r="A614" s="3" t="s">
-        <v>1757</v>
+        <v>1741</v>
       </c>
       <c r="B614" s="4" t="s">
-        <v>1613</v>
+        <v>1742</v>
       </c>
       <c r="C614" s="4" t="s">
-        <v>1758</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="615" spans="1:10">
       <c r="A615" s="3" t="s">
-        <v>1759</v>
+        <v>1743</v>
       </c>
       <c r="B615" s="4" t="s">
-        <v>1760</v>
+        <v>1744</v>
       </c>
       <c r="C615" s="4" t="s">
-        <v>1761</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="616" spans="1:10">
       <c r="A616" s="3" t="s">
-        <v>1762</v>
+        <v>1745</v>
       </c>
       <c r="B616" s="4" t="s">
-        <v>1763</v>
+        <v>1746</v>
       </c>
       <c r="C616" s="4" t="s">
-        <v>1649</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="617" spans="1:10">
       <c r="A617" s="3" t="s">
-        <v>1764</v>
+        <v>1748</v>
       </c>
       <c r="B617" s="4" t="s">
-        <v>1765</v>
+        <v>1749</v>
       </c>
       <c r="C617" s="4" t="s">
-        <v>1766</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="618" spans="1:10">
       <c r="A618" s="3" t="s">
-        <v>1767</v>
+        <v>1751</v>
       </c>
       <c r="B618" s="4" t="s">
-        <v>1768</v>
+        <v>1752</v>
       </c>
       <c r="C618" s="4" t="s">
-        <v>1769</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="619" spans="1:10">
       <c r="A619" s="3" t="s">
-        <v>1770</v>
+        <v>1754</v>
       </c>
       <c r="B619" s="4" t="s">
-        <v>1771</v>
+        <v>1755</v>
       </c>
       <c r="C619" s="4" t="s">
-        <v>1772</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="620" spans="1:10">
       <c r="A620" s="3" t="s">
-        <v>1773</v>
+        <v>1757</v>
       </c>
       <c r="B620" s="4" t="s">
-        <v>1774</v>
+        <v>1758</v>
       </c>
       <c r="C620" s="4" t="s">
-        <v>1775</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="621" spans="1:10">
       <c r="A621" s="3" t="s">
-        <v>1776</v>
+        <v>1760</v>
       </c>
       <c r="B621" s="4" t="s">
-        <v>1777</v>
+        <v>1761</v>
       </c>
       <c r="C621" s="4" t="s">
-        <v>1778</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="622" spans="1:10">
       <c r="A622" s="3" t="s">
-        <v>1779</v>
+        <v>1763</v>
       </c>
       <c r="B622" s="4" t="s">
-        <v>1639</v>
+        <v>1764</v>
       </c>
       <c r="C622" s="4" t="s">
-        <v>1780</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="623" spans="1:10">
       <c r="A623" s="3" t="s">
-        <v>1781</v>
+        <v>1766</v>
       </c>
       <c r="B623" s="4" t="s">
-        <v>1782</v>
+        <v>1767</v>
       </c>
       <c r="C623" s="4" t="s">
-        <v>1783</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="624" spans="1:10">
       <c r="A624" s="3" t="s">
-        <v>1784</v>
+        <v>1769</v>
       </c>
       <c r="B624" s="4" t="s">
-        <v>1785</v>
+        <v>595</v>
       </c>
       <c r="C624" s="4" t="s">
-        <v>1786</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="625" spans="1:10">
       <c r="A625" s="3" t="s">
-        <v>1787</v>
+        <v>1771</v>
       </c>
       <c r="B625" s="4" t="s">
-        <v>1788</v>
+        <v>1772</v>
       </c>
       <c r="C625" s="4" t="s">
-        <v>1789</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="626" spans="1:10">
       <c r="A626" s="3" t="s">
-        <v>1790</v>
+        <v>1774</v>
       </c>
       <c r="B626" s="4" t="s">
-        <v>1791</v>
+        <v>1775</v>
       </c>
       <c r="C626" s="4" t="s">
-        <v>1792</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="627" spans="1:10">
       <c r="A627" s="3" t="s">
-        <v>1793</v>
+        <v>1777</v>
       </c>
       <c r="B627" s="4" t="s">
-        <v>1794</v>
+        <v>1778</v>
       </c>
       <c r="C627" s="4" t="s">
-        <v>1795</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="628" spans="1:10">
       <c r="A628" s="3" t="s">
-        <v>1796</v>
+        <v>1780</v>
       </c>
       <c r="B628" s="4" t="s">
-        <v>1797</v>
+        <v>623</v>
       </c>
       <c r="C628" s="4" t="s">
-        <v>1798</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="629" spans="1:10">
       <c r="A629" s="3" t="s">
-        <v>1799</v>
+        <v>1782</v>
       </c>
       <c r="B629" s="4" t="s">
-        <v>1800</v>
+        <v>1783</v>
       </c>
       <c r="C629" s="4" t="s">
-        <v>1801</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="630" spans="1:10">
       <c r="A630" s="3" t="s">
-        <v>1802</v>
+        <v>1785</v>
       </c>
       <c r="B630" s="4" t="s">
-        <v>1803</v>
+        <v>1786</v>
       </c>
       <c r="C630" s="4" t="s">
-        <v>1804</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="631" spans="1:10">
       <c r="A631" s="3" t="s">
-        <v>1805</v>
+        <v>1788</v>
       </c>
       <c r="B631" s="4" t="s">
-        <v>1806</v>
+        <v>53</v>
       </c>
       <c r="C631" s="4" t="s">
-        <v>1807</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="632" spans="1:10">
       <c r="A632" s="3" t="s">
-        <v>1808</v>
+        <v>1790</v>
       </c>
       <c r="B632" s="4" t="s">
-        <v>1809</v>
+        <v>1791</v>
       </c>
       <c r="C632" s="4" t="s">
-        <v>1810</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="633" spans="1:10">
       <c r="A633" s="3" t="s">
-        <v>1811</v>
+        <v>1793</v>
       </c>
       <c r="B633" s="4" t="s">
-        <v>1812</v>
+        <v>768</v>
       </c>
       <c r="C633" s="4" t="s">
-        <v>1813</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="634" spans="1:10">
       <c r="A634" s="3" t="s">
-        <v>1814</v>
+        <v>1795</v>
       </c>
       <c r="B634" s="4" t="s">
-        <v>1815</v>
+        <v>1796</v>
       </c>
       <c r="C634" s="4" t="s">
-        <v>1816</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="635" spans="1:10">
       <c r="A635" s="3" t="s">
-        <v>1817</v>
+        <v>1798</v>
       </c>
       <c r="B635" s="4" t="s">
-        <v>1818</v>
+        <v>1799</v>
       </c>
       <c r="C635" s="4" t="s">
-        <v>1819</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="636" spans="1:10">
       <c r="A636" s="3" t="s">
-        <v>1820</v>
+        <v>1801</v>
       </c>
       <c r="B636" s="4" t="s">
-        <v>1821</v>
+        <v>1802</v>
       </c>
       <c r="C636" s="4" t="s">
-        <v>1822</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="637" spans="1:10">
       <c r="A637" s="3" t="s">
-        <v>1823</v>
+        <v>1804</v>
       </c>
       <c r="B637" s="4" t="s">
-        <v>1824</v>
+        <v>1805</v>
       </c>
       <c r="C637" s="4" t="s">
-        <v>1825</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="638" spans="1:10">
       <c r="A638" s="3" t="s">
-        <v>1826</v>
+        <v>1807</v>
       </c>
       <c r="B638" s="4" t="s">
-        <v>1827</v>
+        <v>1808</v>
       </c>
       <c r="C638" s="4" t="s">
-        <v>1828</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="639" spans="1:10">
       <c r="A639" s="3" t="s">
-        <v>1829</v>
+        <v>1810</v>
       </c>
       <c r="B639" s="4" t="s">
-        <v>1830</v>
+        <v>1811</v>
       </c>
       <c r="C639" s="4" t="s">
-        <v>1831</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="640" spans="1:10">
       <c r="A640" s="3" t="s">
-        <v>1832</v>
+        <v>1813</v>
       </c>
       <c r="B640" s="4" t="s">
-        <v>1064</v>
+        <v>1814</v>
       </c>
       <c r="C640" s="4" t="s">
-        <v>1833</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="641" spans="1:10">
       <c r="A641" s="3" t="s">
-        <v>1834</v>
+        <v>1816</v>
       </c>
       <c r="B641" s="4" t="s">
-        <v>1835</v>
+        <v>1817</v>
       </c>
       <c r="C641" s="4" t="s">
-        <v>1836</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="642" spans="1:10">
       <c r="A642" s="3" t="s">
-        <v>1837</v>
+        <v>1819</v>
       </c>
       <c r="B642" s="4" t="s">
-        <v>1838</v>
+        <v>1820</v>
       </c>
       <c r="C642" s="4" t="s">
-        <v>1839</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="643" spans="1:10">
       <c r="A643" s="3" t="s">
-        <v>1840</v>
+        <v>1822</v>
       </c>
       <c r="B643" s="4" t="s">
-        <v>1841</v>
+        <v>1823</v>
       </c>
       <c r="C643" s="4" t="s">
-        <v>1842</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="644" spans="1:10">
       <c r="A644" s="3" t="s">
-        <v>1843</v>
+        <v>1825</v>
       </c>
       <c r="B644" s="4" t="s">
-        <v>1844</v>
+        <v>1826</v>
       </c>
       <c r="C644" s="4" t="s">
-        <v>1845</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="645" spans="1:10">
       <c r="A645" s="3" t="s">
-        <v>1846</v>
+        <v>1828</v>
       </c>
       <c r="B645" s="4" t="s">
-        <v>1847</v>
+        <v>1829</v>
       </c>
       <c r="C645" s="4" t="s">
-        <v>1848</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="646" spans="1:10">
       <c r="A646" s="3" t="s">
-        <v>1849</v>
+        <v>1831</v>
       </c>
       <c r="B646" s="4" t="s">
-        <v>1850</v>
+        <v>1832</v>
       </c>
       <c r="C646" s="4" t="s">
-        <v>1851</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="647" spans="1:10">
       <c r="A647" s="3" t="s">
-        <v>1852</v>
+        <v>1834</v>
       </c>
       <c r="B647" s="4" t="s">
-        <v>1853</v>
+        <v>1835</v>
       </c>
       <c r="C647" s="4" t="s">
-        <v>1854</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="648" spans="1:10">
       <c r="A648" s="3" t="s">
-        <v>1855</v>
+        <v>1837</v>
       </c>
       <c r="B648" s="4" t="s">
-        <v>1856</v>
+        <v>1838</v>
       </c>
       <c r="C648" s="4" t="s">
-        <v>1857</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="649" spans="1:10">
       <c r="A649" s="3" t="s">
-        <v>1858</v>
+        <v>1840</v>
       </c>
       <c r="B649" s="4" t="s">
-        <v>1803</v>
+        <v>1841</v>
       </c>
       <c r="C649" s="4" t="s">
-        <v>1859</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="650" spans="1:10">
       <c r="A650" s="3" t="s">
-        <v>1860</v>
+        <v>1843</v>
       </c>
       <c r="B650" s="4" t="s">
-        <v>1803</v>
+        <v>1844</v>
       </c>
       <c r="C650" s="4" t="s">
-        <v>1861</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="651" spans="1:10">
       <c r="A651" s="3" t="s">
-        <v>1862</v>
+        <v>1846</v>
       </c>
       <c r="B651" s="4" t="s">
-        <v>1863</v>
+        <v>1847</v>
       </c>
       <c r="C651" s="4" t="s">
-        <v>1864</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="652" spans="1:10">
       <c r="A652" s="3" t="s">
-        <v>1865</v>
+        <v>1849</v>
       </c>
       <c r="B652" s="4" t="s">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="C652" s="4" t="s">
-        <v>1867</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="653" spans="1:10">
       <c r="A653" s="3" t="s">
-        <v>1868</v>
+        <v>1852</v>
       </c>
       <c r="B653" s="4" t="s">
-        <v>1869</v>
+        <v>1853</v>
       </c>
       <c r="C653" s="4" t="s">
-        <v>1870</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="654" spans="1:10">
       <c r="A654" s="3" t="s">
-        <v>1871</v>
+        <v>1855</v>
       </c>
       <c r="B654" s="4" t="s">
-        <v>1872</v>
+        <v>1856</v>
       </c>
       <c r="C654" s="4" t="s">
-        <v>1873</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="655" spans="1:10">
       <c r="A655" s="3" t="s">
-        <v>1874</v>
+        <v>1858</v>
       </c>
       <c r="B655" s="4" t="s">
-        <v>1875</v>
+        <v>1859</v>
       </c>
       <c r="C655" s="4" t="s">
-        <v>1876</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="656" spans="1:10">
       <c r="A656" s="3" t="s">
-        <v>1877</v>
+        <v>1861</v>
       </c>
       <c r="B656" s="4" t="s">
-        <v>1878</v>
+        <v>1862</v>
       </c>
       <c r="C656" s="4" t="s">
-        <v>1879</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="657" spans="1:10">
       <c r="A657" s="3" t="s">
-        <v>1880</v>
+        <v>1864</v>
       </c>
       <c r="B657" s="4" t="s">
-        <v>1881</v>
+        <v>1865</v>
       </c>
       <c r="C657" s="4" t="s">
-        <v>1882</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="658" spans="1:10">
       <c r="A658" s="3" t="s">
-        <v>1883</v>
+        <v>1867</v>
       </c>
       <c r="B658" s="4" t="s">
-        <v>1884</v>
+        <v>1868</v>
       </c>
       <c r="C658" s="4" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="659" spans="1:10">
       <c r="A659" s="3" t="s">
-        <v>1886</v>
+        <v>1870</v>
       </c>
       <c r="B659" s="4" t="s">
-        <v>1887</v>
+        <v>1871</v>
       </c>
       <c r="C659" s="4" t="s">
-        <v>1888</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="660" spans="1:10">
       <c r="A660" s="3" t="s">
-        <v>1889</v>
+        <v>1873</v>
       </c>
       <c r="B660" s="4" t="s">
-        <v>1890</v>
+        <v>1874</v>
       </c>
       <c r="C660" s="4" t="s">
-        <v>1891</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="661" spans="1:10">
       <c r="A661" s="3" t="s">
-        <v>1892</v>
+        <v>1876</v>
       </c>
       <c r="B661" s="4" t="s">
-        <v>1893</v>
+        <v>1877</v>
       </c>
       <c r="C661" s="4" t="s">
-        <v>1894</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="662" spans="1:10">
       <c r="A662" s="3" t="s">
-        <v>1895</v>
+        <v>1879</v>
       </c>
       <c r="B662" s="4" t="s">
-        <v>1896</v>
+        <v>1880</v>
       </c>
       <c r="C662" s="4" t="s">
-        <v>1897</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="663" spans="1:10">
       <c r="A663" s="3" t="s">
-        <v>1898</v>
+        <v>1882</v>
       </c>
       <c r="B663" s="4" t="s">
-        <v>1899</v>
+        <v>1883</v>
       </c>
       <c r="C663" s="4" t="s">
-        <v>1900</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="664" spans="1:10">
       <c r="A664" s="3" t="s">
-        <v>1901</v>
+        <v>1885</v>
       </c>
       <c r="B664" s="4" t="s">
-        <v>149</v>
+        <v>1886</v>
       </c>
       <c r="C664" s="4" t="s">
-        <v>1902</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="665" spans="1:10">
       <c r="A665" s="3" t="s">
-        <v>1903</v>
+        <v>1888</v>
       </c>
       <c r="B665" s="4" t="s">
-        <v>1904</v>
+        <v>1889</v>
       </c>
       <c r="C665" s="4" t="s">
-        <v>1905</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="666" spans="1:10">
       <c r="A666" s="3" t="s">
-        <v>1906</v>
+        <v>1891</v>
       </c>
       <c r="B666" s="4" t="s">
-        <v>1907</v>
+        <v>1892</v>
       </c>
       <c r="C666" s="4" t="s">
-        <v>1908</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="667" spans="1:10">
       <c r="A667" s="3" t="s">
-        <v>1909</v>
+        <v>1894</v>
       </c>
       <c r="B667" s="4" t="s">
-        <v>1910</v>
+        <v>623</v>
       </c>
       <c r="C667" s="4" t="s">
-        <v>1911</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="668" spans="1:10">
       <c r="A668" s="3" t="s">
-        <v>1912</v>
+        <v>1896</v>
       </c>
       <c r="B668" s="4" t="s">
-        <v>225</v>
+        <v>1897</v>
       </c>
       <c r="C668" s="4" t="s">
-        <v>1913</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="669" spans="1:10">
       <c r="A669" s="3" t="s">
-        <v>1914</v>
+        <v>1899</v>
       </c>
       <c r="B669" s="4" t="s">
-        <v>1915</v>
+        <v>1122</v>
       </c>
       <c r="C669" s="4" t="s">
-        <v>1916</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="670" spans="1:10">
       <c r="A670" s="3" t="s">
-        <v>1917</v>
+        <v>1901</v>
       </c>
       <c r="B670" s="4" t="s">
-        <v>1918</v>
+        <v>1902</v>
       </c>
       <c r="C670" s="4" t="s">
-        <v>1919</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="671" spans="1:10">
       <c r="A671" s="3" t="s">
-        <v>1920</v>
+        <v>1904</v>
       </c>
       <c r="B671" s="4" t="s">
-        <v>1921</v>
+        <v>1905</v>
       </c>
       <c r="C671" s="4" t="s">
-        <v>1922</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="672" spans="1:10">
       <c r="A672" s="3" t="s">
-        <v>1923</v>
+        <v>1907</v>
       </c>
       <c r="B672" s="4" t="s">
-        <v>1921</v>
+        <v>1908</v>
       </c>
       <c r="C672" s="4" t="s">
-        <v>1924</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="673" spans="1:10">
       <c r="A673" s="3" t="s">
-        <v>1925</v>
+        <v>1910</v>
       </c>
       <c r="B673" s="4" t="s">
-        <v>1921</v>
+        <v>1911</v>
       </c>
       <c r="C673" s="4" t="s">
-        <v>1926</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="674" spans="1:10">
       <c r="A674" s="3" t="s">
-        <v>1927</v>
+        <v>1913</v>
       </c>
       <c r="B674" s="4" t="s">
-        <v>1928</v>
+        <v>1914</v>
       </c>
       <c r="C674" s="4" t="s">
-        <v>1929</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="675" spans="1:10">
       <c r="A675" s="3" t="s">
-        <v>1930</v>
+        <v>1916</v>
       </c>
       <c r="B675" s="4" t="s">
-        <v>1931</v>
+        <v>1917</v>
       </c>
       <c r="C675" s="4" t="s">
-        <v>1932</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="676" spans="1:10">
       <c r="A676" s="3" t="s">
-        <v>1933</v>
+        <v>1919</v>
       </c>
       <c r="B676" s="4" t="s">
-        <v>64</v>
+        <v>1920</v>
       </c>
       <c r="C676" s="4" t="s">
-        <v>1934</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="677" spans="1:10">
       <c r="A677" s="3" t="s">
-        <v>1935</v>
+        <v>1922</v>
       </c>
       <c r="B677" s="4" t="s">
-        <v>64</v>
+        <v>1841</v>
       </c>
       <c r="C677" s="4" t="s">
-        <v>1936</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="678" spans="1:10">
       <c r="A678" s="3" t="s">
-        <v>1937</v>
+        <v>1924</v>
       </c>
       <c r="B678" s="4" t="s">
-        <v>1938</v>
+        <v>1925</v>
       </c>
       <c r="C678" s="4" t="s">
-        <v>1939</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="679" spans="1:10">
       <c r="A679" s="3" t="s">
-        <v>1940</v>
+        <v>1927</v>
       </c>
       <c r="B679" s="4" t="s">
-        <v>1941</v>
+        <v>1928</v>
       </c>
       <c r="C679" s="4" t="s">
-        <v>1942</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="680" spans="1:10">
       <c r="A680" s="3" t="s">
-        <v>1943</v>
+        <v>1930</v>
       </c>
       <c r="B680" s="4" t="s">
-        <v>1944</v>
+        <v>1931</v>
       </c>
       <c r="C680" s="4" t="s">
-        <v>1942</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="681" spans="1:10">
       <c r="A681" s="3" t="s">
-        <v>1945</v>
+        <v>1933</v>
       </c>
       <c r="B681" s="4" t="s">
-        <v>1941</v>
+        <v>1934</v>
       </c>
       <c r="C681" s="4" t="s">
-        <v>1942</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="682" spans="1:10">
       <c r="A682" s="3" t="s">
-        <v>1946</v>
+        <v>1936</v>
       </c>
       <c r="B682" s="4" t="s">
-        <v>1941</v>
+        <v>1937</v>
       </c>
       <c r="C682" s="4" t="s">
-        <v>1942</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="683" spans="1:10">
       <c r="A683" s="3" t="s">
-        <v>1947</v>
+        <v>1939</v>
       </c>
       <c r="B683" s="4" t="s">
-        <v>1948</v>
+        <v>1940</v>
       </c>
       <c r="C683" s="4" t="s">
-        <v>1949</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="684" spans="1:10">
       <c r="A684" s="3" t="s">
-        <v>1950</v>
+        <v>1942</v>
       </c>
       <c r="B684" s="4" t="s">
-        <v>1951</v>
+        <v>1943</v>
       </c>
       <c r="C684" s="4" t="s">
-        <v>1952</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="685" spans="1:10">
       <c r="A685" s="3" t="s">
-        <v>1953</v>
+        <v>1945</v>
       </c>
       <c r="B685" s="4" t="s">
-        <v>1954</v>
+        <v>1946</v>
       </c>
       <c r="C685" s="4" t="s">
-        <v>1955</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="686" spans="1:10">
       <c r="A686" s="3" t="s">
-        <v>1956</v>
+        <v>1948</v>
       </c>
       <c r="B686" s="4" t="s">
-        <v>1957</v>
+        <v>1949</v>
       </c>
       <c r="C686" s="4" t="s">
-        <v>1958</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="687" spans="1:10">
       <c r="A687" s="3" t="s">
-        <v>1959</v>
+        <v>1951</v>
       </c>
       <c r="B687" s="4" t="s">
-        <v>1960</v>
+        <v>1952</v>
       </c>
       <c r="C687" s="4" t="s">
-        <v>1961</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="688" spans="1:10">
       <c r="A688" s="3" t="s">
-        <v>1962</v>
+        <v>1954</v>
       </c>
       <c r="B688" s="4" t="s">
-        <v>1963</v>
+        <v>1955</v>
       </c>
       <c r="C688" s="4" t="s">
-        <v>1964</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="689" spans="1:10">
       <c r="A689" s="3" t="s">
-        <v>1965</v>
+        <v>1957</v>
       </c>
       <c r="B689" s="4" t="s">
-        <v>1966</v>
+        <v>1958</v>
       </c>
       <c r="C689" s="4" t="s">
-        <v>1967</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="690" spans="1:10">
       <c r="A690" s="3" t="s">
-        <v>1968</v>
+        <v>1960</v>
       </c>
       <c r="B690" s="4" t="s">
-        <v>1969</v>
+        <v>1961</v>
       </c>
       <c r="C690" s="4" t="s">
-        <v>1970</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="691" spans="1:10">
       <c r="A691" s="3" t="s">
-        <v>1971</v>
+        <v>1963</v>
       </c>
       <c r="B691" s="4" t="s">
-        <v>1972</v>
+        <v>750</v>
       </c>
       <c r="C691" s="4" t="s">
-        <v>1973</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="692" spans="1:10">
       <c r="A692" s="3" t="s">
-        <v>1974</v>
+        <v>1965</v>
       </c>
       <c r="B692" s="4" t="s">
-        <v>1972</v>
+        <v>1966</v>
       </c>
       <c r="C692" s="4" t="s">
-        <v>1975</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="693" spans="1:10">
       <c r="A693" s="3" t="s">
-        <v>1976</v>
+        <v>1968</v>
       </c>
       <c r="B693" s="4" t="s">
-        <v>1977</v>
+        <v>1283</v>
       </c>
       <c r="C693" s="4" t="s">
-        <v>1978</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="694" spans="1:10">
       <c r="A694" s="3" t="s">
-        <v>1979</v>
+        <v>1970</v>
       </c>
       <c r="B694" s="4" t="s">
-        <v>1980</v>
+        <v>1971</v>
       </c>
       <c r="C694" s="4" t="s">
-        <v>1981</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="695" spans="1:10">
       <c r="A695" s="3" t="s">
-        <v>1982</v>
+        <v>1973</v>
       </c>
       <c r="B695" s="4" t="s">
-        <v>1983</v>
+        <v>1974</v>
       </c>
       <c r="C695" s="4" t="s">
-        <v>1984</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="696" spans="1:10">
       <c r="A696" s="3" t="s">
-        <v>1985</v>
+        <v>1976</v>
       </c>
       <c r="B696" s="4" t="s">
-        <v>1986</v>
+        <v>1977</v>
       </c>
       <c r="C696" s="4" t="s">
-        <v>1987</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="697" spans="1:10">
       <c r="A697" s="3" t="s">
-        <v>1988</v>
+        <v>1979</v>
       </c>
       <c r="B697" s="4" t="s">
-        <v>1989</v>
+        <v>1980</v>
       </c>
       <c r="C697" s="4" t="s">
-        <v>1990</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="698" spans="1:10">
       <c r="A698" s="3" t="s">
-        <v>1991</v>
+        <v>1982</v>
       </c>
       <c r="B698" s="4" t="s">
-        <v>1992</v>
+        <v>1983</v>
       </c>
       <c r="C698" s="4" t="s">
-        <v>1993</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="699" spans="1:10">
       <c r="A699" s="3" t="s">
-        <v>1994</v>
+        <v>1985</v>
       </c>
       <c r="B699" s="4" t="s">
-        <v>1995</v>
+        <v>1986</v>
       </c>
       <c r="C699" s="4" t="s">
-        <v>1996</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="700" spans="1:10">
       <c r="A700" s="3" t="s">
-        <v>1997</v>
+        <v>1988</v>
       </c>
       <c r="B700" s="4" t="s">
-        <v>1998</v>
+        <v>1989</v>
       </c>
       <c r="C700" s="4" t="s">
-        <v>1999</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="701" spans="1:10">
       <c r="A701" s="3" t="s">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="B701" s="4" t="s">
-        <v>2001</v>
+        <v>1989</v>
       </c>
       <c r="C701" s="4" t="s">
-        <v>2002</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="702" spans="1:10">
       <c r="A702" s="3" t="s">
-        <v>2003</v>
+        <v>1993</v>
       </c>
       <c r="B702" s="4" t="s">
-        <v>2004</v>
+        <v>1994</v>
       </c>
       <c r="C702" s="4" t="s">
-        <v>2005</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="703" spans="1:10">
       <c r="A703" s="3" t="s">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="B703" s="4" t="s">
-        <v>2007</v>
+        <v>1997</v>
       </c>
       <c r="C703" s="4" t="s">
-        <v>2008</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="704" spans="1:10">
       <c r="A704" s="3" t="s">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="B704" s="4" t="s">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="C704" s="4" t="s">
-        <v>2011</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="705" spans="1:10">
       <c r="A705" s="3" t="s">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="B705" s="4" t="s">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="C705" s="4" t="s">
-        <v>2014</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="706" spans="1:10">
       <c r="A706" s="3" t="s">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="B706" s="4" t="s">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="C706" s="4" t="s">
-        <v>2017</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="707" spans="1:10">
       <c r="A707" s="3" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="B707" s="4" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="C707" s="4" t="s">
-        <v>2020</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="708" spans="1:10">
       <c r="A708" s="3" t="s">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="B708" s="4" t="s">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="C708" s="4" t="s">
-        <v>2023</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="709" spans="1:10">
       <c r="A709" s="3" t="s">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="B709" s="4" t="s">
-        <v>1835</v>
+        <v>2015</v>
       </c>
       <c r="C709" s="4" t="s">
-        <v>2025</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="710" spans="1:10">
       <c r="A710" s="3" t="s">
-        <v>2026</v>
+        <v>2017</v>
       </c>
       <c r="B710" s="4" t="s">
-        <v>2027</v>
+        <v>2018</v>
       </c>
       <c r="C710" s="4" t="s">
-        <v>2028</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="711" spans="1:10">
       <c r="A711" s="3" t="s">
-        <v>2029</v>
+        <v>2020</v>
       </c>
       <c r="B711" s="4" t="s">
-        <v>2030</v>
+        <v>2018</v>
       </c>
       <c r="C711" s="4" t="s">
-        <v>2031</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="712" spans="1:10">
       <c r="A712" s="3" t="s">
-        <v>2032</v>
+        <v>2022</v>
       </c>
       <c r="B712" s="4" t="s">
-        <v>2033</v>
+        <v>2023</v>
       </c>
       <c r="C712" s="4" t="s">
-        <v>2034</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="713" spans="1:10">
       <c r="A713" s="3" t="s">
-        <v>2035</v>
+        <v>2025</v>
       </c>
       <c r="B713" s="4" t="s">
-        <v>2036</v>
+        <v>2026</v>
       </c>
       <c r="C713" s="4" t="s">
-        <v>2037</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="714" spans="1:10">
       <c r="A714" s="3" t="s">
-        <v>2038</v>
+        <v>2028</v>
       </c>
       <c r="B714" s="4" t="s">
-        <v>2036</v>
+        <v>2029</v>
       </c>
       <c r="C714" s="4" t="s">
-        <v>2039</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="715" spans="1:10">
       <c r="A715" s="3" t="s">
-        <v>2040</v>
+        <v>2031</v>
       </c>
       <c r="B715" s="4" t="s">
-        <v>2041</v>
+        <v>2032</v>
       </c>
       <c r="C715" s="4" t="s">
-        <v>687</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="716" spans="1:10">
       <c r="A716" s="3" t="s">
-        <v>2042</v>
+        <v>2034</v>
       </c>
       <c r="B716" s="4" t="s">
-        <v>2043</v>
+        <v>2035</v>
       </c>
       <c r="C716" s="4" t="s">
-        <v>2044</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="717" spans="1:10">
       <c r="A717" s="3" t="s">
-        <v>2045</v>
+        <v>2037</v>
       </c>
       <c r="B717" s="4" t="s">
-        <v>2046</v>
+        <v>2038</v>
       </c>
       <c r="C717" s="4" t="s">
-        <v>2047</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="718" spans="1:10">
       <c r="A718" s="3" t="s">
-        <v>2048</v>
+        <v>2040</v>
       </c>
       <c r="B718" s="4" t="s">
-        <v>2049</v>
+        <v>2041</v>
       </c>
       <c r="C718" s="4" t="s">
-        <v>2050</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="719" spans="1:10">
       <c r="A719" s="3" t="s">
-        <v>2051</v>
+        <v>2043</v>
       </c>
       <c r="B719" s="4" t="s">
-        <v>2052</v>
+        <v>2044</v>
       </c>
       <c r="C719" s="4" t="s">
-        <v>2053</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="720" spans="1:10">
       <c r="A720" s="3" t="s">
-        <v>2054</v>
+        <v>2046</v>
       </c>
       <c r="B720" s="4" t="s">
-        <v>2055</v>
+        <v>2047</v>
       </c>
       <c r="C720" s="4" t="s">
-        <v>2056</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="721" spans="1:10">
       <c r="A721" s="3" t="s">
-        <v>2057</v>
+        <v>2049</v>
       </c>
       <c r="B721" s="4" t="s">
-        <v>2058</v>
+        <v>1008</v>
       </c>
       <c r="C721" s="4" t="s">
-        <v>2059</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="722" spans="1:10">
       <c r="A722" s="3" t="s">
-        <v>2060</v>
+        <v>2051</v>
       </c>
       <c r="B722" s="4" t="s">
-        <v>2061</v>
+        <v>2052</v>
       </c>
       <c r="C722" s="4" t="s">
-        <v>2062</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="723" spans="1:10">
       <c r="A723" s="3" t="s">
-        <v>2063</v>
+        <v>2054</v>
       </c>
       <c r="B723" s="4" t="s">
-        <v>2064</v>
+        <v>2055</v>
       </c>
       <c r="C723" s="4" t="s">
-        <v>2065</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="724" spans="1:10">
       <c r="A724" s="3" t="s">
-        <v>2066</v>
+        <v>2057</v>
       </c>
       <c r="B724" s="4" t="s">
-        <v>2064</v>
+        <v>2058</v>
       </c>
       <c r="C724" s="4" t="s">
-        <v>2067</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="725" spans="1:10">
       <c r="A725" s="3" t="s">
-        <v>2068</v>
+        <v>2060</v>
       </c>
       <c r="B725" s="4" t="s">
-        <v>1714</v>
+        <v>2061</v>
       </c>
       <c r="C725" s="4" t="s">
-        <v>2069</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="726" spans="1:10">
       <c r="A726" s="3" t="s">
-        <v>2070</v>
+        <v>2063</v>
       </c>
       <c r="B726" s="4" t="s">
-        <v>2071</v>
+        <v>2064</v>
       </c>
       <c r="C726" s="4" t="s">
-        <v>2072</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="727" spans="1:10">
       <c r="A727" s="3" t="s">
-        <v>2073</v>
+        <v>2066</v>
       </c>
       <c r="B727" s="4" t="s">
-        <v>2074</v>
+        <v>2067</v>
       </c>
       <c r="C727" s="4" t="s">
-        <v>2075</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="728" spans="1:10">
       <c r="A728" s="3" t="s">
-        <v>2076</v>
+        <v>2069</v>
       </c>
       <c r="B728" s="4" t="s">
-        <v>2077</v>
+        <v>2070</v>
       </c>
       <c r="C728" s="4" t="s">
-        <v>2078</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="729" spans="1:10">
       <c r="A729" s="3" t="s">
-        <v>2079</v>
+        <v>2072</v>
       </c>
       <c r="B729" s="4" t="s">
-        <v>2080</v>
+        <v>2073</v>
       </c>
       <c r="C729" s="4" t="s">
-        <v>2081</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="730" spans="1:10">
       <c r="A730" s="3" t="s">
-        <v>2082</v>
+        <v>2075</v>
       </c>
       <c r="B730" s="4" t="s">
-        <v>2083</v>
+        <v>2076</v>
       </c>
       <c r="C730" s="4" t="s">
-        <v>2084</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="731" spans="1:10">
       <c r="A731" s="3" t="s">
-        <v>2085</v>
+        <v>2078</v>
       </c>
       <c r="B731" s="4" t="s">
-        <v>2086</v>
+        <v>2079</v>
       </c>
       <c r="C731" s="4" t="s">
-        <v>2087</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="732" spans="1:10">
       <c r="A732" s="3" t="s">
-        <v>2088</v>
+        <v>2081</v>
       </c>
       <c r="B732" s="4" t="s">
-        <v>2089</v>
+        <v>786</v>
       </c>
       <c r="C732" s="4" t="s">
-        <v>2090</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="733" spans="1:10">
       <c r="A733" s="3" t="s">
-        <v>2091</v>
+        <v>2083</v>
       </c>
       <c r="B733" s="4" t="s">
-        <v>2092</v>
+        <v>2084</v>
       </c>
       <c r="C733" s="4" t="s">
-        <v>2093</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="734" spans="1:10">
       <c r="A734" s="3" t="s">
-        <v>2094</v>
+        <v>2086</v>
       </c>
       <c r="B734" s="4" t="s">
-        <v>2095</v>
+        <v>2087</v>
       </c>
       <c r="C734" s="4" t="s">
-        <v>2096</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="735" spans="1:10">
       <c r="A735" s="3" t="s">
-        <v>2097</v>
+        <v>2089</v>
       </c>
       <c r="B735" s="4" t="s">
-        <v>2098</v>
+        <v>2090</v>
       </c>
       <c r="C735" s="4" t="s">
-        <v>2099</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="736" spans="1:10">
       <c r="A736" s="3" t="s">
-        <v>2100</v>
+        <v>2092</v>
       </c>
       <c r="B736" s="4" t="s">
-        <v>2101</v>
+        <v>2093</v>
       </c>
       <c r="C736" s="4" t="s">
-        <v>2102</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="737" spans="1:10">
       <c r="A737" s="3" t="s">
-        <v>2103</v>
+        <v>2095</v>
       </c>
       <c r="B737" s="4" t="s">
-        <v>2104</v>
+        <v>2096</v>
       </c>
       <c r="C737" s="4" t="s">
-        <v>2105</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="738" spans="1:10">
       <c r="A738" s="3" t="s">
-        <v>2106</v>
+        <v>2098</v>
       </c>
       <c r="B738" s="4" t="s">
-        <v>2107</v>
+        <v>2099</v>
       </c>
       <c r="C738" s="4" t="s">
-        <v>2108</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="739" spans="1:10">
       <c r="A739" s="3" t="s">
-        <v>2109</v>
+        <v>2101</v>
       </c>
       <c r="B739" s="4" t="s">
-        <v>2110</v>
+        <v>2102</v>
       </c>
       <c r="C739" s="4" t="s">
-        <v>2111</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="740" spans="1:10">
       <c r="A740" s="3" t="s">
-        <v>2112</v>
+        <v>2104</v>
       </c>
       <c r="B740" s="4" t="s">
-        <v>2113</v>
+        <v>1303</v>
       </c>
       <c r="C740" s="4" t="s">
-        <v>2114</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="741" spans="1:10">
       <c r="A741" s="3" t="s">
-        <v>2115</v>
+        <v>2106</v>
       </c>
       <c r="B741" s="4" t="s">
-        <v>2116</v>
+        <v>1303</v>
       </c>
       <c r="C741" s="4" t="s">
-        <v>2117</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="742" spans="1:10">
       <c r="A742" s="3" t="s">
-        <v>2118</v>
+        <v>2108</v>
       </c>
       <c r="B742" s="4" t="s">
-        <v>2119</v>
+        <v>2109</v>
       </c>
       <c r="C742" s="4" t="s">
-        <v>2120</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="743" spans="1:10">
       <c r="A743" s="3" t="s">
-        <v>2121</v>
+        <v>2111</v>
       </c>
       <c r="B743" s="4" t="s">
-        <v>2122</v>
+        <v>2112</v>
       </c>
       <c r="C743" s="4" t="s">
-        <v>2123</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="744" spans="1:10">
       <c r="A744" s="3" t="s">
-        <v>2124</v>
+        <v>2114</v>
       </c>
       <c r="B744" s="4" t="s">
-        <v>2125</v>
+        <v>133</v>
       </c>
       <c r="C744" s="4" t="s">
-        <v>2126</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="745" spans="1:10">
       <c r="A745" s="3" t="s">
-        <v>2127</v>
+        <v>2116</v>
       </c>
       <c r="B745" s="4" t="s">
-        <v>2128</v>
+        <v>2117</v>
       </c>
       <c r="C745" s="4" t="s">
-        <v>2129</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="746" spans="1:10">
       <c r="A746" s="3" t="s">
-        <v>2130</v>
+        <v>2119</v>
       </c>
       <c r="B746" s="4" t="s">
-        <v>2131</v>
+        <v>2120</v>
       </c>
       <c r="C746" s="4" t="s">
-        <v>2132</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="747" spans="1:10">
       <c r="A747" s="3" t="s">
-        <v>2133</v>
+        <v>2122</v>
       </c>
       <c r="B747" s="4" t="s">
-        <v>2134</v>
+        <v>2123</v>
       </c>
       <c r="C747" s="4" t="s">
-        <v>2135</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="748" spans="1:10">
       <c r="A748" s="3" t="s">
-        <v>2136</v>
+        <v>2125</v>
       </c>
       <c r="B748" s="4" t="s">
-        <v>22</v>
+        <v>2126</v>
       </c>
       <c r="C748" s="4" t="s">
-        <v>23</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="749" spans="1:10">
       <c r="A749" s="3" t="s">
-        <v>2137</v>
+        <v>2128</v>
       </c>
       <c r="B749" s="4" t="s">
-        <v>674</v>
+        <v>2129</v>
       </c>
       <c r="C749" s="4" t="s">
-        <v>2138</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="750" spans="1:10">
       <c r="A750" s="3" t="s">
-        <v>2139</v>
+        <v>2131</v>
       </c>
       <c r="B750" s="4" t="s">
-        <v>2140</v>
+        <v>2132</v>
       </c>
       <c r="C750" s="4" t="s">
-        <v>2141</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="751" spans="1:10">
       <c r="A751" s="3" t="s">
-        <v>2142</v>
+        <v>2134</v>
       </c>
       <c r="B751" s="4" t="s">
-        <v>2143</v>
+        <v>2135</v>
       </c>
       <c r="C751" s="4" t="s">
-        <v>2144</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="752" spans="1:10">
       <c r="A752" s="3" t="s">
-        <v>2145</v>
+        <v>2137</v>
       </c>
       <c r="B752" s="4" t="s">
-        <v>2146</v>
+        <v>2138</v>
       </c>
       <c r="C752" s="4" t="s">
-        <v>2147</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="753" spans="1:10">
       <c r="A753" s="3" t="s">
-        <v>2148</v>
+        <v>2140</v>
       </c>
       <c r="B753" s="4" t="s">
-        <v>2149</v>
+        <v>2141</v>
       </c>
       <c r="C753" s="4" t="s">
-        <v>2150</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="754" spans="1:10">
       <c r="A754" s="3" t="s">
-        <v>2151</v>
+        <v>2143</v>
       </c>
       <c r="B754" s="4" t="s">
-        <v>2152</v>
+        <v>2144</v>
       </c>
       <c r="C754" s="4" t="s">
-        <v>2153</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="755" spans="1:10">
       <c r="A755" s="3" t="s">
-        <v>2154</v>
+        <v>2146</v>
       </c>
       <c r="B755" s="4" t="s">
-        <v>2155</v>
+        <v>2147</v>
       </c>
       <c r="C755" s="4" t="s">
-        <v>2156</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="756" spans="1:10">
       <c r="A756" s="3" t="s">
-        <v>2157</v>
+        <v>2149</v>
       </c>
       <c r="B756" s="4" t="s">
-        <v>1803</v>
+        <v>2150</v>
       </c>
       <c r="C756" s="4" t="s">
-        <v>2158</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="757" spans="1:10">
       <c r="A757" s="3" t="s">
-        <v>2159</v>
+        <v>2152</v>
       </c>
       <c r="B757" s="4" t="s">
-        <v>2160</v>
+        <v>2153</v>
       </c>
       <c r="C757" s="4" t="s">
-        <v>2161</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="758" spans="1:10">
       <c r="A758" s="3" t="s">
-        <v>2162</v>
+        <v>2155</v>
       </c>
       <c r="B758" s="4" t="s">
-        <v>2163</v>
+        <v>334</v>
       </c>
       <c r="C758" s="4" t="s">
-        <v>2164</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="759" spans="1:10">
       <c r="A759" s="3" t="s">
-        <v>2165</v>
+        <v>2156</v>
       </c>
       <c r="B759" s="4" t="s">
-        <v>2166</v>
+        <v>2157</v>
       </c>
       <c r="C759" s="4" t="s">
-        <v>2167</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="760" spans="1:10">
       <c r="A760" s="3" t="s">
-        <v>2168</v>
+        <v>2159</v>
       </c>
       <c r="B760" s="4" t="s">
-        <v>2169</v>
+        <v>2160</v>
       </c>
       <c r="C760" s="4" t="s">
-        <v>2170</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="761" spans="1:10">
       <c r="A761" s="3" t="s">
-        <v>2171</v>
+        <v>2162</v>
       </c>
       <c r="B761" s="4" t="s">
-        <v>2169</v>
+        <v>2163</v>
       </c>
       <c r="C761" s="4" t="s">
-        <v>2172</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="762" spans="1:10">
       <c r="A762" s="3" t="s">
-        <v>2173</v>
+        <v>2165</v>
       </c>
       <c r="B762" s="4" t="s">
-        <v>2174</v>
+        <v>2166</v>
       </c>
       <c r="C762" s="4" t="s">
-        <v>2175</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="763" spans="1:10">
       <c r="A763" s="3" t="s">
-        <v>2176</v>
+        <v>2168</v>
       </c>
       <c r="B763" s="4" t="s">
-        <v>2177</v>
+        <v>2169</v>
       </c>
       <c r="C763" s="4" t="s">
-        <v>2178</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="764" spans="1:10">
       <c r="A764" s="3" t="s">
-        <v>2179</v>
+        <v>2170</v>
       </c>
       <c r="B764" s="4" t="s">
-        <v>2180</v>
+        <v>2171</v>
       </c>
       <c r="C764" s="4" t="s">
-        <v>2181</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="765" spans="1:10">
       <c r="A765" s="3" t="s">
-        <v>2182</v>
+        <v>2173</v>
       </c>
       <c r="B765" s="4" t="s">
-        <v>2183</v>
+        <v>2171</v>
       </c>
       <c r="C765" s="4" t="s">
-        <v>2184</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="766" spans="1:10">
       <c r="A766" s="3" t="s">
-        <v>2185</v>
+        <v>2175</v>
       </c>
       <c r="B766" s="4" t="s">
-        <v>2186</v>
+        <v>2171</v>
       </c>
       <c r="C766" s="4" t="s">
-        <v>2187</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="767" spans="1:10">
       <c r="A767" s="3" t="s">
-        <v>2188</v>
+        <v>2177</v>
       </c>
       <c r="B767" s="4" t="s">
-        <v>2189</v>
+        <v>2171</v>
       </c>
       <c r="C767" s="4" t="s">
-        <v>2190</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="768" spans="1:10">
       <c r="A768" s="3" t="s">
-        <v>2191</v>
+        <v>2179</v>
       </c>
       <c r="B768" s="4" t="s">
-        <v>2192</v>
+        <v>2171</v>
       </c>
       <c r="C768" s="4" t="s">
-        <v>2193</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="769" spans="1:10">
       <c r="A769" s="3" t="s">
-        <v>2194</v>
+        <v>2181</v>
       </c>
       <c r="B769" s="4" t="s">
-        <v>2195</v>
+        <v>2182</v>
       </c>
       <c r="C769" s="4" t="s">
-        <v>2196</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="770" spans="1:10">
       <c r="A770" s="3" t="s">
-        <v>2197</v>
+        <v>2184</v>
       </c>
       <c r="B770" s="4" t="s">
-        <v>2198</v>
+        <v>2185</v>
       </c>
       <c r="C770" s="4" t="s">
-        <v>2199</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="771" spans="1:10">
       <c r="A771" s="3" t="s">
-        <v>2200</v>
+        <v>2187</v>
       </c>
       <c r="B771" s="4" t="s">
-        <v>2201</v>
+        <v>2188</v>
       </c>
       <c r="C771" s="4" t="s">
-        <v>2202</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="772" spans="1:10">
       <c r="A772" s="3" t="s">
-        <v>2203</v>
+        <v>2190</v>
       </c>
       <c r="B772" s="4" t="s">
-        <v>2204</v>
+        <v>2191</v>
       </c>
       <c r="C772" s="4" t="s">
-        <v>2205</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="773" spans="1:10">
       <c r="A773" s="3" t="s">
-        <v>2206</v>
+        <v>2193</v>
       </c>
       <c r="B773" s="4" t="s">
-        <v>2207</v>
+        <v>2194</v>
       </c>
       <c r="C773" s="4" t="s">
-        <v>2208</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="774" spans="1:10">
       <c r="A774" s="3" t="s">
-        <v>2209</v>
+        <v>2196</v>
       </c>
       <c r="B774" s="4" t="s">
-        <v>2210</v>
+        <v>2197</v>
       </c>
       <c r="C774" s="4" t="s">
-        <v>2211</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="775" spans="1:10">
       <c r="A775" s="3" t="s">
-        <v>2212</v>
+        <v>2199</v>
       </c>
       <c r="B775" s="4" t="s">
-        <v>2213</v>
+        <v>2200</v>
       </c>
       <c r="C775" s="4" t="s">
-        <v>2214</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="776" spans="1:10">
       <c r="A776" s="3" t="s">
-        <v>2215</v>
+        <v>2202</v>
       </c>
       <c r="B776" s="4" t="s">
-        <v>2216</v>
+        <v>2203</v>
       </c>
       <c r="C776" s="4" t="s">
-        <v>2217</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="777" spans="1:10">
       <c r="A777" s="3" t="s">
-        <v>2218</v>
+        <v>2205</v>
       </c>
       <c r="B777" s="4" t="s">
-        <v>128</v>
+        <v>2206</v>
       </c>
       <c r="C777" s="4" t="s">
-        <v>129</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="778" spans="1:10">
       <c r="A778" s="3" t="s">
-        <v>2219</v>
+        <v>2208</v>
       </c>
       <c r="B778" s="4" t="s">
-        <v>2220</v>
+        <v>2209</v>
       </c>
       <c r="C778" s="4" t="s">
-        <v>2221</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="779" spans="1:10">
       <c r="A779" s="3" t="s">
-        <v>2222</v>
+        <v>2211</v>
       </c>
       <c r="B779" s="4" t="s">
-        <v>2223</v>
+        <v>2212</v>
       </c>
       <c r="C779" s="4" t="s">
-        <v>2224</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="780" spans="1:10">
       <c r="A780" s="3" t="s">
-        <v>2225</v>
+        <v>2214</v>
       </c>
       <c r="B780" s="4" t="s">
-        <v>2226</v>
+        <v>2215</v>
       </c>
       <c r="C780" s="4" t="s">
-        <v>2227</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="781" spans="1:10">
       <c r="A781" s="3" t="s">
-        <v>2228</v>
+        <v>2217</v>
       </c>
       <c r="B781" s="4" t="s">
-        <v>2229</v>
+        <v>2218</v>
       </c>
       <c r="C781" s="4" t="s">
-        <v>2230</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="782" spans="1:10">
       <c r="A782" s="3" t="s">
-        <v>2231</v>
+        <v>2220</v>
       </c>
       <c r="B782" s="4" t="s">
-        <v>2232</v>
+        <v>2221</v>
       </c>
       <c r="C782" s="4" t="s">
-        <v>2233</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="783" spans="1:10">
       <c r="A783" s="3" t="s">
-        <v>2234</v>
+        <v>2223</v>
       </c>
       <c r="B783" s="4" t="s">
-        <v>2235</v>
+        <v>2224</v>
       </c>
       <c r="C783" s="4" t="s">
-        <v>2236</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="784" spans="1:10">
       <c r="A784" s="3" t="s">
-        <v>2237</v>
+        <v>2226</v>
       </c>
       <c r="B784" s="4" t="s">
-        <v>2238</v>
+        <v>2227</v>
       </c>
       <c r="C784" s="4" t="s">
-        <v>2239</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="785" spans="1:10">
       <c r="A785" s="3" t="s">
-        <v>2240</v>
+        <v>2229</v>
       </c>
       <c r="B785" s="4" t="s">
-        <v>2241</v>
+        <v>2230</v>
       </c>
       <c r="C785" s="4" t="s">
-        <v>2242</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="786" spans="1:10">
       <c r="A786" s="3" t="s">
-        <v>2243</v>
+        <v>2232</v>
       </c>
       <c r="B786" s="4" t="s">
-        <v>2244</v>
+        <v>2233</v>
       </c>
       <c r="C786" s="4" t="s">
-        <v>2245</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="787" spans="1:10">
       <c r="A787" s="3" t="s">
-        <v>2246</v>
+        <v>2235</v>
       </c>
       <c r="B787" s="4" t="s">
-        <v>2247</v>
+        <v>2236</v>
       </c>
       <c r="C787" s="4" t="s">
-        <v>2248</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="788" spans="1:10">
       <c r="A788" s="3" t="s">
-        <v>2249</v>
+        <v>2238</v>
       </c>
       <c r="B788" s="4" t="s">
-        <v>2250</v>
+        <v>2239</v>
       </c>
       <c r="C788" s="4" t="s">
-        <v>2251</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="789" spans="1:10">
       <c r="A789" s="3" t="s">
-        <v>2252</v>
+        <v>2241</v>
       </c>
       <c r="B789" s="4" t="s">
-        <v>176</v>
+        <v>2242</v>
       </c>
       <c r="C789" s="4" t="s">
-        <v>2253</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="790" spans="1:10">
       <c r="A790" s="3" t="s">
-        <v>2254</v>
+        <v>2244</v>
       </c>
       <c r="B790" s="4" t="s">
-        <v>836</v>
+        <v>2245</v>
       </c>
       <c r="C790" s="4" t="s">
-        <v>2255</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="791" spans="1:10">
       <c r="A791" s="3" t="s">
-        <v>2256</v>
+        <v>2247</v>
       </c>
       <c r="B791" s="4" t="s">
-        <v>836</v>
+        <v>2248</v>
       </c>
       <c r="C791" s="4" t="s">
-        <v>2257</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="792" spans="1:10">
       <c r="A792" s="3" t="s">
-        <v>2258</v>
+        <v>2250</v>
       </c>
       <c r="B792" s="4" t="s">
-        <v>2259</v>
+        <v>2251</v>
       </c>
       <c r="C792" s="4" t="s">
-        <v>2260</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="793" spans="1:10">
       <c r="A793" s="3" t="s">
-        <v>2261</v>
+        <v>2253</v>
       </c>
       <c r="B793" s="4" t="s">
-        <v>2262</v>
+        <v>2254</v>
       </c>
       <c r="C793" s="4" t="s">
-        <v>2263</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="794" spans="1:10">
       <c r="A794" s="3" t="s">
-        <v>2264</v>
+        <v>2256</v>
       </c>
       <c r="B794" s="4" t="s">
-        <v>2265</v>
+        <v>2257</v>
       </c>
       <c r="C794" s="4" t="s">
-        <v>2266</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="795" spans="1:10">
       <c r="A795" s="3" t="s">
-        <v>2267</v>
+        <v>2259</v>
       </c>
       <c r="B795" s="4" t="s">
-        <v>1835</v>
+        <v>2260</v>
       </c>
       <c r="C795" s="4" t="s">
-        <v>2268</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="796" spans="1:10">
       <c r="A796" s="3" t="s">
-        <v>2269</v>
+        <v>2262</v>
       </c>
       <c r="B796" s="4" t="s">
-        <v>2270</v>
+        <v>2263</v>
       </c>
       <c r="C796" s="4" t="s">
-        <v>2271</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="797" spans="1:10">
       <c r="A797" s="3" t="s">
-        <v>2272</v>
+        <v>2265</v>
       </c>
       <c r="B797" s="4" t="s">
-        <v>2273</v>
+        <v>1333</v>
       </c>
       <c r="C797" s="4" t="s">
-        <v>2274</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="798" spans="1:10">
       <c r="A798" s="3" t="s">
-        <v>2275</v>
+        <v>2267</v>
       </c>
       <c r="B798" s="4" t="s">
-        <v>2276</v>
+        <v>826</v>
       </c>
       <c r="C798" s="4" t="s">
-        <v>2277</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="799" spans="1:10">
       <c r="A799" s="3" t="s">
-        <v>2278</v>
+        <v>2269</v>
       </c>
       <c r="B799" s="4" t="s">
-        <v>2279</v>
+        <v>1733</v>
       </c>
       <c r="C799" s="4" t="s">
-        <v>2280</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="800" spans="1:10">
       <c r="A800" s="3" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="B800" s="4" t="s">
-        <v>2282</v>
+        <v>2272</v>
       </c>
       <c r="C800" s="4" t="s">
-        <v>2283</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="801" spans="1:10">
       <c r="A801" s="3" t="s">
-        <v>2284</v>
+        <v>2274</v>
       </c>
       <c r="B801" s="4" t="s">
-        <v>2285</v>
+        <v>2275</v>
       </c>
       <c r="C801" s="4" t="s">
-        <v>2286</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="802" spans="1:10">
       <c r="A802" s="3" t="s">
-        <v>2287</v>
+        <v>2277</v>
       </c>
       <c r="B802" s="4" t="s">
-        <v>2288</v>
+        <v>2278</v>
       </c>
       <c r="C802" s="4" t="s">
-        <v>2289</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="803" spans="1:10">
       <c r="A803" s="3" t="s">
-        <v>2290</v>
+        <v>2280</v>
       </c>
       <c r="B803" s="4" t="s">
-        <v>2291</v>
+        <v>2281</v>
       </c>
       <c r="C803" s="4" t="s">
-        <v>2292</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="804" spans="1:10">
       <c r="A804" s="3" t="s">
-        <v>2293</v>
+        <v>2283</v>
       </c>
       <c r="B804" s="4" t="s">
-        <v>2294</v>
+        <v>2284</v>
       </c>
       <c r="C804" s="4" t="s">
-        <v>2295</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="805" spans="1:10">
       <c r="A805" s="3" t="s">
-        <v>2296</v>
+        <v>2286</v>
       </c>
       <c r="B805" s="4" t="s">
-        <v>87</v>
+        <v>2287</v>
       </c>
       <c r="C805" s="4" t="s">
-        <v>2297</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="806" spans="1:10">
       <c r="A806" s="3" t="s">
-        <v>2298</v>
+        <v>2289</v>
       </c>
       <c r="B806" s="4" t="s">
-        <v>2299</v>
+        <v>2290</v>
       </c>
       <c r="C806" s="4" t="s">
-        <v>2300</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="807" spans="1:10">
       <c r="A807" s="3" t="s">
-        <v>2301</v>
+        <v>2292</v>
       </c>
       <c r="B807" s="4" t="s">
-        <v>2302</v>
+        <v>2293</v>
       </c>
       <c r="C807" s="4" t="s">
-        <v>2303</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="808" spans="1:10">
       <c r="A808" s="3" t="s">
-        <v>2304</v>
+        <v>2295</v>
       </c>
       <c r="B808" s="4" t="s">
-        <v>514</v>
+        <v>2296</v>
       </c>
       <c r="C808" s="4" t="s">
-        <v>2305</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="809" spans="1:10">
       <c r="A809" s="3" t="s">
-        <v>2306</v>
+        <v>2298</v>
       </c>
       <c r="B809" s="4" t="s">
-        <v>514</v>
+        <v>2299</v>
       </c>
       <c r="C809" s="4" t="s">
-        <v>2307</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="810" spans="1:10">
       <c r="A810" s="3" t="s">
-        <v>2308</v>
+        <v>2301</v>
       </c>
       <c r="B810" s="4" t="s">
-        <v>514</v>
+        <v>2302</v>
       </c>
       <c r="C810" s="4" t="s">
-        <v>2309</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="811" spans="1:10">
       <c r="A811" s="3" t="s">
-        <v>2310</v>
+        <v>2304</v>
       </c>
       <c r="B811" s="4" t="s">
-        <v>656</v>
+        <v>2305</v>
       </c>
       <c r="C811" s="4" t="s">
-        <v>2311</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="812" spans="1:10">
       <c r="A812" s="3" t="s">
-        <v>2312</v>
+        <v>2307</v>
       </c>
       <c r="B812" s="4" t="s">
-        <v>278</v>
+        <v>2308</v>
       </c>
       <c r="C812" s="4" t="s">
-        <v>2313</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="813" spans="1:10">
       <c r="A813" s="3" t="s">
-        <v>2314</v>
+        <v>2310</v>
       </c>
       <c r="B813" s="4" t="s">
-        <v>278</v>
+        <v>2311</v>
       </c>
       <c r="C813" s="4" t="s">
-        <v>2315</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="814" spans="1:10">
       <c r="A814" s="3" t="s">
-        <v>2316</v>
+        <v>2313</v>
       </c>
       <c r="B814" s="4" t="s">
-        <v>2317</v>
+        <v>2314</v>
       </c>
       <c r="C814" s="4" t="s">
-        <v>2318</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="815" spans="1:10">
       <c r="A815" s="3" t="s">
-        <v>2319</v>
+        <v>2316</v>
       </c>
       <c r="B815" s="4" t="s">
-        <v>2320</v>
+        <v>2317</v>
       </c>
       <c r="C815" s="4" t="s">
-        <v>2321</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="816" spans="1:10">
       <c r="A816" s="3" t="s">
-        <v>2322</v>
+        <v>2319</v>
       </c>
       <c r="B816" s="4" t="s">
-        <v>1398</v>
+        <v>2320</v>
       </c>
       <c r="C816" s="4" t="s">
-        <v>2323</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="817" spans="1:10">
       <c r="A817" s="3" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B817" s="4" t="s">
+        <v>2323</v>
+      </c>
+      <c r="C817" s="4" t="s">
         <v>2324</v>
-      </c>
-[...4 lines deleted...]
-        <v>2326</v>
       </c>
     </row>
     <row r="818" spans="1:10">
       <c r="A818" s="3" t="s">
-        <v>2327</v>
+        <v>2325</v>
       </c>
       <c r="B818" s="4" t="s">
-        <v>2328</v>
+        <v>405</v>
       </c>
       <c r="C818" s="4" t="s">
-        <v>2329</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="819" spans="1:10">
       <c r="A819" s="3" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B819" s="4" t="s">
-        <v>1064</v>
+        <v>2328</v>
       </c>
       <c r="C819" s="4" t="s">
-        <v>2331</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="820" spans="1:10">
       <c r="A820" s="3" t="s">
-        <v>2332</v>
+        <v>2330</v>
       </c>
       <c r="B820" s="4" t="s">
-        <v>2333</v>
+        <v>2328</v>
       </c>
       <c r="C820" s="4" t="s">
-        <v>2334</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="821" spans="1:10">
       <c r="A821" s="3" t="s">
-        <v>2335</v>
+        <v>2332</v>
       </c>
       <c r="B821" s="4" t="s">
-        <v>2336</v>
+        <v>2333</v>
       </c>
       <c r="C821" s="4" t="s">
-        <v>2337</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="822" spans="1:10">
       <c r="A822" s="3" t="s">
-        <v>2338</v>
+        <v>2335</v>
       </c>
       <c r="B822" s="4" t="s">
-        <v>2339</v>
+        <v>2333</v>
       </c>
       <c r="C822" s="4" t="s">
-        <v>2340</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="823" spans="1:10">
       <c r="A823" s="3" t="s">
-        <v>2341</v>
+        <v>2337</v>
       </c>
       <c r="B823" s="4" t="s">
+        <v>2338</v>
+      </c>
+      <c r="C823" s="4" t="s">
         <v>2339</v>
-      </c>
-[...1 lines deleted...]
-        <v>2342</v>
       </c>
     </row>
     <row r="824" spans="1:10">
       <c r="A824" s="3" t="s">
-        <v>2343</v>
+        <v>2340</v>
       </c>
       <c r="B824" s="4" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="C824" s="4" t="s">
-        <v>2345</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="825" spans="1:10">
       <c r="A825" s="3" t="s">
-        <v>2346</v>
+        <v>2342</v>
       </c>
       <c r="B825" s="4" t="s">
-        <v>2347</v>
+        <v>2343</v>
       </c>
       <c r="C825" s="4" t="s">
-        <v>2348</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="826" spans="1:10">
       <c r="A826" s="3" t="s">
-        <v>2349</v>
+        <v>2345</v>
       </c>
       <c r="B826" s="4" t="s">
-        <v>2350</v>
+        <v>2346</v>
       </c>
       <c r="C826" s="4" t="s">
-        <v>2351</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="827" spans="1:10">
       <c r="A827" s="3" t="s">
-        <v>2352</v>
+        <v>2348</v>
       </c>
       <c r="B827" s="4" t="s">
-        <v>2353</v>
+        <v>2349</v>
       </c>
       <c r="C827" s="4" t="s">
-        <v>2354</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="828" spans="1:10">
       <c r="A828" s="3" t="s">
-        <v>2355</v>
+        <v>2351</v>
       </c>
       <c r="B828" s="4" t="s">
-        <v>2356</v>
+        <v>2352</v>
       </c>
       <c r="C828" s="4" t="s">
-        <v>2357</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="829" spans="1:10">
       <c r="A829" s="3" t="s">
-        <v>2358</v>
+        <v>2354</v>
       </c>
       <c r="B829" s="4" t="s">
-        <v>2359</v>
+        <v>2355</v>
       </c>
       <c r="C829" s="4" t="s">
-        <v>2360</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="830" spans="1:10">
       <c r="A830" s="3" t="s">
-        <v>2361</v>
+        <v>2357</v>
       </c>
       <c r="B830" s="4" t="s">
-        <v>2362</v>
+        <v>2358</v>
       </c>
       <c r="C830" s="4" t="s">
-        <v>2363</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="831" spans="1:10">
       <c r="A831" s="3" t="s">
-        <v>2364</v>
+        <v>2360</v>
       </c>
       <c r="B831" s="4" t="s">
-        <v>2365</v>
+        <v>2361</v>
       </c>
       <c r="C831" s="4" t="s">
-        <v>2366</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="832" spans="1:10">
       <c r="A832" s="3" t="s">
-        <v>2367</v>
+        <v>2363</v>
       </c>
       <c r="B832" s="4" t="s">
-        <v>2368</v>
+        <v>2364</v>
       </c>
       <c r="C832" s="4" t="s">
-        <v>2369</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="833" spans="1:10">
       <c r="A833" s="3" t="s">
-        <v>2370</v>
+        <v>2366</v>
       </c>
       <c r="B833" s="4" t="s">
-        <v>2371</v>
+        <v>2367</v>
       </c>
       <c r="C833" s="4" t="s">
-        <v>2372</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="834" spans="1:10">
       <c r="A834" s="3" t="s">
-        <v>2373</v>
+        <v>2369</v>
       </c>
       <c r="B834" s="4" t="s">
-        <v>2374</v>
+        <v>2367</v>
       </c>
       <c r="C834" s="4" t="s">
-        <v>2375</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="835" spans="1:10">
       <c r="A835" s="3" t="s">
-        <v>2376</v>
+        <v>2370</v>
       </c>
       <c r="B835" s="4" t="s">
-        <v>2377</v>
+        <v>2371</v>
       </c>
       <c r="C835" s="4" t="s">
-        <v>2378</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="836" spans="1:10">
       <c r="A836" s="3" t="s">
-        <v>2379</v>
+        <v>2373</v>
       </c>
       <c r="B836" s="4" t="s">
-        <v>2377</v>
+        <v>2374</v>
       </c>
       <c r="C836" s="4" t="s">
-        <v>2380</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="837" spans="1:10">
       <c r="A837" s="3" t="s">
-        <v>2381</v>
+        <v>2376</v>
       </c>
       <c r="B837" s="4" t="s">
-        <v>2382</v>
+        <v>2377</v>
       </c>
       <c r="C837" s="4" t="s">
-        <v>2383</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="838" spans="1:10">
       <c r="A838" s="3" t="s">
-        <v>2384</v>
+        <v>2379</v>
       </c>
       <c r="B838" s="4" t="s">
-        <v>2385</v>
+        <v>2380</v>
       </c>
       <c r="C838" s="4" t="s">
-        <v>2386</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="839" spans="1:10">
       <c r="A839" s="3" t="s">
-        <v>2387</v>
+        <v>2382</v>
       </c>
       <c r="B839" s="4" t="s">
-        <v>414</v>
+        <v>2383</v>
       </c>
       <c r="C839" s="4" t="s">
-        <v>2388</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="840" spans="1:10">
       <c r="A840" s="3" t="s">
-        <v>2389</v>
+        <v>2385</v>
       </c>
       <c r="B840" s="4" t="s">
-        <v>2390</v>
+        <v>2386</v>
       </c>
       <c r="C840" s="4" t="s">
-        <v>2391</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="841" spans="1:10">
       <c r="A841" s="3" t="s">
-        <v>2392</v>
+        <v>2388</v>
       </c>
       <c r="B841" s="4" t="s">
-        <v>2393</v>
+        <v>2389</v>
       </c>
       <c r="C841" s="4" t="s">
-        <v>2394</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="842" spans="1:10">
       <c r="A842" s="3" t="s">
-        <v>2395</v>
+        <v>2391</v>
       </c>
       <c r="B842" s="4" t="s">
-        <v>2396</v>
+        <v>2392</v>
       </c>
       <c r="C842" s="4" t="s">
-        <v>2397</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="843" spans="1:10">
       <c r="A843" s="3" t="s">
-        <v>2398</v>
+        <v>2394</v>
       </c>
       <c r="B843" s="4" t="s">
-        <v>2399</v>
+        <v>2395</v>
       </c>
       <c r="C843" s="4" t="s">
-        <v>1329</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="844" spans="1:10">
       <c r="A844" s="3" t="s">
-        <v>2400</v>
+        <v>2397</v>
       </c>
       <c r="B844" s="4" t="s">
-        <v>337</v>
+        <v>2398</v>
       </c>
       <c r="C844" s="4" t="s">
-        <v>2401</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="845" spans="1:10">
       <c r="A845" s="3" t="s">
-        <v>2402</v>
+        <v>2400</v>
       </c>
       <c r="B845" s="4" t="s">
-        <v>2403</v>
+        <v>879</v>
       </c>
       <c r="C845" s="4" t="s">
-        <v>2404</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="846" spans="1:10">
       <c r="A846" s="3" t="s">
-        <v>2405</v>
+        <v>2402</v>
       </c>
       <c r="B846" s="4" t="s">
-        <v>2204</v>
+        <v>2403</v>
       </c>
       <c r="C846" s="4" t="s">
-        <v>2406</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="847" spans="1:10">
       <c r="A847" s="3" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B847" s="4" t="s">
+        <v>2406</v>
+      </c>
+      <c r="C847" s="4" t="s">
         <v>2407</v>
-      </c>
-[...4 lines deleted...]
-        <v>2409</v>
       </c>
     </row>
     <row r="848" spans="1:10">
       <c r="A848" s="3" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B848" s="4" t="s">
+        <v>2409</v>
+      </c>
+      <c r="C848" s="4" t="s">
         <v>2410</v>
-      </c>
-[...4 lines deleted...]
-        <v>2412</v>
       </c>
     </row>
     <row r="849" spans="1:10">
       <c r="A849" s="3" t="s">
+        <v>2411</v>
+      </c>
+      <c r="B849" s="4" t="s">
+        <v>2412</v>
+      </c>
+      <c r="C849" s="4" t="s">
         <v>2413</v>
-      </c>
-[...4 lines deleted...]
-        <v>2415</v>
       </c>
     </row>
     <row r="850" spans="1:10">
       <c r="A850" s="3" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B850" s="4" t="s">
+        <v>2415</v>
+      </c>
+      <c r="C850" s="4" t="s">
         <v>2416</v>
-      </c>
-[...4 lines deleted...]
-        <v>2418</v>
       </c>
     </row>
     <row r="851" spans="1:10">
       <c r="A851" s="3" t="s">
+        <v>2417</v>
+      </c>
+      <c r="B851" s="4" t="s">
+        <v>2418</v>
+      </c>
+      <c r="C851" s="4" t="s">
         <v>2419</v>
-      </c>
-[...4 lines deleted...]
-        <v>2421</v>
       </c>
     </row>
     <row r="852" spans="1:10">
       <c r="A852" s="3" t="s">
-        <v>2422</v>
+        <v>2420</v>
       </c>
       <c r="B852" s="4" t="s">
-        <v>644</v>
+        <v>2412</v>
       </c>
       <c r="C852" s="4" t="s">
-        <v>2423</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="853" spans="1:10">
       <c r="A853" s="3" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B853" s="4" t="s">
+        <v>2423</v>
+      </c>
+      <c r="C853" s="4" t="s">
         <v>2424</v>
-      </c>
-[...4 lines deleted...]
-        <v>2426</v>
       </c>
     </row>
     <row r="854" spans="1:10">
       <c r="A854" s="3" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B854" s="4" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C854" s="4" t="s">
         <v>2427</v>
-      </c>
-[...4 lines deleted...]
-        <v>2429</v>
       </c>
     </row>
     <row r="855" spans="1:10">
       <c r="A855" s="3" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B855" s="4" t="s">
+        <v>2429</v>
+      </c>
+      <c r="C855" s="4" t="s">
         <v>2430</v>
-      </c>
-[...4 lines deleted...]
-        <v>2432</v>
       </c>
     </row>
     <row r="856" spans="1:10">
       <c r="A856" s="3" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B856" s="4" t="s">
+        <v>2432</v>
+      </c>
+      <c r="C856" s="4" t="s">
         <v>2433</v>
-      </c>
-[...4 lines deleted...]
-        <v>2435</v>
       </c>
     </row>
     <row r="857" spans="1:10">
       <c r="A857" s="3" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B857" s="4" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C857" s="4" t="s">
         <v>2436</v>
-      </c>
-[...4 lines deleted...]
-        <v>2438</v>
       </c>
     </row>
     <row r="858" spans="1:10">
       <c r="A858" s="3" t="s">
-        <v>2439</v>
+        <v>2437</v>
       </c>
       <c r="B858" s="4" t="s">
-        <v>1746</v>
+        <v>1620</v>
       </c>
       <c r="C858" s="4" t="s">
-        <v>2440</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="859" spans="1:10">
       <c r="A859" s="3" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B859" s="4" t="s">
+        <v>2440</v>
+      </c>
+      <c r="C859" s="4" t="s">
         <v>2441</v>
-      </c>
-[...4 lines deleted...]
-        <v>2443</v>
       </c>
     </row>
     <row r="860" spans="1:10">
       <c r="A860" s="3" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B860" s="4" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C860" s="4" t="s">
         <v>2444</v>
-      </c>
-[...4 lines deleted...]
-        <v>2446</v>
       </c>
     </row>
     <row r="861" spans="1:10">
       <c r="A861" s="3" t="s">
+        <v>2445</v>
+      </c>
+      <c r="B861" s="4" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C861" s="4" t="s">
         <v>2447</v>
-      </c>
-[...4 lines deleted...]
-        <v>2448</v>
       </c>
     </row>
     <row r="862" spans="1:10">
       <c r="A862" s="3" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B862" s="4" t="s">
         <v>2449</v>
       </c>
-      <c r="B862" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C862" s="4" t="s">
-        <v>1981</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="863" spans="1:10">
       <c r="A863" s="3" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="B863" s="4" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="C863" s="4" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="864" spans="1:10">
       <c r="A864" s="3" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="B864" s="4" t="s">
-        <v>2454</v>
+        <v>1339</v>
       </c>
       <c r="C864" s="4" t="s">
         <v>2455</v>
       </c>
     </row>
     <row r="865" spans="1:10">
       <c r="A865" s="3" t="s">
         <v>2456</v>
       </c>
       <c r="B865" s="4" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C865" s="4" t="s">
         <v>2457</v>
-      </c>
-[...1 lines deleted...]
-        <v>2458</v>
       </c>
     </row>
     <row r="866" spans="1:10">
       <c r="A866" s="3" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B866" s="4" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C866" s="4" t="s">
         <v>2459</v>
-      </c>
-[...4 lines deleted...]
-        <v>2461</v>
       </c>
     </row>
     <row r="867" spans="1:10">
       <c r="A867" s="3" t="s">
+        <v>2460</v>
+      </c>
+      <c r="B867" s="4" t="s">
+        <v>2461</v>
+      </c>
+      <c r="C867" s="4" t="s">
         <v>2462</v>
-      </c>
-[...4 lines deleted...]
-        <v>2464</v>
       </c>
     </row>
     <row r="868" spans="1:10">
       <c r="A868" s="3" t="s">
+        <v>2463</v>
+      </c>
+      <c r="B868" s="4" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C868" s="4" t="s">
         <v>2465</v>
-      </c>
-[...4 lines deleted...]
-        <v>2466</v>
       </c>
     </row>
     <row r="869" spans="1:10">
       <c r="A869" s="3" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B869" s="4" t="s">
         <v>2467</v>
       </c>
-      <c r="B869" s="4" t="s">
+      <c r="C869" s="4" t="s">
         <v>2468</v>
-      </c>
-[...1 lines deleted...]
-        <v>2469</v>
       </c>
     </row>
     <row r="870" spans="1:10">
       <c r="A870" s="3" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B870" s="4" t="s">
         <v>2470</v>
       </c>
-      <c r="B870" s="4" t="s">
+      <c r="C870" s="4" t="s">
         <v>2471</v>
-      </c>
-[...1 lines deleted...]
-        <v>2472</v>
       </c>
     </row>
     <row r="871" spans="1:10">
       <c r="A871" s="3" t="s">
+        <v>2472</v>
+      </c>
+      <c r="B871" s="4" t="s">
         <v>2473</v>
-      </c>
-[...1 lines deleted...]
-        <v>2019</v>
       </c>
       <c r="C871" s="4" t="s">
         <v>2474</v>
       </c>
     </row>
     <row r="872" spans="1:10">
       <c r="A872" s="3" t="s">
         <v>2475</v>
       </c>
       <c r="B872" s="4" t="s">
         <v>2476</v>
       </c>
       <c r="C872" s="4" t="s">
         <v>2477</v>
       </c>
     </row>
     <row r="873" spans="1:10">
       <c r="A873" s="3" t="s">
         <v>2478</v>
       </c>
       <c r="B873" s="4" t="s">
         <v>2479</v>
       </c>
       <c r="C873" s="4" t="s">
-        <v>1565</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="874" spans="1:10">
       <c r="A874" s="3" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
       <c r="B874" s="4" t="s">
-        <v>71</v>
+        <v>2482</v>
       </c>
       <c r="C874" s="4" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="875" spans="1:10">
       <c r="A875" s="3" t="s">
-        <v>2482</v>
+        <v>2484</v>
       </c>
       <c r="B875" s="4" t="s">
-        <v>71</v>
+        <v>2485</v>
       </c>
       <c r="C875" s="4" t="s">
-        <v>2483</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="876" spans="1:10">
       <c r="A876" s="3" t="s">
-        <v>2484</v>
+        <v>2486</v>
       </c>
       <c r="B876" s="4" t="s">
-        <v>2207</v>
+        <v>2487</v>
       </c>
       <c r="C876" s="4" t="s">
-        <v>2485</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="877" spans="1:10">
       <c r="A877" s="3" t="s">
-        <v>2486</v>
+        <v>2489</v>
       </c>
       <c r="B877" s="4" t="s">
-        <v>2487</v>
+        <v>2490</v>
       </c>
       <c r="C877" s="4" t="s">
-        <v>2488</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="878" spans="1:10">
       <c r="A878" s="3" t="s">
-        <v>2489</v>
+        <v>2492</v>
       </c>
       <c r="B878" s="4" t="s">
-        <v>2490</v>
+        <v>1620</v>
       </c>
       <c r="C878" s="4" t="s">
-        <v>2491</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="879" spans="1:10">
       <c r="A879" s="3" t="s">
-        <v>2492</v>
+        <v>2494</v>
       </c>
       <c r="B879" s="4" t="s">
-        <v>2493</v>
+        <v>2495</v>
       </c>
       <c r="C879" s="4" t="s">
-        <v>2494</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="880" spans="1:10">
       <c r="A880" s="3" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="B880" s="4" t="s">
-        <v>423</v>
+        <v>2498</v>
       </c>
       <c r="C880" s="4" t="s">
-        <v>2496</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="881" spans="1:10">
       <c r="A881" s="3" t="s">
-        <v>2497</v>
+        <v>2500</v>
       </c>
       <c r="B881" s="4" t="s">
-        <v>52</v>
+        <v>2501</v>
       </c>
       <c r="C881" s="4" t="s">
-        <v>53</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="882" spans="1:10">
       <c r="A882" s="3" t="s">
-        <v>2498</v>
+        <v>2503</v>
       </c>
       <c r="B882" s="4" t="s">
-        <v>2499</v>
+        <v>2504</v>
       </c>
       <c r="C882" s="4" t="s">
-        <v>2500</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="883" spans="1:10">
       <c r="A883" s="3" t="s">
-        <v>2501</v>
+        <v>2506</v>
       </c>
       <c r="B883" s="4" t="s">
-        <v>2502</v>
+        <v>2507</v>
       </c>
       <c r="C883" s="4" t="s">
-        <v>2503</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="884" spans="1:10">
       <c r="A884" s="3" t="s">
-        <v>2504</v>
+        <v>2509</v>
       </c>
       <c r="B884" s="4" t="s">
-        <v>2505</v>
+        <v>2510</v>
       </c>
       <c r="C884" s="4" t="s">
-        <v>2506</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="885" spans="1:10">
       <c r="A885" s="3" t="s">
-        <v>2507</v>
+        <v>2512</v>
       </c>
       <c r="B885" s="4" t="s">
-        <v>182</v>
+        <v>2513</v>
       </c>
       <c r="C885" s="4" t="s">
-        <v>2508</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="886" spans="1:10">
       <c r="A886" s="3" t="s">
-        <v>2509</v>
+        <v>2515</v>
       </c>
       <c r="B886" s="4" t="s">
-        <v>2510</v>
+        <v>2516</v>
       </c>
       <c r="C886" s="4" t="s">
-        <v>2511</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="887" spans="1:10">
       <c r="A887" s="3" t="s">
-        <v>2512</v>
+        <v>2518</v>
       </c>
       <c r="B887" s="4" t="s">
-        <v>2513</v>
+        <v>80</v>
       </c>
       <c r="C887" s="4" t="s">
-        <v>2514</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="888" spans="1:10">
       <c r="A888" s="3" t="s">
-        <v>2515</v>
+        <v>2520</v>
       </c>
       <c r="B888" s="4" t="s">
-        <v>2516</v>
+        <v>2521</v>
       </c>
       <c r="C888" s="4" t="s">
-        <v>2517</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="889" spans="1:10">
       <c r="A889" s="3" t="s">
-        <v>2518</v>
+        <v>2523</v>
       </c>
       <c r="B889" s="4" t="s">
-        <v>2519</v>
+        <v>2524</v>
       </c>
       <c r="C889" s="4" t="s">
-        <v>2520</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="890" spans="1:10">
       <c r="A890" s="3" t="s">
-        <v>2521</v>
+        <v>2526</v>
       </c>
       <c r="B890" s="4" t="s">
-        <v>64</v>
+        <v>2527</v>
       </c>
       <c r="C890" s="4" t="s">
-        <v>67</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="891" spans="1:10">
       <c r="A891" s="3" t="s">
-        <v>2522</v>
+        <v>2529</v>
       </c>
       <c r="B891" s="4" t="s">
-        <v>2523</v>
+        <v>2530</v>
       </c>
       <c r="C891" s="4" t="s">
-        <v>2524</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="892" spans="1:10">
       <c r="A892" s="3" t="s">
-        <v>2525</v>
+        <v>2532</v>
       </c>
       <c r="B892" s="4" t="s">
-        <v>1774</v>
+        <v>2533</v>
       </c>
       <c r="C892" s="4" t="s">
-        <v>2526</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="893" spans="1:10">
       <c r="A893" s="3" t="s">
-        <v>2527</v>
+        <v>2535</v>
       </c>
       <c r="B893" s="4" t="s">
-        <v>313</v>
+        <v>2536</v>
       </c>
       <c r="C893" s="4" t="s">
-        <v>2528</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="894" spans="1:10">
       <c r="A894" s="3" t="s">
-        <v>2529</v>
+        <v>2538</v>
       </c>
       <c r="B894" s="4" t="s">
-        <v>313</v>
+        <v>2539</v>
       </c>
       <c r="C894" s="4" t="s">
-        <v>2530</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="895" spans="1:10">
       <c r="A895" s="3" t="s">
-        <v>2531</v>
+        <v>2541</v>
       </c>
       <c r="B895" s="4" t="s">
-        <v>2532</v>
+        <v>2542</v>
       </c>
       <c r="C895" s="4" t="s">
-        <v>2533</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="896" spans="1:10">
       <c r="A896" s="3" t="s">
-        <v>2534</v>
+        <v>2544</v>
       </c>
       <c r="B896" s="4" t="s">
-        <v>2532</v>
+        <v>2545</v>
       </c>
       <c r="C896" s="4" t="s">
-        <v>2535</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="897" spans="1:10">
       <c r="A897" s="3" t="s">
-        <v>2536</v>
+        <v>2547</v>
       </c>
       <c r="B897" s="4" t="s">
-        <v>1024</v>
+        <v>133</v>
       </c>
       <c r="C897" s="4" t="s">
-        <v>2537</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="898" spans="1:10">
       <c r="A898" s="3" t="s">
-        <v>2538</v>
+        <v>2549</v>
       </c>
       <c r="B898" s="4" t="s">
-        <v>1024</v>
+        <v>2550</v>
       </c>
       <c r="C898" s="4" t="s">
-        <v>2539</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="899" spans="1:10">
       <c r="A899" s="3" t="s">
-        <v>2540</v>
+        <v>2552</v>
       </c>
       <c r="B899" s="4" t="s">
-        <v>2541</v>
+        <v>2553</v>
       </c>
       <c r="C899" s="4" t="s">
-        <v>2542</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="900" spans="1:10">
       <c r="A900" s="3" t="s">
-        <v>2543</v>
+        <v>2555</v>
       </c>
       <c r="B900" s="4" t="s">
-        <v>2544</v>
+        <v>2556</v>
       </c>
       <c r="C900" s="4" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="901" spans="1:10">
       <c r="A901" s="3" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="B901" s="4" t="s">
-        <v>2547</v>
-[...1 lines deleted...]
-      <c r="C901" s="4"/>
+        <v>2559</v>
+      </c>
+      <c r="C901" s="4" t="s">
+        <v>2560</v>
+      </c>
     </row>
     <row r="902" spans="1:10">
       <c r="A902" s="3" t="s">
-        <v>2548</v>
+        <v>2561</v>
       </c>
       <c r="B902" s="4" t="s">
-        <v>64</v>
+        <v>2562</v>
       </c>
       <c r="C902" s="4" t="s">
-        <v>65</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="903" spans="1:10">
       <c r="A903" s="3" t="s">
-        <v>2549</v>
+        <v>2564</v>
       </c>
       <c r="B903" s="4" t="s">
-        <v>2550</v>
+        <v>2565</v>
       </c>
       <c r="C903" s="4" t="s">
-        <v>2551</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="904" spans="1:10">
       <c r="A904" s="3" t="s">
-        <v>2552</v>
+        <v>2567</v>
       </c>
       <c r="B904" s="4" t="s">
-        <v>2553</v>
+        <v>2568</v>
       </c>
       <c r="C904" s="4" t="s">
-        <v>2554</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="905" spans="1:10">
       <c r="A905" s="3" t="s">
-        <v>2555</v>
+        <v>2570</v>
       </c>
       <c r="B905" s="4" t="s">
-        <v>1298</v>
+        <v>1862</v>
       </c>
       <c r="C905" s="4" t="s">
-        <v>2556</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="906" spans="1:10">
       <c r="A906" s="3" t="s">
-        <v>2557</v>
+        <v>2572</v>
       </c>
       <c r="B906" s="4" t="s">
-        <v>2558</v>
+        <v>2573</v>
       </c>
       <c r="C906" s="4" t="s">
-        <v>2559</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="907" spans="1:10">
       <c r="A907" s="3" t="s">
-        <v>2560</v>
+        <v>2575</v>
       </c>
       <c r="B907" s="4" t="s">
-        <v>2019</v>
+        <v>2576</v>
       </c>
       <c r="C907" s="4" t="s">
-        <v>2561</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="908" spans="1:10">
       <c r="A908" s="3" t="s">
-        <v>2562</v>
+        <v>2578</v>
       </c>
       <c r="B908" s="4" t="s">
-        <v>2019</v>
+        <v>2579</v>
       </c>
       <c r="C908" s="4" t="s">
-        <v>2020</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="909" spans="1:10">
       <c r="A909" s="3" t="s">
-        <v>2563</v>
+        <v>2581</v>
       </c>
       <c r="B909" s="4" t="s">
-        <v>2019</v>
+        <v>2582</v>
       </c>
       <c r="C909" s="4" t="s">
-        <v>2564</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="910" spans="1:10">
       <c r="A910" s="3" t="s">
-        <v>2565</v>
+        <v>2584</v>
       </c>
       <c r="B910" s="4" t="s">
-        <v>2566</v>
+        <v>2585</v>
       </c>
       <c r="C910" s="4" t="s">
-        <v>2567</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="911" spans="1:10">
       <c r="A911" s="3" t="s">
-        <v>2568</v>
+        <v>2587</v>
       </c>
       <c r="B911" s="4" t="s">
-        <v>2569</v>
+        <v>2588</v>
       </c>
       <c r="C911" s="4" t="s">
-        <v>2570</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="912" spans="1:10">
       <c r="A912" s="3" t="s">
-        <v>2571</v>
+        <v>2590</v>
       </c>
       <c r="B912" s="4" t="s">
-        <v>2572</v>
+        <v>2591</v>
       </c>
       <c r="C912" s="4" t="s">
-        <v>2573</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="913" spans="1:10">
       <c r="A913" s="3" t="s">
-        <v>2574</v>
+        <v>2593</v>
       </c>
       <c r="B913" s="4" t="s">
-        <v>2575</v>
+        <v>2594</v>
       </c>
       <c r="C913" s="4" t="s">
-        <v>2576</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="914" spans="1:10">
       <c r="A914" s="3" t="s">
-        <v>2577</v>
+        <v>2596</v>
       </c>
       <c r="B914" s="4" t="s">
-        <v>2578</v>
+        <v>2597</v>
       </c>
       <c r="C914" s="4" t="s">
-        <v>2579</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="915" spans="1:10">
       <c r="A915" s="3" t="s">
-        <v>2580</v>
+        <v>2599</v>
       </c>
       <c r="B915" s="4" t="s">
-        <v>2581</v>
+        <v>2600</v>
       </c>
       <c r="C915" s="4" t="s">
-        <v>2582</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="916" spans="1:10">
       <c r="A916" s="3" t="s">
-        <v>2583</v>
+        <v>2602</v>
       </c>
       <c r="B916" s="4" t="s">
-        <v>1598</v>
+        <v>2603</v>
       </c>
       <c r="C916" s="4" t="s">
-        <v>2584</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="917" spans="1:10">
       <c r="A917" s="3" t="s">
-        <v>2585</v>
+        <v>2605</v>
       </c>
       <c r="B917" s="4" t="s">
-        <v>2586</v>
+        <v>2606</v>
       </c>
       <c r="C917" s="4" t="s">
-        <v>2587</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="918" spans="1:10">
       <c r="A918" s="3" t="s">
-        <v>2588</v>
+        <v>2608</v>
       </c>
       <c r="B918" s="4" t="s">
-        <v>2589</v>
+        <v>2609</v>
       </c>
       <c r="C918" s="4" t="s">
-        <v>2590</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="919" spans="1:10">
       <c r="A919" s="3" t="s">
-        <v>2591</v>
+        <v>2611</v>
       </c>
       <c r="B919" s="4" t="s">
-        <v>2592</v>
+        <v>2612</v>
       </c>
       <c r="C919" s="4" t="s">
-        <v>2593</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="920" spans="1:10">
       <c r="A920" s="3" t="s">
-        <v>2594</v>
+        <v>2614</v>
       </c>
       <c r="B920" s="4" t="s">
-        <v>2578</v>
+        <v>2615</v>
       </c>
       <c r="C920" s="4" t="s">
-        <v>2595</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="921" spans="1:10">
       <c r="A921" s="3" t="s">
-        <v>2596</v>
+        <v>2617</v>
       </c>
       <c r="B921" s="4" t="s">
-        <v>2597</v>
+        <v>2618</v>
       </c>
       <c r="C921" s="4" t="s">
-        <v>2598</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="922" spans="1:10">
       <c r="A922" s="3" t="s">
-        <v>2599</v>
+        <v>2620</v>
       </c>
       <c r="B922" s="4" t="s">
-        <v>2600</v>
+        <v>2615</v>
       </c>
       <c r="C922" s="4" t="s">
-        <v>2601</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="923" spans="1:10">
       <c r="A923" s="3" t="s">
-        <v>2602</v>
+        <v>2622</v>
       </c>
       <c r="B923" s="4" t="s">
-        <v>2603</v>
+        <v>2623</v>
       </c>
       <c r="C923" s="4" t="s">
-        <v>2604</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="924" spans="1:10">
       <c r="A924" s="3" t="s">
-        <v>2605</v>
+        <v>2625</v>
       </c>
       <c r="B924" s="4" t="s">
-        <v>2606</v>
+        <v>2626</v>
       </c>
       <c r="C924" s="4" t="s">
-        <v>2607</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="925" spans="1:10">
       <c r="A925" s="3" t="s">
-        <v>2608</v>
+        <v>2628</v>
       </c>
       <c r="B925" s="4" t="s">
-        <v>2609</v>
+        <v>2629</v>
       </c>
       <c r="C925" s="4" t="s">
-        <v>2610</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="926" spans="1:10">
       <c r="A926" s="3" t="s">
-        <v>2611</v>
+        <v>2631</v>
       </c>
       <c r="B926" s="4" t="s">
-        <v>391</v>
+        <v>2632</v>
       </c>
       <c r="C926" s="4" t="s">
-        <v>2612</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="927" spans="1:10">
       <c r="A927" s="3" t="s">
-        <v>2613</v>
+        <v>2634</v>
       </c>
       <c r="B927" s="4" t="s">
-        <v>2614</v>
+        <v>2635</v>
       </c>
       <c r="C927" s="4" t="s">
-        <v>2615</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="928" spans="1:10">
       <c r="A928" s="3" t="s">
-        <v>2616</v>
+        <v>2637</v>
       </c>
       <c r="B928" s="4" t="s">
-        <v>2617</v>
+        <v>2638</v>
       </c>
       <c r="C928" s="4" t="s">
-        <v>2618</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="929" spans="1:10">
       <c r="A929" s="3" t="s">
-        <v>2619</v>
+        <v>2640</v>
       </c>
       <c r="B929" s="4" t="s">
-        <v>1339</v>
+        <v>2641</v>
       </c>
       <c r="C929" s="4" t="s">
-        <v>2620</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="930" spans="1:10">
       <c r="A930" s="3" t="s">
-        <v>2621</v>
+        <v>2643</v>
       </c>
       <c r="B930" s="4" t="s">
-        <v>2622</v>
+        <v>1083</v>
       </c>
       <c r="C930" s="4" t="s">
-        <v>2623</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="931" spans="1:10">
       <c r="A931" s="3" t="s">
-        <v>2624</v>
+        <v>2645</v>
       </c>
       <c r="B931" s="4" t="s">
-        <v>2614</v>
+        <v>2646</v>
       </c>
       <c r="C931" s="4" t="s">
-        <v>2625</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="932" spans="1:10">
       <c r="A932" s="3" t="s">
-        <v>2626</v>
+        <v>2648</v>
       </c>
       <c r="B932" s="4" t="s">
-        <v>2627</v>
+        <v>53</v>
       </c>
       <c r="C932" s="4" t="s">
-        <v>2628</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="933" spans="1:10">
       <c r="A933" s="3" t="s">
-        <v>2629</v>
+        <v>2650</v>
       </c>
       <c r="B933" s="4" t="s">
-        <v>2630</v>
+        <v>2651</v>
       </c>
       <c r="C933" s="4" t="s">
-        <v>2631</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="934" spans="1:10">
       <c r="A934" s="3" t="s">
-        <v>2632</v>
+        <v>2653</v>
       </c>
       <c r="B934" s="4" t="s">
-        <v>2633</v>
+        <v>1159</v>
       </c>
       <c r="C934" s="4" t="s">
-        <v>2634</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="935" spans="1:10">
       <c r="A935" s="3" t="s">
-        <v>2635</v>
+        <v>2655</v>
       </c>
       <c r="B935" s="4" t="s">
-        <v>2189</v>
+        <v>2429</v>
       </c>
       <c r="C935" s="4" t="s">
-        <v>2636</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="936" spans="1:10">
       <c r="A936" s="3" t="s">
-        <v>2637</v>
+        <v>2657</v>
       </c>
       <c r="B936" s="4" t="s">
-        <v>2101</v>
+        <v>2658</v>
       </c>
       <c r="C936" s="4" t="s">
-        <v>2638</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="937" spans="1:10">
       <c r="A937" s="3" t="s">
-        <v>2639</v>
+        <v>2660</v>
       </c>
       <c r="B937" s="4" t="s">
-        <v>2640</v>
+        <v>1089</v>
       </c>
       <c r="C937" s="4" t="s">
-        <v>2641</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="938" spans="1:10">
       <c r="A938" s="3" t="s">
-        <v>2642</v>
+        <v>2662</v>
       </c>
       <c r="B938" s="4" t="s">
-        <v>2643</v>
+        <v>2663</v>
       </c>
       <c r="C938" s="4" t="s">
-        <v>2644</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="939" spans="1:10">
       <c r="A939" s="3" t="s">
-        <v>2645</v>
+        <v>2665</v>
       </c>
       <c r="B939" s="4" t="s">
-        <v>2646</v>
+        <v>2663</v>
       </c>
       <c r="C939" s="4" t="s">
-        <v>2647</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="940" spans="1:10">
       <c r="A940" s="3" t="s">
-        <v>2648</v>
+        <v>2667</v>
       </c>
       <c r="B940" s="4" t="s">
-        <v>2649</v>
+        <v>2533</v>
       </c>
       <c r="C940" s="4" t="s">
-        <v>2650</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="941" spans="1:10">
       <c r="A941" s="3" t="s">
-        <v>2651</v>
+        <v>2669</v>
       </c>
       <c r="B941" s="4" t="s">
-        <v>2652</v>
+        <v>2533</v>
       </c>
       <c r="C941" s="4" t="s">
-        <v>2653</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="942" spans="1:10">
       <c r="A942" s="3" t="s">
-        <v>2654</v>
+        <v>2671</v>
       </c>
       <c r="B942" s="4" t="s">
-        <v>2655</v>
+        <v>2533</v>
       </c>
       <c r="C942" s="4" t="s">
-        <v>2656</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="943" spans="1:10">
       <c r="A943" s="3" t="s">
-        <v>2657</v>
+        <v>2673</v>
       </c>
       <c r="B943" s="4" t="s">
-        <v>2658</v>
+        <v>2674</v>
       </c>
       <c r="C943" s="4" t="s">
-        <v>2659</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="944" spans="1:10">
       <c r="A944" s="3" t="s">
-        <v>2660</v>
+        <v>2676</v>
       </c>
       <c r="B944" s="4" t="s">
-        <v>2661</v>
+        <v>2677</v>
       </c>
       <c r="C944" s="4" t="s">
-        <v>2662</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="945" spans="1:10">
       <c r="A945" s="3" t="s">
-        <v>2663</v>
+        <v>2678</v>
       </c>
       <c r="B945" s="4" t="s">
-        <v>426</v>
+        <v>2679</v>
       </c>
       <c r="C945" s="4" t="s">
-        <v>2664</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="946" spans="1:10">
       <c r="A946" s="3" t="s">
-        <v>2665</v>
+        <v>2681</v>
       </c>
       <c r="B946" s="4" t="s">
-        <v>2666</v>
+        <v>2682</v>
       </c>
       <c r="C946" s="4" t="s">
-        <v>983</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="947" spans="1:10">
       <c r="A947" s="3" t="s">
-        <v>2667</v>
+        <v>2684</v>
       </c>
       <c r="B947" s="4" t="s">
-        <v>2668</v>
+        <v>2685</v>
       </c>
       <c r="C947" s="4" t="s">
-        <v>2669</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="948" spans="1:10">
       <c r="A948" s="3" t="s">
-        <v>2670</v>
+        <v>2687</v>
       </c>
       <c r="B948" s="4" t="s">
-        <v>182</v>
+        <v>2688</v>
       </c>
       <c r="C948" s="4" t="s">
-        <v>183</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="949" spans="1:10">
       <c r="A949" s="3" t="s">
-        <v>2671</v>
+        <v>2690</v>
       </c>
       <c r="B949" s="4" t="s">
-        <v>869</v>
+        <v>2691</v>
       </c>
       <c r="C949" s="4" t="s">
-        <v>2672</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="950" spans="1:10">
       <c r="A950" s="3" t="s">
-        <v>2673</v>
+        <v>2693</v>
       </c>
       <c r="B950" s="4" t="s">
-        <v>2674</v>
+        <v>2556</v>
       </c>
       <c r="C950" s="4" t="s">
-        <v>2675</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="951" spans="1:10">
       <c r="A951" s="3" t="s">
-        <v>2676</v>
+        <v>2695</v>
       </c>
       <c r="B951" s="4" t="s">
-        <v>2677</v>
+        <v>2696</v>
       </c>
       <c r="C951" s="4" t="s">
-        <v>2678</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="952" spans="1:10">
       <c r="A952" s="3" t="s">
-        <v>2679</v>
+        <v>2698</v>
       </c>
       <c r="B952" s="4" t="s">
-        <v>818</v>
+        <v>2699</v>
       </c>
       <c r="C952" s="4" t="s">
-        <v>2680</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="953" spans="1:10">
       <c r="A953" s="3" t="s">
-        <v>2681</v>
+        <v>2701</v>
       </c>
       <c r="B953" s="4" t="s">
-        <v>71</v>
+        <v>2702</v>
       </c>
       <c r="C953" s="4" t="s">
-        <v>72</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="954" spans="1:10">
       <c r="A954" s="3" t="s">
-        <v>2682</v>
+        <v>2704</v>
       </c>
       <c r="B954" s="4" t="s">
-        <v>2683</v>
+        <v>2705</v>
       </c>
       <c r="C954" s="4" t="s">
-        <v>2684</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="955" spans="1:10">
       <c r="A955" s="3" t="s">
-        <v>2685</v>
+        <v>2707</v>
       </c>
       <c r="B955" s="4" t="s">
-        <v>2686</v>
+        <v>2708</v>
       </c>
       <c r="C955" s="4" t="s">
-        <v>2687</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="956" spans="1:10">
       <c r="A956" s="3" t="s">
-        <v>2688</v>
+        <v>2710</v>
       </c>
       <c r="B956" s="4" t="s">
-        <v>2689</v>
+        <v>2711</v>
       </c>
       <c r="C956" s="4" t="s">
-        <v>2690</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="957" spans="1:10">
       <c r="A957" s="3" t="s">
-        <v>2691</v>
+        <v>2713</v>
       </c>
       <c r="B957" s="4" t="s">
-        <v>2692</v>
+        <v>2714</v>
       </c>
       <c r="C957" s="4" t="s">
-        <v>2693</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="958" spans="1:10">
       <c r="A958" s="3" t="s">
-        <v>2694</v>
+        <v>2716</v>
       </c>
       <c r="B958" s="4" t="s">
-        <v>2695</v>
+        <v>2717</v>
       </c>
       <c r="C958" s="4" t="s">
-        <v>2696</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="959" spans="1:10">
       <c r="A959" s="3" t="s">
-        <v>2697</v>
+        <v>2719</v>
       </c>
       <c r="B959" s="4" t="s">
-        <v>2698</v>
+        <v>2720</v>
       </c>
       <c r="C959" s="4" t="s">
-        <v>2699</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="960" spans="1:10">
       <c r="A960" s="3" t="s">
-        <v>2700</v>
+        <v>2722</v>
       </c>
       <c r="B960" s="4" t="s">
-        <v>2701</v>
+        <v>2723</v>
       </c>
       <c r="C960" s="4" t="s">
-        <v>2702</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="961" spans="1:10">
       <c r="A961" s="3" t="s">
-        <v>2703</v>
+        <v>2725</v>
       </c>
       <c r="B961" s="4" t="s">
-        <v>2704</v>
+        <v>2726</v>
       </c>
       <c r="C961" s="4" t="s">
-        <v>2705</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="962" spans="1:10">
       <c r="A962" s="3" t="s">
-        <v>2706</v>
+        <v>2728</v>
       </c>
       <c r="B962" s="4" t="s">
-        <v>2707</v>
+        <v>2729</v>
       </c>
       <c r="C962" s="4" t="s">
-        <v>2708</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="963" spans="1:10">
       <c r="A963" s="3" t="s">
-        <v>2709</v>
+        <v>2731</v>
       </c>
       <c r="B963" s="4" t="s">
-        <v>2710</v>
+        <v>2732</v>
       </c>
       <c r="C963" s="4" t="s">
-        <v>2711</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="964" spans="1:10">
       <c r="A964" s="3" t="s">
-        <v>2712</v>
+        <v>2734</v>
       </c>
       <c r="B964" s="4" t="s">
-        <v>2713</v>
+        <v>2735</v>
       </c>
       <c r="C964" s="4" t="s">
-        <v>2714</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="965" spans="1:10">
       <c r="A965" s="3" t="s">
-        <v>2715</v>
+        <v>2737</v>
       </c>
       <c r="B965" s="4" t="s">
-        <v>2716</v>
+        <v>2738</v>
       </c>
       <c r="C965" s="4" t="s">
-        <v>2717</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="966" spans="1:10">
       <c r="A966" s="3" t="s">
-        <v>2718</v>
+        <v>2740</v>
       </c>
       <c r="B966" s="4" t="s">
-        <v>2719</v>
+        <v>2741</v>
       </c>
       <c r="C966" s="4" t="s">
-        <v>2720</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="967" spans="1:10">
       <c r="A967" s="3" t="s">
-        <v>2721</v>
+        <v>2743</v>
       </c>
       <c r="B967" s="4" t="s">
-        <v>389</v>
+        <v>2744</v>
       </c>
       <c r="C967" s="4" t="s">
-        <v>72</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="968" spans="1:10">
       <c r="A968" s="3" t="s">
-        <v>2722</v>
+        <v>2746</v>
       </c>
       <c r="B968" s="4" t="s">
-        <v>2723</v>
+        <v>709</v>
       </c>
       <c r="C968" s="4" t="s">
-        <v>2724</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="969" spans="1:10">
       <c r="A969" s="3" t="s">
-        <v>2725</v>
+        <v>2748</v>
       </c>
       <c r="B969" s="4" t="s">
-        <v>2726</v>
+        <v>706</v>
       </c>
       <c r="C969" s="4" t="s">
-        <v>2727</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="970" spans="1:10">
       <c r="A970" s="3" t="s">
-        <v>2728</v>
+        <v>2750</v>
       </c>
       <c r="B970" s="4" t="s">
-        <v>2729</v>
+        <v>2751</v>
       </c>
       <c r="C970" s="4" t="s">
-        <v>2730</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="971" spans="1:10">
       <c r="A971" s="3" t="s">
-        <v>2731</v>
+        <v>2753</v>
       </c>
       <c r="B971" s="4" t="s">
-        <v>2732</v>
+        <v>2754</v>
       </c>
       <c r="C971" s="4" t="s">
-        <v>2733</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="972" spans="1:10">
       <c r="A972" s="3" t="s">
-        <v>2734</v>
+        <v>2756</v>
       </c>
       <c r="B972" s="4" t="s">
-        <v>125</v>
+        <v>2757</v>
       </c>
       <c r="C972" s="4" t="s">
-        <v>2735</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="973" spans="1:10">
       <c r="A973" s="3" t="s">
-        <v>2736</v>
+        <v>2759</v>
       </c>
       <c r="B973" s="4" t="s">
-        <v>2737</v>
+        <v>2760</v>
       </c>
       <c r="C973" s="4" t="s">
-        <v>2738</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="974" spans="1:10">
       <c r="A974" s="3" t="s">
-        <v>2739</v>
+        <v>2762</v>
       </c>
       <c r="B974" s="4" t="s">
-        <v>2740</v>
+        <v>2763</v>
       </c>
       <c r="C974" s="4" t="s">
-        <v>2741</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="975" spans="1:10">
       <c r="A975" s="3" t="s">
-        <v>2742</v>
+        <v>2765</v>
       </c>
       <c r="B975" s="4" t="s">
-        <v>301</v>
+        <v>2766</v>
       </c>
       <c r="C975" s="4" t="s">
-        <v>2743</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="976" spans="1:10">
       <c r="A976" s="3" t="s">
-        <v>2744</v>
+        <v>2768</v>
       </c>
       <c r="B976" s="4" t="s">
-        <v>2745</v>
+        <v>2769</v>
       </c>
       <c r="C976" s="4" t="s">
-        <v>2746</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="977" spans="1:10">
       <c r="A977" s="3" t="s">
-        <v>2747</v>
+        <v>2771</v>
       </c>
       <c r="B977" s="4" t="s">
-        <v>2748</v>
+        <v>2717</v>
       </c>
       <c r="C977" s="4" t="s">
-        <v>2749</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="978" spans="1:10">
       <c r="A978" s="3" t="s">
-        <v>2750</v>
+        <v>2773</v>
       </c>
       <c r="B978" s="4" t="s">
-        <v>2751</v>
+        <v>2717</v>
       </c>
       <c r="C978" s="4" t="s">
-        <v>2752</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="979" spans="1:10">
       <c r="A979" s="3" t="s">
-        <v>2753</v>
+        <v>2775</v>
       </c>
       <c r="B979" s="4" t="s">
-        <v>2754</v>
+        <v>2776</v>
       </c>
       <c r="C979" s="4" t="s">
-        <v>2755</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="980" spans="1:10">
       <c r="A980" s="3" t="s">
-        <v>2756</v>
+        <v>2778</v>
       </c>
       <c r="B980" s="4" t="s">
-        <v>2754</v>
+        <v>2779</v>
       </c>
       <c r="C980" s="4" t="s">
-        <v>2757</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="981" spans="1:10">
       <c r="A981" s="3" t="s">
-        <v>2758</v>
+        <v>2781</v>
       </c>
       <c r="B981" s="4" t="s">
-        <v>2759</v>
+        <v>2782</v>
       </c>
       <c r="C981" s="4" t="s">
-        <v>2760</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="982" spans="1:10">
       <c r="A982" s="3" t="s">
-        <v>2761</v>
+        <v>2784</v>
       </c>
       <c r="B982" s="4" t="s">
-        <v>2762</v>
+        <v>2785</v>
       </c>
       <c r="C982" s="4" t="s">
-        <v>2763</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="983" spans="1:10">
       <c r="A983" s="3" t="s">
-        <v>2764</v>
+        <v>2787</v>
       </c>
       <c r="B983" s="4" t="s">
-        <v>231</v>
+        <v>2788</v>
       </c>
       <c r="C983" s="4" t="s">
-        <v>232</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="984" spans="1:10">
       <c r="A984" s="3" t="s">
-        <v>2765</v>
+        <v>2790</v>
       </c>
       <c r="B984" s="4" t="s">
-        <v>2766</v>
+        <v>2791</v>
       </c>
       <c r="C984" s="4" t="s">
-        <v>2767</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="985" spans="1:10">
       <c r="A985" s="3" t="s">
-        <v>2768</v>
+        <v>2793</v>
       </c>
       <c r="B985" s="4" t="s">
-        <v>43</v>
+        <v>2794</v>
       </c>
       <c r="C985" s="4" t="s">
-        <v>44</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="986" spans="1:10">
       <c r="A986" s="3" t="s">
-        <v>2769</v>
+        <v>2796</v>
       </c>
       <c r="B986" s="4" t="s">
-        <v>2770</v>
+        <v>2797</v>
       </c>
       <c r="C986" s="4" t="s">
-        <v>2771</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="987" spans="1:10">
       <c r="A987" s="3" t="s">
-        <v>2772</v>
+        <v>2799</v>
       </c>
       <c r="B987" s="4" t="s">
-        <v>2773</v>
+        <v>2800</v>
       </c>
       <c r="C987" s="4" t="s">
-        <v>2774</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="988" spans="1:10">
       <c r="A988" s="3" t="s">
-        <v>2775</v>
+        <v>2802</v>
       </c>
       <c r="B988" s="4" t="s">
-        <v>2776</v>
+        <v>2803</v>
       </c>
       <c r="C988" s="4" t="s">
-        <v>2777</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="989" spans="1:10">
       <c r="A989" s="3" t="s">
-        <v>2778</v>
+        <v>2805</v>
       </c>
       <c r="B989" s="4" t="s">
-        <v>87</v>
+        <v>2806</v>
       </c>
       <c r="C989" s="4" t="s">
-        <v>88</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="990" spans="1:10">
       <c r="A990" s="3" t="s">
-        <v>2779</v>
+        <v>2808</v>
       </c>
       <c r="B990" s="4" t="s">
-        <v>2780</v>
+        <v>2809</v>
       </c>
       <c r="C990" s="4" t="s">
-        <v>2781</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="991" spans="1:10">
       <c r="A991" s="3" t="s">
-        <v>2782</v>
+        <v>2811</v>
       </c>
       <c r="B991" s="4" t="s">
-        <v>64</v>
+        <v>2812</v>
       </c>
       <c r="C991" s="4" t="s">
-        <v>69</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="992" spans="1:10">
       <c r="A992" s="3" t="s">
-        <v>2783</v>
+        <v>2814</v>
       </c>
       <c r="B992" s="4" t="s">
-        <v>2784</v>
+        <v>1110</v>
       </c>
       <c r="C992" s="4" t="s">
-        <v>2785</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="993" spans="1:10">
       <c r="A993" s="3" t="s">
-        <v>2786</v>
+        <v>2816</v>
       </c>
       <c r="B993" s="4" t="s">
-        <v>158</v>
+        <v>2817</v>
       </c>
       <c r="C993" s="4" t="s">
-        <v>159</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="994" spans="1:10">
       <c r="A994" s="3" t="s">
-        <v>2787</v>
+        <v>2819</v>
       </c>
       <c r="B994" s="4" t="s">
-        <v>2788</v>
+        <v>2820</v>
       </c>
       <c r="C994" s="4" t="s">
-        <v>2789</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="995" spans="1:10">
       <c r="A995" s="3" t="s">
-        <v>2790</v>
+        <v>2822</v>
       </c>
       <c r="B995" s="4" t="s">
-        <v>2791</v>
+        <v>2823</v>
       </c>
       <c r="C995" s="4" t="s">
-        <v>2792</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="996" spans="1:10">
       <c r="A996" s="3" t="s">
-        <v>2793</v>
+        <v>2825</v>
       </c>
       <c r="B996" s="4" t="s">
-        <v>2794</v>
+        <v>2826</v>
       </c>
       <c r="C996" s="4" t="s">
-        <v>2795</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="997" spans="1:10">
       <c r="A997" s="3" t="s">
-        <v>2796</v>
+        <v>2828</v>
       </c>
       <c r="B997" s="4" t="s">
-        <v>61</v>
+        <v>2829</v>
       </c>
       <c r="C997" s="4" t="s">
-        <v>62</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="998" spans="1:10">
       <c r="A998" s="3" t="s">
-        <v>2797</v>
+        <v>2831</v>
       </c>
       <c r="B998" s="4" t="s">
-        <v>2798</v>
+        <v>2832</v>
       </c>
       <c r="C998" s="4" t="s">
-        <v>2799</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="999" spans="1:10">
       <c r="A999" s="3" t="s">
-        <v>2800</v>
+        <v>2834</v>
       </c>
       <c r="B999" s="4" t="s">
-        <v>2801</v>
+        <v>2832</v>
       </c>
       <c r="C999" s="4" t="s">
-        <v>2802</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="1000" spans="1:10">
       <c r="A1000" s="3" t="s">
-        <v>2803</v>
+        <v>2836</v>
       </c>
       <c r="B1000" s="4" t="s">
-        <v>2804</v>
+        <v>2832</v>
       </c>
       <c r="C1000" s="4" t="s">
-        <v>2805</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="1001" spans="1:10">
       <c r="A1001" s="3" t="s">
-        <v>2806</v>
+        <v>2838</v>
       </c>
       <c r="B1001" s="4" t="s">
-        <v>2807</v>
+        <v>2839</v>
       </c>
       <c r="C1001" s="4" t="s">
-        <v>2808</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="1002" spans="1:10">
       <c r="A1002" s="3" t="s">
-        <v>2809</v>
+        <v>2841</v>
       </c>
       <c r="B1002" s="4" t="s">
-        <v>2810</v>
+        <v>2842</v>
       </c>
       <c r="C1002" s="4" t="s">
-        <v>2811</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="1003" spans="1:10">
       <c r="A1003" s="3" t="s">
-        <v>2812</v>
+        <v>2844</v>
       </c>
       <c r="B1003" s="4" t="s">
-        <v>2813</v>
+        <v>8</v>
       </c>
       <c r="C1003" s="4" t="s">
-        <v>2814</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="1004" spans="1:10">
       <c r="A1004" s="3" t="s">
-        <v>2815</v>
+        <v>2846</v>
       </c>
       <c r="B1004" s="4" t="s">
-        <v>170</v>
+        <v>8</v>
       </c>
       <c r="C1004" s="4" t="s">
-        <v>171</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="1005" spans="1:10">
       <c r="A1005" s="3" t="s">
-        <v>2816</v>
+        <v>2848</v>
       </c>
       <c r="B1005" s="4" t="s">
-        <v>2817</v>
+        <v>2849</v>
       </c>
       <c r="C1005" s="4" t="s">
-        <v>2818</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="1006" spans="1:10">
       <c r="A1006" s="3" t="s">
-        <v>2819</v>
+        <v>2851</v>
       </c>
       <c r="B1006" s="4" t="s">
-        <v>2820</v>
+        <v>2852</v>
       </c>
       <c r="C1006" s="4" t="s">
-        <v>2821</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="1007" spans="1:10">
       <c r="A1007" s="3" t="s">
-        <v>2822</v>
+        <v>2854</v>
       </c>
       <c r="B1007" s="4" t="s">
-        <v>2823</v>
+        <v>2855</v>
       </c>
       <c r="C1007" s="4" t="s">
-        <v>2824</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="1008" spans="1:10">
       <c r="A1008" s="3" t="s">
-        <v>2825</v>
+        <v>2856</v>
       </c>
       <c r="B1008" s="4" t="s">
-        <v>16</v>
+        <v>2852</v>
       </c>
       <c r="C1008" s="4" t="s">
-        <v>17</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="1009" spans="1:10">
       <c r="A1009" s="3" t="s">
-        <v>2826</v>
+        <v>2857</v>
       </c>
       <c r="B1009" s="4" t="s">
-        <v>19</v>
+        <v>2852</v>
       </c>
       <c r="C1009" s="4" t="s">
-        <v>20</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="1010" spans="1:10">
       <c r="A1010" s="3" t="s">
-        <v>2827</v>
+        <v>2858</v>
       </c>
       <c r="B1010" s="4" t="s">
-        <v>2828</v>
+        <v>2859</v>
       </c>
       <c r="C1010" s="4" t="s">
-        <v>2829</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="1011" spans="1:10">
       <c r="A1011" s="3" t="s">
-        <v>2830</v>
+        <v>2861</v>
       </c>
       <c r="B1011" s="4" t="s">
-        <v>2831</v>
+        <v>474</v>
       </c>
       <c r="C1011" s="4" t="s">
-        <v>2832</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="1012" spans="1:10">
       <c r="A1012" s="3" t="s">
-        <v>2833</v>
+        <v>2863</v>
       </c>
       <c r="B1012" s="4" t="s">
-        <v>2834</v>
+        <v>2864</v>
       </c>
       <c r="C1012" s="4" t="s">
-        <v>2835</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="1013" spans="1:10">
       <c r="A1013" s="3" t="s">
-        <v>2836</v>
+        <v>2866</v>
       </c>
       <c r="B1013" s="4" t="s">
-        <v>2837</v>
+        <v>2867</v>
       </c>
       <c r="C1013" s="4" t="s">
-        <v>2838</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="1014" spans="1:10">
       <c r="A1014" s="3" t="s">
-        <v>2839</v>
+        <v>2869</v>
       </c>
       <c r="B1014" s="4" t="s">
-        <v>2840</v>
+        <v>2870</v>
       </c>
       <c r="C1014" s="4" t="s">
-        <v>2841</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="1015" spans="1:10">
       <c r="A1015" s="3" t="s">
-        <v>2842</v>
+        <v>2872</v>
       </c>
       <c r="B1015" s="4" t="s">
-        <v>49</v>
+        <v>2873</v>
       </c>
       <c r="C1015" s="4" t="s">
-        <v>2843</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1016" spans="1:10">
       <c r="A1016" s="3" t="s">
-        <v>2844</v>
+        <v>2875</v>
       </c>
       <c r="B1016" s="4" t="s">
-        <v>2845</v>
+        <v>2876</v>
       </c>
       <c r="C1016" s="4" t="s">
-        <v>2846</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="1017" spans="1:10">
       <c r="A1017" s="3" t="s">
-        <v>2847</v>
+        <v>2878</v>
       </c>
       <c r="B1017" s="4" t="s">
-        <v>2848</v>
+        <v>2876</v>
       </c>
       <c r="C1017" s="4" t="s">
-        <v>2849</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="1018" spans="1:10">
       <c r="A1018" s="3" t="s">
-        <v>2850</v>
+        <v>2880</v>
       </c>
       <c r="B1018" s="4" t="s">
-        <v>2851</v>
+        <v>2881</v>
       </c>
       <c r="C1018" s="4" t="s">
-        <v>2852</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="1019" spans="1:10">
       <c r="A1019" s="3" t="s">
-        <v>2853</v>
+        <v>2883</v>
       </c>
       <c r="B1019" s="4" t="s">
-        <v>2854</v>
+        <v>2884</v>
       </c>
       <c r="C1019" s="4" t="s">
-        <v>2855</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="1020" spans="1:10">
       <c r="A1020" s="3" t="s">
-        <v>2856</v>
+        <v>2886</v>
       </c>
       <c r="B1020" s="4" t="s">
-        <v>2857</v>
+        <v>2887</v>
       </c>
       <c r="C1020" s="4" t="s">
-        <v>2858</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="1021" spans="1:10">
       <c r="A1021" s="3" t="s">
-        <v>2859</v>
+        <v>2889</v>
       </c>
       <c r="B1021" s="4" t="s">
-        <v>2860</v>
+        <v>2890</v>
       </c>
       <c r="C1021" s="4" t="s">
-        <v>2861</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="1022" spans="1:10">
       <c r="A1022" s="3" t="s">
-        <v>2862</v>
+        <v>2892</v>
       </c>
       <c r="B1022" s="4" t="s">
-        <v>2863</v>
+        <v>2893</v>
       </c>
       <c r="C1022" s="4" t="s">
-        <v>2864</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1023" spans="1:10">
       <c r="A1023" s="3" t="s">
-        <v>2865</v>
+        <v>2895</v>
       </c>
       <c r="B1023" s="4" t="s">
-        <v>1129</v>
+        <v>2896</v>
       </c>
       <c r="C1023" s="4" t="s">
-        <v>2866</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="1024" spans="1:10">
       <c r="A1024" s="3" t="s">
-        <v>2867</v>
+        <v>2898</v>
       </c>
       <c r="B1024" s="4" t="s">
-        <v>2868</v>
+        <v>2899</v>
       </c>
       <c r="C1024" s="4" t="s">
-        <v>2869</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1025" spans="1:10">
       <c r="A1025" s="3" t="s">
-        <v>2870</v>
+        <v>2901</v>
       </c>
       <c r="B1025" s="4" t="s">
-        <v>8</v>
+        <v>2902</v>
       </c>
       <c r="C1025" s="4" t="s">
-        <v>11</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1026" spans="1:10">
       <c r="A1026" s="3" t="s">
-        <v>2871</v>
+        <v>2904</v>
       </c>
       <c r="B1026" s="4" t="s">
-        <v>2872</v>
+        <v>2905</v>
       </c>
       <c r="C1026" s="4" t="s">
-        <v>2873</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="1027" spans="1:10">
       <c r="A1027" s="3" t="s">
-        <v>2874</v>
+        <v>2907</v>
       </c>
       <c r="B1027" s="4" t="s">
-        <v>149</v>
+        <v>2908</v>
       </c>
       <c r="C1027" s="4" t="s">
-        <v>150</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="1028" spans="1:10">
       <c r="A1028" s="3" t="s">
-        <v>2875</v>
+        <v>2910</v>
       </c>
       <c r="B1028" s="4" t="s">
-        <v>2876</v>
+        <v>2911</v>
       </c>
       <c r="C1028" s="4" t="s">
-        <v>2877</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1029" spans="1:10">
       <c r="A1029" s="3" t="s">
-        <v>2878</v>
+        <v>2913</v>
       </c>
       <c r="B1029" s="4" t="s">
-        <v>2879</v>
+        <v>2914</v>
       </c>
       <c r="C1029" s="4" t="s">
-        <v>2880</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="1030" spans="1:10">
       <c r="A1030" s="3" t="s">
-        <v>2881</v>
+        <v>2916</v>
       </c>
       <c r="B1030" s="4" t="s">
-        <v>2882</v>
+        <v>2917</v>
       </c>
       <c r="C1030" s="4" t="s">
-        <v>2883</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="1031" spans="1:10">
       <c r="A1031" s="3" t="s">
-        <v>2884</v>
+        <v>2919</v>
       </c>
       <c r="B1031" s="4" t="s">
-        <v>2885</v>
+        <v>2920</v>
       </c>
       <c r="C1031" s="4" t="s">
-        <v>2886</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="1032" spans="1:10">
       <c r="A1032" s="3" t="s">
-        <v>2887</v>
+        <v>2922</v>
       </c>
       <c r="B1032" s="4" t="s">
-        <v>2888</v>
+        <v>2923</v>
       </c>
       <c r="C1032" s="4" t="s">
-        <v>2889</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="1033" spans="1:10">
       <c r="A1033" s="3" t="s">
-        <v>2890</v>
+        <v>2925</v>
       </c>
       <c r="B1033" s="4" t="s">
-        <v>143</v>
+        <v>2926</v>
       </c>
       <c r="C1033" s="4" t="s">
-        <v>144</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="1034" spans="1:10">
       <c r="A1034" s="3" t="s">
-        <v>2891</v>
+        <v>2928</v>
       </c>
       <c r="B1034" s="4" t="s">
-        <v>2892</v>
+        <v>2929</v>
       </c>
       <c r="C1034" s="4" t="s">
-        <v>2893</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="1035" spans="1:10">
       <c r="A1035" s="3" t="s">
-        <v>2894</v>
+        <v>2931</v>
       </c>
       <c r="B1035" s="4" t="s">
-        <v>2895</v>
+        <v>2932</v>
       </c>
       <c r="C1035" s="4" t="s">
-        <v>2896</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="1036" spans="1:10">
       <c r="A1036" s="3" t="s">
-        <v>2897</v>
+        <v>2934</v>
       </c>
       <c r="B1036" s="4" t="s">
-        <v>2898</v>
+        <v>2932</v>
       </c>
       <c r="C1036" s="4" t="s">
-        <v>2899</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="1037" spans="1:10">
       <c r="A1037" s="3" t="s">
-        <v>2900</v>
+        <v>2936</v>
       </c>
       <c r="B1037" s="4" t="s">
-        <v>2901</v>
+        <v>2937</v>
       </c>
       <c r="C1037" s="4" t="s">
-        <v>2902</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="1038" spans="1:10">
       <c r="A1038" s="3" t="s">
-        <v>2903</v>
+        <v>2938</v>
       </c>
       <c r="B1038" s="4" t="s">
-        <v>2904</v>
+        <v>2939</v>
       </c>
       <c r="C1038" s="4" t="s">
-        <v>2905</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="1039" spans="1:10">
       <c r="A1039" s="3" t="s">
-        <v>2906</v>
+        <v>2941</v>
       </c>
       <c r="B1039" s="4" t="s">
-        <v>182</v>
+        <v>2942</v>
       </c>
       <c r="C1039" s="4" t="s">
-        <v>185</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="1040" spans="1:10">
       <c r="A1040" s="3" t="s">
-        <v>2907</v>
+        <v>2944</v>
       </c>
       <c r="B1040" s="4" t="s">
-        <v>2908</v>
+        <v>2945</v>
       </c>
       <c r="C1040" s="4" t="s">
-        <v>2909</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="1041" spans="1:10">
       <c r="A1041" s="3" t="s">
-        <v>2910</v>
+        <v>2947</v>
       </c>
       <c r="B1041" s="4" t="s">
-        <v>2911</v>
+        <v>2948</v>
       </c>
       <c r="C1041" s="4" t="s">
-        <v>2912</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="1042" spans="1:10">
       <c r="A1042" s="3" t="s">
-        <v>2913</v>
+        <v>2950</v>
       </c>
       <c r="B1042" s="4" t="s">
-        <v>2914</v>
+        <v>2951</v>
       </c>
       <c r="C1042" s="4" t="s">
-        <v>2915</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="1043" spans="1:10">
       <c r="A1043" s="3" t="s">
-        <v>2916</v>
+        <v>2953</v>
       </c>
       <c r="B1043" s="4" t="s">
-        <v>2917</v>
+        <v>2954</v>
       </c>
       <c r="C1043" s="4" t="s">
-        <v>2918</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="1044" spans="1:10">
       <c r="A1044" s="3" t="s">
-        <v>2919</v>
+        <v>2956</v>
       </c>
       <c r="B1044" s="4" t="s">
-        <v>2920</v>
+        <v>2957</v>
       </c>
       <c r="C1044" s="4" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="1045" spans="1:10">
       <c r="A1045" s="3" t="s">
-        <v>2922</v>
+        <v>2959</v>
       </c>
       <c r="B1045" s="4" t="s">
-        <v>2923</v>
+        <v>121</v>
       </c>
       <c r="C1045" s="4" t="s">
-        <v>2924</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="1046" spans="1:10">
       <c r="A1046" s="3" t="s">
-        <v>2925</v>
+        <v>2961</v>
       </c>
       <c r="B1046" s="4" t="s">
-        <v>2926</v>
+        <v>2629</v>
       </c>
       <c r="C1046" s="4" t="s">
-        <v>2927</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="1047" spans="1:10">
       <c r="A1047" s="3" t="s">
-        <v>2928</v>
+        <v>2963</v>
       </c>
       <c r="B1047" s="4" t="s">
-        <v>2929</v>
+        <v>2964</v>
       </c>
       <c r="C1047" s="4" t="s">
-        <v>2930</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="1048" spans="1:10">
       <c r="A1048" s="3" t="s">
-        <v>2931</v>
+        <v>2966</v>
       </c>
       <c r="B1048" s="4" t="s">
-        <v>2932</v>
+        <v>2967</v>
       </c>
       <c r="C1048" s="4" t="s">
-        <v>2933</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="1049" spans="1:10">
       <c r="A1049" s="3" t="s">
-        <v>2934</v>
+        <v>2969</v>
       </c>
       <c r="B1049" s="4" t="s">
-        <v>2935</v>
+        <v>2970</v>
       </c>
       <c r="C1049" s="4" t="s">
-        <v>2936</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="1050" spans="1:10">
       <c r="A1050" s="3" t="s">
-        <v>2937</v>
+        <v>2972</v>
       </c>
       <c r="B1050" s="4" t="s">
-        <v>2938</v>
+        <v>2973</v>
       </c>
       <c r="C1050" s="4" t="s">
-        <v>2939</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="1051" spans="1:10">
       <c r="A1051" s="3" t="s">
-        <v>2940</v>
+        <v>2975</v>
       </c>
       <c r="B1051" s="4" t="s">
-        <v>2941</v>
+        <v>2976</v>
       </c>
       <c r="C1051" s="4" t="s">
-        <v>2942</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="1052" spans="1:10">
       <c r="A1052" s="3" t="s">
-        <v>2943</v>
+        <v>2978</v>
       </c>
       <c r="B1052" s="4" t="s">
-        <v>2944</v>
+        <v>2979</v>
       </c>
       <c r="C1052" s="4" t="s">
-        <v>2945</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="1053" spans="1:10">
       <c r="A1053" s="3" t="s">
-        <v>2946</v>
+        <v>2981</v>
       </c>
       <c r="B1053" s="4" t="s">
-        <v>2947</v>
+        <v>2982</v>
       </c>
       <c r="C1053" s="4" t="s">
-        <v>2948</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="1054" spans="1:10">
       <c r="A1054" s="3" t="s">
-        <v>2949</v>
+        <v>2984</v>
       </c>
       <c r="B1054" s="4" t="s">
-        <v>1055</v>
+        <v>2985</v>
       </c>
       <c r="C1054" s="4" t="s">
-        <v>2950</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1055" spans="1:10">
       <c r="A1055" s="3" t="s">
-        <v>2951</v>
+        <v>2987</v>
       </c>
       <c r="B1055" s="4" t="s">
-        <v>2952</v>
+        <v>2988</v>
       </c>
       <c r="C1055" s="4" t="s">
-        <v>2953</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="1056" spans="1:10">
       <c r="A1056" s="3" t="s">
-        <v>2954</v>
+        <v>2990</v>
       </c>
       <c r="B1056" s="4" t="s">
-        <v>278</v>
+        <v>2991</v>
       </c>
       <c r="C1056" s="4" t="s">
-        <v>283</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1057" spans="1:10">
       <c r="A1057" s="3" t="s">
-        <v>2955</v>
+        <v>2993</v>
       </c>
       <c r="B1057" s="4" t="s">
-        <v>278</v>
+        <v>2994</v>
       </c>
       <c r="C1057" s="4" t="s">
-        <v>281</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1058" spans="1:10">
       <c r="A1058" s="3" t="s">
-        <v>2956</v>
+        <v>2996</v>
       </c>
       <c r="B1058" s="4" t="s">
-        <v>2957</v>
+        <v>2997</v>
       </c>
       <c r="C1058" s="4" t="s">
-        <v>2958</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="1059" spans="1:10">
       <c r="A1059" s="3" t="s">
-        <v>2959</v>
+        <v>2999</v>
       </c>
       <c r="B1059" s="4" t="s">
-        <v>2960</v>
+        <v>3000</v>
       </c>
       <c r="C1059" s="4" t="s">
-        <v>2961</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="1060" spans="1:10">
       <c r="A1060" s="3" t="s">
-        <v>2962</v>
+        <v>3002</v>
       </c>
       <c r="B1060" s="4" t="s">
-        <v>2963</v>
+        <v>3003</v>
       </c>
       <c r="C1060" s="4" t="s">
-        <v>2964</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="1061" spans="1:10">
       <c r="A1061" s="3" t="s">
-        <v>2965</v>
+        <v>3005</v>
       </c>
       <c r="B1061" s="4" t="s">
-        <v>2966</v>
+        <v>3006</v>
       </c>
       <c r="C1061" s="4" t="s">
-        <v>2967</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="1062" spans="1:10">
       <c r="A1062" s="3" t="s">
-        <v>2968</v>
+        <v>3008</v>
       </c>
       <c r="B1062" s="4" t="s">
-        <v>2969</v>
+        <v>3009</v>
       </c>
       <c r="C1062" s="4" t="s">
-        <v>2970</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="1063" spans="1:10">
       <c r="A1063" s="3" t="s">
-        <v>2971</v>
+        <v>3011</v>
       </c>
       <c r="B1063" s="4" t="s">
-        <v>182</v>
+        <v>3012</v>
       </c>
       <c r="C1063" s="4" t="s">
-        <v>187</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="1064" spans="1:10">
       <c r="A1064" s="3" t="s">
-        <v>2972</v>
+        <v>3014</v>
       </c>
       <c r="B1064" s="4" t="s">
-        <v>2973</v>
+        <v>3015</v>
       </c>
       <c r="C1064" s="4" t="s">
-        <v>2974</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="1065" spans="1:10">
       <c r="A1065" s="3" t="s">
-        <v>2975</v>
+        <v>3017</v>
       </c>
       <c r="B1065" s="4" t="s">
-        <v>2976</v>
+        <v>3018</v>
       </c>
       <c r="C1065" s="4" t="s">
-        <v>2977</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="1066" spans="1:10">
       <c r="A1066" s="3" t="s">
-        <v>2978</v>
+        <v>3020</v>
       </c>
       <c r="B1066" s="4" t="s">
-        <v>514</v>
+        <v>3021</v>
       </c>
       <c r="C1066" s="4" t="s">
-        <v>519</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="1067" spans="1:10">
       <c r="A1067" s="3" t="s">
-        <v>2979</v>
+        <v>3023</v>
       </c>
       <c r="B1067" s="4" t="s">
-        <v>2980</v>
+        <v>3024</v>
       </c>
       <c r="C1067" s="4" t="s">
-        <v>1596</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1068" spans="1:10">
       <c r="A1068" s="3" t="s">
-        <v>2981</v>
+        <v>3026</v>
       </c>
       <c r="B1068" s="4" t="s">
-        <v>2982</v>
+        <v>2717</v>
       </c>
       <c r="C1068" s="4" t="s">
-        <v>2983</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="1069" spans="1:10">
       <c r="A1069" s="3" t="s">
-        <v>2984</v>
+        <v>3028</v>
       </c>
       <c r="B1069" s="4" t="s">
-        <v>2985</v>
+        <v>3029</v>
       </c>
       <c r="C1069" s="4" t="s">
-        <v>2986</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1070" spans="1:10">
       <c r="A1070" s="3" t="s">
-        <v>2987</v>
+        <v>3031</v>
       </c>
       <c r="B1070" s="4" t="s">
-        <v>2988</v>
+        <v>3032</v>
       </c>
       <c r="C1070" s="4" t="s">
-        <v>2989</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="1071" spans="1:10">
       <c r="A1071" s="3" t="s">
-        <v>2990</v>
+        <v>3034</v>
       </c>
       <c r="B1071" s="4" t="s">
-        <v>2991</v>
+        <v>3035</v>
       </c>
       <c r="C1071" s="4" t="s">
-        <v>2992</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="1072" spans="1:10">
       <c r="A1072" s="3" t="s">
-        <v>2993</v>
+        <v>3037</v>
       </c>
       <c r="B1072" s="4" t="s">
-        <v>2994</v>
+        <v>3038</v>
       </c>
       <c r="C1072" s="4" t="s">
-        <v>2995</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="1073" spans="1:10">
       <c r="A1073" s="3" t="s">
-        <v>2996</v>
+        <v>3040</v>
       </c>
       <c r="B1073" s="4" t="s">
-        <v>2997</v>
+        <v>3041</v>
       </c>
       <c r="C1073" s="4" t="s">
-        <v>2998</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="1074" spans="1:10">
       <c r="A1074" s="3" t="s">
-        <v>2999</v>
+        <v>3043</v>
       </c>
       <c r="B1074" s="4" t="s">
-        <v>8</v>
+        <v>3044</v>
       </c>
       <c r="C1074" s="4" t="s">
-        <v>9</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="1075" spans="1:10">
       <c r="A1075" s="3" t="s">
-        <v>3000</v>
+        <v>3046</v>
       </c>
       <c r="B1075" s="4" t="s">
-        <v>3001</v>
+        <v>3047</v>
       </c>
       <c r="C1075" s="4" t="s">
-        <v>3002</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="1076" spans="1:10">
       <c r="A1076" s="3" t="s">
-        <v>3003</v>
+        <v>3049</v>
       </c>
       <c r="B1076" s="4" t="s">
-        <v>3004</v>
+        <v>3050</v>
       </c>
       <c r="C1076" s="4" t="s">
-        <v>3005</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="1077" spans="1:10">
       <c r="A1077" s="3" t="s">
-        <v>3006</v>
+        <v>3052</v>
       </c>
       <c r="B1077" s="4" t="s">
-        <v>3007</v>
+        <v>3053</v>
       </c>
       <c r="C1077" s="4" t="s">
-        <v>3008</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="1078" spans="1:10">
       <c r="A1078" s="3" t="s">
-        <v>3009</v>
+        <v>3055</v>
       </c>
       <c r="B1078" s="4" t="s">
-        <v>77</v>
+        <v>3056</v>
       </c>
       <c r="C1078" s="4" t="s">
-        <v>82</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="1079" spans="1:10">
       <c r="A1079" s="3" t="s">
-        <v>3010</v>
+        <v>3058</v>
       </c>
       <c r="B1079" s="4" t="s">
-        <v>3011</v>
+        <v>3059</v>
       </c>
       <c r="C1079" s="4" t="s">
-        <v>165</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="1080" spans="1:10">
       <c r="A1080" s="3" t="s">
-        <v>3012</v>
+        <v>3061</v>
       </c>
       <c r="B1080" s="4" t="s">
-        <v>77</v>
+        <v>3062</v>
       </c>
       <c r="C1080" s="4" t="s">
-        <v>80</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1081" spans="1:10">
       <c r="A1081" s="3" t="s">
-        <v>3013</v>
+        <v>3064</v>
       </c>
       <c r="B1081" s="4" t="s">
-        <v>290</v>
+        <v>3065</v>
       </c>
       <c r="C1081" s="4" t="s">
-        <v>291</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="1082" spans="1:10">
       <c r="A1082" s="3" t="s">
-        <v>3014</v>
+        <v>3067</v>
       </c>
       <c r="B1082" s="4" t="s">
-        <v>3015</v>
+        <v>3068</v>
       </c>
       <c r="C1082" s="4" t="s">
-        <v>3016</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="1083" spans="1:10">
       <c r="A1083" s="3" t="s">
-        <v>3017</v>
+        <v>3070</v>
       </c>
       <c r="B1083" s="4" t="s">
-        <v>3018</v>
+        <v>3071</v>
       </c>
       <c r="C1083" s="4" t="s">
-        <v>3019</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1084" spans="1:10">
       <c r="A1084" s="3" t="s">
-        <v>3020</v>
+        <v>3073</v>
       </c>
       <c r="B1084" s="4" t="s">
-        <v>3021</v>
+        <v>3074</v>
       </c>
       <c r="C1084" s="4" t="s">
-        <v>3022</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="1085" spans="1:10">
       <c r="A1085" s="3" t="s">
-        <v>3023</v>
+        <v>3076</v>
       </c>
       <c r="B1085" s="4" t="s">
-        <v>3024</v>
+        <v>3077</v>
       </c>
       <c r="C1085" s="4" t="s">
-        <v>3025</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="1086" spans="1:10">
       <c r="A1086" s="3" t="s">
-        <v>3026</v>
+        <v>3079</v>
       </c>
       <c r="B1086" s="4" t="s">
-        <v>3027</v>
+        <v>3080</v>
       </c>
       <c r="C1086" s="4" t="s">
-        <v>3028</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="1087" spans="1:10">
       <c r="A1087" s="3" t="s">
-        <v>3029</v>
+        <v>3082</v>
       </c>
       <c r="B1087" s="4" t="s">
-        <v>3030</v>
+        <v>3083</v>
       </c>
       <c r="C1087" s="4" t="s">
-        <v>3031</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="1088" spans="1:10">
       <c r="A1088" s="3" t="s">
-        <v>3032</v>
+        <v>3085</v>
       </c>
       <c r="B1088" s="4" t="s">
-        <v>3033</v>
+        <v>3086</v>
       </c>
       <c r="C1088" s="4" t="s">
-        <v>3034</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="1089" spans="1:10">
       <c r="A1089" s="3" t="s">
-        <v>3035</v>
+        <v>3088</v>
       </c>
       <c r="B1089" s="4" t="s">
-        <v>3036</v>
+        <v>3089</v>
       </c>
       <c r="C1089" s="4" t="s">
-        <v>3037</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="1090" spans="1:10">
       <c r="A1090" s="3" t="s">
-        <v>3038</v>
+        <v>3091</v>
       </c>
       <c r="B1090" s="4" t="s">
-        <v>3039</v>
+        <v>3092</v>
       </c>
       <c r="C1090" s="4" t="s">
-        <v>3040</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="1091" spans="1:10">
       <c r="A1091" s="3" t="s">
-        <v>3041</v>
+        <v>3094</v>
       </c>
       <c r="B1091" s="4" t="s">
-        <v>3042</v>
+        <v>3095</v>
       </c>
       <c r="C1091" s="4" t="s">
-        <v>3043</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="1092" spans="1:10">
       <c r="A1092" s="3" t="s">
-        <v>3044</v>
+        <v>3097</v>
       </c>
       <c r="B1092" s="4" t="s">
-        <v>137</v>
+        <v>3098</v>
       </c>
       <c r="C1092" s="4" t="s">
-        <v>138</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="1093" spans="1:10">
       <c r="A1093" s="3" t="s">
-        <v>3045</v>
+        <v>3100</v>
       </c>
       <c r="B1093" s="4" t="s">
-        <v>3046</v>
+        <v>3101</v>
       </c>
       <c r="C1093" s="4" t="s">
-        <v>3047</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="1094" spans="1:10">
       <c r="A1094" s="3" t="s">
-        <v>3048</v>
+        <v>3103</v>
       </c>
       <c r="B1094" s="4" t="s">
-        <v>704</v>
+        <v>1140</v>
       </c>
       <c r="C1094" s="4" t="s">
-        <v>3049</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="1095" spans="1:10">
       <c r="A1095" s="3" t="s">
-        <v>3050</v>
+        <v>3105</v>
       </c>
       <c r="B1095" s="4" t="s">
-        <v>3051</v>
+        <v>53</v>
       </c>
       <c r="C1095" s="4" t="s">
-        <v>3052</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="1096" spans="1:10">
       <c r="A1096" s="3" t="s">
-        <v>3053</v>
+        <v>3107</v>
       </c>
       <c r="B1096" s="4" t="s">
-        <v>3054</v>
+        <v>53</v>
       </c>
       <c r="C1096" s="4" t="s">
-        <v>3055</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="1097" spans="1:10">
       <c r="A1097" s="3" t="s">
-        <v>3056</v>
+        <v>3109</v>
       </c>
       <c r="B1097" s="4" t="s">
-        <v>3057</v>
+        <v>3110</v>
       </c>
       <c r="C1097" s="4" t="s">
-        <v>3058</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="1098" spans="1:10">
       <c r="A1098" s="3" t="s">
-        <v>3059</v>
+        <v>3112</v>
       </c>
       <c r="B1098" s="4" t="s">
-        <v>3060</v>
+        <v>3113</v>
       </c>
       <c r="C1098" s="4" t="s">
-        <v>3061</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="1099" spans="1:10">
       <c r="A1099" s="3" t="s">
-        <v>3062</v>
+        <v>3115</v>
       </c>
       <c r="B1099" s="4" t="s">
-        <v>531</v>
+        <v>3116</v>
       </c>
       <c r="C1099" s="4" t="s">
-        <v>3063</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="1100" spans="1:10">
       <c r="A1100" s="3" t="s">
-        <v>3064</v>
+        <v>3118</v>
       </c>
       <c r="B1100" s="4" t="s">
-        <v>3065</v>
+        <v>706</v>
       </c>
       <c r="C1100" s="4" t="s">
-        <v>3066</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="1101" spans="1:10">
       <c r="A1101" s="3" t="s">
-        <v>3067</v>
+        <v>3120</v>
       </c>
       <c r="B1101" s="4" t="s">
-        <v>3068</v>
+        <v>3121</v>
       </c>
       <c r="C1101" s="4" t="s">
-        <v>3069</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="1102" spans="1:10">
       <c r="A1102" s="3" t="s">
-        <v>3070</v>
+        <v>3123</v>
       </c>
       <c r="B1102" s="4" t="s">
-        <v>3071</v>
+        <v>3124</v>
       </c>
       <c r="C1102" s="4" t="s">
-        <v>3072</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="1103" spans="1:10">
       <c r="A1103" s="3" t="s">
-        <v>3073</v>
+        <v>3126</v>
       </c>
       <c r="B1103" s="4" t="s">
-        <v>3074</v>
+        <v>3127</v>
       </c>
       <c r="C1103" s="4" t="s">
-        <v>3075</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="1104" spans="1:10">
       <c r="A1104" s="3" t="s">
-        <v>3076</v>
+        <v>3129</v>
       </c>
       <c r="B1104" s="4" t="s">
-        <v>3077</v>
+        <v>3130</v>
       </c>
       <c r="C1104" s="4" t="s">
-        <v>3078</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="1105" spans="1:10">
       <c r="A1105" s="3" t="s">
-        <v>3079</v>
+        <v>3132</v>
       </c>
       <c r="B1105" s="4" t="s">
-        <v>28</v>
+        <v>3133</v>
       </c>
       <c r="C1105" s="4" t="s">
-        <v>29</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="1106" spans="1:10">
       <c r="A1106" s="3" t="s">
-        <v>3080</v>
+        <v>3135</v>
       </c>
       <c r="B1106" s="4" t="s">
-        <v>3071</v>
+        <v>3136</v>
       </c>
       <c r="C1106" s="4" t="s">
-        <v>3081</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="1107" spans="1:10">
       <c r="A1107" s="3" t="s">
-        <v>3082</v>
+        <v>3138</v>
       </c>
       <c r="B1107" s="4" t="s">
-        <v>3071</v>
+        <v>3139</v>
       </c>
       <c r="C1107" s="4" t="s">
-        <v>3083</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="1108" spans="1:10">
       <c r="A1108" s="3" t="s">
-        <v>3084</v>
+        <v>3141</v>
       </c>
       <c r="B1108" s="4" t="s">
-        <v>3085</v>
+        <v>3142</v>
       </c>
       <c r="C1108" s="4" t="s">
-        <v>3086</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="1109" spans="1:10">
       <c r="A1109" s="3" t="s">
-        <v>3087</v>
+        <v>3144</v>
       </c>
       <c r="B1109" s="4" t="s">
-        <v>3088</v>
+        <v>1045</v>
       </c>
       <c r="C1109" s="4" t="s">
-        <v>3089</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="1110" spans="1:10">
       <c r="A1110" s="3" t="s">
-        <v>3090</v>
+        <v>3146</v>
       </c>
       <c r="B1110" s="4" t="s">
-        <v>3091</v>
+        <v>3147</v>
       </c>
       <c r="C1110" s="4" t="s">
-        <v>3092</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="1111" spans="1:10">
       <c r="A1111" s="3" t="s">
-        <v>3093</v>
+        <v>3149</v>
       </c>
       <c r="B1111" s="4" t="s">
-        <v>3094</v>
+        <v>3150</v>
       </c>
       <c r="C1111" s="4" t="s">
-        <v>3095</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="1112" spans="1:10">
       <c r="A1112" s="3" t="s">
-        <v>3096</v>
+        <v>3152</v>
       </c>
       <c r="B1112" s="4" t="s">
-        <v>34</v>
+        <v>1484</v>
       </c>
       <c r="C1112" s="4" t="s">
-        <v>35</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="1113" spans="1:10">
       <c r="A1113" s="3" t="s">
-        <v>3097</v>
+        <v>3154</v>
       </c>
       <c r="B1113" s="4" t="s">
-        <v>176</v>
+        <v>1484</v>
       </c>
       <c r="C1113" s="4" t="s">
-        <v>180</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="1114" spans="1:10">
       <c r="A1114" s="3" t="s">
-        <v>3098</v>
+        <v>3156</v>
       </c>
       <c r="B1114" s="4" t="s">
-        <v>3099</v>
+        <v>1484</v>
       </c>
       <c r="C1114" s="4" t="s">
-        <v>3100</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="1115" spans="1:10">
       <c r="A1115" s="3" t="s">
-        <v>3101</v>
+        <v>3158</v>
       </c>
       <c r="B1115" s="4" t="s">
-        <v>3102</v>
+        <v>1614</v>
       </c>
       <c r="C1115" s="4" t="s">
-        <v>3103</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="1116" spans="1:10">
       <c r="A1116" s="3" t="s">
-        <v>3104</v>
+        <v>3160</v>
       </c>
       <c r="B1116" s="4" t="s">
-        <v>3105</v>
+        <v>1249</v>
       </c>
       <c r="C1116" s="4" t="s">
-        <v>3106</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="1117" spans="1:10">
       <c r="A1117" s="3" t="s">
-        <v>3107</v>
+        <v>3162</v>
       </c>
       <c r="B1117" s="4" t="s">
-        <v>3108</v>
+        <v>1249</v>
       </c>
       <c r="C1117" s="4" t="s">
-        <v>3109</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="1118" spans="1:10">
       <c r="A1118" s="3" t="s">
-        <v>3110</v>
+        <v>3164</v>
       </c>
       <c r="B1118" s="4" t="s">
-        <v>842</v>
+        <v>3165</v>
       </c>
       <c r="C1118" s="4" t="s">
-        <v>3111</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="1119" spans="1:10">
       <c r="A1119" s="3" t="s">
-        <v>3112</v>
+        <v>3167</v>
       </c>
       <c r="B1119" s="4" t="s">
-        <v>3113</v>
+        <v>3168</v>
       </c>
       <c r="C1119" s="4" t="s">
-        <v>3114</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="1120" spans="1:10">
       <c r="A1120" s="3" t="s">
-        <v>3115</v>
+        <v>3170</v>
       </c>
       <c r="B1120" s="4" t="s">
-        <v>3116</v>
+        <v>3171</v>
       </c>
       <c r="C1120" s="4" t="s">
-        <v>3117</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="1121" spans="1:10">
       <c r="A1121" s="3" t="s">
-        <v>3118</v>
+        <v>3173</v>
       </c>
       <c r="B1121" s="4" t="s">
-        <v>95</v>
+        <v>709</v>
       </c>
       <c r="C1121" s="4" t="s">
-        <v>3119</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="1122" spans="1:10">
       <c r="A1122" s="3" t="s">
-        <v>3120</v>
+        <v>3175</v>
       </c>
       <c r="B1122" s="4" t="s">
-        <v>3121</v>
+        <v>3176</v>
       </c>
       <c r="C1122" s="4" t="s">
-        <v>3122</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="1123" spans="1:10">
       <c r="A1123" s="3" t="s">
-        <v>3123</v>
+        <v>3178</v>
       </c>
       <c r="B1123" s="4" t="s">
-        <v>1024</v>
+        <v>3179</v>
       </c>
       <c r="C1123" s="4" t="s">
-        <v>3124</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="1124" spans="1:10">
       <c r="A1124" s="3" t="s">
-        <v>3125</v>
+        <v>3181</v>
       </c>
       <c r="B1124" s="4" t="s">
-        <v>3126</v>
+        <v>3179</v>
       </c>
       <c r="C1124" s="4" t="s">
-        <v>3127</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="1125" spans="1:10">
       <c r="A1125" s="3" t="s">
-        <v>3128</v>
+        <v>3183</v>
       </c>
       <c r="B1125" s="4" t="s">
-        <v>3129</v>
+        <v>3184</v>
       </c>
       <c r="C1125" s="4" t="s">
-        <v>3130</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="1126" spans="1:10">
       <c r="A1126" s="3" t="s">
-        <v>3131</v>
+        <v>3186</v>
       </c>
       <c r="B1126" s="4" t="s">
-        <v>3132</v>
+        <v>3187</v>
       </c>
       <c r="C1126" s="4" t="s">
-        <v>3133</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="1127" spans="1:10">
       <c r="A1127" s="3" t="s">
-        <v>3134</v>
+        <v>3189</v>
       </c>
       <c r="B1127" s="4" t="s">
-        <v>3135</v>
+        <v>3190</v>
       </c>
       <c r="C1127" s="4" t="s">
-        <v>3136</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="1128" spans="1:10">
       <c r="A1128" s="3" t="s">
-        <v>3137</v>
+        <v>3192</v>
       </c>
       <c r="B1128" s="4" t="s">
-        <v>3138</v>
+        <v>3193</v>
       </c>
       <c r="C1128" s="4" t="s">
-        <v>3139</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="1129" spans="1:10">
       <c r="A1129" s="3" t="s">
-        <v>3140</v>
+        <v>3195</v>
       </c>
       <c r="B1129" s="4" t="s">
-        <v>3141</v>
+        <v>3196</v>
       </c>
       <c r="C1129" s="4" t="s">
-        <v>3142</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="1130" spans="1:10">
       <c r="A1130" s="3" t="s">
-        <v>3143</v>
+        <v>3198</v>
       </c>
       <c r="B1130" s="4" t="s">
-        <v>237</v>
+        <v>3199</v>
       </c>
       <c r="C1130" s="4" t="s">
-        <v>238</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="1131" spans="1:10">
       <c r="A1131" s="3" t="s">
-        <v>3144</v>
+        <v>3201</v>
       </c>
       <c r="B1131" s="4" t="s">
-        <v>3145</v>
+        <v>3202</v>
       </c>
       <c r="C1131" s="4" t="s">
-        <v>3146</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="1132" spans="1:10">
       <c r="A1132" s="3" t="s">
-        <v>3147</v>
+        <v>3204</v>
       </c>
       <c r="B1132" s="4" t="s">
-        <v>3148</v>
+        <v>3205</v>
       </c>
       <c r="C1132" s="4" t="s">
-        <v>3149</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="1133" spans="1:10">
       <c r="A1133" s="3" t="s">
-        <v>3150</v>
+        <v>3207</v>
       </c>
       <c r="B1133" s="4" t="s">
-        <v>3151</v>
+        <v>3208</v>
       </c>
       <c r="C1133" s="4" t="s">
-        <v>3152</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="1134" spans="1:10">
       <c r="A1134" s="3" t="s">
-        <v>3153</v>
+        <v>3210</v>
       </c>
       <c r="B1134" s="4" t="s">
-        <v>3154</v>
+        <v>3211</v>
       </c>
       <c r="C1134" s="4" t="s">
-        <v>3155</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="1135" spans="1:10">
       <c r="A1135" s="3" t="s">
-        <v>3156</v>
+        <v>3213</v>
       </c>
       <c r="B1135" s="4" t="s">
-        <v>3157</v>
+        <v>3214</v>
       </c>
       <c r="C1135" s="4" t="s">
-        <v>3158</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="1136" spans="1:10">
       <c r="A1136" s="3" t="s">
-        <v>3159</v>
+        <v>3216</v>
       </c>
       <c r="B1136" s="4" t="s">
-        <v>3160</v>
+        <v>3217</v>
       </c>
       <c r="C1136" s="4" t="s">
-        <v>3161</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="1137" spans="1:10">
       <c r="A1137" s="3" t="s">
-        <v>3162</v>
+        <v>3219</v>
       </c>
       <c r="B1137" s="4" t="s">
-        <v>2888</v>
+        <v>3217</v>
       </c>
       <c r="C1137" s="4" t="s">
-        <v>3163</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1138" spans="1:10">
       <c r="A1138" s="3" t="s">
-        <v>3164</v>
+        <v>3221</v>
       </c>
       <c r="B1138" s="4" t="s">
-        <v>3102</v>
+        <v>3222</v>
       </c>
       <c r="C1138" s="4" t="s">
-        <v>3165</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="1139" spans="1:10">
       <c r="A1139" s="3" t="s">
-        <v>3166</v>
+        <v>3224</v>
       </c>
       <c r="B1139" s="4" t="s">
-        <v>1234</v>
+        <v>1387</v>
       </c>
       <c r="C1139" s="4" t="s">
-        <v>3167</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="1140" spans="1:10">
       <c r="A1140" s="3" t="s">
-        <v>3168</v>
+        <v>3226</v>
       </c>
       <c r="B1140" s="4" t="s">
-        <v>1234</v>
+        <v>3227</v>
       </c>
       <c r="C1140" s="4" t="s">
-        <v>3169</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="1141" spans="1:10">
       <c r="A1141" s="3" t="s">
-        <v>3170</v>
+        <v>3229</v>
       </c>
       <c r="B1141" s="4" t="s">
-        <v>3171</v>
+        <v>3230</v>
       </c>
       <c r="C1141" s="4" t="s">
-        <v>3172</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="1142" spans="1:10">
       <c r="A1142" s="3" t="s">
-        <v>3173</v>
+        <v>3232</v>
       </c>
       <c r="B1142" s="4" t="s">
-        <v>173</v>
+        <v>3233</v>
       </c>
       <c r="C1142" s="4" t="s">
-        <v>174</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="1143" spans="1:10">
       <c r="A1143" s="3" t="s">
-        <v>3174</v>
+        <v>3234</v>
       </c>
       <c r="B1143" s="4" t="s">
-        <v>3175</v>
+        <v>1312</v>
       </c>
       <c r="C1143" s="4" t="s">
-        <v>3176</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="1144" spans="1:10">
       <c r="A1144" s="3" t="s">
-        <v>3177</v>
+        <v>3236</v>
       </c>
       <c r="B1144" s="4" t="s">
-        <v>3178</v>
+        <v>3237</v>
       </c>
       <c r="C1144" s="4" t="s">
-        <v>3179</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="1145" spans="1:10">
       <c r="A1145" s="3" t="s">
-        <v>3180</v>
+        <v>3239</v>
       </c>
       <c r="B1145" s="4" t="s">
-        <v>3181</v>
+        <v>3062</v>
       </c>
       <c r="C1145" s="4" t="s">
-        <v>3182</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="1146" spans="1:10">
       <c r="A1146" s="3" t="s">
-        <v>3183</v>
+        <v>3241</v>
       </c>
       <c r="B1146" s="4" t="s">
-        <v>3184</v>
+        <v>3242</v>
       </c>
       <c r="C1146" s="4" t="s">
-        <v>3185</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="1147" spans="1:10">
       <c r="A1147" s="3" t="s">
-        <v>3186</v>
+        <v>3244</v>
       </c>
       <c r="B1147" s="4" t="s">
-        <v>3187</v>
+        <v>3245</v>
       </c>
       <c r="C1147" s="4" t="s">
-        <v>3188</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="1148" spans="1:10">
       <c r="A1148" s="3" t="s">
-        <v>3189</v>
+        <v>3247</v>
       </c>
       <c r="B1148" s="4" t="s">
-        <v>3190</v>
+        <v>3248</v>
       </c>
       <c r="C1148" s="4" t="s">
-        <v>3191</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="1149" spans="1:10">
       <c r="A1149" s="3" t="s">
-        <v>3192</v>
+        <v>3250</v>
       </c>
       <c r="B1149" s="4" t="s">
-        <v>3193</v>
+        <v>3251</v>
       </c>
       <c r="C1149" s="4" t="s">
-        <v>3194</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="1150" spans="1:10">
       <c r="A1150" s="3" t="s">
-        <v>3195</v>
+        <v>3253</v>
       </c>
       <c r="B1150" s="4" t="s">
-        <v>278</v>
+        <v>3254</v>
       </c>
       <c r="C1150" s="4" t="s">
-        <v>279</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="1151" spans="1:10">
       <c r="A1151" s="3" t="s">
-        <v>3196</v>
+        <v>3256</v>
       </c>
       <c r="B1151" s="4" t="s">
-        <v>3197</v>
+        <v>3257</v>
       </c>
       <c r="C1151" s="4" t="s">
-        <v>3198</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="1152" spans="1:10">
       <c r="A1152" s="3" t="s">
-        <v>3199</v>
+        <v>3259</v>
       </c>
       <c r="B1152" s="4" t="s">
-        <v>3200</v>
+        <v>3260</v>
       </c>
       <c r="C1152" s="4" t="s">
-        <v>3201</v>
+        <v>3261</v>
       </c>
     </row>
     <row r="1153" spans="1:10">
       <c r="A1153" s="3" t="s">
-        <v>3202</v>
+        <v>3262</v>
       </c>
       <c r="B1153" s="4" t="s">
-        <v>40</v>
+        <v>2884</v>
       </c>
       <c r="C1153" s="4" t="s">
-        <v>41</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="1154" spans="1:10">
       <c r="A1154" s="3" t="s">
-        <v>3203</v>
+        <v>3263</v>
       </c>
       <c r="B1154" s="4" t="s">
-        <v>101</v>
+        <v>3264</v>
       </c>
       <c r="C1154" s="4" t="s">
-        <v>102</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="1155" spans="1:10">
       <c r="A1155" s="3" t="s">
-        <v>3204</v>
+        <v>3266</v>
       </c>
       <c r="B1155" s="4" t="s">
-        <v>3205</v>
+        <v>3267</v>
       </c>
       <c r="C1155" s="4" t="s">
-        <v>3206</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="1156" spans="1:10">
       <c r="A1156" s="3" t="s">
-        <v>3207</v>
+        <v>3269</v>
       </c>
       <c r="B1156" s="4" t="s">
-        <v>3208</v>
+        <v>3270</v>
       </c>
       <c r="C1156" s="4" t="s">
-        <v>3209</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="1157" spans="1:10">
       <c r="A1157" s="3" t="s">
-        <v>3210</v>
+        <v>3272</v>
       </c>
       <c r="B1157" s="4" t="s">
-        <v>3211</v>
+        <v>3273</v>
       </c>
       <c r="C1157" s="4" t="s">
-        <v>3212</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="1158" spans="1:10">
       <c r="A1158" s="3" t="s">
-        <v>3213</v>
+        <v>3275</v>
       </c>
       <c r="B1158" s="4" t="s">
-        <v>3214</v>
+        <v>802</v>
       </c>
       <c r="C1158" s="4" t="s">
-        <v>3215</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="1159" spans="1:10">
       <c r="A1159" s="3" t="s">
-        <v>3216</v>
+        <v>3277</v>
       </c>
       <c r="B1159" s="4" t="s">
-        <v>3217</v>
+        <v>802</v>
       </c>
       <c r="C1159" s="4" t="s">
-        <v>3218</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="1160" spans="1:10">
       <c r="A1160" s="3" t="s">
-        <v>3219</v>
+        <v>3279</v>
       </c>
       <c r="B1160" s="4" t="s">
-        <v>2963</v>
+        <v>3280</v>
       </c>
       <c r="C1160" s="4" t="s">
-        <v>3220</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="1161" spans="1:10">
       <c r="A1161" s="3" t="s">
-        <v>3221</v>
+        <v>3282</v>
       </c>
       <c r="B1161" s="4" t="s">
-        <v>3222</v>
+        <v>3283</v>
       </c>
       <c r="C1161" s="4" t="s">
-        <v>3223</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="1162" spans="1:10">
       <c r="A1162" s="3" t="s">
-        <v>3224</v>
+        <v>3284</v>
       </c>
       <c r="B1162" s="4" t="s">
-        <v>3225</v>
+        <v>1029</v>
       </c>
       <c r="C1162" s="4" t="s">
-        <v>3226</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="1163" spans="1:10">
       <c r="A1163" s="3" t="s">
-        <v>3227</v>
+        <v>3286</v>
       </c>
       <c r="B1163" s="4" t="s">
-        <v>3228</v>
+        <v>1029</v>
       </c>
       <c r="C1163" s="4" t="s">
-        <v>3229</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="1164" spans="1:10">
       <c r="A1164" s="3" t="s">
-        <v>3230</v>
+        <v>3288</v>
       </c>
       <c r="B1164" s="4" t="s">
-        <v>3231</v>
+        <v>3065</v>
       </c>
       <c r="C1164" s="4" t="s">
-        <v>3232</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="1165" spans="1:10">
       <c r="A1165" s="3" t="s">
-        <v>3233</v>
+        <v>3290</v>
       </c>
       <c r="B1165" s="4" t="s">
-        <v>2241</v>
+        <v>3291</v>
       </c>
       <c r="C1165" s="4" t="s">
-        <v>3234</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="1166" spans="1:10">
       <c r="A1166" s="3" t="s">
-        <v>3235</v>
+        <v>3293</v>
       </c>
       <c r="B1166" s="4" t="s">
-        <v>3236</v>
+        <v>3294</v>
       </c>
       <c r="C1166" s="4" t="s">
-        <v>3237</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="1167" spans="1:10">
       <c r="A1167" s="3" t="s">
-        <v>3238</v>
+        <v>3296</v>
       </c>
       <c r="B1167" s="4" t="s">
-        <v>3236</v>
+        <v>3297</v>
       </c>
       <c r="C1167" s="4" t="s">
-        <v>3239</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="1168" spans="1:10">
       <c r="A1168" s="3" t="s">
-        <v>3240</v>
+        <v>3299</v>
       </c>
       <c r="B1168" s="4" t="s">
-        <v>514</v>
+        <v>1146</v>
       </c>
       <c r="C1168" s="4" t="s">
-        <v>517</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1169" spans="1:10">
       <c r="A1169" s="3" t="s">
-        <v>3241</v>
+        <v>3301</v>
       </c>
       <c r="B1169" s="4" t="s">
-        <v>514</v>
+        <v>3302</v>
       </c>
       <c r="C1169" s="4" t="s">
-        <v>3242</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="1170" spans="1:10">
       <c r="A1170" s="3" t="s">
-        <v>3243</v>
+        <v>3304</v>
       </c>
       <c r="B1170" s="4" t="s">
-        <v>1866</v>
+        <v>3305</v>
       </c>
       <c r="C1170" s="4" t="s">
-        <v>3244</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="1171" spans="1:10">
       <c r="A1171" s="3" t="s">
-        <v>3245</v>
+        <v>3307</v>
       </c>
       <c r="B1171" s="4" t="s">
-        <v>514</v>
+        <v>1288</v>
       </c>
       <c r="C1171" s="4" t="s">
-        <v>521</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="1172" spans="1:10">
       <c r="A1172" s="3" t="s">
-        <v>3246</v>
+        <v>3309</v>
       </c>
       <c r="B1172" s="4" t="s">
-        <v>3247</v>
+        <v>1288</v>
       </c>
       <c r="C1172" s="4" t="s">
-        <v>3248</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="1173" spans="1:10">
       <c r="A1173" s="3" t="s">
-        <v>3249</v>
+        <v>3311</v>
       </c>
       <c r="B1173" s="4" t="s">
-        <v>3250</v>
+        <v>3312</v>
       </c>
       <c r="C1173" s="4" t="s">
-        <v>3251</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="1174" spans="1:10">
       <c r="A1174" s="3" t="s">
-        <v>3252</v>
+        <v>3314</v>
       </c>
       <c r="B1174" s="4" t="s">
-        <v>3253</v>
+        <v>3312</v>
       </c>
       <c r="C1174" s="4" t="s">
-        <v>3254</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="1175" spans="1:10">
       <c r="A1175" s="3" t="s">
-        <v>3255</v>
+        <v>3316</v>
       </c>
       <c r="B1175" s="4" t="s">
-        <v>3256</v>
+        <v>750</v>
       </c>
       <c r="C1175" s="4" t="s">
-        <v>3257</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="1176" spans="1:10">
       <c r="A1176" s="3" t="s">
-        <v>3258</v>
+        <v>3318</v>
       </c>
       <c r="B1176" s="4" t="s">
-        <v>3256</v>
+        <v>750</v>
       </c>
       <c r="C1176" s="4" t="s">
-        <v>3259</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="1177" spans="1:10">
       <c r="A1177" s="3" t="s">
-        <v>3260</v>
+        <v>3320</v>
       </c>
       <c r="B1177" s="4" t="s">
-        <v>3261</v>
+        <v>3321</v>
       </c>
       <c r="C1177" s="4" t="s">
-        <v>3262</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="1178" spans="1:10">
       <c r="A1178" s="3" t="s">
-        <v>3263</v>
+        <v>3323</v>
       </c>
       <c r="B1178" s="4" t="s">
-        <v>3264</v>
+        <v>3324</v>
       </c>
       <c r="C1178" s="4" t="s">
-        <v>3265</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="1179" spans="1:10">
       <c r="A1179" s="3" t="s">
-        <v>3266</v>
+        <v>3326</v>
       </c>
       <c r="B1179" s="4" t="s">
-        <v>3267</v>
+        <v>3327</v>
       </c>
       <c r="C1179" s="4" t="s">
-        <v>3268</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="1180" spans="1:10">
       <c r="A1180" s="3" t="s">
-        <v>3269</v>
+        <v>3329</v>
       </c>
       <c r="B1180" s="4" t="s">
-        <v>3270</v>
+        <v>2227</v>
       </c>
       <c r="C1180" s="4" t="s">
-        <v>3271</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="1181" spans="1:10">
       <c r="A1181" s="3" t="s">
-        <v>3272</v>
+        <v>3331</v>
       </c>
       <c r="B1181" s="4" t="s">
-        <v>3273</v>
+        <v>3332</v>
       </c>
       <c r="C1181" s="4" t="s">
-        <v>3274</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="1182" spans="1:10">
       <c r="A1182" s="3" t="s">
-        <v>3275</v>
+        <v>3334</v>
       </c>
       <c r="B1182" s="4" t="s">
-        <v>3276</v>
+        <v>3335</v>
       </c>
       <c r="C1182" s="4" t="s">
-        <v>3277</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="1183" spans="1:10">
       <c r="A1183" s="3" t="s">
-        <v>3278</v>
+        <v>3337</v>
       </c>
       <c r="B1183" s="4" t="s">
-        <v>3279</v>
+        <v>3338</v>
       </c>
       <c r="C1183" s="4" t="s">
-        <v>3280</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="1184" spans="1:10">
       <c r="A1184" s="3" t="s">
-        <v>3281</v>
+        <v>3340</v>
       </c>
       <c r="B1184" s="4" t="s">
-        <v>3282</v>
+        <v>3341</v>
       </c>
       <c r="C1184" s="4" t="s">
-        <v>3283</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="1185" spans="1:10">
       <c r="A1185" s="3" t="s">
-        <v>3284</v>
+        <v>3343</v>
       </c>
       <c r="B1185" s="4" t="s">
-        <v>3285</v>
+        <v>3344</v>
       </c>
       <c r="C1185" s="4" t="s">
-        <v>3286</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="1186" spans="1:10">
       <c r="A1186" s="3" t="s">
-        <v>3287</v>
+        <v>3346</v>
       </c>
       <c r="B1186" s="4" t="s">
-        <v>3288</v>
+        <v>3347</v>
       </c>
       <c r="C1186" s="4" t="s">
-        <v>3289</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="1187" spans="1:10">
       <c r="A1187" s="3" t="s">
-        <v>3290</v>
+        <v>3349</v>
       </c>
       <c r="B1187" s="4" t="s">
-        <v>3288</v>
+        <v>3350</v>
       </c>
       <c r="C1187" s="4" t="s">
-        <v>3291</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="1188" spans="1:10">
       <c r="A1188" s="3" t="s">
-        <v>3292</v>
+        <v>3352</v>
       </c>
       <c r="B1188" s="4" t="s">
-        <v>3293</v>
+        <v>3338</v>
       </c>
       <c r="C1188" s="4" t="s">
-        <v>3294</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1189" spans="1:10">
       <c r="A1189" s="3" t="s">
-        <v>3295</v>
+        <v>3354</v>
       </c>
       <c r="B1189" s="4" t="s">
-        <v>3296</v>
+        <v>3355</v>
       </c>
       <c r="C1189" s="4" t="s">
-        <v>3297</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="1190" spans="1:10">
       <c r="A1190" s="3" t="s">
-        <v>3298</v>
+        <v>3357</v>
       </c>
       <c r="B1190" s="4" t="s">
-        <v>3299</v>
+        <v>3358</v>
       </c>
       <c r="C1190" s="4" t="s">
-        <v>3300</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="1191" spans="1:10">
       <c r="A1191" s="3" t="s">
-        <v>3301</v>
+        <v>3360</v>
       </c>
       <c r="B1191" s="4" t="s">
-        <v>3302</v>
+        <v>3361</v>
       </c>
       <c r="C1191" s="4" t="s">
-        <v>3303</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="1192" spans="1:10">
       <c r="A1192" s="3" t="s">
-        <v>3304</v>
+        <v>3363</v>
       </c>
       <c r="B1192" s="4" t="s">
-        <v>3305</v>
+        <v>3364</v>
       </c>
       <c r="C1192" s="4" t="s">
-        <v>3306</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="1193" spans="1:10">
       <c r="A1193" s="3" t="s">
-        <v>3307</v>
+        <v>3366</v>
       </c>
       <c r="B1193" s="4" t="s">
-        <v>3308</v>
+        <v>3367</v>
       </c>
       <c r="C1193" s="4" t="s">
-        <v>3309</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="1194" spans="1:10">
       <c r="A1194" s="3" t="s">
-        <v>3310</v>
+        <v>3369</v>
       </c>
       <c r="B1194" s="4" t="s">
-        <v>3311</v>
+        <v>3370</v>
       </c>
       <c r="C1194" s="4" t="s">
-        <v>3312</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="1195" spans="1:10">
       <c r="A1195" s="3" t="s">
-        <v>3313</v>
+        <v>3372</v>
       </c>
       <c r="B1195" s="4" t="s">
-        <v>3314</v>
+        <v>3364</v>
       </c>
       <c r="C1195" s="4" t="s">
-        <v>3315</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="1196" spans="1:10">
       <c r="A1196" s="3" t="s">
-        <v>3316</v>
+        <v>3374</v>
       </c>
       <c r="B1196" s="4" t="s">
-        <v>3317</v>
+        <v>3375</v>
       </c>
       <c r="C1196" s="4" t="s">
-        <v>3318</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="1197" spans="1:10">
       <c r="A1197" s="3" t="s">
-        <v>3319</v>
+        <v>3377</v>
       </c>
       <c r="B1197" s="4" t="s">
-        <v>3320</v>
+        <v>3050</v>
       </c>
       <c r="C1197" s="4" t="s">
-        <v>3321</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="1198" spans="1:10">
       <c r="A1198" s="3" t="s">
-        <v>3322</v>
+        <v>3379</v>
       </c>
       <c r="B1198" s="4" t="s">
-        <v>1147</v>
+        <v>2994</v>
       </c>
       <c r="C1198" s="4" t="s">
-        <v>3323</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="1199" spans="1:10">
       <c r="A1199" s="3" t="s">
-        <v>3324</v>
+        <v>3381</v>
       </c>
       <c r="B1199" s="4" t="s">
-        <v>1147</v>
+        <v>3382</v>
       </c>
       <c r="C1199" s="4" t="s">
-        <v>3325</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="1200" spans="1:10">
       <c r="A1200" s="3" t="s">
-        <v>3326</v>
+        <v>3384</v>
       </c>
       <c r="B1200" s="4" t="s">
-        <v>1147</v>
+        <v>3385</v>
       </c>
       <c r="C1200" s="4" t="s">
-        <v>3327</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="1201" spans="1:10">
       <c r="A1201" s="3" t="s">
-        <v>3328</v>
+        <v>3387</v>
       </c>
       <c r="B1201" s="4" t="s">
-        <v>1147</v>
+        <v>3388</v>
       </c>
       <c r="C1201" s="4" t="s">
-        <v>3329</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="1202" spans="1:10">
       <c r="A1202" s="3" t="s">
-        <v>3330</v>
+        <v>3390</v>
       </c>
       <c r="B1202" s="4" t="s">
-        <v>1147</v>
+        <v>1399</v>
       </c>
       <c r="C1202" s="4" t="s">
-        <v>3331</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="1203" spans="1:10">
       <c r="A1203" s="3" t="s">
-        <v>3332</v>
+        <v>3392</v>
       </c>
       <c r="B1203" s="4" t="s">
-        <v>3333</v>
+        <v>3393</v>
       </c>
       <c r="C1203" s="4" t="s">
-        <v>3334</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="1204" spans="1:10">
       <c r="A1204" s="3" t="s">
-        <v>3335</v>
+        <v>3394</v>
       </c>
       <c r="B1204" s="4" t="s">
-        <v>3336</v>
+        <v>1820</v>
       </c>
       <c r="C1204" s="4" t="s">
-        <v>3337</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="1205" spans="1:10">
       <c r="A1205" s="3" t="s">
-        <v>3338</v>
+        <v>3396</v>
       </c>
       <c r="B1205" s="4" t="s">
-        <v>3339</v>
+        <v>3397</v>
       </c>
       <c r="C1205" s="4" t="s">
-        <v>3340</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="1206" spans="1:10">
       <c r="A1206" s="3" t="s">
-        <v>3341</v>
+        <v>3399</v>
       </c>
       <c r="B1206" s="4" t="s">
-        <v>3342</v>
+        <v>777</v>
       </c>
       <c r="C1206" s="4" t="s">
-        <v>3343</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1207" spans="1:10">
       <c r="A1207" s="3" t="s">
-        <v>3344</v>
+        <v>3401</v>
       </c>
       <c r="B1207" s="4" t="s">
-        <v>3345</v>
+        <v>3402</v>
       </c>
       <c r="C1207" s="4" t="s">
-        <v>3346</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="1208" spans="1:10">
       <c r="A1208" s="3" t="s">
-        <v>3347</v>
+        <v>3404</v>
       </c>
       <c r="B1208" s="4" t="s">
-        <v>3348</v>
+        <v>3405</v>
       </c>
       <c r="C1208" s="4" t="s">
-        <v>3349</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="1209" spans="1:10">
       <c r="A1209" s="3" t="s">
-        <v>3350</v>
+        <v>3407</v>
       </c>
       <c r="B1209" s="4" t="s">
-        <v>3351</v>
+        <v>3408</v>
       </c>
       <c r="C1209" s="4" t="s">
-        <v>3352</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="1210" spans="1:10">
       <c r="A1210" s="3" t="s">
-        <v>3353</v>
+        <v>3410</v>
       </c>
       <c r="B1210" s="4" t="s">
-        <v>3354</v>
+        <v>3411</v>
       </c>
       <c r="C1210" s="4" t="s">
-        <v>3355</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="1211" spans="1:10">
       <c r="A1211" s="3" t="s">
-        <v>3356</v>
+        <v>3413</v>
       </c>
       <c r="B1211" s="4" t="s">
-        <v>3357</v>
+        <v>3411</v>
       </c>
       <c r="C1211" s="4" t="s">
-        <v>3358</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="1212" spans="1:10">
       <c r="A1212" s="3" t="s">
-        <v>3359</v>
+        <v>3415</v>
       </c>
       <c r="B1212" s="4" t="s">
-        <v>3360</v>
+        <v>3416</v>
       </c>
       <c r="C1212" s="4" t="s">
-        <v>3361</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="1213" spans="1:10">
       <c r="A1213" s="3" t="s">
-        <v>3362</v>
+        <v>3418</v>
       </c>
       <c r="B1213" s="4" t="s">
-        <v>3363</v>
+        <v>3419</v>
       </c>
       <c r="C1213" s="4" t="s">
-        <v>3364</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="1214" spans="1:10">
       <c r="A1214" s="3" t="s">
-        <v>3365</v>
+        <v>3421</v>
       </c>
       <c r="B1214" s="4" t="s">
-        <v>3366</v>
+        <v>3422</v>
       </c>
       <c r="C1214" s="4" t="s">
-        <v>3367</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="1215" spans="1:10">
       <c r="A1215" s="3" t="s">
-        <v>3368</v>
+        <v>3424</v>
       </c>
       <c r="B1215" s="4" t="s">
-        <v>3369</v>
+        <v>3425</v>
       </c>
       <c r="C1215" s="4" t="s">
-        <v>3370</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="1216" spans="1:10">
       <c r="A1216" s="3" t="s">
-        <v>3371</v>
+        <v>3427</v>
       </c>
       <c r="B1216" s="4" t="s">
-        <v>3372</v>
+        <v>3428</v>
       </c>
       <c r="C1216" s="4" t="s">
-        <v>3373</v>
+        <v>3429</v>
       </c>
     </row>
     <row r="1217" spans="1:10">
       <c r="A1217" s="3" t="s">
-        <v>3374</v>
+        <v>3430</v>
       </c>
       <c r="B1217" s="4" t="s">
-        <v>3375</v>
+        <v>3431</v>
       </c>
       <c r="C1217" s="4" t="s">
-        <v>3376</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="1218" spans="1:10">
       <c r="A1218" s="3" t="s">
-        <v>3377</v>
+        <v>3433</v>
       </c>
       <c r="B1218" s="4" t="s">
-        <v>827</v>
+        <v>3434</v>
       </c>
       <c r="C1218" s="4" t="s">
-        <v>3378</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="1219" spans="1:10">
       <c r="A1219" s="3" t="s">
-        <v>3379</v>
+        <v>3436</v>
       </c>
       <c r="B1219" s="4" t="s">
-        <v>2689</v>
+        <v>1005</v>
       </c>
       <c r="C1219" s="4" t="s">
-        <v>3380</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="1220" spans="1:10">
       <c r="A1220" s="3" t="s">
-        <v>3381</v>
+        <v>3438</v>
       </c>
       <c r="B1220" s="4" t="s">
-        <v>827</v>
+        <v>3439</v>
       </c>
       <c r="C1220" s="4" t="s">
-        <v>3382</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="1221" spans="1:10">
       <c r="A1221" s="3" t="s">
-        <v>3383</v>
+        <v>3441</v>
       </c>
       <c r="B1221" s="4" t="s">
-        <v>3384</v>
+        <v>3442</v>
       </c>
       <c r="C1221" s="4" t="s">
-        <v>3385</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="1222" spans="1:10">
       <c r="A1222" s="3" t="s">
-        <v>3386</v>
+        <v>3444</v>
       </c>
       <c r="B1222" s="4" t="s">
-        <v>3387</v>
+        <v>3445</v>
       </c>
       <c r="C1222" s="4" t="s">
-        <v>3388</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="1223" spans="1:10">
       <c r="A1223" s="3" t="s">
-        <v>3389</v>
+        <v>3447</v>
       </c>
       <c r="B1223" s="4" t="s">
-        <v>3390</v>
+        <v>3448</v>
       </c>
       <c r="C1223" s="4" t="s">
-        <v>3391</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="1224" spans="1:10">
       <c r="A1224" s="3" t="s">
-        <v>3392</v>
+        <v>3450</v>
       </c>
       <c r="B1224" s="4" t="s">
-        <v>201</v>
+        <v>3451</v>
       </c>
       <c r="C1224" s="4" t="s">
-        <v>202</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="1225" spans="1:10">
       <c r="A1225" s="3" t="s">
-        <v>3393</v>
+        <v>3453</v>
       </c>
       <c r="B1225" s="4" t="s">
-        <v>3394</v>
+        <v>3454</v>
       </c>
       <c r="C1225" s="4" t="s">
-        <v>3395</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="1226" spans="1:10">
       <c r="A1226" s="3" t="s">
-        <v>3396</v>
+        <v>3456</v>
       </c>
       <c r="B1226" s="4" t="s">
-        <v>3397</v>
+        <v>3457</v>
       </c>
       <c r="C1226" s="4" t="s">
-        <v>3398</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="1227" spans="1:10">
       <c r="A1227" s="3" t="s">
-        <v>3399</v>
+        <v>3459</v>
       </c>
       <c r="B1227" s="4" t="s">
-        <v>3400</v>
+        <v>3460</v>
       </c>
       <c r="C1227" s="4" t="s">
-        <v>3401</v>
+        <v>3461</v>
       </c>
     </row>
     <row r="1228" spans="1:10">
       <c r="A1228" s="3" t="s">
-        <v>3402</v>
+        <v>3462</v>
       </c>
       <c r="B1228" s="4" t="s">
-        <v>3403</v>
+        <v>3463</v>
       </c>
       <c r="C1228" s="4" t="s">
-        <v>3404</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="1229" spans="1:10">
       <c r="A1229" s="3" t="s">
-        <v>3405</v>
+        <v>3465</v>
       </c>
       <c r="B1229" s="4" t="s">
-        <v>3406</v>
+        <v>1994</v>
       </c>
       <c r="C1229" s="4" t="s">
-        <v>3407</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="1230" spans="1:10">
       <c r="A1230" s="3" t="s">
-        <v>3408</v>
+        <v>3467</v>
       </c>
       <c r="B1230" s="4" t="s">
-        <v>3409</v>
+        <v>3468</v>
       </c>
       <c r="C1230" s="4" t="s">
-        <v>3410</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="1231" spans="1:10">
       <c r="A1231" s="3" t="s">
-        <v>3411</v>
+        <v>3470</v>
       </c>
       <c r="B1231" s="4" t="s">
-        <v>3412</v>
+        <v>574</v>
       </c>
       <c r="C1231" s="4" t="s">
-        <v>3413</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="1232" spans="1:10">
       <c r="A1232" s="3" t="s">
-        <v>3414</v>
+        <v>3472</v>
       </c>
       <c r="B1232" s="4" t="s">
-        <v>131</v>
+        <v>3473</v>
       </c>
       <c r="C1232" s="4" t="s">
-        <v>132</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="1233" spans="1:10">
       <c r="A1233" s="3" t="s">
-        <v>3415</v>
+        <v>3475</v>
       </c>
       <c r="B1233" s="4" t="s">
-        <v>2888</v>
+        <v>3476</v>
       </c>
       <c r="C1233" s="4" t="s">
-        <v>3416</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="1234" spans="1:10">
       <c r="A1234" s="3" t="s">
-        <v>3417</v>
+        <v>3478</v>
       </c>
       <c r="B1234" s="4" t="s">
-        <v>3418</v>
+        <v>3479</v>
       </c>
       <c r="C1234" s="4" t="s">
-        <v>3419</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="1235" spans="1:10">
       <c r="A1235" s="3" t="s">
-        <v>3420</v>
+        <v>3480</v>
       </c>
       <c r="B1235" s="4" t="s">
-        <v>3421</v>
+        <v>3481</v>
       </c>
       <c r="C1235" s="4" t="s">
-        <v>3422</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="1236" spans="1:10">
       <c r="A1236" s="3" t="s">
-        <v>3423</v>
+        <v>3483</v>
       </c>
       <c r="B1236" s="4" t="s">
-        <v>3424</v>
+        <v>1261</v>
       </c>
       <c r="C1236" s="4" t="s">
-        <v>3425</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="1237" spans="1:10">
       <c r="A1237" s="3" t="s">
-        <v>3426</v>
+        <v>3484</v>
       </c>
       <c r="B1237" s="4" t="s">
-        <v>3427</v>
+        <v>3485</v>
       </c>
       <c r="C1237" s="4" t="s">
-        <v>3428</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="1238" spans="1:10">
       <c r="A1238" s="3" t="s">
-        <v>3429</v>
+        <v>3487</v>
       </c>
       <c r="B1238" s="4" t="s">
-        <v>3427</v>
+        <v>3488</v>
       </c>
       <c r="C1238" s="4" t="s">
-        <v>3430</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="1239" spans="1:10">
       <c r="A1239" s="3" t="s">
-        <v>3431</v>
+        <v>3490</v>
       </c>
       <c r="B1239" s="4" t="s">
-        <v>3432</v>
+        <v>3491</v>
       </c>
       <c r="C1239" s="4" t="s">
-        <v>3433</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="1240" spans="1:10">
       <c r="A1240" s="3" t="s">
-        <v>3434</v>
+        <v>3493</v>
       </c>
       <c r="B1240" s="4" t="s">
-        <v>3113</v>
+        <v>3494</v>
       </c>
       <c r="C1240" s="4" t="s">
-        <v>3435</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="1241" spans="1:10">
       <c r="A1241" s="3" t="s">
-        <v>3436</v>
+        <v>3496</v>
       </c>
       <c r="B1241" s="4" t="s">
-        <v>3113</v>
+        <v>861</v>
       </c>
       <c r="C1241" s="4" t="s">
-        <v>3437</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="1242" spans="1:10">
       <c r="A1242" s="3" t="s">
-        <v>3438</v>
+        <v>3498</v>
       </c>
       <c r="B1242" s="4" t="s">
-        <v>3113</v>
+        <v>3499</v>
       </c>
       <c r="C1242" s="4" t="s">
-        <v>3439</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="1243" spans="1:10">
       <c r="A1243" s="3" t="s">
-        <v>3440</v>
+        <v>3501</v>
       </c>
       <c r="B1243" s="4" t="s">
-        <v>3441</v>
+        <v>1053</v>
       </c>
       <c r="C1243" s="4" t="s">
-        <v>3442</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="1244" spans="1:10">
       <c r="A1244" s="3" t="s">
-        <v>3443</v>
+        <v>3503</v>
       </c>
       <c r="B1244" s="4" t="s">
-        <v>689</v>
+        <v>3504</v>
       </c>
       <c r="C1244" s="4" t="s">
-        <v>3444</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="1245" spans="1:10">
       <c r="A1245" s="3" t="s">
-        <v>3445</v>
+        <v>3506</v>
       </c>
       <c r="B1245" s="4" t="s">
-        <v>3446</v>
+        <v>3507</v>
       </c>
       <c r="C1245" s="4" t="s">
-        <v>3447</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="1246" spans="1:10">
       <c r="A1246" s="3" t="s">
-        <v>3448</v>
+        <v>3509</v>
       </c>
       <c r="B1246" s="4" t="s">
-        <v>514</v>
+        <v>3510</v>
       </c>
       <c r="C1246" s="4" t="s">
-        <v>525</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="1247" spans="1:10">
       <c r="A1247" s="3" t="s">
-        <v>3449</v>
+        <v>3512</v>
       </c>
       <c r="B1247" s="4" t="s">
-        <v>3450</v>
+        <v>3513</v>
       </c>
       <c r="C1247" s="4" t="s">
-        <v>3451</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="1248" spans="1:10">
       <c r="A1248" s="3" t="s">
-        <v>3452</v>
+        <v>3515</v>
       </c>
       <c r="B1248" s="4" t="s">
-        <v>3453</v>
+        <v>3516</v>
       </c>
       <c r="C1248" s="4" t="s">
-        <v>3454</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="1249" spans="1:10">
       <c r="A1249" s="3" t="s">
-        <v>3455</v>
+        <v>3518</v>
       </c>
       <c r="B1249" s="4" t="s">
-        <v>3456</v>
+        <v>2779</v>
       </c>
       <c r="C1249" s="4" t="s">
-        <v>3457</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="1250" spans="1:10">
       <c r="A1250" s="3" t="s">
-        <v>3458</v>
+        <v>3520</v>
       </c>
       <c r="B1250" s="4" t="s">
-        <v>3459</v>
+        <v>3521</v>
       </c>
       <c r="C1250" s="4" t="s">
-        <v>3460</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="1251" spans="1:10">
       <c r="A1251" s="3" t="s">
-        <v>3461</v>
+        <v>3523</v>
       </c>
       <c r="B1251" s="4" t="s">
-        <v>3462</v>
+        <v>3524</v>
       </c>
       <c r="C1251" s="4" t="s">
-        <v>3463</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="1252" spans="1:10">
       <c r="A1252" s="3" t="s">
-        <v>3464</v>
+        <v>3526</v>
       </c>
       <c r="B1252" s="4" t="s">
-        <v>2957</v>
+        <v>74</v>
       </c>
       <c r="C1252" s="4" t="s">
-        <v>3465</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="1253" spans="1:10">
       <c r="A1253" s="3" t="s">
-        <v>3466</v>
+        <v>3528</v>
       </c>
       <c r="B1253" s="4" t="s">
-        <v>2957</v>
+        <v>3529</v>
       </c>
       <c r="C1253" s="4" t="s">
-        <v>3467</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="1254" spans="1:10">
       <c r="A1254" s="3" t="s">
-        <v>3468</v>
+        <v>3531</v>
       </c>
       <c r="B1254" s="4" t="s">
-        <v>2957</v>
+        <v>74</v>
       </c>
       <c r="C1254" s="4" t="s">
-        <v>3469</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="1255" spans="1:10">
       <c r="A1255" s="3" t="s">
-        <v>3470</v>
+        <v>3533</v>
       </c>
       <c r="B1255" s="4" t="s">
-        <v>3471</v>
+        <v>1312</v>
       </c>
       <c r="C1255" s="4" t="s">
-        <v>3472</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="1256" spans="1:10">
       <c r="A1256" s="3" t="s">
-        <v>3473</v>
+        <v>3535</v>
       </c>
       <c r="B1256" s="4" t="s">
-        <v>3474</v>
+        <v>3536</v>
       </c>
       <c r="C1256" s="4" t="s">
-        <v>3475</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="1257" spans="1:10">
       <c r="A1257" s="3" t="s">
-        <v>3476</v>
+        <v>3538</v>
       </c>
       <c r="B1257" s="4" t="s">
-        <v>2908</v>
+        <v>3539</v>
       </c>
       <c r="C1257" s="4" t="s">
-        <v>3477</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="1258" spans="1:10">
       <c r="A1258" s="3" t="s">
-        <v>3478</v>
+        <v>3541</v>
       </c>
       <c r="B1258" s="4" t="s">
-        <v>3068</v>
+        <v>3542</v>
       </c>
       <c r="C1258" s="4" t="s">
-        <v>3479</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="1259" spans="1:10">
       <c r="A1259" s="3" t="s">
-        <v>3480</v>
+        <v>3544</v>
       </c>
       <c r="B1259" s="4" t="s">
-        <v>3481</v>
+        <v>3545</v>
       </c>
       <c r="C1259" s="4" t="s">
-        <v>3482</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="1260" spans="1:10">
       <c r="A1260" s="3" t="s">
-        <v>3483</v>
+        <v>3547</v>
       </c>
       <c r="B1260" s="4" t="s">
-        <v>3484</v>
+        <v>3548</v>
       </c>
       <c r="C1260" s="4" t="s">
-        <v>3485</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="1261" spans="1:10">
       <c r="A1261" s="3" t="s">
-        <v>3486</v>
+        <v>3549</v>
       </c>
       <c r="B1261" s="4" t="s">
-        <v>84</v>
+        <v>1772</v>
       </c>
       <c r="C1261" s="4" t="s">
-        <v>85</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="1262" spans="1:10">
       <c r="A1262" s="3" t="s">
-        <v>3487</v>
+        <v>3551</v>
       </c>
       <c r="B1262" s="4" t="s">
-        <v>3488</v>
+        <v>2533</v>
       </c>
       <c r="C1262" s="4" t="s">
-        <v>3489</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="1263" spans="1:10">
       <c r="A1263" s="3" t="s">
-        <v>3490</v>
+        <v>3553</v>
       </c>
       <c r="B1263" s="4" t="s">
-        <v>278</v>
+        <v>3554</v>
       </c>
       <c r="C1263" s="4" t="s">
-        <v>285</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="1264" spans="1:10">
       <c r="A1264" s="3" t="s">
-        <v>3491</v>
+        <v>3556</v>
       </c>
       <c r="B1264" s="4" t="s">
-        <v>1477</v>
+        <v>213</v>
       </c>
       <c r="C1264" s="4" t="s">
-        <v>3492</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="1265" spans="1:10">
       <c r="A1265" s="3" t="s">
-        <v>3493</v>
+        <v>3558</v>
       </c>
       <c r="B1265" s="4" t="s">
-        <v>3494</v>
+        <v>3559</v>
       </c>
       <c r="C1265" s="4" t="s">
-        <v>3495</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="1266" spans="1:10">
       <c r="A1266" s="3" t="s">
-        <v>3496</v>
+        <v>3560</v>
       </c>
       <c r="B1266" s="4" t="s">
-        <v>3497</v>
+        <v>3561</v>
       </c>
       <c r="C1266" s="4" t="s">
-        <v>3498</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="1267" spans="1:10">
       <c r="A1267" s="3" t="s">
-        <v>3499</v>
+        <v>3563</v>
       </c>
       <c r="B1267" s="4" t="s">
-        <v>125</v>
+        <v>3564</v>
       </c>
       <c r="C1267" s="4" t="s">
-        <v>3500</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="1268" spans="1:10">
       <c r="A1268" s="3" t="s">
-        <v>3501</v>
+        <v>3566</v>
       </c>
       <c r="B1268" s="4" t="s">
-        <v>606</v>
+        <v>3567</v>
       </c>
       <c r="C1268" s="4" t="s">
-        <v>3502</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="1269" spans="1:10">
       <c r="A1269" s="3" t="s">
-        <v>3503</v>
+        <v>3569</v>
       </c>
       <c r="B1269" s="4" t="s">
-        <v>3102</v>
+        <v>3570</v>
       </c>
       <c r="C1269" s="4" t="s">
-        <v>3504</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="1270" spans="1:10">
       <c r="A1270" s="3" t="s">
-        <v>3505</v>
+        <v>3572</v>
       </c>
       <c r="B1270" s="4" t="s">
-        <v>3102</v>
+        <v>697</v>
       </c>
       <c r="C1270" s="4" t="s">
-        <v>3506</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="1271" spans="1:10">
       <c r="A1271" s="3" t="s">
-        <v>3507</v>
+        <v>3574</v>
       </c>
       <c r="B1271" s="4" t="s">
-        <v>3508</v>
+        <v>3165</v>
       </c>
       <c r="C1271" s="4" t="s">
-        <v>3509</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="1272" spans="1:10">
       <c r="A1272" s="3" t="s">
-        <v>3510</v>
+        <v>3576</v>
       </c>
       <c r="B1272" s="4" t="s">
-        <v>760</v>
+        <v>3577</v>
       </c>
       <c r="C1272" s="4" t="s">
-        <v>3511</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="1273" spans="1:10">
       <c r="A1273" s="3" t="s">
-        <v>3512</v>
+        <v>3579</v>
       </c>
       <c r="B1273" s="4" t="s">
-        <v>3513</v>
+        <v>3580</v>
       </c>
       <c r="C1273" s="4" t="s">
-        <v>3514</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="1274" spans="1:10">
       <c r="A1274" s="3" t="s">
-        <v>3515</v>
+        <v>3582</v>
       </c>
       <c r="B1274" s="4" t="s">
-        <v>3516</v>
+        <v>130</v>
       </c>
       <c r="C1274" s="4" t="s">
-        <v>3517</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="1275" spans="1:10">
       <c r="A1275" s="3" t="s">
-        <v>3518</v>
+        <v>3584</v>
       </c>
       <c r="B1275" s="4" t="s">
-        <v>3519</v>
+        <v>3585</v>
       </c>
       <c r="C1275" s="4" t="s">
-        <v>3520</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="1276" spans="1:10">
       <c r="A1276" s="3" t="s">
-        <v>3521</v>
+        <v>3587</v>
       </c>
       <c r="B1276" s="4" t="s">
-        <v>1359</v>
+        <v>3588</v>
       </c>
       <c r="C1276" s="4" t="s">
-        <v>3522</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="1277" spans="1:10">
       <c r="A1277" s="3" t="s">
-        <v>3523</v>
+        <v>3590</v>
       </c>
       <c r="B1277" s="4" t="s">
-        <v>3524</v>
+        <v>1005</v>
       </c>
       <c r="C1277" s="4" t="s">
-        <v>3525</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="1278" spans="1:10">
       <c r="A1278" s="3" t="s">
-        <v>3526</v>
+        <v>3592</v>
       </c>
       <c r="B1278" s="4" t="s">
-        <v>3527</v>
+        <v>3593</v>
       </c>
       <c r="C1278" s="4" t="s">
-        <v>3528</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="1279" spans="1:10">
       <c r="A1279" s="3" t="s">
-        <v>3529</v>
+        <v>3595</v>
       </c>
       <c r="B1279" s="4" t="s">
-        <v>3527</v>
+        <v>598</v>
       </c>
       <c r="C1279" s="4" t="s">
-        <v>3530</v>
+        <v>599</v>
       </c>
     </row>
     <row r="1280" spans="1:10">
       <c r="A1280" s="3" t="s">
-        <v>3531</v>
+        <v>3596</v>
       </c>
       <c r="B1280" s="4" t="s">
-        <v>3532</v>
+        <v>3597</v>
       </c>
       <c r="C1280" s="4" t="s">
-        <v>3533</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="1281" spans="1:10">
       <c r="A1281" s="3" t="s">
-        <v>3534</v>
+        <v>3599</v>
       </c>
       <c r="B1281" s="4" t="s">
-        <v>198</v>
+        <v>3600</v>
       </c>
       <c r="C1281" s="4" t="s">
-        <v>199</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="1282" spans="1:10">
       <c r="A1282" s="3" t="s">
-        <v>3535</v>
+        <v>3602</v>
       </c>
       <c r="B1282" s="4" t="s">
-        <v>3536</v>
+        <v>3600</v>
       </c>
       <c r="C1282" s="4" t="s">
-        <v>3537</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="1283" spans="1:10">
       <c r="A1283" s="3" t="s">
-        <v>3538</v>
+        <v>3604</v>
       </c>
       <c r="B1283" s="4" t="s">
-        <v>3539</v>
+        <v>3605</v>
       </c>
       <c r="C1283" s="4" t="s">
-        <v>3540</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="1284" spans="1:10">
       <c r="A1284" s="3" t="s">
-        <v>3541</v>
+        <v>3607</v>
       </c>
       <c r="B1284" s="4" t="s">
-        <v>337</v>
+        <v>3608</v>
       </c>
       <c r="C1284" s="4" t="s">
-        <v>338</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="1285" spans="1:10">
       <c r="A1285" s="3" t="s">
-        <v>3542</v>
+        <v>3610</v>
       </c>
       <c r="B1285" s="4" t="s">
-        <v>3543</v>
+        <v>3611</v>
       </c>
       <c r="C1285" s="4" t="s">
-        <v>3544</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="1286" spans="1:10">
       <c r="A1286" s="3" t="s">
-        <v>3545</v>
+        <v>3613</v>
       </c>
       <c r="B1286" s="4" t="s">
-        <v>3546</v>
+        <v>3614</v>
       </c>
       <c r="C1286" s="4" t="s">
-        <v>193</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="1287" spans="1:10">
       <c r="A1287" s="3" t="s">
-        <v>3547</v>
+        <v>3616</v>
       </c>
       <c r="B1287" s="4" t="s">
-        <v>3548</v>
+        <v>3617</v>
       </c>
       <c r="C1287" s="4" t="s">
-        <v>3549</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="1288" spans="1:10">
       <c r="A1288" s="3" t="s">
-        <v>3550</v>
+        <v>3619</v>
       </c>
       <c r="B1288" s="4" t="s">
-        <v>3471</v>
+        <v>3620</v>
       </c>
       <c r="C1288" s="4" t="s">
-        <v>3551</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="1289" spans="1:10">
       <c r="A1289" s="3" t="s">
-        <v>3552</v>
+        <v>3622</v>
       </c>
       <c r="B1289" s="4" t="s">
-        <v>3553</v>
+        <v>3623</v>
       </c>
       <c r="C1289" s="4" t="s">
-        <v>3554</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="1290" spans="1:10">
       <c r="A1290" s="3" t="s">
-        <v>3555</v>
+        <v>3625</v>
       </c>
       <c r="B1290" s="4" t="s">
-        <v>3556</v>
+        <v>3626</v>
       </c>
       <c r="C1290" s="4" t="s">
-        <v>3557</v>
+        <v>3627</v>
       </c>
     </row>
     <row r="1291" spans="1:10">
       <c r="A1291" s="3" t="s">
-        <v>3558</v>
+        <v>3628</v>
       </c>
       <c r="B1291" s="4" t="s">
-        <v>337</v>
+        <v>3629</v>
       </c>
       <c r="C1291" s="4" t="s">
-        <v>3559</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="1292" spans="1:10">
       <c r="A1292" s="3" t="s">
-        <v>3560</v>
+        <v>3631</v>
       </c>
       <c r="B1292" s="4" t="s">
-        <v>3561</v>
+        <v>3632</v>
       </c>
       <c r="C1292" s="4" t="s">
-        <v>3562</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="1293" spans="1:10">
       <c r="A1293" s="3" t="s">
-        <v>3563</v>
+        <v>3634</v>
       </c>
       <c r="B1293" s="4" t="s">
-        <v>3564</v>
+        <v>3635</v>
       </c>
       <c r="C1293" s="4" t="s">
-        <v>1964</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="1294" spans="1:10">
       <c r="A1294" s="3" t="s">
-        <v>3565</v>
+        <v>3637</v>
       </c>
       <c r="B1294" s="4" t="s">
-        <v>3566</v>
+        <v>3260</v>
       </c>
       <c r="C1294" s="4" t="s">
-        <v>3567</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="1295" spans="1:10">
       <c r="A1295" s="3" t="s">
-        <v>3568</v>
+        <v>3639</v>
       </c>
       <c r="B1295" s="4" t="s">
-        <v>2834</v>
+        <v>3640</v>
       </c>
       <c r="C1295" s="4" t="s">
-        <v>3569</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="1296" spans="1:10">
       <c r="A1296" s="3" t="s">
-        <v>3570</v>
+        <v>3642</v>
       </c>
       <c r="B1296" s="4" t="s">
-        <v>3566</v>
+        <v>3643</v>
       </c>
       <c r="C1296" s="4" t="s">
-        <v>3571</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="1297" spans="1:10">
       <c r="A1297" s="3" t="s">
-        <v>3572</v>
+        <v>3645</v>
       </c>
       <c r="B1297" s="4" t="s">
-        <v>31</v>
+        <v>3646</v>
       </c>
       <c r="C1297" s="4" t="s">
-        <v>32</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="1298" spans="1:10">
       <c r="A1298" s="3" t="s">
-        <v>3573</v>
+        <v>3648</v>
       </c>
       <c r="B1298" s="4" t="s">
-        <v>46</v>
+        <v>2371</v>
       </c>
       <c r="C1298" s="4" t="s">
-        <v>47</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="1299" spans="1:10">
       <c r="A1299" s="3" t="s">
-        <v>3574</v>
+        <v>3650</v>
       </c>
       <c r="B1299" s="4" t="s">
-        <v>13</v>
+        <v>3651</v>
       </c>
       <c r="C1299" s="4" t="s">
-        <v>14</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="1300" spans="1:10">
       <c r="A1300" s="3" t="s">
-        <v>3575</v>
+        <v>3653</v>
       </c>
       <c r="B1300" s="4" t="s">
-        <v>192</v>
+        <v>2352</v>
       </c>
       <c r="C1300" s="4" t="s">
-        <v>193</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="1301" spans="1:10">
       <c r="A1301" s="3" t="s">
-        <v>3576</v>
+        <v>3655</v>
       </c>
       <c r="B1301" s="4" t="s">
-        <v>3577</v>
+        <v>2967</v>
       </c>
       <c r="C1301" s="4" t="s">
-        <v>3578</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="1302" spans="1:10">
       <c r="A1302" s="3" t="s">
-        <v>3579</v>
+        <v>3656</v>
       </c>
       <c r="B1302" s="4" t="s">
-        <v>3580</v>
+        <v>1146</v>
       </c>
       <c r="C1302" s="4" t="s">
-        <v>3581</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="1303" spans="1:10">
       <c r="A1303" s="3" t="s">
-        <v>3582</v>
+        <v>3658</v>
       </c>
       <c r="B1303" s="4" t="s">
-        <v>3583</v>
+        <v>1140</v>
       </c>
       <c r="C1303" s="4" t="s">
-        <v>3584</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="1304" spans="1:10">
       <c r="A1304" s="3" t="s">
-        <v>3585</v>
+        <v>3660</v>
       </c>
       <c r="B1304" s="4" t="s">
-        <v>3586</v>
+        <v>3661</v>
       </c>
       <c r="C1304" s="4" t="s">
-        <v>3587</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="1305" spans="1:10">
       <c r="A1305" s="3" t="s">
-        <v>3588</v>
+        <v>3663</v>
       </c>
       <c r="B1305" s="4" t="s">
-        <v>3589</v>
+        <v>3664</v>
       </c>
       <c r="C1305" s="4" t="s">
-        <v>3590</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="1306" spans="1:10">
       <c r="A1306" s="3" t="s">
-        <v>3591</v>
+        <v>3666</v>
       </c>
       <c r="B1306" s="4" t="s">
-        <v>3592</v>
+        <v>3667</v>
       </c>
       <c r="C1306" s="4" t="s">
-        <v>3593</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="1307" spans="1:10">
       <c r="A1307" s="3" t="s">
-        <v>3594</v>
+        <v>3669</v>
       </c>
       <c r="B1307" s="4" t="s">
-        <v>760</v>
+        <v>709</v>
       </c>
       <c r="C1307" s="4" t="s">
-        <v>3595</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="1308" spans="1:10">
       <c r="A1308" s="3" t="s">
-        <v>3596</v>
+        <v>3671</v>
       </c>
       <c r="B1308" s="4" t="s">
-        <v>3597</v>
+        <v>709</v>
       </c>
       <c r="C1308" s="4" t="s">
-        <v>3598</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="1309" spans="1:10">
       <c r="A1309" s="3" t="s">
-        <v>3599</v>
+        <v>3673</v>
       </c>
       <c r="B1309" s="4" t="s">
-        <v>3600</v>
+        <v>709</v>
       </c>
       <c r="C1309" s="4" t="s">
-        <v>3601</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="1310" spans="1:10">
       <c r="A1310" s="3" t="s">
-        <v>3602</v>
+        <v>3675</v>
       </c>
       <c r="B1310" s="4" t="s">
-        <v>3603</v>
+        <v>133</v>
       </c>
       <c r="C1310" s="4" t="s">
-        <v>3604</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="1311" spans="1:10">
       <c r="A1311" s="3" t="s">
-        <v>3605</v>
+        <v>3677</v>
       </c>
       <c r="B1311" s="4" t="s">
-        <v>176</v>
+        <v>3600</v>
       </c>
       <c r="C1311" s="4" t="s">
-        <v>177</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="1312" spans="1:10">
       <c r="A1312" s="3" t="s">
-        <v>3606</v>
+        <v>3679</v>
       </c>
       <c r="B1312" s="4" t="s">
-        <v>3607</v>
+        <v>3680</v>
       </c>
       <c r="C1312" s="4" t="s">
-        <v>3608</v>
-[...355 lines deleted...]
-      <c r="A1345" s="3" t="s">
         <v>3681</v>
-      </c>
-[...1962 lines deleted...]
-        <v>4127</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>