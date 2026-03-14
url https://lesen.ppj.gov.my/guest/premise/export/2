--- v2 (2026-01-20)
+++ v3 (2026-03-14)
@@ -12,11090 +12,12101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3682">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4019">
   <si>
     <t>Senarai Premis</t>
   </si>
   <si>
     <t>Bil</t>
   </si>
   <si>
     <t>Nama Komersil</t>
   </si>
   <si>
     <t>Alamat Premis</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>HANIYA MART</t>
+  </si>
+  <si>
+    <t>BLOK 12E2, KUARTERS KEDIAMAN KAKITANGAN AWAM FASA 12, JALAN P9 C/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>HAFIZ FRIED CHICKEN</t>
+  </si>
+  <si>
+    <t>NO.32, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>TVA GROUP</t>
+  </si>
+  <si>
+    <t>C-20A, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>AFFIN BANK BERHAD</t>
+  </si>
+  <si>
+    <t>NO. 1, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>SORELLA (M) SDN. BHD.</t>
+  </si>
+  <si>
+    <t>G76, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>TADIKA SRI PELANGI</t>
+  </si>
+  <si>
+    <t>RUANG TADIKA, PUSAT KOMUNITI JENIS APARTMENT 17RK1, JALAN P17 A</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>LABALLOONS HOUZ</t>
+  </si>
+  <si>
+    <t>B-G-R18, BLOCK B, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>ALIIM ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO. 55, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>TS</t>
+  </si>
+  <si>
+    <t>TOWER B, MENARA IKHLAS, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>MAMA BUBBLES LAUNDRY</t>
+  </si>
+  <si>
+    <t>17, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>TADIKA TCE DIANA PRESINT 11</t>
+  </si>
+  <si>
+    <t>LOT C-G-2, JALAN P11 E/1, PRESINT 11</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>CIK NA NASI DAGANG GANU</t>
+  </si>
+  <si>
+    <t>LOT G.09, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>PAHANG AEROSPACE CITY</t>
+  </si>
+  <si>
+    <t>L02-16, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>AVIS VISION CARE OPTOMETRIST SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO. G-19A, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>ALI MAJU KAFE</t>
+  </si>
+  <si>
+    <t>RUANG KAFETERIA, BLOK B, JALAN P18, PRESINT 18</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>DOCTOR WHITE LAUNDRY</t>
+  </si>
+  <si>
+    <t>NO. 8, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>DE TINGKAP CAFE</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 11(2), JALAN P11C, PRESINT 11</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>MAA SPORTS MALAYSIA SDN. BHD.</t>
+  </si>
+  <si>
+    <t>LOT LG90 &amp; LG91, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>ERADANIEL RAWK BARBERSHOP</t>
+  </si>
+  <si>
+    <t>NO. 2-2, JALAN P16/1, PRESINT 16</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>7-ELEVEN MALAYSIA SDN BHD</t>
+  </si>
+  <si>
+    <t>UNIT 11, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>DOBI YY</t>
+  </si>
+  <si>
+    <t>SH-18, JALAN P9 B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>WARISAN NASI AYAM HJ</t>
+  </si>
+  <si>
+    <t>20, JALAN DIPLOMATIK 3/1 PRESINT 15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>TAKAFUL IKHLAS FAMILY BERHAD</t>
+  </si>
+  <si>
+    <t>NO.12, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>TASKA KASIH TOK MI</t>
+  </si>
+  <si>
+    <t>LOT TASKA, MENARA PRISMA, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>BATERIKU.COM</t>
+  </si>
+  <si>
+    <t>NO.28, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>RETECH PRINT SHOP</t>
+  </si>
+  <si>
+    <t>NO.06, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>CONVENTION &amp; EXHIBITION (PUTRAJAYA) SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO. 1, JALAN P5/5, PRESINT 5</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>MRFIX GADGETS</t>
+  </si>
+  <si>
+    <t>A-6A,JALAN SELUANG P8/7,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>FLY TOMYAM &amp; CAFE</t>
+  </si>
+  <si>
+    <t>NO. 72, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>RAS GATEWAY CENTRE</t>
+  </si>
+  <si>
+    <t>NO. 20, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>IKHWAN</t>
+  </si>
+  <si>
+    <t>A2-1-2, AYER@8, JALAN P8C1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>DGUZA CAFE</t>
+  </si>
+  <si>
+    <t>KAFETERIA LOT 6, LEBUH PERDANA TIMUR, PRESINT 1</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>VCARE PHARMACY</t>
+  </si>
+  <si>
+    <t>NO. 11, JALAN JATI BUKIT P11/25, PRESINT 11</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>LOT TASKA, KEMENTERIAN PERDAGANGAN DALAM NEGERI DAN HAL EHWAL PENGGUNA, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>LOT TASKA, ARAS 1, BLOK E3,PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH,1,PRESINT 1,62590,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>YAZEER</t>
+  </si>
+  <si>
+    <t>C-G-02, BLOK C PANGSAPURI PUTRA DAMAI, JALAN P11 G, PRESINT 11</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>MOTOMUDAH SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. 27, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>THE EASYWAY</t>
+  </si>
+  <si>
+    <t>15A, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>PARFUMS &amp; BEAUTE</t>
+  </si>
+  <si>
+    <t>LOT OS08, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>S.WAN GOLD</t>
+  </si>
+  <si>
+    <t>D-G-3A, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>TADIKA MUHAMMAD AL FATEH</t>
+  </si>
+  <si>
+    <t>RUANG TADIKA, BLOK 12E1, JALAN P9 C/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>CAFE CIK TIMAH</t>
+  </si>
+  <si>
+    <t>NO.GM02, MEDAN SELERA PRESINT 9, JALAN P9 E, PRESINT 9</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>SATU AZAM BERJAYA SERVICES</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. GI03, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>AZIZ IBRAHIM FINANCIAL CONSULTANT</t>
+  </si>
+  <si>
+    <t>D-2-3A, AYER@8, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>PASARAYA BIG BAZAAR</t>
+  </si>
+  <si>
+    <t>NO 1 &amp; NO. 2,JALAN P11 E/5,PRESINT 11,62300,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>TADIKA GENIUS BESTARI</t>
+  </si>
+  <si>
+    <t>2A, NADI@15, JALAN PERAK P15</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>GERAI MINUMAN</t>
+  </si>
+  <si>
+    <t>LOT GERAI GM01, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>ZARA ASSET</t>
+  </si>
+  <si>
+    <t>KEDAI SERBANEKA, BLOK 4 FASA 5R6, JALAN P5A, PRESINT 5</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>PAK TAMS ZACHARYA</t>
+  </si>
+  <si>
+    <t>NO.G09, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>GLORIA JEAN'S COFFEE</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>J&amp;T EXPRESS</t>
+  </si>
+  <si>
+    <t>BLOK A -T00-U06, JALAN P8C/2, PRESINT 8</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>NASI KANDAR FN BISTRO</t>
+  </si>
+  <si>
+    <t>T.00-U.03, NO. 1, JALAN P9E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>PUSAT DIDIKAN DAN ASUHAN SI COMEL</t>
+  </si>
+  <si>
+    <t>LOT TASKA, BLOK B, PERSIARAN PERDANA, PRESINT 3</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>BATIK PLAZA</t>
+  </si>
+  <si>
+    <t>NO. 106, JALAN DIPLOMATIK P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>ORIENTAL KOPI</t>
+  </si>
+  <si>
+    <t>LOT OS03A, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>LOT G36, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>KOPIESATU</t>
+  </si>
+  <si>
+    <t>LOT GERAI GI 02, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>COUTURE ART</t>
+  </si>
+  <si>
+    <t>BLOK C, GROUND FLOOR,JALAN P11 E,136,PRESINT 11,62300,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>KEDAI SERBANEKA, BLOK 8B2, JALAN P9 C/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>MUSTAKIM EDAR ENTERPRISE</t>
+  </si>
+  <si>
+    <t>G15, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>LOH BURGER PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>SH-7, JALAN RAJAWALI P9B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>NOOR SORAYA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>NO. 5, JALAN P11 E/5, PRESINT 11</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>RAN</t>
+  </si>
+  <si>
+    <t>G 16, PASAR AWAM, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>PERBADANAN PENGURUSAN NCC1 (MC)</t>
+  </si>
+  <si>
+    <t>PEJABAT PENGURUSAN BANGUNAN, JALAN P9 E/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>PAPARONIS CAFE ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G04 (BERHADAPAN KEMENTERIAN KEWANGAN MALAYSIA), PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>INOVASI BUMI SDN. BHD.</t>
+  </si>
+  <si>
+    <t>A2-G-3, RUMAH KEDAI 8C1, AYER@8, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>GIGI COFFEE</t>
+  </si>
+  <si>
+    <t>UNIT 14(1), PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>K2041-1, MRT PUTRAJAYA SENTRAL STATION, JALAN PUTRAJAYA SENTRAL, PRESINT 7</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>LOT TEKO N TEH</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO 11, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>LITTLE TAMARA CHILD CARE CENTRE</t>
+  </si>
+  <si>
+    <t>LOT TASKA, TAMARA RESIDENCE, JALAN TEMOLEH P8/4, PRESINT 8</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>TADIKA LITTLE TAMARA</t>
+  </si>
+  <si>
+    <t>LOT TADIKA, TAMARA RESIDENCE, JALAN TEMOLEH P8/4, PRESINT 8</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>KZ GOLDEN RESOURCES</t>
+  </si>
+  <si>
+    <t>B-G-R17, BLOK B, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>SS COLLECTION</t>
+  </si>
+  <si>
+    <t>LOT KEDAI NO. K11, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>FAHMI</t>
+  </si>
+  <si>
+    <t>NO.7A-2, PUSAT KOMERSIAL PUTRA HARMONI, JALAN P9 B/1, PRESINT 9</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>CHAK'Z 1964</t>
+  </si>
+  <si>
+    <t>C1-G-6,JALAN P8G,59,PRESINT 8,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>RESTORAN HAMEED'S</t>
+  </si>
+  <si>
+    <t>JALAN P9 B1/2</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>AGROBANK</t>
+  </si>
+  <si>
+    <t>LOT 4G1,PERSIARAN PERDANA,47,PRESINT 4,,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>A3-T01-U06, JALAN P9 B/2, PRESINT 9</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>PHYSIO HUB</t>
+  </si>
+  <si>
+    <t>L2-111, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>AR FOOD CHAIN</t>
+  </si>
+  <si>
+    <t>GERAI NO. 1, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>MOHD CHAN EXPRESS SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT PT 9029, NO. HS(D) 7824, STESEN MINYAK, JALAN P14, PRESINT 14</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>RESTORAN SHAHJEE</t>
+  </si>
+  <si>
+    <t>TINGKAT BAWAH, LINGKARAN GEMILANG SATU, PRESINT 4</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>AGENSI NADI</t>
+  </si>
+  <si>
+    <t>UNIT 5, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>FIRAS ALIYAN CEKAL ENTERPRISE</t>
+  </si>
+  <si>
+    <t>GERAI NO G24, PASAR AWAM, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>NZ YAKIN ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G18, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>MATHS POWER</t>
+  </si>
+  <si>
+    <t>NO. 6B &amp; 7B, JALAN JATI BUKIT P11/25, PRESINT 11</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>LOT C, D</t>
+  </si>
+  <si>
+    <t>LOT 2G4, JABATAN IMIGRESEN MALAYSIA, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>OGP TRAVEL &amp; TOUR SDN BHD</t>
+  </si>
+  <si>
+    <t>L02-117, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>DONG NAM A CONSULTING &amp; CONSTRUCTION SDN BHD</t>
+  </si>
+  <si>
+    <t>NO46C, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>ORKED ICE DREAM SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO. 22, JALAN SELUANG P8/7, PRESINT 8</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>SAN FRANCISCO COFFEE</t>
+  </si>
+  <si>
+    <t>A2-G-3A, RUMAH KEDAI 8C1, AYER@8, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>U BOWL SDN BHD</t>
+  </si>
+  <si>
+    <t>LOT NO. P01, JALAN ALAMANDA, PRESINT 1</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>ARHAM CATERING SERVICES</t>
+  </si>
+  <si>
+    <t>KANTIN SEKOLAH, JALAN P15, PRESINT 15</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>NORA</t>
+  </si>
+  <si>
+    <t>LOT NO. 2 KAFETERIA,, PERSIARAN PERDANA, PRESINT 4</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>CIMB BANK BERHAD</t>
+  </si>
+  <si>
+    <t>ARAS BAWAH, BLOK SELATAN, BANGUNAN PERBENDAHARAAN 2, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>BIN HASHIM EMPIRE RESOURCES</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO 10, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>RF PRINTING HUB DESIGN SDN BHD</t>
+  </si>
+  <si>
+    <t>NO 26, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>TOOL BOX (M) SDN BHD</t>
+  </si>
+  <si>
+    <t>NO. 4, JALAN P8 G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>HALIM SUPPLY'S</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G05, PASAR AWAM, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>FZ WARISAN BISTRO</t>
+  </si>
+  <si>
+    <t>NO.20, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>HAMIZAH BINTI HASHIM</t>
+  </si>
+  <si>
+    <t>KAFETERIA KASTAM, PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>INARA KAFE</t>
+  </si>
+  <si>
+    <t>LOT A2-1-3A, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>TADIKA TEE ZEE FOKUS</t>
+  </si>
+  <si>
+    <t>NO. 113, JALAN P11 F/3, PRESINT 11</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>NOR HAYATI BINTI HASAN</t>
+  </si>
+  <si>
+    <t>GERAI NO. 14, PASAR AWAM, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>RENTAK ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. G25, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>ORNELLA STEALLA EMPIRE</t>
+  </si>
+  <si>
+    <t>LOT NO. K05, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>BUBBLY RESOURCES</t>
+  </si>
+  <si>
+    <t>NO. 3, JALAN P11 E/1, PRESINT 11</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>WIN WIN HARDWARE &amp; MACHINERY</t>
+  </si>
+  <si>
+    <t>LOT KEDAI NO. 7, PASAR AWAM, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>GALERI DIRI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>LOT G11, PASAR AWAM, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>FAHIM</t>
+  </si>
+  <si>
+    <t>G04, PASAR AWAM PRESINT 8, JALAN P8</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>RASA UNGGUL GEMILANG SDN. BHD.</t>
+  </si>
+  <si>
+    <t>KAFE, JALAN KANDANG KUDA, PRESINT 5</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>WAWASAN MART</t>
+  </si>
+  <si>
+    <t>NO. 2, LOT KEDAI, JALAN P11 E/1, PRESINT 11</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>SS COFFEE</t>
+  </si>
+  <si>
+    <t>LOT GERAI NO. 5 (KAFETERIA), PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>LOO WOI LIP</t>
+  </si>
+  <si>
+    <t>STOR BASK BEAR COFFEE, JALAN P8G, PRESINT 8</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>SUPER DRAGON CATERING SDN. BHD.</t>
+  </si>
+  <si>
+    <t>NO. 5, JALAN P8G1, PRESINT 8</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>NGIRUP NASI SUP DAGING BAKAR</t>
+  </si>
+  <si>
+    <t>LOT G15, JALAN P8, PRESINT 8</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
     <t>RASA UNGGUL SDN.BHD.</t>
   </si>
   <si>
     <t>KAFETERIA, JALAN P5/6, PRESINT 5</t>
   </si>
   <si>
-    <t>2</t>
+    <t>119</t>
   </si>
   <si>
     <t>ZUS COFFEE</t>
   </si>
   <si>
     <t>LOT G-005, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>3</t>
+    <t>120</t>
   </si>
   <si>
     <t>BORAOMBAK SDN BHD</t>
   </si>
   <si>
-    <t>NO. 1, JALAN P5/5, PRESINT 5</t>
-[...2 lines deleted...]
-    <t>4</t>
+    <t>121</t>
   </si>
   <si>
     <t>RICHIAMO COFFEE</t>
   </si>
   <si>
     <t>RUANG LEGAR, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>5</t>
+    <t>122</t>
+  </si>
+  <si>
+    <t>THE ADMIRE CAFE</t>
+  </si>
+  <si>
+    <t>LOT NO.3, CORE TWO (KAFETERIA), PERSIARAN PERDANA, PRESINT 2</t>
+  </si>
+  <si>
+    <t>123</t>
   </si>
   <si>
     <t>HAQI JAYA ENTERPRISE</t>
   </si>
   <si>
     <t>LOT KEDAI NO. 9, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>6</t>
+    <t>124</t>
   </si>
   <si>
     <t>KAVA INC</t>
   </si>
   <si>
     <t>1, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>7</t>
+    <t>125</t>
   </si>
   <si>
     <t>NONNO CAFE</t>
   </si>
   <si>
     <t>UNIT 09, HERRIOT WATT UNIVERSITY, JALAN VENNA P5/2, PRESINT 5</t>
   </si>
   <si>
-    <t>8</t>
+    <t>126</t>
   </si>
   <si>
     <t>LYNDA FLORIST</t>
   </si>
   <si>
     <t>LOT R19, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>9</t>
+    <t>127</t>
   </si>
   <si>
     <t>TADIKA PANCARAN PRESINT 14 PLT</t>
   </si>
   <si>
     <t>LOT PT 7568, JALAN P14E 1/3, PRESINT 14</t>
   </si>
   <si>
-    <t>10</t>
+    <t>128</t>
+  </si>
+  <si>
+    <t>MUSLIMAH BEAUTY SALOON &amp; SPA</t>
+  </si>
+  <si>
+    <t>NO. 11A,JALAN P9 B/1,PRESINT 9,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>129</t>
   </si>
   <si>
     <t>AMYRA HIJABI SALON</t>
   </si>
   <si>
     <t>NO.16A, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>11</t>
+    <t>130</t>
   </si>
   <si>
     <t>MIKER</t>
   </si>
   <si>
     <t>LOT R28, R29, R30 &amp; R31, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>12</t>
+    <t>131</t>
   </si>
   <si>
     <t>NALURI FURQAN RESOURCES</t>
   </si>
   <si>
     <t>1B, JALAN P11 E/1, PRESINT 11</t>
   </si>
   <si>
-    <t>13</t>
+    <t>132</t>
   </si>
   <si>
     <t>THE COFFEE DEPARTMENT</t>
   </si>
   <si>
     <t>LOT R32, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>14</t>
+    <t>133</t>
   </si>
   <si>
     <t>SITI MUHAINI</t>
   </si>
   <si>
     <t>UNIT B-G-R09, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>15</t>
+    <t>134</t>
   </si>
   <si>
     <t>SELERA SRI PAHANG</t>
   </si>
   <si>
     <t>STALL 3, FOOD COURT, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>16</t>
+    <t>135</t>
   </si>
   <si>
     <t>STELLA KASIH HEALTHCARE SDN BHD</t>
   </si>
   <si>
     <t>LOT 192, BLOK B, STELLA KASIH MEDICAL CENTRE, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>17</t>
-[...2 lines deleted...]
-    <t>CONVENTION &amp; EXHIBITION (PUTRAJAYA) SDN. BHD.</t>
+    <t>136</t>
   </si>
   <si>
     <t>LOT FF4, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>18</t>
+    <t>137</t>
+  </si>
+  <si>
+    <t>ENYFADZ ENTERPRISE</t>
+  </si>
+  <si>
+    <t>KAFETERIA,JALAN WISMA PUTRA,168,PRESINT 2,62602,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>HYDRAMAS ACC RETAIL</t>
+  </si>
+  <si>
+    <t>KEDAI 1, BLOK C, JALAN P11J, PRESINT 11</t>
+  </si>
+  <si>
+    <t>139</t>
   </si>
   <si>
     <t>MK LAUNDRY</t>
   </si>
   <si>
     <t>6-3, BLOK 6, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>19</t>
+    <t>140</t>
   </si>
   <si>
     <t>FA STATIONERY &amp; PRINTING CENTRE</t>
   </si>
   <si>
     <t>KEDAI NO. 4, BLOK B, PPAM SERULING, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>20</t>
+    <t>141</t>
   </si>
   <si>
     <t>IM GLOBAL PROPERTY CONSULTANTS SDN BHD</t>
   </si>
   <si>
     <t>2B-G-02, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>21</t>
+    <t>142</t>
   </si>
   <si>
     <t>QAMIA FOOD AND BEVERAGES</t>
   </si>
   <si>
     <t>LOT NO. 10, KIOSK@11, JALAN P11E/5, PRESINT 11</t>
   </si>
   <si>
-    <t>22</t>
+    <t>143</t>
   </si>
   <si>
     <t>IMPACT LAUNDRY SERVICES</t>
   </si>
   <si>
     <t>LOT 5, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>23</t>
+    <t>144</t>
   </si>
   <si>
     <t>DZULKHAIRI AHMAD</t>
   </si>
   <si>
     <t>RUANG LEGAR TENGAH, BANGUNAN PERBENDAHARAAN 2, NO. 5, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>24</t>
+    <t>145</t>
   </si>
   <si>
     <t>WATSON'S PERSONAL CARE STORES SDN BHD</t>
   </si>
   <si>
     <t>BLOCK C-17, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>25</t>
+    <t>146</t>
   </si>
   <si>
     <t>TASKA CAHAYA MIN RIZKI</t>
   </si>
   <si>
     <t>NO. 2 (UNIT TASKA), JALAN P2T, PRESINT 2</t>
   </si>
   <si>
-    <t>26</t>
+    <t>147</t>
   </si>
   <si>
     <t>CAFE MESRA</t>
   </si>
   <si>
     <t>LOT 07, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>27</t>
+    <t>148</t>
   </si>
   <si>
     <t>YY MOBILE&amp;ACCESSORIES</t>
   </si>
   <si>
-    <t>SH-18, JALAN P9 B/1, PRESINT 9</t>
-[...2 lines deleted...]
-    <t>28</t>
+    <t>149</t>
   </si>
   <si>
     <t>PENYAYANG PESAKIT KANSER SDN. BHD.</t>
   </si>
   <si>
     <t>RT 132, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>29</t>
+    <t>150</t>
   </si>
   <si>
     <t>SAL HAIR &amp; BEAUTY SALOON</t>
   </si>
   <si>
     <t>K03, JALAN P8 D, PRESINT 8</t>
   </si>
   <si>
-    <t>30</t>
+    <t>151</t>
   </si>
   <si>
     <t>GK TOUCH RESOURCES</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH MENENGAH KEBANGSAAN PRESINT 5, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>31</t>
+    <t>152</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH MENENGAH KEBANGSAAN PRESINT 9(2), JALAN P9 A, PRESINT 9</t>
   </si>
   <si>
-    <t>32</t>
+    <t>153</t>
+  </si>
+  <si>
+    <t>MALEEKA SALON</t>
+  </si>
+  <si>
+    <t>LOT 7, MASJID TUANKU MIZAN ZAINAL ABIDIN, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
+  </si>
+  <si>
+    <t>154</t>
   </si>
   <si>
     <t>DAZULE BARBERSHOP</t>
   </si>
   <si>
     <t>NO. 8A, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>33</t>
+    <t>155</t>
   </si>
   <si>
     <t>N.K. RESOURCES</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 8 (1), JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>34</t>
+    <t>156</t>
   </si>
   <si>
     <t>MIDDLE CHILD</t>
   </si>
   <si>
     <t>NO. 3 , KANTIN SEKOLAH, JALAN MELINJAU P11E, PRESINT 11</t>
   </si>
   <si>
-    <t>35</t>
+    <t>157</t>
   </si>
   <si>
     <t>PASARAYA HAMMAD</t>
   </si>
   <si>
     <t>NO. 5, JALAN P9E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>36</t>
+    <t>158</t>
   </si>
   <si>
     <t>RESTORAN SELERA MAKANG MAKANG ENTERPRISE</t>
   </si>
   <si>
     <t>NO.16, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>37</t>
-[...2 lines deleted...]
-    <t>38</t>
+    <t>159</t>
+  </si>
+  <si>
+    <t>160</t>
   </si>
   <si>
     <t>YUSGREATIDEA</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>39</t>
+    <t>161</t>
   </si>
   <si>
     <t>TADIKA MUSLIM SOLIHIN</t>
   </si>
   <si>
     <t>6A &amp; 7A, JALAN MELINJAU P11E/5, PRESINT 11</t>
   </si>
   <si>
-    <t>40</t>
+    <t>162</t>
   </si>
   <si>
     <t>ARAS G, NO. 2 MENARA 1,JALAN P5/6,57,PRESINT 5,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>41</t>
+    <t>163</t>
   </si>
   <si>
     <t>TADIKA NASYRAH</t>
   </si>
   <si>
     <t>TADIKA, NO. 45, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>42</t>
+    <t>164</t>
   </si>
   <si>
     <t>YOUSEFF BARBER</t>
   </si>
   <si>
     <t>KEDAI NO. 3, BLOK B, PPAM SERULING, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>43</t>
+    <t>165</t>
   </si>
   <si>
     <t>TASKA GENERASI CERDIK PINTAR</t>
   </si>
   <si>
     <t>NO. 2, JALAN P11 F/16, PRESINT 11</t>
   </si>
   <si>
-    <t>44</t>
+    <t>166</t>
   </si>
   <si>
     <t>FATHIMA MART</t>
   </si>
   <si>
     <t>KEDAI NO 2, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>45</t>
+    <t>167</t>
   </si>
   <si>
     <t>KOPERASI PERBADANAN PUTRAJAYA BERHAD</t>
   </si>
   <si>
     <t>LOT R11, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>46</t>
+    <t>168</t>
+  </si>
+  <si>
+    <t>NIZAM GLOBAL</t>
+  </si>
+  <si>
+    <t>G3, PASAR AWAM PRESINT 8, JALAN P8</t>
+  </si>
+  <si>
+    <t>169</t>
   </si>
   <si>
     <t>SYADAM CATERER</t>
   </si>
   <si>
     <t>LOT GERAI NO. G01 (BERHADAPAN KEMENTERIAN KEWANGAN MALAYSIA), PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>47</t>
+    <t>170</t>
   </si>
   <si>
     <t>SAM BARBER</t>
   </si>
   <si>
     <t>SH-3A, JALAN RAJAWALI P9B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>48</t>
+    <t>171</t>
   </si>
   <si>
     <t>AJAK'S SPORT CENTRE</t>
   </si>
   <si>
     <t>LOT NO. 2, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>49</t>
+    <t>172</t>
   </si>
   <si>
     <t>PENA TEGUH SDN BHD</t>
   </si>
   <si>
     <t>DEWAN MAKAN, PARCEL G, PRESINT 1</t>
   </si>
   <si>
-    <t>50</t>
-[...2 lines deleted...]
-    <t>VCARE PHARMACY</t>
+    <t>173</t>
   </si>
   <si>
     <t>C19 &amp; 20, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>51</t>
+    <t>174</t>
   </si>
   <si>
     <t>REZEKI MABRUR NLRK SDN BHD</t>
   </si>
   <si>
     <t>NO. 1 &amp; NO. 1-A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>52</t>
+    <t>175</t>
   </si>
   <si>
     <t>T CHANNEL</t>
   </si>
   <si>
     <t>LOT S7, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>53</t>
+    <t>176</t>
   </si>
   <si>
     <t>PAWIZAH BINTI MAT NOR</t>
   </si>
   <si>
     <t>STALL 1, FOOD COURT, MENARA PRISMA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>54</t>
+    <t>177</t>
   </si>
   <si>
     <t>POINT SUPERMARKET SDN. BHD.</t>
   </si>
   <si>
     <t>LOT K2 DAN K3, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>55</t>
+    <t>178</t>
   </si>
   <si>
     <t>AR AIN</t>
   </si>
   <si>
     <t>6A &amp; 6B LOT PT 12305, FOOD VALET PUTRAJAYA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>56</t>
+    <t>179</t>
   </si>
   <si>
     <t>UMI KALSUM BINTI IBRAHIM</t>
   </si>
   <si>
     <t>G08, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>57</t>
+    <t>180</t>
   </si>
   <si>
     <t>SAZ UTARA ENTERPRISE</t>
   </si>
   <si>
     <t>G07, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>58</t>
+    <t>181</t>
+  </si>
+  <si>
+    <t>BANK ISLAM MALAYSIA BERHAD</t>
+  </si>
+  <si>
+    <t>UNIT 10-14, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
+  </si>
+  <si>
+    <t>182</t>
   </si>
   <si>
     <t>YUMAIRASA KAFE</t>
   </si>
   <si>
     <t>NO.9, PANGSAPURI PUTRA HARMONI, JALAN P9B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>59</t>
+    <t>183</t>
   </si>
   <si>
     <t>JEJARI SUGEH ENTERPRISE</t>
   </si>
   <si>
     <t>NO.5, JABATAN PEGUAM NEGARA, PERSIARAN PERDANA</t>
   </si>
   <si>
-    <t>60</t>
+    <t>184</t>
   </si>
   <si>
     <t>LOT 3, LOT 6 DAN KAFETERIA KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>61</t>
+    <t>185</t>
   </si>
   <si>
     <t>JASTAM CORNER</t>
   </si>
   <si>
     <t>LOT GERAI NO. G03, MEDAN SELERA, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>62</t>
-[...2 lines deleted...]
-    <t>D' DIPLOMATIK CAFE</t>
+    <t>186</t>
+  </si>
+  <si>
+    <t>HARMONY SYNERGY SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 70, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>63</t>
+    <t>187</t>
   </si>
   <si>
     <t>DIN UNIO ENTERPRISE</t>
   </si>
   <si>
     <t>NO.G04, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>64</t>
+    <t>188</t>
   </si>
   <si>
     <t>MALAYSIA SHIPOWNERS' ASSOCIATION</t>
   </si>
   <si>
     <t>A2-3-3, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>65</t>
+    <t>189</t>
   </si>
   <si>
     <t>AYIN KITCHEN</t>
   </si>
   <si>
     <t>GERAI NO 3, ARAS 1,PERSIARAN PERDANA,46,PRESINT 4,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>66</t>
+    <t>190</t>
   </si>
   <si>
     <t>AFFENDY JAYA ENTERPRISE</t>
   </si>
   <si>
     <t>LOT 2, JABATAN PEGUAM NEGARA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>67</t>
+    <t>191</t>
   </si>
   <si>
     <t>4U2 SHOP</t>
   </si>
   <si>
     <t>KEDAI 3, INSTITUT KANSER NEGARA, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>68</t>
+    <t>192</t>
   </si>
   <si>
     <t>THB GLOBAL VENTURE (M) SDN BHD</t>
   </si>
   <si>
     <t>D'PUTRA CORNER, HOSPITAL PUTRAJAYA, JALAN P9, PRESINT 7</t>
   </si>
   <si>
-    <t>69</t>
+    <t>193</t>
   </si>
   <si>
     <t>HIJRAH H&amp;K ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G04, MEDAN SELERA, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>70</t>
+    <t>194</t>
   </si>
   <si>
     <t>NUR HOME CARE SDN BHD</t>
   </si>
   <si>
     <t>CARE SHOP, HOSPITAL PUTRAJAYA, JALAN P9, PRESINT 7</t>
   </si>
   <si>
-    <t>71</t>
+    <t>195</t>
   </si>
   <si>
     <t>KEYCAPS</t>
   </si>
   <si>
     <t>4A &amp; 4B LOT PT 12305, FOOD VALET PUTRAJAYA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>72</t>
+    <t>196</t>
   </si>
   <si>
     <t>AYAM GORENG KUNYIT</t>
   </si>
   <si>
     <t>LOT NO. 03, JABATAN PENDAFTARAN NEGARA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>73</t>
+    <t>197</t>
   </si>
   <si>
     <t>AMIRA</t>
   </si>
   <si>
     <t>TASKA MAWADDAH (JAKIM), KOMPLEKS ISLAM PUTRAJAYA 3, JALAN TUN ABDUL RAZAK, PRESINT 3</t>
   </si>
   <si>
-    <t>74</t>
+    <t>198</t>
   </si>
   <si>
     <t>STESEN MINYAK PRESINT LAPAN</t>
   </si>
   <si>
     <t>LOT PT 1809, STESEN MINYAK PRESINT 8, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>75</t>
+    <t>199</t>
   </si>
   <si>
     <t>LUCKY SCOOT ENTERPRISE</t>
   </si>
   <si>
     <t>A2-LG-1, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>76</t>
+    <t>200</t>
   </si>
   <si>
     <t>WARISAN STATION</t>
   </si>
   <si>
     <t>R33, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>77</t>
+    <t>201</t>
   </si>
   <si>
     <t>PERSATUAN TASKA ANAK ISTIMEWA SINDROM DOWN (ANISD)</t>
   </si>
   <si>
     <t>LOT TADIKA, ARAS BAWAH BLOK F, KUARTERS PERBADANAN PUTRAJAYA, JALAN P11 G, PRESINT 11</t>
   </si>
   <si>
-    <t>78</t>
+    <t>202</t>
   </si>
   <si>
     <t>PUTRACYBER PRINTING</t>
   </si>
   <si>
     <t>A1-T1-U06, JALAN P9B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>79</t>
+    <t>203</t>
   </si>
   <si>
     <t>MAT SALLEH</t>
   </si>
   <si>
     <t>GERAI NO. 6, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>80</t>
+    <t>204</t>
   </si>
   <si>
     <t>ZR BINA JAYA ENTERPRISE</t>
   </si>
   <si>
     <t>8 &amp; 9 LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>81</t>
+    <t>205</t>
   </si>
   <si>
     <t>BEVERAGES</t>
   </si>
   <si>
     <t>LOT 2G3,PERSIARAN PERDANA,330,PRESINT 2,62623,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>82</t>
+    <t>206</t>
   </si>
   <si>
     <t>GERAI NO. 9, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>83</t>
+    <t>207</t>
   </si>
   <si>
     <t>ANDLUSIA TRAVEL &amp; TOURS SDN BHD</t>
   </si>
   <si>
     <t>D-G-3, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>84</t>
+    <t>208</t>
   </si>
   <si>
     <t>KEDAI MOTOR BHM</t>
   </si>
   <si>
     <t>17, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>85</t>
+    <t>209</t>
   </si>
   <si>
     <t>NEOSTRUXURE SYSTEMS SDN. BHD.</t>
   </si>
   <si>
     <t>NO.3A, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>86</t>
+    <t>210</t>
   </si>
   <si>
     <t>NVF HEALTH &amp; BEAUTY</t>
   </si>
   <si>
     <t>LOT R12,PERSIARAN PERDANA,78,PRESINT 3,62675,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>87</t>
+    <t>211</t>
   </si>
   <si>
     <t>3XW COFFEE</t>
   </si>
   <si>
     <t>LOT R9, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>88</t>
+    <t>212</t>
   </si>
   <si>
     <t>NURYSHAA K.</t>
   </si>
   <si>
     <t>GERAI NO 8, JALAN P9 E, PRESINT 9</t>
   </si>
   <si>
-    <t>89</t>
+    <t>213</t>
   </si>
   <si>
     <t>AMAZING SEED PUTRAJAYA</t>
   </si>
   <si>
     <t>LOT TASKA &amp; TADIKA, JALAN KANDIS P16, PRESINT 16</t>
   </si>
   <si>
-    <t>90</t>
+    <t>214</t>
   </si>
   <si>
     <t>AZAM DAGING TRADING</t>
   </si>
   <si>
     <t>GERAI NO 10, PASAR AWAM, JALAN P8</t>
   </si>
   <si>
-    <t>91</t>
+    <t>215</t>
   </si>
   <si>
     <t>LIAYAKATH BIN MOHAMED</t>
   </si>
   <si>
     <t>NO. 13, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>92</t>
+    <t>216</t>
   </si>
   <si>
     <t>NUHA JEWELS SDN. BHD.</t>
   </si>
   <si>
     <t>A1-G-02, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>93</t>
+    <t>217</t>
   </si>
   <si>
     <t>201201013374</t>
   </si>
   <si>
     <t>NO. 16, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>94</t>
+    <t>218</t>
   </si>
   <si>
     <t>YUHAIROL EMPIRE</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, JALAN P11J/1, PRESINT 11</t>
   </si>
   <si>
-    <t>95</t>
+    <t>219</t>
   </si>
   <si>
     <t>BIZCLASS RESOURCES (M) SDN. BHD</t>
   </si>
   <si>
     <t>F2 (GF) LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>96</t>
+    <t>220</t>
   </si>
   <si>
     <t>HANIE HERITAGE ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G08, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>97</t>
+    <t>221</t>
   </si>
   <si>
     <t>BULLION TRADE CENTRE</t>
   </si>
   <si>
     <t>NO.18A, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>98</t>
+    <t>222</t>
   </si>
   <si>
     <t>NASI KANDAR SADDAM EMPIRE</t>
   </si>
   <si>
     <t>NO. 14G &amp; 16G, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>99</t>
+    <t>223</t>
   </si>
   <si>
     <t>EDEN</t>
   </si>
   <si>
     <t>LOADING BAY INSTITUT KANSER NEGARA, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>100</t>
+    <t>224</t>
   </si>
   <si>
     <t>ASTANA PERSIAN CARPET</t>
   </si>
   <si>
     <t>LOT G44, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>101</t>
+    <t>225</t>
   </si>
   <si>
     <t>1 CHOPATI</t>
   </si>
   <si>
     <t>LOT 5 KAFETERIA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>102</t>
+    <t>226</t>
   </si>
   <si>
     <t>DOBI 4U</t>
   </si>
   <si>
     <t>NO.F2, BLOK C PANGSAPURI PUTRA DAMAI, JALAN P11 G, PRESINT 11</t>
   </si>
   <si>
-    <t>103</t>
+    <t>227</t>
   </si>
   <si>
     <t>SS LEEZ ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G27, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>104</t>
+    <t>228</t>
   </si>
   <si>
     <t>DATASONIC TECHNOLOGIES SDN BHD</t>
   </si>
   <si>
     <t>BLOK A2-3-2, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>105</t>
+    <t>229</t>
   </si>
   <si>
     <t>KEDAI GUNTING RAMBUT SRI SETIA</t>
   </si>
   <si>
     <t>NO. 2A, JALAN P9 G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>106</t>
+    <t>230</t>
   </si>
   <si>
     <t>ROZAIMI OPTOMETRIST</t>
   </si>
   <si>
     <t>NO.23, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>107</t>
+    <t>231</t>
   </si>
   <si>
     <t>TRIPLE A LIMITED ENTERPRISE</t>
   </si>
   <si>
     <t>NO. G12, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>108</t>
+    <t>232</t>
   </si>
   <si>
     <t>RESTORAN PUTRAJAYA INTERNATIONAL CONVENTION CENTRE,JALAN P5,169,PRESINT 5,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>109</t>
+    <t>233</t>
   </si>
   <si>
     <t>MEE REBUS SELERA JOHOR</t>
   </si>
   <si>
     <t>G06,JALAN P9 E,247,PRESINT 9,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>110</t>
+    <t>234</t>
   </si>
   <si>
     <t>IKONDESA@PUTRAJAYA</t>
   </si>
   <si>
     <t>C-006, C-007, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>111</t>
+    <t>235</t>
   </si>
   <si>
     <t>AYAM GOLEK PERINGAT DAN MASAKAN ALA THAI</t>
   </si>
   <si>
     <t>LOT GERAI NO. 7, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>112</t>
+    <t>236</t>
   </si>
   <si>
     <t>PEACHY ENTERPRISE</t>
   </si>
   <si>
     <t>LOT S4, JALAN PUTRAJAYA SENTRAL, PRESINT 7</t>
   </si>
   <si>
-    <t>113</t>
+    <t>237</t>
   </si>
   <si>
     <t>RIZA BARAKAT ENTERPRISE</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA, KEMENTERIAN PENGAJIAN TINGGI, JALAN P5/6, PRESINT 5</t>
   </si>
   <si>
-    <t>114</t>
+    <t>238</t>
   </si>
   <si>
     <t>NASI BERIANI AJIQ</t>
   </si>
   <si>
     <t>LOT G2, MEDAN SELERA P8, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>115</t>
+    <t>239</t>
   </si>
   <si>
     <t>ROSLI HADI BACHOK</t>
   </si>
   <si>
     <t>LOT GERAI NO. G01, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>116</t>
+    <t>240</t>
   </si>
   <si>
     <t>PUTRAJAYA WATERSKI &amp; WAKEBOARD CENTRE</t>
   </si>
   <si>
     <t>LOT K02, NO. 1, JALAN P5/5, PRESINT 5</t>
   </si>
   <si>
-    <t>117</t>
+    <t>241</t>
   </si>
   <si>
     <t>ABD RAHMAN</t>
   </si>
   <si>
     <t>BLOK B-T1-F3/3/4, PANGSAPURI PUTRA HARMONI, JALAN P9B/1</t>
   </si>
   <si>
-    <t>118</t>
+    <t>242</t>
   </si>
   <si>
     <t>MEE CEDOK BATU KURAU</t>
   </si>
   <si>
     <t>LOT GERAI NO. G05, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>119</t>
+    <t>243</t>
   </si>
   <si>
     <t>PORTMEIRION</t>
   </si>
   <si>
     <t>G-02 &amp; G-03, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>120</t>
+    <t>244</t>
   </si>
   <si>
     <t>DEJA BREW ENTERPRISE</t>
   </si>
   <si>
     <t>LOT 10,000 TANAH RIZAB TASIK, JALAN TUNKU ABDUL RAHMAN, PRESINT 4</t>
   </si>
   <si>
-    <t>121</t>
+    <t>245</t>
   </si>
   <si>
     <t>BARAQAH IMAN RESOURCES</t>
   </si>
   <si>
     <t>STALL 5, FOOD COURT, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>122</t>
+    <t>246</t>
   </si>
   <si>
     <t>RISHPI AD KATERING</t>
   </si>
   <si>
     <t>LOT GERAI NO. G07, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>123</t>
+    <t>247</t>
   </si>
   <si>
     <t>CITARASA AQEELA</t>
   </si>
   <si>
     <t>LOT GERAI NO. 5, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>124</t>
+    <t>248</t>
   </si>
   <si>
     <t>MCPATH QAP SDN BHD</t>
   </si>
   <si>
     <t>UNIT 3.6, NO. 5, JALAN KEPIMPINAN P8H, PRESINT 8</t>
   </si>
   <si>
-    <t>125</t>
+    <t>249</t>
   </si>
   <si>
     <t>LAKSA KUAH PEKAT</t>
   </si>
   <si>
     <t>LOT NO. 11 KIOSK MERAH, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>126</t>
+    <t>250</t>
   </si>
   <si>
     <t>HLA</t>
   </si>
   <si>
     <t>LOT LG09, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>127</t>
+    <t>251</t>
   </si>
   <si>
     <t>ALLIANCE BANK MALAYSIA BERHAD</t>
   </si>
   <si>
     <t>NO. 17, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>128</t>
+    <t>252</t>
   </si>
   <si>
     <t>SAKURA MART</t>
   </si>
   <si>
     <t>KEDAI RUNCIT, BLOK 3, JALAN P11 H/7, PRESINT 11</t>
   </si>
   <si>
-    <t>129</t>
+    <t>253</t>
   </si>
   <si>
     <t>PENDIAT SAMA ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI 6, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>130</t>
+    <t>254</t>
   </si>
   <si>
     <t>Z &amp; Z DESIGN</t>
   </si>
   <si>
     <t>8A, JALAN PULAU PINANG NADI 15, PRESINT 15</t>
   </si>
   <si>
-    <t>131</t>
+    <t>255</t>
   </si>
   <si>
     <t>BUDIPADU MANTAP SDN BHD</t>
   </si>
   <si>
     <t>T.03-U4-1, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>132</t>
+    <t>256</t>
   </si>
   <si>
     <t>RUMAH MAKAN BUMBU</t>
   </si>
   <si>
     <t>LAKE CABIN @ PIT STOP ANJUNG FLORIA, JALAN TUNKU ABDUL RAHMAN, PRESINT 4</t>
   </si>
   <si>
-    <t>133</t>
+    <t>257</t>
   </si>
   <si>
     <t>HASMAH @ ROHINAH BINTI OMAR</t>
   </si>
   <si>
     <t>LOT GERAI NO. G06, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>134</t>
+    <t>258</t>
   </si>
   <si>
     <t>KEDAI 1, INSTITUT KANSER NEGARA, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>135</t>
+    <t>259</t>
   </si>
   <si>
     <t>KOPERASI PEKERJA-PEKERJA JABATAN PERDANA MENTERI (M) BERHAD</t>
   </si>
   <si>
     <t>NO. 1, T-02-U-03-2, JALAN P9E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>136</t>
+    <t>260</t>
   </si>
   <si>
     <t>TH TRAVEL &amp; SERVICES SDN BHD</t>
   </si>
   <si>
     <t>IFIC PUTRAJAYA, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>137</t>
+    <t>261</t>
   </si>
   <si>
     <t>BAKERS COTTAGE</t>
   </si>
   <si>
     <t>BLOK C-T-00-U04, JALAN P8 D, PRESINT 8</t>
   </si>
   <si>
-    <t>138</t>
+    <t>262</t>
   </si>
   <si>
     <t>RULEZONE ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G03, MEDAN SELERA P8, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>139</t>
+    <t>263</t>
   </si>
   <si>
     <t>KEDAI DOBI LAYAN DIRI 24JAM</t>
   </si>
   <si>
     <t>NO.3, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>140</t>
+    <t>264</t>
   </si>
   <si>
     <t>TASKA WARISAN DE QASEH</t>
   </si>
   <si>
     <t>NO.20 TASKA WARISAN DE QASEH,PERSIARAN PERDANA,128,PRESINT 2,62260,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>141</t>
+    <t>265</t>
   </si>
   <si>
     <t>HIDANGAN MARINA</t>
   </si>
   <si>
     <t>LOT GERAI NO. 1, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>142</t>
+    <t>266</t>
   </si>
   <si>
     <t>PATISSERIE ID BAKERY</t>
   </si>
   <si>
     <t>R12, NO.1 JLN VENNA P5/2, PRESINT 5</t>
   </si>
   <si>
-    <t>143</t>
+    <t>267</t>
   </si>
   <si>
     <t>RF TRADISIONAL</t>
   </si>
   <si>
     <t>RUANG LEGAR, KEMENTERIAN PEMBANGUNAN LUAR BANDAR, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>144</t>
+    <t>268</t>
   </si>
   <si>
     <t>FATTOUSH EXPRESS</t>
   </si>
   <si>
     <t>G.11, MEDAN SELERA P8, JALAN P8</t>
   </si>
   <si>
-    <t>145</t>
+    <t>269</t>
   </si>
   <si>
     <t>EXECUTIVE TAILORING</t>
   </si>
   <si>
     <t>LOT R3, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>146</t>
+    <t>270</t>
   </si>
   <si>
     <t>KAK CT CORNER</t>
   </si>
   <si>
     <t>G.13, MEDAN SELERA P8, JALAN P8</t>
   </si>
   <si>
-    <t>147</t>
+    <t>271</t>
   </si>
   <si>
     <t>DSERASI</t>
   </si>
   <si>
     <t>UNIT B-T1-F3/2, PANGSAPURI PUTRA HARMONI, JALAN P9B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>148</t>
+    <t>272</t>
   </si>
   <si>
     <t>CENGKIH KATERING</t>
   </si>
   <si>
     <t>LOT 4G9, KOMPLEKS KEMENTERIAN KOMUNIKASI DAN MULTIMEDIA MALAYSIA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>149</t>
+    <t>273</t>
   </si>
   <si>
     <t>PINCH OF JOY TRADING</t>
   </si>
   <si>
     <t>NO.7, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>150</t>
+    <t>274</t>
   </si>
   <si>
     <t>D SERAMBI UMAI CAFE</t>
   </si>
   <si>
     <t>LOT 2 KAFETERIA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>151</t>
-[...2 lines deleted...]
-    <t>EZAAD &amp; KAMIZAH RESOURCES SDN BHD</t>
+    <t>275</t>
   </si>
   <si>
     <t>LOBI MENARA IKHLAS, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>152</t>
+    <t>276</t>
   </si>
   <si>
     <t>ROSESTY ENTERPRISE</t>
   </si>
   <si>
     <t>MINI MART 3, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>153</t>
+    <t>277</t>
   </si>
   <si>
     <t>TASKA PERMATA IKHLAS BESTARI</t>
   </si>
   <si>
     <t>RUANG TASKA, LOBI ARAS G, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>154</t>
+    <t>278</t>
   </si>
   <si>
     <t>MOHD RIDZWAN TEGUH ENTEPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G02, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>155</t>
+    <t>279</t>
   </si>
   <si>
     <t>ARIFF</t>
   </si>
   <si>
     <t>CALTEX PUTRAJAYA, LOT 333, JALAN P8 H, 62250, PRESINT 8</t>
   </si>
   <si>
-    <t>156</t>
+    <t>280</t>
   </si>
   <si>
     <t>SV LEARNING CENTER SDN BHD</t>
   </si>
   <si>
     <t>A-01-01, JALAN P8C/2, PRESINT 8</t>
   </si>
   <si>
-    <t>157</t>
+    <t>281</t>
   </si>
   <si>
     <t>TIRAM TRAVEL SDN BHD</t>
   </si>
   <si>
     <t>BLOK D2-T1-F1/2, PANGSAPURI PUTRA HARMONI, JALAN P9B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>158</t>
+    <t>282</t>
   </si>
   <si>
     <t>FRESH DRINK FOOD INDUSTRY</t>
   </si>
   <si>
     <t>NO.G16, MEDAN SELERA P8, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>159</t>
+    <t>283</t>
   </si>
   <si>
     <t>RESTORAN REBUNG CHEF ISMAIL</t>
   </si>
   <si>
     <t>PUSAT KAWALAN TEMPATAN EMPANGAN, TAMAN SERI EMPANGAN, LEBUH GEMILANG, PRESINT 5</t>
   </si>
   <si>
-    <t>160</t>
+    <t>284</t>
   </si>
   <si>
     <t>THE COFFEE BEAN &amp; TEA LEAF (MALAYSIA) SDN BHD</t>
   </si>
   <si>
     <t>DRIVE THRU CAFE, H.S (D) 14164, PT 1809, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>161</t>
+    <t>285</t>
   </si>
   <si>
     <t>AIZA ALIAS</t>
   </si>
   <si>
     <t>LOT R2, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>162</t>
+    <t>286</t>
   </si>
   <si>
     <t>TBS PLAYSCHOOL &amp; PRESCHOOL</t>
   </si>
   <si>
     <t>TASKA DAN TADIKA, BLOK B, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>163</t>
+    <t>287</t>
   </si>
   <si>
     <t>SOFIA KIDS PLANET</t>
   </si>
   <si>
     <t>T.03-U.01, JALAN P9E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>164</t>
+    <t>288</t>
   </si>
   <si>
     <t>ISTANA KEHAKIMAN PUTRAJAYA</t>
   </si>
   <si>
     <t>KIOSK PUSPANITA,PERSIARAN PERDANA,45,PRESINT 3,,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>165</t>
+    <t>289</t>
   </si>
   <si>
     <t>NIPPON SUSHI PJY SDN. BHD.</t>
   </si>
   <si>
     <t>NO.C2-0G-01, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>166</t>
+    <t>290</t>
   </si>
   <si>
     <t>JUSOH BIN MAMAT</t>
   </si>
   <si>
     <t>GERAI NO. 26, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>167</t>
+    <t>291</t>
   </si>
   <si>
     <t>MAZURA WORLD ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G30, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>168</t>
+    <t>292</t>
   </si>
   <si>
     <t>GROPLUS DELIGHT SDN BHD</t>
   </si>
   <si>
     <t>B2-G-1, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>169</t>
+    <t>293</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH PUTRAJAYA 11(1)</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 11 (1), JALAN P11 J1, PRESINT 11</t>
   </si>
   <si>
-    <t>170</t>
+    <t>294</t>
   </si>
   <si>
     <t>OBI INTEGRATED RESOURCES</t>
   </si>
   <si>
     <t>24B-R5, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>171</t>
+    <t>295</t>
   </si>
   <si>
     <t>MY AQ ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 3, PUSAT KOMERSIAL PUTRA HARMONI, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>172</t>
+    <t>296</t>
   </si>
   <si>
     <t>DHAROS RASA</t>
   </si>
   <si>
     <t>LOT NO GI01, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>173</t>
+    <t>297</t>
   </si>
   <si>
     <t>STESEN MINYAK PETRONAS PUTRAJAYA 1</t>
   </si>
   <si>
     <t>STESYEN MINYAK PETRONAS, LOT 1442, HS(M) 668, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>174</t>
+    <t>298</t>
   </si>
   <si>
     <t>RUMAH MAKAN MINANG SEPAKAT</t>
   </si>
   <si>
     <t>NO. 100, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>175</t>
+    <t>299</t>
   </si>
   <si>
     <t>GOLDEN CHAIN DEVELOPMENT SDN BHD</t>
   </si>
   <si>
     <t>NO 2B, JALAN KEDAH, PRESINT 15, PRESINT 15</t>
   </si>
   <si>
-    <t>176</t>
+    <t>300</t>
   </si>
   <si>
     <t>MBSB BANK BERHAD</t>
   </si>
   <si>
     <t>LOT 1 &amp; 2, GALERIA PJH, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>177</t>
-[...2 lines deleted...]
-    <t>RANGKAIAN SHAHMAJU SDN.BHD</t>
+    <t>301</t>
   </si>
   <si>
     <t>RUANG KEDAI SERBANEKA, KAFETERIA LOT 2G6, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>178</t>
+    <t>302</t>
   </si>
   <si>
     <t>KAFETERIA MOTAC, NO. 2, TOWER 1, KEMENTERIAN PELANCONGAN MALAYSIA, JALAN P5/6, PRESINT 5</t>
   </si>
   <si>
-    <t>179</t>
+    <t>303</t>
   </si>
   <si>
     <t>GOLDEN LACE ENTERPRISE</t>
   </si>
   <si>
     <t>LOT NO K12, PASAR AWAM, JALAN P8</t>
   </si>
   <si>
-    <t>180</t>
+    <t>304</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA, KAFETERIA (B), BLOK 2G4, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>181</t>
+    <t>305</t>
   </si>
   <si>
     <t>KAFETERIA (B), BLOK 2G4, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>182</t>
-[...5 lines deleted...]
-    <t>THE ADMIRE CAFE</t>
+    <t>306</t>
+  </si>
+  <si>
+    <t>307</t>
   </si>
   <si>
     <t>KAFETERIA KLINIK KESIHATAN, JALAN P18 C1, PRESINT 18</t>
   </si>
   <si>
-    <t>184</t>
+    <t>308</t>
   </si>
   <si>
     <t>FIRDAUS</t>
   </si>
   <si>
     <t>LOT NO K01,JALAN P5/5,155,PRESINT 5,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>185</t>
+    <t>309</t>
   </si>
   <si>
     <t>BATTLESTROKE ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G22, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>186</t>
+    <t>310</t>
   </si>
   <si>
     <t>RESTORAN KAMPUNG KU</t>
   </si>
   <si>
     <t>NO. 12, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>187</t>
+    <t>311</t>
   </si>
   <si>
     <t>RESTORAN DI TAMAN WETLAND, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>188</t>
+    <t>312</t>
   </si>
   <si>
     <t>PROVISION UNLIMITED RESOURCES</t>
   </si>
   <si>
     <t>LOT GERAI NO. G02, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>189</t>
+    <t>313</t>
   </si>
   <si>
     <t>RHB BANK BERHAD</t>
   </si>
   <si>
     <t>BLOK C-1-6, C-2-6, C-1-7, C-2-7, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>190</t>
+    <t>314</t>
   </si>
   <si>
     <t>MYZADA ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G20, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>191</t>
+    <t>315</t>
   </si>
   <si>
     <t>BLOK A1-2-3A, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>192</t>
+    <t>316</t>
   </si>
   <si>
     <t>BLOK A1-3-2, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>193</t>
+    <t>317</t>
   </si>
   <si>
     <t>DISHAM</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 9 (2), JALAN P9 A, PRESINT 9</t>
   </si>
   <si>
-    <t>194</t>
+    <t>318</t>
   </si>
   <si>
     <t>NASI AYAM HAINAN PUTRAJAYA</t>
   </si>
   <si>
     <t>NO.6, BAZAR AYER@8, JALAN TEMOLEH P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>195</t>
-[...2 lines deleted...]
-    <t>PUSAT DIDIKAN DAN ASUHAN SI COMEL</t>
+    <t>319</t>
   </si>
   <si>
     <t>LOT TASKA, NO. 28, LOT 4G1, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>196</t>
+    <t>320</t>
   </si>
   <si>
     <t>ALAM FLORA SDN. BHD.</t>
   </si>
   <si>
     <t>FASILITI INOVASI KITAR SEMULA (FIKS) – HAB ILMU, ALAM FLORA SDN BHD NO.1, JALAN 5B, PRESINT 5</t>
   </si>
   <si>
-    <t>197</t>
+    <t>321</t>
   </si>
   <si>
     <t>FASILITI INOVASI KITAR SEMULA (FIKS) – INTERGRATED RECYCLING FACILITY (IRF), ALAM FLORA SDN BHD NO.1, JALAN 5B, PRESINT 5</t>
   </si>
   <si>
-    <t>198</t>
+    <t>322</t>
   </si>
   <si>
     <t>FASILITI INOVASI KITAR SEMULA (FIKS) – LOGISTIK, ALAM FLORA SDN BHD NO.1, JALAN 5B, PRESINT 5</t>
   </si>
   <si>
-    <t>199</t>
+    <t>323</t>
   </si>
   <si>
     <t>MAN-J CUISINE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G07, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>200</t>
+    <t>324</t>
   </si>
   <si>
     <t>BLOK A2-2-3, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>201</t>
+    <t>325</t>
   </si>
   <si>
     <t>BIENA KLASIK ENTERPRISE</t>
   </si>
   <si>
     <t>LOT R5,PERSIARAN PERDANA,78,PRESINT 3,62675,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>202</t>
+    <t>326</t>
   </si>
   <si>
     <t>SRI DINAR</t>
   </si>
   <si>
     <t>6-2, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>203</t>
+    <t>327</t>
   </si>
   <si>
     <t>MALA</t>
   </si>
   <si>
     <t>NO.1, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>204</t>
+    <t>328</t>
   </si>
   <si>
     <t>NASI KANDAR NOSTALGIA</t>
   </si>
   <si>
     <t>LOT GERAI NO. G02 (BERHADAPAN KEMENTERIAN KEWANGAN MALAYSIA), PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>205</t>
-[...2 lines deleted...]
-    <t>GLORIA JEAN'S COFFEE</t>
+    <t>329</t>
   </si>
   <si>
     <t>2M11, NO. 5, KOMPLEKS KEMENTERIAN KEWANGAN, PERSIARAN PERDANA</t>
   </si>
   <si>
-    <t>206</t>
+    <t>330</t>
   </si>
   <si>
     <t>LOT TASKA, KEMENTERIAN PENGANGKUTAN MALAYSIA, JALAN TUN HUSSEIN, PRESINT 4</t>
   </si>
   <si>
-    <t>207</t>
+    <t>331</t>
   </si>
   <si>
     <t>LOT TASKA, KEMENTERIAN LUAR NEGERI MALAYSIA, JALAN WISMA PUTRA, PRESINT 2</t>
   </si>
   <si>
-    <t>208</t>
+    <t>332</t>
   </si>
   <si>
     <t>HUMAINI MAJU SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 23, LOT 8C3, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>209</t>
+    <t>333</t>
   </si>
   <si>
     <t>CHECKMATE OPTOMETRY ENTERPRISE</t>
   </si>
   <si>
     <t>UNIT B-G-R20, NO. 10 JALAN TUN ABDUL RAZAK, SUASANA PjH, PRESINT 2 WP PUTRAJAYA.</t>
   </si>
   <si>
-    <t>210</t>
+    <t>334</t>
   </si>
   <si>
     <t>FADZILAH &amp; FIKRI SDN BHD</t>
   </si>
   <si>
     <t>NO 2B, JALAN P9 G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>211</t>
+    <t>335</t>
   </si>
   <si>
     <t>TERKINI FOOD ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. 4, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>212</t>
+    <t>336</t>
   </si>
   <si>
     <t>GLOBAL ART</t>
   </si>
   <si>
     <t>NO. 23A,JALAN SELUANG P8/7,174,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>213</t>
+    <t>337</t>
   </si>
   <si>
     <t>DEN OPTOMETRIST</t>
   </si>
   <si>
     <t>B-13-A, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>214</t>
+    <t>338</t>
   </si>
   <si>
     <t>GENERASI BESTARI SDN BHD</t>
   </si>
   <si>
     <t>B1-LG-1, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>215</t>
+    <t>339</t>
   </si>
   <si>
     <t>C2-LG-1, AYER@8, JALAN P8 G</t>
   </si>
   <si>
-    <t>216</t>
+    <t>340</t>
   </si>
   <si>
     <t>RUSMIZI</t>
   </si>
   <si>
     <t>T02-U05-2, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>217</t>
+    <t>341</t>
   </si>
   <si>
     <t>3, JALAN MELINJAU P11E/5, PRESINT 11</t>
   </si>
   <si>
-    <t>218</t>
+    <t>342</t>
   </si>
   <si>
     <t>FARAH</t>
   </si>
   <si>
     <t>NO.7, TINGKAT BAWAH,JALAN P8G1,236,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>219</t>
+    <t>343</t>
   </si>
   <si>
     <t>KOPI SAIGON</t>
   </si>
   <si>
     <t>LOT NO. 1004, NO. 2 (KIOSK), AYER@8, PRESINT 8</t>
   </si>
   <si>
-    <t>220</t>
+    <t>344</t>
   </si>
   <si>
     <t>PRESINT IMAGING</t>
   </si>
   <si>
     <t>NO. 2, JALAN P9G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>221</t>
+    <t>345</t>
   </si>
   <si>
     <t>PUSAT TUISYEN PRO EDUELITE</t>
   </si>
   <si>
     <t>NO. T.02-U2-1, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>222</t>
+    <t>346</t>
   </si>
   <si>
     <t>JSMM DIVINE GRACE ENTERPRISE</t>
   </si>
   <si>
     <t>NO 26, JALAN P8 G1, PRESINT 8</t>
   </si>
   <si>
-    <t>223</t>
+    <t>347</t>
   </si>
   <si>
     <t>PRECINT GLOBAL RESOURCES</t>
   </si>
   <si>
     <t>KAFETERIA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>224</t>
+    <t>348</t>
   </si>
   <si>
     <t>MUSTAFA AZIZ ENTERPRISE</t>
   </si>
   <si>
     <t>RUANG KEDAI RUNCIT, BLOK E, JALAN P14, PRESINT 14</t>
   </si>
   <si>
-    <t>225</t>
+    <t>349</t>
   </si>
   <si>
     <t>TRIPFEZ TRAVEL &amp; TOURS SDN BHD</t>
   </si>
   <si>
     <t>LOT R6, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>226</t>
+    <t>350</t>
   </si>
   <si>
     <t>SEJAMBAK MEKAR ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 1, JALAN P9 B1/2, PRESINT 9</t>
   </si>
   <si>
-    <t>227</t>
+    <t>351</t>
   </si>
   <si>
     <t>TIE PRINT &amp; SERVICES</t>
   </si>
   <si>
     <t>LOT CENDERAMATA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>228</t>
+    <t>352</t>
   </si>
   <si>
     <t>SMOKED KINGDOM</t>
   </si>
   <si>
     <t>B1-G-1, AYER @ 8 FASA P8C1, JALAN P8G</t>
   </si>
   <si>
-    <t>229</t>
+    <t>353</t>
   </si>
   <si>
     <t>KATIN LIFE SDN BHD</t>
   </si>
   <si>
     <t>NO.A2-2-3A, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>230</t>
+    <t>354</t>
   </si>
   <si>
     <t>KEDAI KEK HONEYBERRYBAKE</t>
   </si>
   <si>
     <t>BLOK D-T00-U02, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>231</t>
+    <t>355</t>
   </si>
   <si>
     <t>HUDZA IMPIAN ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 1A, PUSAT KOMERSIAL PUTRA HARMONI, JALAN P9 B/1</t>
   </si>
   <si>
-    <t>232</t>
+    <t>356</t>
   </si>
   <si>
     <t>ELMEDINA RESTAURANT</t>
   </si>
   <si>
     <t>NO. 27, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>233</t>
+    <t>357</t>
   </si>
   <si>
     <t>NO.1, PPAM LARAI, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>234</t>
+    <t>358</t>
   </si>
   <si>
     <t>NATRAH</t>
   </si>
   <si>
     <t>NO. 10, JALAN P8 G1, PRESINT 8</t>
   </si>
   <si>
-    <t>235</t>
+    <t>359</t>
   </si>
   <si>
     <t>EYKA DARLIA LEGACY</t>
   </si>
   <si>
     <t>GERAI NO.1, kafeteria aras bawah,PERSIARAN PERDANA,128,PRESINT 2,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>236</t>
+    <t>360</t>
   </si>
   <si>
     <t>SPATIALWORKS SDN.BHD</t>
   </si>
   <si>
     <t>T.02-U.02, U.03,U.04, JALAN P8D, PRESINT 8</t>
   </si>
   <si>
-    <t>237</t>
+    <t>361</t>
   </si>
   <si>
     <t>SPATIALWORKS SDN BHD</t>
   </si>
   <si>
     <t>T.02-U07, JALAN P8D, PRESINT 8</t>
   </si>
   <si>
-    <t>238</t>
+    <t>362</t>
   </si>
   <si>
     <t>LOT KEDAI RUNCIT, BLOK F, JALAN P11 G, PRESINT 11</t>
   </si>
   <si>
-    <t>239</t>
+    <t>363</t>
   </si>
   <si>
     <t>KML ENGINEERING</t>
   </si>
   <si>
     <t>55B (R3), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>240</t>
+    <t>364</t>
   </si>
   <si>
     <t>ORENG ACADEMY SDN BHD</t>
   </si>
   <si>
     <t>NO 7A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>241</t>
-[...2 lines deleted...]
-    <t>242</t>
+    <t>365</t>
+  </si>
+  <si>
+    <t>366</t>
   </si>
   <si>
     <t>DOUBLETREE BY HILTON PUTRAJAYA LAKESIDE</t>
   </si>
   <si>
     <t>NO. 2, DOUBLETREE BY HILTON PUTRAJAYA LAKESIDE, JALAN P5/5, PRESINT 5</t>
   </si>
   <si>
-    <t>243</t>
+    <t>367</t>
   </si>
   <si>
     <t>NO.2, DOUBLETREE PUTRAJAYA LAKESIDE, JALAN P5/5, PRESINT 5, 62200 PUTRAJAYA</t>
   </si>
   <si>
-    <t>244</t>
-[...2 lines deleted...]
-    <t>LOO WOI LIP</t>
+    <t>368</t>
   </si>
   <si>
     <t>A1-G-3A, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>245</t>
+    <t>369</t>
   </si>
   <si>
     <t>TEALIVE</t>
   </si>
   <si>
     <t>13, KEMENTERIAN PERDAGANGAN DALAM NEGERI DAN HAL EHWAL PENGGUNA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>246</t>
+    <t>370</t>
   </si>
   <si>
     <t>PETRONAS PRESINT 9 D, PETRONAS PRESINT 9 D, JALAN P9 D, PRESINT 9</t>
   </si>
   <si>
-    <t>247</t>
+    <t>371</t>
   </si>
   <si>
     <t>MEGA POWER ENTERPRISE</t>
   </si>
   <si>
     <t>D2-T1-F1/1, JALAN P9 B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>248</t>
+    <t>372</t>
   </si>
   <si>
     <t>EUREKA HEALTHCARE (M) SDN BHD</t>
   </si>
   <si>
     <t>NO. B-8 &amp; B-9, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>249</t>
+    <t>373</t>
   </si>
   <si>
     <t>MERAK KAYANGAN</t>
   </si>
   <si>
     <t>NO. 8A, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>250</t>
+    <t>374</t>
   </si>
   <si>
     <t>AIYSHA MART</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA, KAFETERIA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>251</t>
+    <t>375</t>
   </si>
   <si>
     <t>MOHAMED AZMIR BIN HASSAN</t>
   </si>
   <si>
     <t>LOT KIOS SERBANEKA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>252</t>
+    <t>376</t>
   </si>
   <si>
     <t>HERCAA (M) SDN. BHD.</t>
   </si>
   <si>
     <t>A2-G-5D, LOT 1004, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>253</t>
+    <t>377</t>
   </si>
   <si>
     <t>PHANTERA SERVICES SDN BHD</t>
   </si>
   <si>
     <t>T01-U.03-02, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>254</t>
+    <t>378</t>
   </si>
   <si>
     <t>FELKOP</t>
   </si>
   <si>
     <t>BANGUNAN LOT 5G2, JALAN P5/6, PRESINT 5</t>
   </si>
   <si>
-    <t>255</t>
+    <t>379</t>
   </si>
   <si>
     <t>CHATRAMUE</t>
   </si>
   <si>
     <t>OS15, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>256</t>
+    <t>380</t>
   </si>
   <si>
     <t>OASIS COFFEE &amp; TEA COMPANY SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G8 &amp; G9, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>257</t>
+    <t>381</t>
   </si>
   <si>
     <t>SECRET RECIPE</t>
   </si>
   <si>
     <t>UNIT B-G-R06 &amp; B-G-R07, TOWER B,JALAN TUN ABDUL RAZAK,173,PRESINT 2,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>258</t>
+    <t>382</t>
   </si>
   <si>
     <t>SUBWAY GALERIA PJH</t>
   </si>
   <si>
     <t>UNIT 12, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>259</t>
+    <t>383</t>
   </si>
   <si>
     <t>FAMILY MART</t>
   </si>
   <si>
     <t>PLOT 3C7, MENARA IKHLAS, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>260</t>
+    <t>384</t>
   </si>
   <si>
     <t>KLINIK PERUBATAN LITA ALIS</t>
   </si>
   <si>
     <t>NO 6A, JALAN P9 G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>261</t>
+    <t>385</t>
   </si>
   <si>
     <t>CHANTIQUE BEAUTY &amp; SPA</t>
   </si>
   <si>
     <t>A-G-02 BLOK A, JALAN P11 E, PRESINT 11</t>
   </si>
   <si>
-    <t>262</t>
+    <t>386</t>
   </si>
   <si>
     <t>SAYU TRAVEL &amp; TOURS SDN BHD</t>
   </si>
   <si>
     <t>A-1-R2 BLOK A, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>263</t>
+    <t>387</t>
   </si>
   <si>
     <t>TIN COFFEE</t>
   </si>
   <si>
     <t>LOT KIOS NO. 13, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>264</t>
+    <t>388</t>
   </si>
   <si>
     <t>ANGGUN QASEH LESTARI SDN BHD</t>
   </si>
   <si>
     <t>B-G-R01 (BLOK A), SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>265</t>
+    <t>389</t>
   </si>
   <si>
     <t>ECO-SHOP MARKETING BERHAD</t>
   </si>
   <si>
     <t>1 &amp; 1A, 2 &amp; 2A, 3 &amp; 3A, 4 &amp; 4A, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>266</t>
+    <t>390</t>
   </si>
   <si>
     <t>MONDO SMART STORE</t>
   </si>
   <si>
     <t>NO. 2 OPEN SPACE, MRT PUTRAJAYA SENTRAL STATION, JALAN PUTRAJAYA SENTRAL, PRESINT 7</t>
   </si>
   <si>
-    <t>267</t>
+    <t>391</t>
   </si>
   <si>
     <t>ONIMANN NETWORK</t>
   </si>
   <si>
     <t>NO. 6, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>268</t>
+    <t>392</t>
   </si>
   <si>
     <t>ROMLAH HB RESOURCES</t>
   </si>
   <si>
     <t>G.05, MEDAN SELERA P8, JALAN P8</t>
   </si>
   <si>
-    <t>269</t>
+    <t>393</t>
   </si>
   <si>
     <t>TIGRESS TERA SDN BHD</t>
   </si>
   <si>
     <t>T.03-U.02-1,JALAN P9 E/1,PRESINT 9,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>270</t>
+    <t>394</t>
   </si>
   <si>
     <t>IDZWAN PETROSERVICE</t>
   </si>
   <si>
     <t>LOT PT 836, JALAN P9 D, PRESINT 9</t>
   </si>
   <si>
-    <t>271</t>
+    <t>395</t>
   </si>
   <si>
     <t>HASSAN BIN RAMADI</t>
   </si>
   <si>
     <t>GAS DISTRICT COOLING (PUTRAJAYA) SDN BHD – GDCP, JALAN WISMA PUTRA, PRESINT 2</t>
   </si>
   <si>
-    <t>272</t>
+    <t>396</t>
   </si>
   <si>
     <t>GAS DISTRICT COOLING (PUTRAJAYA) SDN BHD – GDCP, LOT 4U2, JALAN TUN HUSSEIN, PRESINT 3</t>
   </si>
   <si>
-    <t>273</t>
+    <t>397</t>
   </si>
   <si>
     <t>GAS DISTRICT COOLING (PUTRAJAYA) SDN BHD, PICC, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>274</t>
+    <t>398</t>
   </si>
   <si>
     <t>LOT 2U1,JALAN P2R,PRESINT 2,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>275</t>
+    <t>399</t>
   </si>
   <si>
     <t>LOT KAFETERIA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>276</t>
+    <t>400</t>
   </si>
   <si>
     <t>OMNI MEDIAWORKS SDN. BHD.</t>
   </si>
   <si>
     <t>7A, JALAN P9 G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>277</t>
+    <t>401</t>
   </si>
   <si>
     <t>LOT KAFETERIA, BAHAGIAN HAL EHWAL UNDANG-UNDANG (BHEUU), JALAN TUN ABDUL RAZAK, PRESINT 3</t>
   </si>
   <si>
-    <t>278</t>
+    <t>402</t>
   </si>
   <si>
     <t>SISIRAN FLORIA</t>
   </si>
   <si>
     <t>TAPAK SISIRAN DAN PANTAI FLORIA, JALAN TUNKU ABDUL RAHMAN, PRESINT 4</t>
   </si>
   <si>
-    <t>279</t>
+    <t>403</t>
   </si>
   <si>
     <t>GIM FITNESS SPACE</t>
   </si>
   <si>
     <t>UNIT D-2-6 AYER@8, JALAN TEMOLEH P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>280</t>
+    <t>404</t>
   </si>
   <si>
     <t>KAFE LOT 8</t>
   </si>
   <si>
     <t>LOT R8, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>281</t>
+    <t>405</t>
   </si>
   <si>
     <t>ALPHA TAEKWONDO SPORT ACADEMY</t>
   </si>
   <si>
     <t>NO. 10B, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>282</t>
+    <t>406</t>
   </si>
   <si>
     <t>RED WHITE CAFE</t>
   </si>
   <si>
     <t>NO. 2, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>283</t>
+    <t>407</t>
   </si>
   <si>
     <t>EIC ADVANCE SDN BHD</t>
   </si>
   <si>
     <t>T03-U03-2, JALAN P9E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>284</t>
+    <t>408</t>
   </si>
   <si>
     <t>THE ZENITH HOTEL (PUTRAJAYA) SDN BHD</t>
   </si>
   <si>
     <t>NO 1, ZENITH HOTEL, JALAN P2A</t>
   </si>
   <si>
-    <t>285</t>
+    <t>409</t>
   </si>
   <si>
     <t>NAYUMI TRADING &amp; SERVICES</t>
   </si>
   <si>
     <t>BLOK A2, JALAN P11 A2/2, PRESINT 11</t>
   </si>
   <si>
-    <t>286</t>
+    <t>410</t>
   </si>
   <si>
     <t>CENDEKIAWAN EDUCARE GROUP SDN BHD</t>
   </si>
   <si>
     <t>LOT PT 413, JALAN P9 G1, PRESINT 9</t>
   </si>
   <si>
-    <t>287</t>
+    <t>411</t>
   </si>
   <si>
     <t>KOLEKSI JAHITAN MALINDA</t>
   </si>
   <si>
     <t>A-G-03, JALAN P11E, PRESINT 11</t>
   </si>
   <si>
-    <t>288</t>
+    <t>412</t>
   </si>
   <si>
     <t>HNZ BAKE ENTERPRISE</t>
   </si>
   <si>
     <t>NO 12, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>289</t>
+    <t>413</t>
   </si>
   <si>
     <t>NO 12A, PUSAT KOMERSIAL PUTRA HARMONI, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>290</t>
+    <t>414</t>
   </si>
   <si>
     <t>SUPER FORCE SECURITY</t>
   </si>
   <si>
     <t>K-R3(2), PUTRAJAYA SENTRAL, JALAN PUTRAJAYA SENTRAL, PRESINT 7</t>
   </si>
   <si>
-    <t>291</t>
+    <t>415</t>
   </si>
   <si>
     <t>SCIENTIFIC ENVIRONMENTAL SERVICES SDN BHD</t>
   </si>
   <si>
     <t>NO. C-T.01-U.07, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>292</t>
+    <t>416</t>
   </si>
   <si>
     <t>GRANITE KITCHEN SDN. BHD.</t>
   </si>
   <si>
     <t>LOT A1-G-1, JALAN P8G, @AYER 8, PRESINT 8</t>
   </si>
   <si>
-    <t>293</t>
+    <t>417</t>
   </si>
   <si>
     <t>ZUL GUNTING ENTERPRISE</t>
   </si>
   <si>
     <t>A-G-06 BLOK A, JALAN P11 E, PRESINT 11</t>
   </si>
   <si>
-    <t>294</t>
+    <t>418</t>
   </si>
   <si>
     <t>NOOR HAZMIRA BINTI RAPIEN</t>
   </si>
   <si>
     <t>C1-LG-3, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>295</t>
+    <t>419</t>
   </si>
   <si>
     <t>NASI AYAM</t>
   </si>
   <si>
     <t>LOT 4 KAFETERIA, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>296</t>
+    <t>420</t>
   </si>
   <si>
     <t>AZ SMART BARBER SHOP</t>
   </si>
   <si>
     <t>C-G-04-1, JALAN P11 E, PRESINT 11</t>
   </si>
   <si>
-    <t>297</t>
+    <t>421</t>
   </si>
   <si>
     <t>YMZ RANTAU ENTERPRISE</t>
   </si>
   <si>
     <t>A3-T01-U05, JALAN P9B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>298</t>
+    <t>422</t>
   </si>
   <si>
     <t>RESTORAN AL-MALEK</t>
   </si>
   <si>
     <t>NO. 14G, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>299</t>
+    <t>423</t>
   </si>
   <si>
     <t>MINHAKIM TRAVELS SDN BHD</t>
   </si>
   <si>
     <t>LOT D-G-5,JALAN P8G,59,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>300</t>
+    <t>424</t>
   </si>
   <si>
     <t>MARMO KITCHEN SDN BHD</t>
   </si>
   <si>
     <t>C1-G-02, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>301</t>
+    <t>425</t>
   </si>
   <si>
     <t>PAK TAM KATERING SDN. BHD.</t>
   </si>
   <si>
     <t>KAFETERIA HOSPITAL PUTRAJAYA, HOSPITAL PUTRAJAYA, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>302</t>
+    <t>426</t>
   </si>
   <si>
     <t>FZ FLORIST</t>
   </si>
   <si>
     <t>LOT KEDAI NO.K02, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>303</t>
+    <t>427</t>
   </si>
   <si>
     <t>AMARANTHUS LINE SDN BHD</t>
   </si>
   <si>
     <t>7-B, TINGKAT 2, JALAN KEDIDI P9G/7, PRESINT 9, 62250 PUTRAJAYA</t>
   </si>
   <si>
-    <t>304</t>
+    <t>428</t>
   </si>
   <si>
     <t>ESTIKA MEDISPA</t>
   </si>
   <si>
     <t>NO. B1-1-1, SHOP HOUSE 8C1, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>305</t>
-[...2 lines deleted...]
-    <t>RESTORAN HAMEED'S</t>
+    <t>429</t>
   </si>
   <si>
     <t>NO. 1, JALAN KEDIDI P9G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>306</t>
+    <t>430</t>
   </si>
   <si>
     <t>HOMST AYER SDN BHD</t>
   </si>
   <si>
     <t>LOT NO B2-LG-1, AYER@8, PRESINT 8</t>
   </si>
   <si>
-    <t>307</t>
+    <t>431</t>
   </si>
   <si>
     <t>MAALIMUT TANZEEL</t>
   </si>
   <si>
     <t>JALAN P8G1</t>
   </si>
   <si>
-    <t>308</t>
+    <t>432</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, JALAN P11/2, PRESINT 11</t>
   </si>
   <si>
-    <t>309</t>
+    <t>433</t>
   </si>
   <si>
     <t>ACARE CONCEPT STORE</t>
   </si>
   <si>
     <t>G-07, MENARA PERKESO PUTRAJAYA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>310</t>
+    <t>434</t>
   </si>
   <si>
     <t>G-06, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>311</t>
+    <t>435</t>
   </si>
   <si>
     <t>KLINIK HAIWAN DAN SURGERI KITTY'S CARE</t>
   </si>
   <si>
     <t>NO. 18, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>312</t>
+    <t>436</t>
   </si>
   <si>
     <t>TURBO BY TOMAZ</t>
   </si>
   <si>
     <t>LOT LG88-LG89, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>313</t>
+    <t>437</t>
   </si>
   <si>
     <t>3352, JALAN P11 A, PRESINT 11</t>
   </si>
   <si>
-    <t>314</t>
+    <t>438</t>
   </si>
   <si>
     <t>SRITI IBNU FALAH PUTRAJAYA</t>
   </si>
   <si>
     <t>14A, 16A &amp; 16B, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>315</t>
+    <t>439</t>
   </si>
   <si>
     <t>MY ART CENTRE</t>
   </si>
   <si>
     <t>L02-22, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>316</t>
+    <t>440</t>
   </si>
   <si>
     <t>MBG FRUITS</t>
   </si>
   <si>
     <t>UG-28, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>317</t>
+    <t>441</t>
   </si>
   <si>
     <t>SYED AMIR</t>
   </si>
   <si>
     <t>D-3-3, BLOK D, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>318</t>
+    <t>442</t>
   </si>
   <si>
     <t>C1-LG-01,JALAN P8G,59,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>319</t>
+    <t>443</t>
   </si>
   <si>
     <t>AZZKA PETRO ENTERPRISE</t>
   </si>
   <si>
     <t>LOT PT 3352, HSM 3568, JALAN P11A, PRESINT 11</t>
   </si>
   <si>
-    <t>320</t>
+    <t>444</t>
   </si>
   <si>
     <t>KDFAH GLOBAL SERVICES</t>
   </si>
   <si>
     <t>NO. 22A (ROOM 5), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>321</t>
+    <t>445</t>
   </si>
   <si>
     <t>QEMANGI</t>
   </si>
   <si>
     <t>ARAS G, WISMA TANI BLOK 4G1, WISMA TANI, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>322</t>
+    <t>446</t>
   </si>
   <si>
     <t>SYARIKAT TAKAFUL MALAYSIA KELUARGA BERHAD</t>
   </si>
   <si>
     <t>LOT 05, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>323</t>
+    <t>447</t>
   </si>
   <si>
     <t>NO A1-2-2, AYER@8, JALAN P8G</t>
   </si>
   <si>
-    <t>324</t>
+    <t>448</t>
   </si>
   <si>
     <t>SIS TECHNOLOGY (M) SDN BHD</t>
   </si>
   <si>
     <t>UNIT D-2-5 (2),JALAN P8 G,137,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>325</t>
+    <t>449</t>
   </si>
   <si>
     <t>SGT VENTURES SDN BHD</t>
   </si>
   <si>
     <t>UNIT D-2-5, AYER@8, JALAN P8 G, PRESINT 8</t>
   </si>
   <si>
-    <t>326</t>
+    <t>450</t>
   </si>
   <si>
     <t>AYER@8 PARKING MANAGEMENT</t>
   </si>
   <si>
     <t>M1-B1-5, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>327</t>
+    <t>451</t>
   </si>
   <si>
     <t>CITRA TRAVEL NETWORK SDN BHD</t>
   </si>
   <si>
     <t>8B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>328</t>
+    <t>452</t>
   </si>
   <si>
     <t>NAZIR AGENCIES</t>
   </si>
   <si>
-    <t>329</t>
-[...2 lines deleted...]
-    <t>330</t>
+    <t>453</t>
+  </si>
+  <si>
+    <t>454</t>
   </si>
   <si>
     <t>KOPRIMA TRAVEL</t>
   </si>
   <si>
     <t>NO21B, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>331</t>
+    <t>455</t>
   </si>
   <si>
     <t>DANDY LAUNDRY</t>
   </si>
   <si>
     <t>NO 1,JALAN TEMPUA P9 B/1,74,PRESINT 9,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>332</t>
+    <t>456</t>
   </si>
   <si>
     <t>NO. 3A, JALAN P9 B1/2, PRESINT 9</t>
   </si>
   <si>
-    <t>333</t>
+    <t>457</t>
   </si>
   <si>
     <t>ADIB LAUNDRY</t>
   </si>
   <si>
     <t>BLOK D, PERUMAHAN PENJAWAT AWAM FASA 5R4, JALAN P5 A/5</t>
   </si>
   <si>
-    <t>334</t>
+    <t>458</t>
   </si>
   <si>
     <t>ANTARA UNGGUL ENTERPRISE</t>
   </si>
   <si>
     <t>LOT KEDAI NO. K01, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>335</t>
+    <t>459</t>
   </si>
   <si>
     <t>FARMASI LP SDN BHD</t>
   </si>
   <si>
     <t>KEDAI 2, ARAS 3, INSTITUT KANSER NEGARA, JALAN P7, PRESINT 7, 62250 PUTRAJAYA</t>
   </si>
   <si>
-    <t>336</t>
+    <t>460</t>
   </si>
   <si>
     <t>NASRUN MAJU RESOURCES</t>
   </si>
   <si>
     <t>LOT GERAI NO. G13, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>337</t>
+    <t>461</t>
   </si>
   <si>
     <t>ALI'S ICE CREAM GULA APONG</t>
   </si>
   <si>
     <t>NO.2, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>338</t>
+    <t>462</t>
   </si>
   <si>
     <t>MAYLAND AVENUE SDN BHD</t>
   </si>
   <si>
     <t>LOT 3C5, JALAN TUN ABDUL RAZAK, PRESINT 3</t>
   </si>
   <si>
-    <t>339</t>
+    <t>463</t>
   </si>
   <si>
     <t>KURUNG MELAYU ASLI TRAVEL &amp; TOURS SDN. BHD.</t>
   </si>
   <si>
     <t>D-1-6, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>340</t>
+    <t>464</t>
   </si>
   <si>
     <t>KHAIRUL ANUAR</t>
   </si>
   <si>
     <t>NO. 11A,JALAN JATI BUKIT P11/25,PRESINT 11,62300,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>341</t>
+    <t>465</t>
   </si>
   <si>
     <t>KOPERASI SURUHANJAYA PENCEGAHAN RASUAH MALAYSIA BHD.</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA, LEBUH WAWASAN, PRESINT 7</t>
   </si>
   <si>
-    <t>342</t>
-[...2 lines deleted...]
-    <t>MENTROL MARINE SDN BHD</t>
+    <t>466</t>
+  </si>
+  <si>
+    <t>MNL MARINE SDN BHD</t>
   </si>
   <si>
     <t>NO. 11B, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>343</t>
+    <t>467</t>
   </si>
   <si>
     <t>CHEF EWAN CAFE</t>
   </si>
   <si>
     <t>NO G12, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>344</t>
+    <t>468</t>
   </si>
   <si>
     <t>NHR UNITED RESOURCES</t>
   </si>
   <si>
     <t>LOT 1 KAFETERIA, KOMPLEKS PERBADANAN PUTRAJAYA, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>345</t>
+    <t>469</t>
   </si>
   <si>
     <t>BAHAR BIN HURMIN</t>
   </si>
   <si>
     <t>LOT G14 (ARAS ATAS), MEDAN SELERA, JALAN PC,PRESINT 8</t>
   </si>
   <si>
-    <t>346</t>
+    <t>470</t>
   </si>
   <si>
     <t>PUSTAKA RAWANG</t>
   </si>
   <si>
     <t>UNIT U.02-1, JALAN P9E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>347</t>
+    <t>471</t>
   </si>
   <si>
     <t>BLOCK C-T.00-U.07, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>348</t>
+    <t>472</t>
   </si>
   <si>
     <t>NO 27 &amp; 27A, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>349</t>
+    <t>473</t>
   </si>
   <si>
     <t>NO 3, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>350</t>
+    <t>474</t>
   </si>
   <si>
     <t>SHARIFAH KITCHEN</t>
   </si>
   <si>
     <t>GERAI NO. 4, KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>351</t>
+    <t>475</t>
   </si>
   <si>
     <t>MR DIY</t>
   </si>
   <si>
     <t>G-01, G-02, G-03, G-03A, G-03B, 11 DAN 12,JALAN TUN ABDUL RAZAK,88,PRESINT 3,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>352</t>
+    <t>476</t>
   </si>
   <si>
     <t>BIG BAZAAR RETAIL SDN BHD</t>
   </si>
   <si>
     <t>NO 26, 25, 24 BAZAAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>353</t>
+    <t>477</t>
   </si>
   <si>
     <t>PRINT8</t>
   </si>
   <si>
     <t>NO.14 TINGKAT ATAS PASAR AWAM, JALAN P8 D, PRESINT 8</t>
   </si>
   <si>
-    <t>354</t>
+    <t>478</t>
   </si>
   <si>
     <t>SIERRAFORCE PROTECTION SDN BHD</t>
   </si>
   <si>
     <t>NO 26A,JALAN P8G1,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>355</t>
+    <t>479</t>
   </si>
   <si>
     <t>AM TO PM EDGE SDN BHD</t>
   </si>
   <si>
     <t>C1-G-3A, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>356</t>
+    <t>480</t>
   </si>
   <si>
     <t>MINIMART 1, KAFETERIA ARAS 1, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>357</t>
+    <t>481</t>
   </si>
   <si>
     <t>LOT NO. 01 AND 02 (KIOSK), AYER@8, PRESINT 8</t>
   </si>
   <si>
-    <t>358</t>
+    <t>482</t>
   </si>
   <si>
     <t>UNIT A-G-R10 &amp; A-G-R11, BLOCK A, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>359</t>
+    <t>483</t>
   </si>
   <si>
     <t>DIVERSIFIED RESEARCH SDN. BHD.</t>
   </si>
   <si>
     <t>ARAS BAWAH BLOK UTARA, BANGUNAN PERBENDAHARAAN 2, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>360</t>
-[...8 lines deleted...]
-    <t>361</t>
+    <t>484</t>
+  </si>
+  <si>
+    <t>485</t>
   </si>
   <si>
     <t>PASAR RAYA TAFAZ MAJU</t>
   </si>
   <si>
     <t>NO 3 JALAN MELINJAU, JALAN P11 E/1, PRESINT 11</t>
   </si>
   <si>
-    <t>362</t>
+    <t>486</t>
   </si>
   <si>
     <t>BLOK A -T00-F1, JALAN P11E, PRESINT 11</t>
   </si>
   <si>
-    <t>363</t>
+    <t>487</t>
   </si>
   <si>
     <t>NO. 4 &amp; 5, RUMAH KEDAI MAMPU MILIK, JALAN P9B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>364</t>
+    <t>488</t>
   </si>
   <si>
     <t>CITY COIN TECHNOLOGY BERHAD</t>
   </si>
   <si>
     <t>BLOK A-T00-U01, NO.1, JALAN P8C/2, PRESINT 8</t>
   </si>
   <si>
-    <t>365</t>
+    <t>489</t>
   </si>
   <si>
     <t>COSMO RESTAURANTS SDN BHD</t>
   </si>
   <si>
     <t>UNIT G-03 &amp; G-04, MENARA PERKESO PUTRAJAYA, NO. 6, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>366</t>
+    <t>490</t>
   </si>
   <si>
     <t>NO. 16, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>367</t>
+    <t>491</t>
   </si>
   <si>
     <t>ROTI BAHGDAD PUTRAJAYA</t>
   </si>
   <si>
     <t>LOT GERAI GI 04, MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>368</t>
+    <t>492</t>
   </si>
   <si>
     <t>TEXAS CHICKEN</t>
   </si>
   <si>
     <t>CALTEX PUTRAJAYA, LOT 333, JALAN P8 H, PRESINT 8</t>
   </si>
   <si>
-    <t>369</t>
+    <t>493</t>
   </si>
   <si>
     <t>LAUNDRYBAR</t>
   </si>
   <si>
     <t>NO. 15, GROUND FLOOR BAZAR@8 JALAN SELUANG P8/7 PRESINT 8 62250 PUTRAJAYA</t>
   </si>
   <si>
-    <t>370</t>
+    <t>494</t>
   </si>
   <si>
     <t>HEALTH LANE FAMILY PHARMACY SDN BHD</t>
   </si>
   <si>
     <t>NO. 19, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>371</t>
+    <t>495</t>
   </si>
   <si>
     <t>BAKARA RESOURCES</t>
   </si>
   <si>
     <t>L02-88, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>372</t>
+    <t>496</t>
   </si>
   <si>
     <t>MCT GLOBAL TOURS</t>
   </si>
   <si>
     <t>L02-58, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>373</t>
+    <t>497</t>
   </si>
   <si>
     <t>BOOST JUICE BARS</t>
   </si>
   <si>
     <t>OS16, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>374</t>
+    <t>498</t>
   </si>
   <si>
     <t>ETIQA FAMILY TAKAFUL BERHAD</t>
   </si>
   <si>
     <t>NO. 15 &amp; 15A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>375</t>
+    <t>499</t>
   </si>
   <si>
     <t>BREAD HISTORY</t>
   </si>
   <si>
     <t>LOT LG34, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>376</t>
+    <t>500</t>
   </si>
   <si>
     <t>CZ ENERGY SDN BHD</t>
   </si>
   <si>
     <t>T.01-U.05-1, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>377</t>
+    <t>501</t>
   </si>
   <si>
     <t>JOM CUCI PPAM JINTAN</t>
   </si>
   <si>
     <t>LOT 5, JALAN KANDIS P16, PRESINT 16</t>
   </si>
   <si>
-    <t>378</t>
-[...2 lines deleted...]
-    <t>KOPIESATU</t>
+    <t>502</t>
   </si>
   <si>
     <t>MS 10, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>379</t>
+    <t>503</t>
   </si>
   <si>
     <t>NHSAY ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 6-G, JALAN P11E/5, PRESINT 11 , 62300 PUTRAJAYA</t>
   </si>
   <si>
-    <t>380</t>
+    <t>504</t>
   </si>
   <si>
     <t>GOLDEN SCOOP SDN BHD</t>
   </si>
   <si>
     <t>BASKIN ROBBINS, LOT PT 1809, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>381</t>
+    <t>505</t>
   </si>
   <si>
     <t>R.A.M TRAVEL &amp; TOURS SDN. BHD.</t>
   </si>
   <si>
     <t>BLOK A-T02-U07, JALAN P8C/2, PRESINT 8</t>
   </si>
   <si>
-    <t>382</t>
+    <t>506</t>
   </si>
   <si>
     <t>TADIKA MUKMIN BESTARI</t>
   </si>
   <si>
     <t>N0.6, JALAN P16 G, PRESINT 16</t>
   </si>
   <si>
-    <t>383</t>
+    <t>507</t>
   </si>
   <si>
     <t>ORION APOTHEC SDN BHD</t>
   </si>
   <si>
     <t>LOT A2-G-5A, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>384</t>
+    <t>508</t>
   </si>
   <si>
     <t>NASI KUKUS WARISAN AMBO</t>
   </si>
   <si>
     <t>LOT GERAI NO.G01, MEDAN SELERA P8, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>385</t>
+    <t>509</t>
   </si>
   <si>
     <t>NASI AYAM BEREMPAH SUP MELETOP</t>
   </si>
   <si>
     <t>3 LOT PT 12305, FOOD VALET PUTRAJAYA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>386</t>
+    <t>510</t>
   </si>
   <si>
     <t>MUTIARA HIDAYAH RESOURCES</t>
   </si>
   <si>
     <t>LOT GERAI MINUMAN, KOMPLEKS KEJIRANAN PRESINT 11, JALAN P11, PRESINT 11</t>
   </si>
   <si>
-    <t>387</t>
+    <t>511</t>
   </si>
   <si>
     <t>GERBANG ALAF RESTAURANTS SDN. BHD.</t>
   </si>
   <si>
     <t>LOT 7 (2M1), JALAN P2N, PRESINT 2</t>
   </si>
   <si>
-    <t>388</t>
+    <t>512</t>
   </si>
   <si>
     <t>PRIMER CAPITAL SDN BHD</t>
   </si>
   <si>
     <t>No. 20, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>389</t>
+    <t>513</t>
   </si>
   <si>
     <t>GARUD SECURITY</t>
   </si>
   <si>
     <t>D-03-05, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>390</t>
+    <t>514</t>
   </si>
   <si>
     <t>KOPERASI KOSWIP MALAYSIA BERHAD</t>
   </si>
   <si>
     <t>BLOK A-T01-U08, JALAN P8 C/2, PRESINT 8</t>
   </si>
   <si>
-    <t>391</t>
+    <t>515</t>
   </si>
   <si>
     <t>TADIKA VONAD SDN BHD</t>
   </si>
   <si>
     <t>PUSAT KOMUNITI, KUARTERS KEDIAMAN KAKITANGAN AWAM, FASA 7, JALAN P9 C/1, PRESINT 9</t>
   </si>
   <si>
-    <t>392</t>
+    <t>516</t>
   </si>
   <si>
     <t>ROZIATY</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, JALAN P9F, PRESINT 9</t>
   </si>
   <si>
-    <t>393</t>
+    <t>517</t>
   </si>
   <si>
     <t>NFINITY MUSCLE</t>
   </si>
   <si>
     <t>NO.2B, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>394</t>
+    <t>518</t>
   </si>
   <si>
     <t>ABE MAT AYAM CINCANG</t>
   </si>
   <si>
     <t>KAFETERIA LOT 4 DI ARAS BAWAH, BLOK F8, PARCEL F, PRESINT 1, WILAYAH PERSEKUTUAN PUTRAJAYA, LEBUH PERDANA TIMUR A, PRESINT 1</t>
   </si>
   <si>
-    <t>395</t>
+    <t>519</t>
   </si>
   <si>
     <t>THAI TOM YAM KUNG</t>
   </si>
   <si>
     <t>NO. A1-G-5, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>396</t>
+    <t>520</t>
   </si>
   <si>
     <t>DARUSSALAM SERVICES (M) SDN.BHD.</t>
   </si>
   <si>
     <t>T.01-U4-1 &amp; T.01-U4-2, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>397</t>
+    <t>521</t>
   </si>
   <si>
     <t>PASARAYA DARUSSALAM SDN. BHD.</t>
   </si>
   <si>
     <t>LOT NO K02, KOMPLEKS TEMPAT LETAK KERETA BERTINGKAT, LINGKARAN GEMILANG SATU, PRESINT 4</t>
   </si>
   <si>
-    <t>398</t>
-[...2 lines deleted...]
-    <t>399</t>
+    <t>522</t>
+  </si>
+  <si>
+    <t>523</t>
   </si>
   <si>
     <t>T.00.U-6, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>400</t>
+    <t>524</t>
   </si>
   <si>
     <t>RESTORAN DARUSSALAM SDN BHD</t>
   </si>
   <si>
     <t>D-28 &amp; D-29, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>401</t>
+    <t>525</t>
   </si>
   <si>
     <t>4, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>402</t>
+    <t>526</t>
   </si>
   <si>
     <t>7 &amp; 8, JALAN P9 G/7, PRESINT 9</t>
   </si>
   <si>
-    <t>403</t>
+    <t>527</t>
   </si>
   <si>
     <t>NEO ASSET SDN BHD</t>
   </si>
   <si>
     <t>NO. L02-42, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>404</t>
+    <t>528</t>
   </si>
   <si>
     <t>AMANAH SAHAM NASIONAL BERHAD</t>
   </si>
   <si>
     <t>A-G-R4, A-G-R5, A-G-R6 &amp; A-G-R7, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>405</t>
+    <t>529</t>
   </si>
   <si>
     <t>MY HERO HYPERMARKET SDN. BHD.</t>
   </si>
   <si>
-    <t>406</t>
+    <t>530</t>
   </si>
   <si>
     <t>TADIKA VONAD PRESINT 11</t>
   </si>
   <si>
     <t>NO. 121, JALAN JATI BUKIT P11/4, PRESINT 11</t>
   </si>
   <si>
-    <t>407</t>
+    <t>531</t>
   </si>
   <si>
     <t>KEDAI GUNTING RAMBUT</t>
   </si>
   <si>
     <t>PUSAT KOMUNITI, KUARTERS KEDIAMAN KAKITANGAN AWAM, FASA 3, JALAN P9 G/1, PRESINT 9</t>
   </si>
   <si>
-    <t>408</t>
+    <t>532</t>
   </si>
   <si>
     <t>COLD STORAGE ALAMANDA PUTRAJAYA</t>
   </si>
   <si>
     <t>LG 101B, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>409</t>
+    <t>533</t>
   </si>
   <si>
     <t>D NELAYAN KITCHEN SDN BHD</t>
   </si>
   <si>
     <t>LOT C1-G-5 AYER@8, AYER@8, PRESINT 8</t>
   </si>
   <si>
-    <t>410</t>
+    <t>534</t>
   </si>
   <si>
     <t>RESTORAN MR. KABAB &amp; BIRYANI</t>
   </si>
   <si>
     <t>NO. 38, 40, 42 &amp; 44, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>411</t>
+    <t>535</t>
   </si>
   <si>
     <t>F J BENJAMIN (M) SDN BHD</t>
   </si>
   <si>
     <t>LG 49 &amp; LG 50, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>412</t>
+    <t>536</t>
   </si>
   <si>
     <t>HAIM TECH ENGINEERING</t>
   </si>
   <si>
     <t>NO. 55C ROOM 1, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>413</t>
+    <t>537</t>
   </si>
   <si>
     <t>LOT LG53, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>414</t>
+    <t>538</t>
   </si>
   <si>
     <t>MHV HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>NO. 22A (ROOM 3), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>415</t>
+    <t>539</t>
   </si>
   <si>
     <t>DAPUR GEPUK &amp; MASAKAN PANAS</t>
   </si>
   <si>
     <t>LOT GERAI NO. 3, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>416</t>
+    <t>540</t>
   </si>
   <si>
     <t>BERSIH BUMI SDN BHD</t>
   </si>
   <si>
     <t>TAPAK PARK &amp; RIDE, JALAN P14L, PRESINT 14</t>
   </si>
   <si>
-    <t>417</t>
-[...2 lines deleted...]
-    <t>TADIKA MUHAMMAD AL FATEH</t>
+    <t>541</t>
   </si>
   <si>
     <t>16, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>418</t>
+    <t>542</t>
   </si>
   <si>
     <t>BERJAYA STARBUCKS COFFEE COMPANY (M) SDN BHD</t>
   </si>
   <si>
     <t>NO. 1, KEMENTERIAN PEMBANGUNAN DAN KERAJAAN TEMPATAN, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>419</t>
+    <t>543</t>
   </si>
   <si>
     <t>DAYANG SARAWAK CORNER CAFE</t>
   </si>
   <si>
     <t>NO 2, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>420</t>
+    <t>544</t>
   </si>
   <si>
     <t>M.A. BASIR</t>
   </si>
   <si>
     <t>RUANG KEDAI RUNCIT BLOK B, KUARTERS KEDIAMAN KAKITANGAN AWAM ZON 4A, JALAN P11 J, PRESINT 11</t>
   </si>
   <si>
-    <t>421</t>
+    <t>545</t>
   </si>
   <si>
     <t>AL - FIRDOUS WHOLESALE SDN BHD</t>
   </si>
   <si>
     <t>NO 6, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>422</t>
+    <t>546</t>
   </si>
   <si>
     <t>Z' CAFE</t>
   </si>
   <si>
     <t>RUANG KAFETERIA, PUSAT KOMUNITI KUARTERS JENIS APARTMENT FASA 11, JALAN P9 F, PRESINT 9</t>
   </si>
   <si>
-    <t>423</t>
+    <t>547</t>
   </si>
   <si>
     <t>DACO PETSMART SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 91, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>424</t>
+    <t>548</t>
   </si>
   <si>
     <t>GHILANI ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 20A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>425</t>
+    <t>549</t>
   </si>
   <si>
     <t>JUNGLEBOOK SDN BHD</t>
   </si>
   <si>
     <t>NO 15, 16 &amp; 17, JALAN P4 W, PRESINT 4</t>
   </si>
   <si>
-    <t>426</t>
+    <t>550</t>
   </si>
   <si>
     <t>CHAKRI PALACE THAI ROYAL</t>
   </si>
   <si>
     <t>LOT G50, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>427</t>
+    <t>551</t>
   </si>
   <si>
     <t>COSMO GOODNESS MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 36, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>428</t>
+    <t>552</t>
   </si>
   <si>
     <t>TASKA VONAD SDN BHD</t>
   </si>
   <si>
     <t>RUANG BILIK BACAAN, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>429</t>
+    <t>553</t>
   </si>
   <si>
     <t>RUANG TASKA, BLOK B, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>430</t>
+    <t>554</t>
   </si>
   <si>
     <t>KOPERASI PEGAWAI-PEGAWAI MELAYU JABATAN PERTANIAN BERHAD</t>
   </si>
   <si>
     <t>NO. 21A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>431</t>
+    <t>555</t>
   </si>
   <si>
     <t>QAUSAR BINAHARTA SDN BHD</t>
   </si>
   <si>
     <t>L02-73, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>432</t>
+    <t>556</t>
   </si>
   <si>
     <t>SCIENOTECH SDN BHD</t>
   </si>
   <si>
     <t>NO. C-T.02-U05, C-T.02-U.06, C-T.01-U.06, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>433</t>
+    <t>557</t>
   </si>
   <si>
     <t>EYEZ OPTOMETRY HOLDINGS SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 16, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>434</t>
+    <t>558</t>
   </si>
   <si>
     <t>202303116416</t>
   </si>
   <si>
     <t>LOT S2, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>435</t>
+    <t>559</t>
   </si>
   <si>
     <t>ME MALL SOLUTION</t>
   </si>
   <si>
     <t>LOT S1, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>436</t>
+    <t>560</t>
   </si>
   <si>
     <t>99 SPEED MART SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 22 &amp; 24, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>437</t>
+    <t>561</t>
   </si>
   <si>
     <t>NO. 6 &amp; 7, BAZAR@8, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>438</t>
+    <t>562</t>
   </si>
   <si>
     <t>NO. 6 &amp; 7, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>439</t>
+    <t>563</t>
   </si>
   <si>
     <t>T.00-U.01, NO. 1, JALAN P9 E/1, PRESINT 9</t>
   </si>
   <si>
-    <t>440</t>
+    <t>564</t>
   </si>
   <si>
     <t>DOMMAL FOOD SERVICES SDN. BHD.</t>
   </si>
   <si>
     <t>NO.3, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>441</t>
+    <t>565</t>
   </si>
   <si>
     <t>CB FRANCHISING SDN BHD</t>
   </si>
   <si>
     <t>48, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>442</t>
+    <t>566</t>
   </si>
   <si>
     <t>MATRAZ ENTERPRISE</t>
   </si>
   <si>
     <t>NO 35, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>443</t>
+    <t>567</t>
   </si>
   <si>
     <t>NO. 31,JALAN INDUSTRI PUTRA 1,PRESINT 14,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>444</t>
+    <t>568</t>
   </si>
   <si>
     <t>KIDS CASTLE</t>
   </si>
   <si>
     <t>LOT TASKA DAN TADIKA, PPAM SADERI, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>445</t>
+    <t>569</t>
   </si>
   <si>
     <t>G-K02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>446</t>
+    <t>570</t>
   </si>
   <si>
     <t>SULAINI</t>
   </si>
   <si>
     <t>LOT S8, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>447</t>
+    <t>571</t>
   </si>
   <si>
     <t>AF BAMBOO BARBERSHOP</t>
   </si>
   <si>
     <t>NO. 1A, JALAN P11 E/1, PRESINT 11</t>
   </si>
   <si>
-    <t>448</t>
+    <t>572</t>
   </si>
   <si>
     <t>EZ ADVANCED CONCEPT</t>
   </si>
   <si>
     <t>LOT G-015, JALAN MASJID PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>449</t>
+    <t>573</t>
+  </si>
+  <si>
+    <t>OPENSOFT</t>
+  </si>
+  <si>
+    <t>NO 10A, JALAN DIPLOMATIK, PRESINT 15</t>
+  </si>
+  <si>
+    <t>574</t>
   </si>
   <si>
     <t>DUNKIN DONUTS</t>
   </si>
   <si>
     <t>LOT K2041-2, PUTRAJAYA SENTRAL MRT STATION, JALAN P7A, PRESINT 7, JALAN P7 A, PRESINT 7</t>
   </si>
   <si>
-    <t>450</t>
+    <t>575</t>
   </si>
   <si>
     <t>PUTRAJAYA INTERNATIONAL CONVENTION CENTRE, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>451</t>
+    <t>576</t>
   </si>
   <si>
     <t>GUARDIAN HEALTH AND BEAUTY SDN. BHD.</t>
   </si>
   <si>
     <t>BLOCK C-T00-U01, NO. 1, JALAN P8D, PRESINT 8</t>
   </si>
   <si>
-    <t>452</t>
+    <t>577</t>
   </si>
   <si>
     <t>RNL ENTERPRISE</t>
   </si>
   <si>
     <t>5A &amp; 5B LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>453</t>
+    <t>578</t>
   </si>
   <si>
     <t>VILLAGE BAKERY</t>
   </si>
   <si>
     <t>LOT 3, JALAN P17, PRESINT 17</t>
   </si>
   <si>
-    <t>454</t>
+    <t>579</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>LOT S5, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>455</t>
+    <t>580</t>
   </si>
   <si>
     <t>JV GELIGA TRANSMISI RESOURCES</t>
   </si>
   <si>
     <t>NO. 4, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>456</t>
+    <t>581</t>
   </si>
   <si>
     <t>GLORIA JEANS COFFEE PARCEL F</t>
   </si>
   <si>
     <t>LOT FF3, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>457</t>
+    <t>582</t>
   </si>
   <si>
     <t>SEKOLAH AL-FAIZEEN</t>
   </si>
   <si>
     <t>1, 1A, 2A, 3A &amp; 4A, JALAN P18 F, PRESINT 18</t>
   </si>
   <si>
-    <t>458</t>
+    <t>583</t>
   </si>
   <si>
     <t>MAT ROCK AYAM GORENG KUNYIT</t>
   </si>
   <si>
     <t>NO. 10, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>459</t>
+    <t>584</t>
   </si>
   <si>
     <t>KK SUPERMART &amp; SUPERSTORE SDN BHD</t>
   </si>
   <si>
     <t>C-01-21, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>460</t>
+    <t>585</t>
   </si>
   <si>
     <t>MEGASOLVE SDN BHD</t>
   </si>
   <si>
     <t>NO.53A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>461</t>
+    <t>586</t>
   </si>
   <si>
     <t>CILI KAMPUNG RESTAURANT SDN BHD</t>
   </si>
   <si>
     <t>LOT G91, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>462</t>
+    <t>587</t>
   </si>
   <si>
     <t>KAFE JALUR BERINGIN</t>
   </si>
   <si>
     <t>B-G-R15, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>463</t>
+    <t>588</t>
   </si>
   <si>
     <t>SOLARIS ONE ENTERPRISE</t>
   </si>
   <si>
     <t>PUSAT KOMUNITI PANGSAPURI FASA 3, JALAN P9 G, PRESINT 9</t>
   </si>
   <si>
-    <t>464</t>
+    <t>589</t>
   </si>
   <si>
     <t>DAUS TAILOR SHOP</t>
   </si>
   <si>
     <t>LOT KEDAI NO. K02, KOMPLEKS KEJIRANAN PRESINT 16, JALAN P16 D/1, PRESINT 16</t>
   </si>
   <si>
-    <t>465</t>
+    <t>590</t>
   </si>
   <si>
     <t>MEELA - HIDANGAN CINA MUSLIM LANZHOU MI TARIK</t>
   </si>
   <si>
     <t>2 LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>466</t>
+    <t>591</t>
   </si>
   <si>
     <t>SING KENG HENG SDN BHD</t>
   </si>
   <si>
     <t>NO.95, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>467</t>
+    <t>592</t>
   </si>
   <si>
     <t>SAKINAH</t>
   </si>
   <si>
     <t>NO. C1-G-01, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>468</t>
+    <t>593</t>
   </si>
   <si>
     <t>ORLIN ACADEMY SDN BHD</t>
   </si>
   <si>
     <t>10A,10B &amp; 12A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>469</t>
+    <t>594</t>
   </si>
   <si>
     <t>BLOK C, T00-U06, JALAN P8C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>470</t>
+    <t>595</t>
   </si>
   <si>
     <t>BRISTOL LAUNDERETTE ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 62, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>471</t>
+    <t>596</t>
   </si>
   <si>
     <t>MIRLIA BRANDS ENTERPRISE</t>
   </si>
   <si>
     <t>UNIT 6, JALAN VENNA P5/2, PRESINT 5</t>
   </si>
   <si>
-    <t>472</t>
+    <t>597</t>
   </si>
   <si>
     <t>MAP ACTIVE MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG83, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>473</t>
+    <t>598</t>
   </si>
   <si>
     <t>NO. 22A (ROOM 1), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>474</t>
+    <t>599</t>
   </si>
   <si>
     <t>NO. 70, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>475</t>
+    <t>600</t>
   </si>
   <si>
     <t>ROZAIMI OPTOMETRIST SDN. BHD.</t>
   </si>
   <si>
     <t>NO.19, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>476</t>
+    <t>601</t>
   </si>
   <si>
     <t>LIANGXINSPA SDN. BHD.</t>
   </si>
   <si>
     <t>11A, 11B, 11C, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>477</t>
+    <t>602</t>
   </si>
   <si>
     <t>BANK SIMPANAN NASIONAL</t>
   </si>
   <si>
-    <t>478</t>
+    <t>603</t>
   </si>
   <si>
     <t>NO.5-LG, JALAN P16/1, PRESINT 16</t>
   </si>
   <si>
-    <t>479</t>
+    <t>604</t>
   </si>
   <si>
     <t>NASI KANDAR UTARA</t>
   </si>
   <si>
     <t>LOT R34, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>480</t>
+    <t>605</t>
   </si>
   <si>
     <t>MR CHEF A.H. KITCHEN ENTERPRISE</t>
   </si>
   <si>
     <t>KAFETERIA, BLOK 3, JALAN P11 H/7, PRESINT 11</t>
   </si>
   <si>
-    <t>481</t>
+    <t>606</t>
   </si>
   <si>
     <t>RK WESTERN</t>
   </si>
   <si>
     <t>NO.8, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>482</t>
-[...2 lines deleted...]
-    <t>TASKA KASIH TOK MI</t>
+    <t>607</t>
   </si>
   <si>
     <t>BLOK E12, KOMPLEKS E, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>483</t>
+    <t>608</t>
   </si>
   <si>
     <t>KEMENTERIAN PEMBANGUNAN USAHAWAN, BLOK E4/5, KOMPLEKS E, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>484</t>
+    <t>609</t>
   </si>
   <si>
     <t>ALLIANCE CREATIVE</t>
   </si>
   <si>
     <t>L02-92, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>485</t>
+    <t>610</t>
   </si>
   <si>
     <t>GERAI NO .6 MEDAN SELERA PRESINT 16</t>
   </si>
   <si>
     <t>G06,JALAN P16G,182,PRESINT 16,62150,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>486</t>
+    <t>611</t>
   </si>
   <si>
     <t>MYCU RETAIL SDN BHD</t>
   </si>
   <si>
     <t>KAFETERIA HOSPITAL PUTRAJAYA, JALAN P7, PRESINT 7</t>
   </si>
   <si>
-    <t>487</t>
+    <t>612</t>
   </si>
   <si>
     <t>UNA CROP</t>
   </si>
   <si>
     <t>NO. 3B, JALAN KEDAH, PRESINT 15, PRESINT 15</t>
   </si>
   <si>
-    <t>488</t>
+    <t>613</t>
   </si>
   <si>
     <t>SIFON FURNITURE CONCEPT SDN BHD</t>
   </si>
   <si>
     <t>NO. 6, 6A &amp; 6B, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>489</t>
-[...8 lines deleted...]
-    <t>490</t>
+    <t>614</t>
+  </si>
+  <si>
+    <t>615</t>
   </si>
   <si>
     <t>TASKA KREATIF KAMPUS</t>
   </si>
   <si>
     <t>NO. 2, JALAN P9 G1/1, PRESINT 9</t>
   </si>
   <si>
-    <t>491</t>
+    <t>616</t>
   </si>
   <si>
     <t>BRO'S BARBERSHOP</t>
   </si>
   <si>
     <t>LOT 5, JALAN KASTURI, PRESINT 17</t>
   </si>
   <si>
-    <t>492</t>
-[...2 lines deleted...]
-    <t>NASI KANDAR SULAIMAN SIGNATURE</t>
+    <t>617</t>
+  </si>
+  <si>
+    <t>NASI KANDAR HIDAYAH MAJU</t>
   </si>
   <si>
     <t>NO. 2, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>493</t>
+    <t>618</t>
   </si>
   <si>
     <t>HAPPY POTATO</t>
   </si>
   <si>
     <t>PT1442 PETRONAS PRESINT 9,62000 WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>494</t>
+    <t>619</t>
   </si>
   <si>
     <t>BUAR</t>
   </si>
   <si>
     <t>PIER 2A, JALAN KOMPLEKS PERDANA PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>495</t>
+    <t>620</t>
   </si>
   <si>
     <t>YIE HAIR STYLO</t>
   </si>
   <si>
     <t>KEDAI 1, JALAN P17, PRESINT 17</t>
   </si>
   <si>
-    <t>496</t>
+    <t>621</t>
   </si>
   <si>
     <t>PACAK ENTERPRISE</t>
   </si>
   <si>
     <t>NO 9, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>497</t>
+    <t>622</t>
   </si>
   <si>
     <t>TASKA SINARAN KASIH DUA</t>
   </si>
   <si>
     <t>LOT TASKA, LEBUH BESTARI, PRESINT 17</t>
   </si>
   <si>
-    <t>498</t>
+    <t>623</t>
   </si>
   <si>
     <t>AMR SOLUTION RESOURCES</t>
   </si>
   <si>
     <t>NO. 7, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>499</t>
+    <t>624</t>
   </si>
   <si>
     <t>ALAMANDA SHOPPING CENTRE</t>
   </si>
   <si>
     <t>LOT LG77, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>500</t>
+    <t>625</t>
   </si>
   <si>
     <t>EITIST SDN BHD</t>
   </si>
   <si>
     <t>32B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>501</t>
+    <t>626</t>
   </si>
   <si>
     <t>TFG CHILD CARE CENTRE</t>
   </si>
   <si>
     <t>NO. 12, JALAN P11 F/14, PRESINT 11</t>
   </si>
   <si>
-    <t>502</t>
+    <t>627</t>
   </si>
   <si>
     <t>NO. 8, JALAN P11 F/15, PRESINT 11</t>
   </si>
   <si>
-    <t>503</t>
+    <t>628</t>
   </si>
   <si>
     <t>NO. 1, JALAN P11 F/15, PRESINT 11</t>
   </si>
   <si>
-    <t>504</t>
+    <t>629</t>
   </si>
   <si>
     <t>(NASYRUL QURAN)</t>
   </si>
   <si>
     <t>NO.1, KOMPLEKS NASYRUL QURAN, JALAN P14 J</t>
   </si>
   <si>
-    <t>505</t>
+    <t>630</t>
   </si>
   <si>
     <t>SYSF ENTERPRISE</t>
   </si>
   <si>
     <t>GERAI NO. 4, RUANG KAFETERIA, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>506</t>
+    <t>631</t>
   </si>
   <si>
     <t>CHOOCHII CAR WASH &amp; DETAILING</t>
   </si>
   <si>
     <t>B2-014 &amp; B2-015, CAR PARK, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>507</t>
+    <t>632</t>
   </si>
   <si>
     <t>THINKING FOOD SERVICE SDN. BHD.</t>
   </si>
   <si>
     <t>UNIT B-G-R19, BLOK B, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>508</t>
+    <t>633</t>
   </si>
   <si>
     <t>HARMONY THERAPY CENTRE</t>
   </si>
   <si>
     <t>LOT KEDAI NO. K06, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>509</t>
+    <t>634</t>
   </si>
   <si>
     <t>KAFA AL AMIN ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 2A &amp; 4A, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>510</t>
+    <t>635</t>
   </si>
   <si>
     <t>MADAH</t>
   </si>
   <si>
-    <t>NO. 20, PERSIARAN PERDANA, PRESINT 2</t>
-[...2 lines deleted...]
-    <t>511</t>
+    <t>636</t>
   </si>
   <si>
     <t>APPLE GREEN PHARMACY</t>
   </si>
   <si>
     <t>L02-82, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>512</t>
+    <t>637</t>
   </si>
   <si>
     <t>D LAILA KITCHEN</t>
   </si>
   <si>
     <t>G04, MEDAN SELERA PRESINT 16, JALAN P16</t>
   </si>
   <si>
-    <t>513</t>
+    <t>638</t>
   </si>
   <si>
     <t>NASKEN INTERNATIONAL SDN BHD</t>
   </si>
   <si>
     <t>GF &amp; 1, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>514</t>
+    <t>639</t>
   </si>
   <si>
     <t>TBC ELEKTRIK SDN BHD</t>
   </si>
   <si>
     <t>NO. 92, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>515</t>
+    <t>640</t>
   </si>
   <si>
     <t>AZDPRO GLOBAL NETWORK SDN BHD</t>
   </si>
   <si>
     <t>LOT KAFETERIA, PODIUM 3, MENARA PETRA, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>516</t>
+    <t>641</t>
   </si>
   <si>
     <t>HONG KONG SASA (M) SDN. BHD.</t>
   </si>
   <si>
     <t>LG 61, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>517</t>
-[...2 lines deleted...]
-    <t>HANIYA MART</t>
+    <t>642</t>
   </si>
   <si>
     <t>T00-U02, KUARTERS JENIS PANGSAPURI FASA 18R4, JALAN P18 J, PRESINT 18</t>
   </si>
   <si>
-    <t>518</t>
+    <t>643</t>
   </si>
   <si>
     <t>NUZUL SERVICES SDN BHD</t>
   </si>
   <si>
     <t>100A, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>519</t>
-[...2 lines deleted...]
-    <t>7-ELEVEN MALAYSIA SDN BHD</t>
+    <t>644</t>
   </si>
   <si>
     <t>LOT NWR-2, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>520</t>
+    <t>645</t>
   </si>
   <si>
     <t>LOT 333, JALAN P8H, PRESINT 8</t>
   </si>
   <si>
-    <t>521</t>
+    <t>646</t>
   </si>
   <si>
     <t>A-5 (GF), BLOCK A, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>522</t>
+    <t>647</t>
   </si>
   <si>
     <t>NO. 5 (GF), JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>523</t>
+    <t>648</t>
   </si>
   <si>
     <t>SH 6, JALAN P9B/1A, PRESINT 9</t>
   </si>
   <si>
-    <t>524</t>
+    <t>649</t>
   </si>
   <si>
     <t>BLOK C-T.00-U.08 (GF), JALAN P8C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>525</t>
+    <t>650</t>
   </si>
   <si>
     <t>REST N GO APP SDN BHD</t>
   </si>
   <si>
     <t>C-005, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>526</t>
-[...2 lines deleted...]
-    <t>527</t>
+    <t>651</t>
+  </si>
+  <si>
+    <t>652</t>
   </si>
   <si>
     <t>G-01, JALAN TEJA P18B, PRESINT 18</t>
   </si>
   <si>
-    <t>528</t>
+    <t>653</t>
   </si>
   <si>
     <t>LUMUT HATI</t>
   </si>
   <si>
     <t>UNIT 7, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>529</t>
+    <t>654</t>
   </si>
   <si>
     <t>AIRSTAR (M) SDN BHD</t>
   </si>
   <si>
     <t>Z1-08-03, BLOK Z1, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>530</t>
+    <t>655</t>
   </si>
   <si>
     <t>ANS STATION</t>
   </si>
   <si>
     <t>KAFETERIA CA-5, BLOK 2, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>531</t>
+    <t>656</t>
   </si>
   <si>
     <t>6-1 BLOK 6, JALAN KAJANGAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>532</t>
+    <t>657</t>
   </si>
   <si>
     <t>RIZA RIZKI</t>
   </si>
   <si>
     <t>LOT NO.5, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>533</t>
+    <t>658</t>
   </si>
   <si>
     <t>PYROFORCE RESOURCES SDN BHD</t>
   </si>
   <si>
     <t>NO. 51, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>534</t>
+    <t>659</t>
   </si>
   <si>
     <t>USHAMAX RESOURCES PLT</t>
   </si>
   <si>
-    <t>535</t>
+    <t>660</t>
   </si>
   <si>
     <t>MYFARM OUTLET</t>
   </si>
   <si>
     <t>PH 4, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>536</t>
+    <t>661</t>
   </si>
   <si>
     <t>THE HEALER CRIB</t>
   </si>
   <si>
     <t>NO. 18A, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>537</t>
+    <t>662</t>
   </si>
   <si>
     <t>KAFE CHE ANI</t>
   </si>
   <si>
     <t>KEDAI NO. 1, BLOK B, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>538</t>
+    <t>663</t>
   </si>
   <si>
     <t>BUSINESS MANAGEMENT &amp; SERVICES FOR MM2H</t>
   </si>
   <si>
     <t>NO.L02-43, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>539</t>
+    <t>664</t>
   </si>
   <si>
     <t>SHAH</t>
   </si>
   <si>
     <t>NO.L02-43, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>540</t>
+    <t>665</t>
   </si>
   <si>
     <t>AKADEMI NILA PAHLAWAN RESOURCES</t>
   </si>
   <si>
     <t>NO. 4A, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>541</t>
+    <t>666</t>
   </si>
   <si>
     <t>MEDIFLEXX</t>
   </si>
   <si>
     <t>L02-76, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>542</t>
+    <t>667</t>
   </si>
   <si>
     <t>L02-67, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>543</t>
+    <t>668</t>
   </si>
   <si>
     <t>CROSSMOVE ADVENTURE</t>
   </si>
   <si>
     <t>LOT KIOS NO. 01, KOMPLEKS SUKAN MENDAKI TEMBOK TIRUAN, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>544</t>
+    <t>669</t>
   </si>
   <si>
     <t>FADA RESOURCES</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH KEBANGSAAN PUTRAJAYA PRESINT 16(2), JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>545</t>
+    <t>670</t>
   </si>
   <si>
     <t>SAVOURY FISH</t>
   </si>
   <si>
     <t>STALL 11, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>546</t>
+    <t>671</t>
   </si>
   <si>
     <t>MIEQA FAMILY ENTERPRISE</t>
   </si>
   <si>
     <t>KAFETERIA CA-2, BLOK 2, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>547</t>
+    <t>672</t>
   </si>
   <si>
     <t>MAMA SIZZLING AND GRILL</t>
   </si>
   <si>
     <t>MS 3, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>548</t>
+    <t>673</t>
   </si>
   <si>
     <t>PERANTAU GLOBAL RESOURCES</t>
   </si>
   <si>
     <t>MS 9, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>549</t>
+    <t>674</t>
   </si>
   <si>
     <t>SETIA PUTRAJAYA DEVELOPMENT SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 5, 5A, 5B, 5C, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>550</t>
+    <t>675</t>
   </si>
   <si>
     <t>D-2-8, JALAN P8G 8C1, PRESINT 8</t>
   </si>
   <si>
-    <t>551</t>
+    <t>676</t>
   </si>
   <si>
     <t>KAFETERIA CA-3, BLOK 2, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>552</t>
+    <t>677</t>
   </si>
   <si>
     <t>SELERA DESA</t>
   </si>
   <si>
     <t>NO.G02, JALAN P9 E, PRESINT 9</t>
   </si>
   <si>
-    <t>553</t>
+    <t>678</t>
   </si>
   <si>
     <t>RSMY BANGI BEST CHEESE NAAN</t>
   </si>
   <si>
     <t>NO. 110, LOT KOMERSIL NADI@15, JALAN DIPLOMATIK 1, PRESINT 15</t>
   </si>
   <si>
-    <t>554</t>
+    <t>679</t>
   </si>
   <si>
     <t>TADIKA INTEGRASI MUTIARA</t>
   </si>
   <si>
     <t>2-1 &amp; 3-1, JALAN P16/1, PRESINT 16</t>
   </si>
   <si>
-    <t>555</t>
+    <t>680</t>
   </si>
   <si>
     <t>AGRO FRESH</t>
   </si>
   <si>
     <t>PH 6, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>556</t>
+    <t>681</t>
   </si>
   <si>
     <t>WORLDBAY NETWORK SYSTEM SDN BHD</t>
   </si>
   <si>
     <t>L1-55, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>557</t>
+    <t>682</t>
   </si>
   <si>
     <t>DAASH CONSTRUCTIONS SDN BHD</t>
   </si>
   <si>
     <t>NO. 73A, PRESINT DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>558</t>
+    <t>683</t>
   </si>
   <si>
     <t>TEGUH MEDEVA SDN BHD</t>
   </si>
   <si>
     <t>L02-49, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>559</t>
+    <t>684</t>
   </si>
   <si>
     <t>TEGUH MAMPAN SDN BHD</t>
   </si>
   <si>
     <t>L02-56, LEVEL 2,JALAN ALAMANDA,144,PRESINT 1,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>560</t>
+    <t>685</t>
   </si>
   <si>
     <t>GELANGGANG PUTRAJAYA</t>
   </si>
   <si>
     <t>L02-15, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>561</t>
+    <t>686</t>
   </si>
   <si>
     <t>REZEKI SYA ENTERPRISE</t>
   </si>
   <si>
-    <t>562</t>
+    <t>687</t>
   </si>
   <si>
     <t>ADIDAS (MALAYSIA) SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG81 &amp; LG82,ALAMANDA PUTRAJAYA SHOPPING CENTRE,JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>563</t>
+    <t>688</t>
   </si>
   <si>
     <t>PERNIAGAAN CNAR ILAHI</t>
   </si>
   <si>
     <t>MS 6, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>564</t>
+    <t>689</t>
   </si>
   <si>
     <t>AIMY FALISYA</t>
   </si>
   <si>
     <t>MS 4, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>565</t>
+    <t>690</t>
   </si>
   <si>
     <t>MAGICA PICC SDN. BHD.</t>
   </si>
   <si>
     <t>POT PAN HALL, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>566</t>
+    <t>691</t>
   </si>
   <si>
     <t>QUMUNIKA SDN BHD</t>
   </si>
   <si>
     <t>NO. 55C (R4), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>567</t>
+    <t>692</t>
   </si>
   <si>
     <t>EMPIRE SUSHI SDN BHD</t>
   </si>
   <si>
     <t>STLG18, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>568</t>
+    <t>693</t>
   </si>
   <si>
     <t>MR MUSASHI</t>
   </si>
   <si>
     <t>NO. 19, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>569</t>
+    <t>694</t>
   </si>
   <si>
     <t>PERODUA SALES SDN BHD</t>
   </si>
   <si>
     <t>LOT 24, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>570</t>
+    <t>695</t>
   </si>
   <si>
     <t>YORI MART</t>
   </si>
   <si>
     <t>B1-G-1, RESIDENSI FLORA ROSA, JALAN P11J, PRESINT 11</t>
   </si>
   <si>
-    <t>571</t>
+    <t>696</t>
   </si>
   <si>
     <t>ERA KENANGAN INDAH SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 7A, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>572</t>
-[...2 lines deleted...]
-    <t>RF PRINTING HUB DESIGN SDN BHD</t>
+    <t>697</t>
   </si>
   <si>
     <t>NO. 13, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>573</t>
-[...2 lines deleted...]
-    <t>HAMIZAH</t>
+    <t>698</t>
   </si>
   <si>
     <t>KAFETERIA, KEMENTERIAN PEMBANGUNAN USAHAWAN DAN KOPERASI (KUSKOP), BLOK E4/5, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>574</t>
+    <t>699</t>
   </si>
   <si>
     <t>HHR BERSATU ENTERPRISE</t>
   </si>
   <si>
     <t>LOT A, JALAN P18 C, PRESINT 18</t>
   </si>
   <si>
-    <t>575</t>
+    <t>700</t>
   </si>
   <si>
     <t>SMART READER KIDS</t>
   </si>
   <si>
     <t>NO.81A, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>576</t>
+    <t>701</t>
   </si>
   <si>
     <t>RESTORAN AYAM KAMPUNG L &amp; D</t>
   </si>
   <si>
     <t>GERAI NO. 4, RUANG KAFETERIA, MENARA SERI WILAYAH, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>577</t>
+    <t>702</t>
   </si>
   <si>
     <t>THL VILLAGE KITCHEN</t>
   </si>
   <si>
     <t>LOT LG-08, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>578</t>
+    <t>703</t>
   </si>
   <si>
     <t>LOT KEDAI MAKAN KETUMBAR, JALAN P17 B, PRESINT 17</t>
   </si>
   <si>
-    <t>579</t>
+    <t>704</t>
   </si>
   <si>
     <t>EMPAYAR RAZALI TRAVEL &amp; TOURS SDN. BHD.</t>
   </si>
   <si>
     <t>D-1-7, BLOK D, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>580</t>
+    <t>705</t>
   </si>
   <si>
     <t>IBUNDA CARE SERVICES</t>
   </si>
   <si>
     <t>STESEN FRANCAIS 7, KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>581</t>
+    <t>706</t>
   </si>
   <si>
     <t>CIK FARAH HAFIZAN BINTI ZUWAWI</t>
   </si>
   <si>
     <t>STALL 4, FOOD COURT, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>582</t>
+    <t>707</t>
   </si>
   <si>
     <t>MARNET ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. G03 (BERHADAPAN KEMENTERIAN KEWANGAN MALAYSIA), PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>583</t>
+    <t>708</t>
   </si>
   <si>
     <t>LOT TASKA, JALAN P17 B, PRESINT 17</t>
   </si>
   <si>
-    <t>584</t>
+    <t>709</t>
   </si>
   <si>
     <t>MAKCIK URUT MUSLIMAH SPA</t>
   </si>
   <si>
     <t>NO. 3, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>585</t>
+    <t>710</t>
   </si>
   <si>
     <t>HJ AZMI</t>
   </si>
   <si>
     <t>LOT KEDAI NO.K04, PASAR AWAM, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>586</t>
+    <t>711</t>
   </si>
   <si>
     <t>SMART AND EASY LAUNDRY</t>
   </si>
   <si>
     <t>30, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>587</t>
+    <t>712</t>
   </si>
   <si>
     <t>QIU MART</t>
   </si>
   <si>
     <t>G-02, JALAN TEJA P18B, PRESINT 18</t>
   </si>
   <si>
-    <t>588</t>
+    <t>713</t>
   </si>
   <si>
     <t>NAAH GLOBAL RESOURCES</t>
   </si>
   <si>
     <t>RETAIL 1, NO. 2, BLOK B2,, JALAN P11J, PRESINT 11</t>
   </si>
   <si>
-    <t>589</t>
+    <t>714</t>
   </si>
   <si>
     <t>SIIKAT SPA PUTRAJAYA</t>
   </si>
   <si>
     <t>D-1-3A, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>590</t>
+    <t>715</t>
   </si>
   <si>
     <t>BEMED (PTJ) SDN. BHD.</t>
   </si>
   <si>
     <t>NO 36, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>591</t>
+    <t>716</t>
   </si>
   <si>
     <t>PAK NGAH RAMAISUKA ENTERPRISE</t>
   </si>
   <si>
     <t>STALL 2, FOOD COURT, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>592</t>
+    <t>717</t>
   </si>
   <si>
     <t>GLASSHOPPER</t>
   </si>
   <si>
     <t>BANGUNAN SKELETON HOUSE, TAMAN BOTANI, LEBUH PERDANA BARAT, PRESINT 1</t>
   </si>
   <si>
-    <t>593</t>
+    <t>718</t>
   </si>
   <si>
     <t>MICFRONT PUTRAJAYA</t>
   </si>
   <si>
     <t>12A, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>594</t>
+    <t>719</t>
   </si>
   <si>
     <t>ROOLLIN RICH ENTERPRISE</t>
   </si>
   <si>
     <t>LOT KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>595</t>
+    <t>720</t>
   </si>
   <si>
     <t>MASTERCRAFT M&amp;E CONSTRUCTION</t>
   </si>
   <si>
     <t>NO. 45, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>596</t>
+    <t>721</t>
   </si>
   <si>
     <t>LIYANATAILOR</t>
   </si>
   <si>
     <t>NO. 31, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>597</t>
+    <t>722</t>
   </si>
   <si>
     <t>CAFYN COFFEE</t>
   </si>
   <si>
     <t>F1 (GF) LOT PT 12305, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>598</t>
+    <t>723</t>
   </si>
   <si>
     <t>YAPEIM HOLDINGS SDN.BHD.</t>
   </si>
   <si>
     <t>Z1-09-01, Z1-09-02, Z1-09-03, Z1-09-04, Z1-09-05, BLOK Z1, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>599</t>
+    <t>724</t>
   </si>
   <si>
     <t>BATIK STUDIO</t>
   </si>
   <si>
     <t>NO. 9A, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>600</t>
+    <t>725</t>
   </si>
   <si>
     <t>SITI KHADIJAH</t>
   </si>
   <si>
     <t>LOT G70 - G72, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>601</t>
+    <t>726</t>
   </si>
   <si>
     <t>NO. 8, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>602</t>
+    <t>727</t>
   </si>
   <si>
     <t>LOT FF1, JALAN SENTRAL P7, PRESINT 7</t>
   </si>
   <si>
-    <t>603</t>
+    <t>728</t>
   </si>
   <si>
     <t>SAS AUTO &amp; TYRE SDN. BHD</t>
   </si>
   <si>
     <t>NO. 53, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>604</t>
+    <t>729</t>
   </si>
   <si>
     <t>ZARANUR ZARADHIYA ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 56, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>605</t>
+    <t>730</t>
   </si>
   <si>
     <t>SMARTCO RETAIL COMMERCE SDN. BHD.</t>
   </si>
   <si>
-    <t>LOT LG90 &amp; LG91, JALAN ALAMANDA, PRESINT 1</t>
-[...2 lines deleted...]
-    <t>606</t>
+    <t>731</t>
   </si>
   <si>
     <t>THE GREEN PARTY</t>
   </si>
   <si>
     <t>LOT G02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>607</t>
+    <t>732</t>
   </si>
   <si>
     <t>ACUMINATA TRADING</t>
   </si>
   <si>
     <t>NO. 10, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>608</t>
+    <t>733</t>
   </si>
   <si>
     <t>BUSHRA</t>
   </si>
   <si>
     <t>UNIT L02-32, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>609</t>
+    <t>734</t>
   </si>
   <si>
     <t>BEEF ROTI</t>
   </si>
   <si>
     <t>STALL 13A, LOT G17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>610</t>
+    <t>735</t>
   </si>
   <si>
     <t>DETIK JITU SDN BHD</t>
   </si>
   <si>
     <t>31A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>611</t>
+    <t>736</t>
   </si>
   <si>
     <t>IKHLAS JAYA DEVELOPMENT SDN. BHD.</t>
   </si>
   <si>
-    <t>612</t>
+    <t>737</t>
   </si>
   <si>
     <t>KHASFULLAH ENTERPRISE</t>
   </si>
   <si>
-    <t>613</t>
+    <t>738</t>
   </si>
   <si>
     <t>KOPUDINA</t>
   </si>
   <si>
     <t>LOT KEDAI 1, PPAM PUDINA, JALAN KASTURI, PRESINT 17</t>
   </si>
   <si>
-    <t>614</t>
+    <t>739</t>
   </si>
   <si>
     <t>ISRAK OPTICAL SDN BHD</t>
   </si>
   <si>
     <t>NO. 78-G, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK</t>
   </si>
   <si>
-    <t>615</t>
+    <t>740</t>
   </si>
   <si>
     <t>PETRONAS AUTOEXPERT</t>
   </si>
   <si>
     <t>28, JALAN INDUSTRI PUTRA 1, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>616</t>
+    <t>741</t>
   </si>
   <si>
     <t>SCHOOL OF FLORAL DESIGN</t>
   </si>
   <si>
     <t>LOT 5, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>617</t>
+    <t>742</t>
   </si>
   <si>
     <t>TASKA NARIZAN</t>
   </si>
   <si>
     <t>NO. 51, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>618</t>
+    <t>743</t>
   </si>
   <si>
     <t>IB 63 FRUITS</t>
   </si>
   <si>
     <t>PH 8, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>619</t>
+    <t>744</t>
   </si>
   <si>
     <t>RAFA MART</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA, BLOK C3, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>620</t>
+    <t>745</t>
   </si>
   <si>
     <t>HH GO FRESH</t>
   </si>
   <si>
     <t>PH 2, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>621</t>
+    <t>746</t>
   </si>
   <si>
     <t>KAFETERIA CA-7, BLOK 2, JALAN P2A, PRESINT 2</t>
   </si>
   <si>
-    <t>622</t>
+    <t>747</t>
   </si>
   <si>
     <t>TASKA SERI KANDI</t>
   </si>
   <si>
     <t>TASKA, BLOK PODIUM, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>623</t>
+    <t>748</t>
   </si>
   <si>
     <t>SQF DIVERSIFIED</t>
   </si>
   <si>
     <t>L02-110, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>624</t>
+    <t>749</t>
   </si>
   <si>
     <t>ANGGUN FLORIST AND EVENT</t>
   </si>
   <si>
     <t>UG-18, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>625</t>
+    <t>750</t>
   </si>
   <si>
     <t>C1-LG-6, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>626</t>
+    <t>751</t>
   </si>
   <si>
     <t>COFY COFFEE</t>
   </si>
   <si>
     <t>KIOS MINUMAN, LOBI LOT 4G9, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>627</t>
+    <t>752</t>
   </si>
   <si>
     <t>MYKLNET SDN BHD</t>
   </si>
   <si>
     <t>NO. 6B, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>628</t>
+    <t>753</t>
   </si>
   <si>
     <t>CRUISE TASIK PUTRAJAYA, JETI PUTRAJAYA JAMBATAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>629</t>
+    <t>754</t>
   </si>
   <si>
     <t>TOMEI SIGNATURE SDN BHD</t>
   </si>
   <si>
     <t>LG64, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>630</t>
+    <t>755</t>
   </si>
   <si>
     <t>NO. 101, 101A, 103, 103A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>631</t>
+    <t>756</t>
   </si>
   <si>
     <t>KUALI WARISAN PUTRAJAYA</t>
   </si>
   <si>
     <t>M2, JALAN P4H, PRESINT 4</t>
   </si>
   <si>
-    <t>632</t>
+    <t>757</t>
   </si>
   <si>
     <t>KHAIRUL NAIM EMPIRE</t>
   </si>
   <si>
     <t>LOT GERAI NO. 1, BERHADAPAN MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>633</t>
+    <t>758</t>
   </si>
   <si>
     <t>AZRUL FRUIT ENTERPRISE</t>
   </si>
   <si>
     <t>LOT GERAI NO. 2, BERHADAPAN MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>634</t>
+    <t>759</t>
   </si>
   <si>
     <t>AJC PROPERTY SURVEYORS SDN. BHD.</t>
   </si>
   <si>
     <t>NO.19A &amp; 19B, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>635</t>
+    <t>760</t>
   </si>
   <si>
     <t>JTB</t>
   </si>
   <si>
     <t>KEDAI GUNTING RAMBUT, PUSAT KOMUNITI, PERUMAHAN PENJAWAT AWAM FASA 1C, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>636</t>
+    <t>761</t>
   </si>
   <si>
     <t>HEGIRA</t>
   </si>
   <si>
     <t>LOT G73, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>637</t>
+    <t>762</t>
   </si>
   <si>
     <t>PERSATUAN PERUNDING HARTANAH MUSLIM MALAYSIA (PEHAM)</t>
   </si>
   <si>
     <t>32A, NADI 15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>638</t>
+    <t>763</t>
   </si>
   <si>
     <t>AYAM GEPUK EXPRESS PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 46, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>639</t>
+    <t>764</t>
   </si>
   <si>
     <t>RESTORAN AL NAZ MAJU SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 1 &amp; 2, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>640</t>
+    <t>765</t>
   </si>
   <si>
     <t>MEDINA BRAND</t>
   </si>
   <si>
     <t>JALAN DIPLOMATIK 2/2</t>
   </si>
   <si>
-    <t>641</t>
+    <t>766</t>
   </si>
   <si>
     <t>MIRACLE ALFAA ENTERPRISE</t>
   </si>
   <si>
     <t>PH 5, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>642</t>
+    <t>767</t>
   </si>
   <si>
     <t>FNJ UNICORN PLAYGROUND</t>
   </si>
   <si>
     <t>PS 12A &amp; B, IN FRONT OF COLD STORAGE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>643</t>
+    <t>768</t>
   </si>
   <si>
     <t>MYNEWS RETAIL SDN BHD</t>
   </si>
   <si>
     <t>LOT LG.69, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>644</t>
+    <t>769</t>
   </si>
   <si>
     <t>PICEVENT</t>
   </si>
   <si>
     <t>L02-08, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>645</t>
+    <t>770</t>
   </si>
   <si>
     <t>MULTIPLE VENTURE</t>
   </si>
   <si>
     <t>NO. 46 &amp; 46A,JALAN DIPLOMATIK 3/1,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>646</t>
+    <t>771</t>
   </si>
   <si>
     <t>R.E.A.L EDUCATION GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>NO 25B &amp; 25C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>647</t>
+    <t>772</t>
   </si>
   <si>
     <t>KIEHL'S</t>
   </si>
   <si>
     <t>LOT LG59, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>648</t>
+    <t>773</t>
   </si>
   <si>
     <t>JASFM FRESH MART</t>
   </si>
   <si>
     <t>LOT KEDAI RUNCIT, JALAN P17 B, PRESINT 17</t>
   </si>
   <si>
-    <t>649</t>
+    <t>774</t>
   </si>
   <si>
     <t>ZAILINMY ENTERPRISE</t>
   </si>
   <si>
     <t>D2-T1-F1, PANGSAPURI PUTRA HARMONI, JALAN P9 B/2, PRESINT 9</t>
   </si>
   <si>
-    <t>650</t>
+    <t>775</t>
   </si>
   <si>
     <t>5 RASA</t>
   </si>
   <si>
     <t>GERAI NO. 2, KAFETERIA, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>651</t>
+    <t>776</t>
   </si>
   <si>
     <t>NSCO GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 56B, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>652</t>
+    <t>777</t>
   </si>
   <si>
     <t>GLOBALRAIN SDN. BHD.</t>
   </si>
   <si>
     <t>LOT NO. 9, JALAN JATI BUKIT P11/25, PRESINT 11</t>
   </si>
   <si>
-    <t>653</t>
+    <t>778</t>
   </si>
   <si>
     <t>PHD DELIVERY SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 18, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>654</t>
+    <t>779</t>
   </si>
   <si>
     <t>LOOP &amp; LOOP STORE</t>
   </si>
   <si>
     <t>43A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>655</t>
+    <t>780</t>
   </si>
   <si>
     <t>MAYSSA SALON</t>
   </si>
   <si>
     <t>NO. 11, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>656</t>
+    <t>781</t>
   </si>
   <si>
     <t>ABARAYYAN TRAVEL &amp; TOURS SDN. BHD.</t>
   </si>
   <si>
     <t>L02-63, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>657</t>
+    <t>782</t>
   </si>
   <si>
     <t>BANK KERJASAMA RAKYAT MALAYSIA BHD</t>
   </si>
   <si>
     <t>NO. 22, 22A, 22B, 24, 24A &amp; 24B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>658</t>
+    <t>783</t>
   </si>
   <si>
     <t>MOHD FAUZI</t>
   </si>
   <si>
     <t>NO LG 3, PUSAT PERDAGANGAN GREENPARK, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>659</t>
+    <t>784</t>
   </si>
   <si>
     <t>TINTA MUMTAZ HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>NO. 12-G, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>660</t>
+    <t>785</t>
   </si>
   <si>
     <t>KUMON NADI15</t>
   </si>
   <si>
     <t>UNIT NO. 6A, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>661</t>
+    <t>786</t>
   </si>
   <si>
     <t>RR WRAP AND TINT SPECIALIST</t>
   </si>
   <si>
     <t>NO.17, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>662</t>
+    <t>787</t>
   </si>
   <si>
     <t>MOHAMAD NAZHIF BIN MOHAMAD NAZRUL</t>
   </si>
   <si>
     <t>KIOSK RIMAU CAFE, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>663</t>
+    <t>788</t>
   </si>
   <si>
     <t>MERAK PUTIH</t>
   </si>
   <si>
     <t>L01-51, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>664</t>
+    <t>789</t>
   </si>
   <si>
     <t>C1-LG-05, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>665</t>
+    <t>790</t>
   </si>
   <si>
     <t>ZARA AGENCY</t>
   </si>
   <si>
     <t>LOT 8, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>666</t>
+    <t>791</t>
   </si>
   <si>
     <t>BLOK B-LG2, PRESINT 15-12A, JALAN P15 PRESINT 15 62050 PRESINT 15</t>
   </si>
   <si>
-    <t>667</t>
+    <t>792</t>
   </si>
   <si>
     <t>SHUKOR NIKMAT LEISURE SDN BHD</t>
   </si>
   <si>
     <t>NO.55A, ROOM 3, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>668</t>
+    <t>793</t>
   </si>
   <si>
     <t>PUSAT PSIKOLOGI JIWADAMAI</t>
   </si>
   <si>
     <t>NO. 21A, NADI@15, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>669</t>
+    <t>794</t>
   </si>
   <si>
     <t>NACURAL</t>
   </si>
   <si>
     <t>62 A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>670</t>
+    <t>795</t>
   </si>
   <si>
     <t>D BONGDING CHILD CARE CENTRE</t>
   </si>
   <si>
     <t>NO. 11, JALAN P11 D/11, PRESINT 11</t>
   </si>
   <si>
-    <t>671</t>
+    <t>796</t>
   </si>
   <si>
     <t>IKATAN SEMANTAN ENTERPRISE</t>
   </si>
   <si>
     <t>LOT G 01, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>672</t>
+    <t>797</t>
   </si>
   <si>
     <t>DUA DARJAT CAFE SDN. BHD.</t>
   </si>
   <si>
     <t>NO.6, JALAN PULAU PINANG NADI 15, PRESINT 15</t>
   </si>
   <si>
-    <t>673</t>
+    <t>798</t>
   </si>
   <si>
     <t>T LOCK ENTERPRISE</t>
   </si>
   <si>
     <t>LOT OSP403, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>674</t>
+    <t>799</t>
   </si>
   <si>
     <t>TASKA NO. 25 DAN TADIKA NO. 25A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>675</t>
+    <t>800</t>
   </si>
   <si>
     <t>AJS MAJU SERVICES SDN BHD</t>
   </si>
   <si>
     <t>NO. 7B, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>676</t>
+    <t>801</t>
   </si>
   <si>
     <t>INITIAL FORCE SDN BHD</t>
   </si>
   <si>
     <t>LOT UG15 &amp; UG16, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>677</t>
+    <t>802</t>
   </si>
   <si>
     <t>OCULLOSPACE SDN BHD</t>
   </si>
   <si>
     <t>D-3-1, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>678</t>
+    <t>803</t>
   </si>
   <si>
     <t>UNAN ENTERPRISE</t>
   </si>
   <si>
     <t>MS 7, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>679</t>
+    <t>804</t>
   </si>
   <si>
     <t>ZEELTY</t>
   </si>
   <si>
     <t>A2-G-5E, AYER@8, JALAN P8 C, PRESINT 8</t>
   </si>
   <si>
-    <t>680</t>
+    <t>805</t>
   </si>
   <si>
     <t>UMAI CAFE</t>
   </si>
   <si>
     <t>LOT RESTORAN, JALAN P6, PRESINT 6</t>
   </si>
   <si>
-    <t>681</t>
+    <t>806</t>
   </si>
   <si>
     <t>FIDJ LEGACY</t>
   </si>
   <si>
     <t>LOT 9, JALAN TUNKU ABDUL RAHMAN, PRESINT 3</t>
   </si>
   <si>
-    <t>682</t>
+    <t>807</t>
   </si>
   <si>
     <t>HADY TIGA JUARA ENTERPRISE</t>
   </si>
   <si>
     <t>MS 1, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>683</t>
+    <t>808</t>
   </si>
   <si>
     <t>K CHIK ENTERPRISE</t>
   </si>
   <si>
     <t>BLOCK C3, KOMPLEKS C, PRESINT 1</t>
   </si>
   <si>
-    <t>684</t>
+    <t>809</t>
   </si>
   <si>
     <t>SPINTACT ACADEMY</t>
   </si>
   <si>
     <t>BLOK A-T02-U01, JALAN P8C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>685</t>
+    <t>810</t>
   </si>
   <si>
     <t>KARAOKE MANEKINEKO ALAMANDA</t>
   </si>
   <si>
     <t>LOT LG87, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>686</t>
+    <t>811</t>
   </si>
   <si>
     <t>IN SAFF TRAVEL PUTRAJAYA</t>
   </si>
   <si>
     <t>2A, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>687</t>
+    <t>812</t>
   </si>
   <si>
     <t>BASK BEAR COFFEE</t>
   </si>
   <si>
     <t>NO. 65, PRESINT DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>688</t>
-[...5 lines deleted...]
-    <t>689</t>
+    <t>813</t>
+  </si>
+  <si>
+    <t>814</t>
   </si>
   <si>
     <t>NSZ AFFI GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>BLOK A-T02-U05, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>690</t>
+    <t>815</t>
   </si>
   <si>
     <t>LOT OS03, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>691</t>
+    <t>816</t>
   </si>
   <si>
     <t>STORK TRAVEL &amp; TOUR SDN BHD</t>
   </si>
   <si>
     <t>L02-43, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>692</t>
+    <t>817</t>
   </si>
   <si>
     <t>SS AUTO VENTURE SDN BHD</t>
   </si>
   <si>
     <t>NO 74, NADI@15, JALAN PERAK P15</t>
   </si>
   <si>
-    <t>693</t>
+    <t>818</t>
   </si>
   <si>
     <t>JUALAN NASI LEMAK DAN KUIH-MUIH</t>
   </si>
   <si>
     <t>G23, JALAN P8D, PRESINT 8</t>
   </si>
   <si>
-    <t>694</t>
+    <t>819</t>
   </si>
   <si>
     <t>FAZ MART</t>
   </si>
   <si>
     <t>PH 7, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>695</t>
+    <t>820</t>
   </si>
   <si>
     <t>SUHIDA RESOURCES</t>
   </si>
   <si>
     <t>LOT KAFETERIA B1, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>696</t>
+    <t>821</t>
   </si>
   <si>
     <t>KKV</t>
   </si>
   <si>
     <t>LG39 &amp; LG40, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>697</t>
+    <t>822</t>
   </si>
   <si>
     <t>RAUDHAH ISLAMIC SDN BHD</t>
   </si>
   <si>
     <t>NO. 88, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>698</t>
+    <t>823</t>
   </si>
   <si>
     <t>NO. 88A, 88B, 88C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>699</t>
+    <t>824</t>
   </si>
   <si>
     <t>AL FATEH EXCELLENCE SDN BHD</t>
   </si>
   <si>
     <t>NO.20, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>700</t>
+    <t>825</t>
   </si>
   <si>
     <t>AYUZ AGENCY</t>
   </si>
   <si>
     <t>NO. 47A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>701</t>
+    <t>826</t>
   </si>
   <si>
     <t>AYAM CILI KAK NAB</t>
   </si>
   <si>
     <t>MS 5, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>702</t>
+    <t>827</t>
   </si>
   <si>
     <t>RAZI RAFI EXPLORER TRAVEL &amp; TOURS SDN BHD</t>
   </si>
   <si>
     <t>NO. 24B-R1, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>703</t>
+    <t>828</t>
   </si>
   <si>
     <t>US PIZZA</t>
   </si>
   <si>
     <t>NO.10, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>704</t>
+    <t>829</t>
   </si>
   <si>
     <t>PAYOT PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 83, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>705</t>
+    <t>830</t>
   </si>
   <si>
     <t>RSM KASTURI ENTERPRISE</t>
   </si>
   <si>
     <t>KAFETERIA BLOK E2, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>706</t>
+    <t>831</t>
   </si>
   <si>
     <t>M&amp;A PLATINUM HOLDING SDN. BHD.</t>
   </si>
   <si>
     <t>G-08, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>707</t>
+    <t>832</t>
   </si>
   <si>
     <t>D'KUNAFA CAFE</t>
   </si>
   <si>
     <t>L01-13, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>708</t>
+    <t>833</t>
   </si>
   <si>
     <t>NO. G-11, lEVEL G,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>709</t>
+    <t>834</t>
   </si>
   <si>
     <t>GEGAS PLT</t>
   </si>
   <si>
     <t>NO. 12, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>710</t>
+    <t>835</t>
   </si>
   <si>
     <t>YEAH RAZI ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 33, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>711</t>
+    <t>836</t>
   </si>
   <si>
     <t>LAILA LEGACY GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 15B, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>712</t>
+    <t>837</t>
   </si>
   <si>
     <t>EZY DURIAN PUTRAJAYA</t>
   </si>
   <si>
     <t>UNIT UK 11,JALAN P16,244,PRESINT 16,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>713</t>
+    <t>838</t>
   </si>
   <si>
     <t>YUSLIN ENTERPRISE</t>
   </si>
   <si>
     <t>GERAI NO 4, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>714</t>
+    <t>839</t>
   </si>
   <si>
     <t>COOL MORE AIR COND ENGINEERING &amp; WIRING</t>
   </si>
   <si>
     <t>NO. 10, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>715</t>
+    <t>840</t>
   </si>
   <si>
     <t>PITSTOP NUTRITION HUB SDN BHD</t>
   </si>
   <si>
     <t>LOT KEDAI K01, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>716</t>
+    <t>841</t>
   </si>
   <si>
     <t>ANI SUP UTARA XPRESS PUTRAJAYA</t>
   </si>
   <si>
     <t>MS 8, JALAN P4 H, PRESINT 4</t>
   </si>
   <si>
-    <t>717</t>
+    <t>842</t>
   </si>
   <si>
     <t>BANGKOK GRILL</t>
   </si>
   <si>
     <t>SEBAHAGIAN RUANG BANGUNAN, LINGKARAN GEMILANG DUA, PRESINT 4</t>
   </si>
   <si>
-    <t>718</t>
+    <t>843</t>
   </si>
   <si>
     <t>CB-P-01-03 &amp; CB-1-01-05, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>719</t>
+    <t>844</t>
   </si>
   <si>
     <t>MARIATI HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>96 &amp; 96A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>720</t>
+    <t>845</t>
   </si>
   <si>
     <t>SALYS KITCHEN</t>
   </si>
   <si>
     <t>KEDAI BARANGAN RUNCIT, NO. 47, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>721</t>
+    <t>846</t>
   </si>
   <si>
     <t>GOOD MORNING KOPITIAM</t>
   </si>
   <si>
     <t>HWUM CAFETARIA, NO.1 JLN VENNA P5/2, PRESINT 5</t>
   </si>
   <si>
-    <t>722</t>
+    <t>847</t>
   </si>
   <si>
     <t>THE NEW STRAITS TIMES PRESS (MALAYSIA) BERHAD</t>
   </si>
   <si>
     <t>NO. 6A, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>723</t>
+    <t>848</t>
   </si>
   <si>
     <t>FREELANCE IT SOLUTION</t>
   </si>
   <si>
     <t>LOT R7, PERSIARAN PERDANA, PRESINT 3</t>
   </si>
   <si>
-    <t>724</t>
+    <t>849</t>
   </si>
   <si>
     <t>EKIDZ INNOVATIVE RESOURCES</t>
   </si>
   <si>
     <t>LOT GERAI NO. 4, BERHADAPAN MEDAN SELERA PRESINT 9, JALAN P9, PRESINT 9</t>
   </si>
   <si>
-    <t>725</t>
+    <t>850</t>
   </si>
   <si>
     <t>MAZLAN</t>
   </si>
   <si>
     <t>JALAN PAHANG</t>
   </si>
   <si>
-    <t>726</t>
+    <t>851</t>
   </si>
   <si>
     <t>MAY-BIRD SOCKS SHOP SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G07, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>727</t>
+    <t>852</t>
   </si>
   <si>
     <t>GOLDEN GLOBAL FOOD</t>
   </si>
   <si>
     <t>PLOT 1, ZONE 5, JALAN P11J, PRESINT 11</t>
   </si>
   <si>
-    <t>728</t>
+    <t>853</t>
   </si>
   <si>
     <t>OSMANLI OUD</t>
   </si>
   <si>
     <t>OS06, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>729</t>
+    <t>854</t>
   </si>
   <si>
     <t>GAS DISTRICT COOLING (PUTRAJAYA), LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>730</t>
+    <t>855</t>
   </si>
   <si>
     <t>ATIQAH</t>
   </si>
   <si>
     <t>NO. 79, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>731</t>
+    <t>856</t>
   </si>
   <si>
     <t>ALWAN ARTCLASS</t>
   </si>
   <si>
     <t>NO. 14A, LOT KOMERSIAL NADI@15, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>732</t>
+    <t>857</t>
   </si>
   <si>
     <t>DANIEL BROTHER SOLUTIONS</t>
   </si>
   <si>
     <t>L02-03,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>733</t>
+    <t>858</t>
   </si>
   <si>
     <t>ZBLESSCO EMPIRE</t>
   </si>
   <si>
     <t>L02-01,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>734</t>
+    <t>859</t>
   </si>
   <si>
     <t>RICHIAMO COFFEE PUTRAJAYA</t>
   </si>
   <si>
     <t>18, NADI@15, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>735</t>
+    <t>860</t>
   </si>
   <si>
     <t>BKE</t>
   </si>
   <si>
     <t>L02-62, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>736</t>
+    <t>861</t>
   </si>
   <si>
     <t>OH MY NAILS</t>
   </si>
   <si>
     <t>L-01-27, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>737</t>
+    <t>862</t>
   </si>
   <si>
     <t>LOT 10 (GLORIA JEANS), PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>738</t>
+    <t>863</t>
   </si>
   <si>
     <t>LOBI UTAMA, ARAS 4, KEMENTERIAN KESIHATAN MALAYSIA, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>739</t>
+    <t>864</t>
   </si>
   <si>
     <t>PRECINCT 16 SERVICES</t>
   </si>
   <si>
     <t>PT 2386, NO. 4, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>740</t>
+    <t>865</t>
   </si>
   <si>
     <t>INTRAGRESS SDN BHD</t>
   </si>
   <si>
     <t>23, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>741</t>
+    <t>866</t>
   </si>
   <si>
     <t>UK 3, TAMAN WARISAN PERTANIAN PUTRAJAYA, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>742</t>
+    <t>867</t>
   </si>
   <si>
     <t>BISTRO BONDA</t>
   </si>
   <si>
     <t>NO. 33, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>743</t>
+    <t>868</t>
   </si>
   <si>
     <t>MINISO WINKY (M) SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG-06A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>744</t>
+    <t>869</t>
   </si>
   <si>
     <t>BERKAT USAHA LELA ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 2 GROUND FLOOR JLN DIPLOMATIK 3/1 62050 PRESINT 15</t>
   </si>
   <si>
-    <t>745</t>
+    <t>870</t>
   </si>
   <si>
     <t>LINOR ENTERPRISE</t>
   </si>
   <si>
     <t>KEDAI RUNCIT PUSAT KOMUNITI KUARTERS JENIS APARTMENT P16, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>746</t>
+    <t>871</t>
   </si>
   <si>
     <t>YOUNG HEARTS SDN BHD</t>
   </si>
   <si>
     <t>G68, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>747</t>
+    <t>872</t>
   </si>
   <si>
     <t>ISMARANI BINTI SIRAN</t>
   </si>
   <si>
     <t>NO 85B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>748</t>
+    <t>873</t>
   </si>
   <si>
     <t>WARIGH ROYAL CAFE</t>
   </si>
   <si>
     <t>LOT C, KAFETERIA MASJID MAHMOODIAH, JALAN P18 C, PRESINT 18</t>
   </si>
   <si>
-    <t>749</t>
+    <t>874</t>
   </si>
   <si>
     <t>RISSMART BUTCHERY</t>
   </si>
   <si>
     <t>NO. 3, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>750</t>
+    <t>875</t>
   </si>
   <si>
     <t>SURAINI</t>
   </si>
   <si>
     <t>L02-90, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>751</t>
+    <t>876</t>
   </si>
   <si>
     <t>RESTORAN KAMPUNG PANDAN KARI KEPALA IKAN</t>
   </si>
   <si>
     <t>LOT G-001, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>752</t>
+    <t>877</t>
   </si>
   <si>
     <t>MUBARAK STORE</t>
   </si>
   <si>
     <t>NO. 99, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>753</t>
+    <t>878</t>
   </si>
   <si>
     <t>M&amp;A PLATINUM FOOD SDN.BHD.</t>
   </si>
   <si>
     <t>G-08, MENARA SHAFTBURY PUTRAJAYA JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>754</t>
+    <t>879</t>
   </si>
   <si>
     <t>PASARAYA ASFA MAJU</t>
   </si>
   <si>
     <t>NO. 8A (GF-7), JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>755</t>
-[...2 lines deleted...]
-    <t>756</t>
+    <t>880</t>
+  </si>
+  <si>
+    <t>881</t>
   </si>
   <si>
     <t>KEDAI GUNTING BERSAMA</t>
   </si>
   <si>
     <t>NO. 8, JALAN P9 B/1, PRESINT 9</t>
   </si>
   <si>
-    <t>757</t>
+    <t>882</t>
   </si>
   <si>
     <t>ENVIRO AXIS SDN. BHD.</t>
   </si>
   <si>
     <t>10B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>758</t>
+    <t>883</t>
   </si>
   <si>
     <t>TPB</t>
   </si>
   <si>
     <t>RUANG TASKA, ARAS 1 BLOK F3, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>759</t>
+    <t>884</t>
   </si>
   <si>
     <t>JACK STUDIO MARKETING SDN BHD</t>
   </si>
   <si>
     <t>NO. LG42,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>760</t>
+    <t>885</t>
   </si>
   <si>
     <t>0388616922</t>
   </si>
   <si>
-    <t>761</t>
+    <t>886</t>
   </si>
   <si>
     <t>BIZ MILLA CATERING (M) SDN. BHD.</t>
   </si>
   <si>
     <t>UG 01-UG 03, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>762</t>
+    <t>887</t>
   </si>
   <si>
     <t>UG 12 &amp; UG 13, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>763</t>
+    <t>888</t>
   </si>
   <si>
     <t>UG 05, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>764</t>
+    <t>889</t>
   </si>
   <si>
     <t>UG 20, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>765</t>
+    <t>890</t>
   </si>
   <si>
     <t>UG 08 - UG 11, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>766</t>
+    <t>891</t>
   </si>
   <si>
     <t>CORPORATE TRAVEL ADVISOR SDN.BHD</t>
   </si>
   <si>
     <t>31-B TINGKAT 2 JALAN DIPLOMATIK 62050 PRESINT 15</t>
   </si>
   <si>
-    <t>767</t>
+    <t>892</t>
   </si>
   <si>
     <t>SAUJANA HERITAGE (M) SDN. BHD.</t>
   </si>
   <si>
     <t>NO. L01-25, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>768</t>
+    <t>893</t>
   </si>
   <si>
     <t>ROMANTIKA</t>
   </si>
   <si>
     <t>LOT G31, GROUND FLOOR,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>769</t>
+    <t>894</t>
   </si>
   <si>
     <t>BOKITTA</t>
   </si>
   <si>
     <t>UG-35, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>770</t>
+    <t>895</t>
   </si>
   <si>
     <t>J&amp;I ART STUDIO</t>
   </si>
   <si>
     <t>NO. 15, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>771</t>
+    <t>896</t>
   </si>
   <si>
     <t>HYDRAMAS TRAVEL AND TOURS SDN BHD</t>
   </si>
   <si>
     <t>LOT KEDAI NO. K04, JALAN P16 D/1, PRESINT 16</t>
   </si>
   <si>
-    <t>772</t>
+    <t>897</t>
   </si>
   <si>
     <t>RESTORAN MASAKAN CINA MUSLIM</t>
   </si>
   <si>
     <t>NO. 1, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>773</t>
+    <t>898</t>
   </si>
   <si>
     <t>ICONIC CREATIVE</t>
   </si>
   <si>
     <t>L02-48, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>774</t>
+    <t>899</t>
   </si>
   <si>
     <t>ALVINA</t>
   </si>
   <si>
     <t>L02-25,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>775</t>
+    <t>900</t>
   </si>
   <si>
     <t>PRESINT EMPAT BELAS SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 5, JALAN P14, PRESINT 14, 62050 PUTRAJAYA</t>
   </si>
   <si>
-    <t>776</t>
+    <t>901</t>
   </si>
   <si>
     <t>RANGKAIAN NIAGA ENTERPRISE(MAA JAH CAFE)</t>
   </si>
   <si>
     <t>LOT B, JALAN P18 C, PRESINT 18</t>
   </si>
   <si>
-    <t>777</t>
+    <t>902</t>
   </si>
   <si>
     <t>KARYANEKA</t>
   </si>
   <si>
     <t>LOT OUTLET/KABIN, PERSIARAN PERSEKUTUAN, PRESINT 1</t>
   </si>
   <si>
-    <t>778</t>
+    <t>903</t>
   </si>
   <si>
     <t>BATA</t>
   </si>
   <si>
     <t>LOT NO LG06B, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>779</t>
+    <t>904</t>
   </si>
   <si>
     <t>OMAR ALI HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>UG-03A MENARA SHAFTSBURY PUTRAJAYA, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>780</t>
+    <t>905</t>
   </si>
   <si>
     <t>SEGI CASH &amp; CARRY SDN. BHD.</t>
   </si>
   <si>
     <t>NO 8 &amp; NO 10, JALAN PULAU PINANG 15, JALAN PULAU PINANG NADI 15, PRESINT 15</t>
   </si>
   <si>
-    <t>781</t>
-[...2 lines deleted...]
-    <t>ORIENTAL KOPI</t>
+    <t>906</t>
   </si>
   <si>
     <t>STLG24, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>782</t>
+    <t>907</t>
   </si>
   <si>
     <t>LANAI ASMARA</t>
   </si>
   <si>
     <t>L01-05,06,07, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>783</t>
+    <t>908</t>
   </si>
   <si>
     <t>STELLARIZ</t>
   </si>
   <si>
     <t>NO.17A, NADI@15, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>784</t>
+    <t>909</t>
   </si>
   <si>
     <t>VCARE PHARMACY SDN BHD</t>
   </si>
   <si>
     <t>NO.6, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>785</t>
+    <t>910</t>
   </si>
   <si>
     <t>MARRYBROWN</t>
   </si>
   <si>
     <t>NO. 84, NADI@15, JALAN PERAK P15</t>
   </si>
   <si>
-    <t>786</t>
+    <t>911</t>
   </si>
   <si>
     <t>MENARA SHAFTBURY PUTRAJAYA</t>
   </si>
   <si>
     <t>L02-35, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>787</t>
+    <t>912</t>
   </si>
   <si>
     <t>NUSANTARA TIMUR</t>
   </si>
   <si>
     <t>NO. 40, JALAN DIPLOMATIK, 62050 PRESINT 15 PUTRAJAYA</t>
   </si>
   <si>
-    <t>788</t>
+    <t>913</t>
   </si>
   <si>
     <t>F.O.S APPAREL GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>LG 01-04, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>789</t>
+    <t>914</t>
   </si>
   <si>
     <t>DAGATE RESOURCES</t>
   </si>
   <si>
-    <t>L02-117, JALAN ALAMANDA, PRESINT 1</t>
-[...2 lines deleted...]
-    <t>790</t>
+    <t>915</t>
   </si>
   <si>
     <t>K&amp;Y ICE TUBE ENTERPRISE</t>
   </si>
   <si>
     <t>NO.3, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>791</t>
+    <t>916</t>
   </si>
   <si>
     <t>MAXIPURA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT PT 2495, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>792</t>
+    <t>917</t>
   </si>
   <si>
     <t>ALIRAN BERNAS SDN BHD</t>
   </si>
   <si>
     <t>NO. 9B, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>793</t>
+    <t>918</t>
   </si>
   <si>
     <t>AMBANG ANGKASA SDN BHD</t>
   </si>
   <si>
     <t>NO. 9C, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>794</t>
+    <t>919</t>
   </si>
   <si>
     <t>G09, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>795</t>
+    <t>920</t>
   </si>
   <si>
     <t>RUANG TADIKA, BLOK B, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>796</t>
+    <t>921</t>
   </si>
   <si>
     <t>L02-33, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>797</t>
+    <t>922</t>
   </si>
   <si>
     <t>UAP PARTNERS SDN BHD</t>
   </si>
   <si>
     <t>NO 20-B, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>798</t>
+    <t>923</t>
   </si>
   <si>
     <t>RUSDIPUTEH CLOTHIERS</t>
   </si>
   <si>
     <t>NO. 4, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>799</t>
+    <t>924</t>
   </si>
   <si>
     <t>ROSLAN</t>
   </si>
   <si>
     <t>KA-01 BLOK A, KUARTERS APARTMEN SUB 14-12, JALAN P14H, PRESINT 14</t>
   </si>
   <si>
-    <t>800</t>
+    <t>925</t>
   </si>
   <si>
     <t>CHRISNA JENIO SDN BHD</t>
   </si>
   <si>
     <t>LG, OS02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>801</t>
+    <t>926</t>
   </si>
   <si>
     <t>PEARL GAIN SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G69, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>802</t>
-[...2 lines deleted...]
-    <t>SAN FRANCISCO COFFEE</t>
+    <t>927</t>
   </si>
   <si>
     <t>NO. 37G, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>803</t>
+    <t>928</t>
   </si>
   <si>
     <t>MAQ GLOBAL ENTERPRISE</t>
   </si>
   <si>
     <t>L2-79, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>804</t>
+    <t>929</t>
   </si>
   <si>
     <t>KEDAI MAKAN POK NIK</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, P16 G, PRESINT 16</t>
   </si>
   <si>
-    <t>805</t>
+    <t>930</t>
   </si>
   <si>
     <t>ROTIBOY BAKESHOPPE</t>
   </si>
   <si>
     <t>LG-71, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>806</t>
+    <t>931</t>
   </si>
   <si>
     <t>QI WELLNESS CENTER</t>
   </si>
   <si>
     <t>NO 3A, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>807</t>
+    <t>932</t>
   </si>
   <si>
     <t>GOLFTREKS TRAVEL SERVICES SDN BHD</t>
   </si>
   <si>
     <t>L02-37, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>808</t>
+    <t>933</t>
   </si>
   <si>
     <t>JN GALLYSHA ENTERPRISE</t>
   </si>
   <si>
     <t>1 CRUISE TASIK PUTRAJAYA, JETI PUTRAJAYA JAMBATAN PUTRA, PRESINT1,PUTRAJAYA</t>
   </si>
   <si>
-    <t>809</t>
+    <t>934</t>
   </si>
   <si>
     <t>CLOVER HOMEBAKER SDN BHD</t>
   </si>
   <si>
     <t>OS10, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>810</t>
+    <t>935</t>
   </si>
   <si>
     <t>ORANGEBEAM DEVELOPMENT SDN BHD</t>
   </si>
   <si>
     <t>T00-U04, NO. 5, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>811</t>
+    <t>936</t>
   </si>
   <si>
     <t>ARIZAF MART</t>
   </si>
   <si>
     <t>KEDAI RUNCIT BLOK A2, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>812</t>
+    <t>937</t>
   </si>
   <si>
     <t>UMMI FOOD AND BEVERAGE</t>
   </si>
   <si>
     <t>JALAN P18,183,PRESINT 18,62150,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>813</t>
+    <t>938</t>
   </si>
   <si>
     <t>ZORDAQ AUTO SERVICES</t>
   </si>
   <si>
     <t>NO 1, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>814</t>
+    <t>939</t>
   </si>
   <si>
     <t>EYKA &amp; MOMS SDN BHD</t>
   </si>
   <si>
     <t>G-004, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>815</t>
+    <t>940</t>
   </si>
   <si>
     <t>NO.60,JALAN DIPLOMATIK,73,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>816</t>
+    <t>941</t>
   </si>
   <si>
     <t>RESTORAN NASI KANDAR MELAYU</t>
   </si>
   <si>
     <t>LOT G-009, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>817</t>
+    <t>942</t>
   </si>
   <si>
     <t>LOT G-007, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>818</t>
+    <t>943</t>
   </si>
   <si>
     <t>HAJI TAPAH BISTRO</t>
   </si>
   <si>
     <t>NO. 51, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>819</t>
+    <t>944</t>
   </si>
   <si>
     <t>NO.G02, MEDAN SELERA, JALAN P16 D/1</t>
   </si>
   <si>
-    <t>820</t>
+    <t>945</t>
   </si>
   <si>
     <t>IRFAN MAJU MART</t>
   </si>
   <si>
     <t>MINIMART 1-BLOK G, PPAM SELASIH, JALAN P17 E, PRESINT 17</t>
   </si>
   <si>
-    <t>821</t>
+    <t>946</t>
   </si>
   <si>
     <t>PUSAT KOMUNITI, KUARTERS JENIS PANGSAPURI FASA 17RK1, JALAN P17 A</t>
   </si>
   <si>
-    <t>822</t>
+    <t>947</t>
   </si>
   <si>
     <t>ALFA BARBERSHOP</t>
   </si>
   <si>
     <t>MINI MART 2 , BLOCK G PPA1M SELASIH,, JALAN P17 E, PRESINT 17</t>
   </si>
   <si>
-    <t>823</t>
+    <t>948</t>
   </si>
   <si>
     <t>DAGGAR GLOBAL RESOURCES SDN BHD</t>
   </si>
   <si>
     <t>NO. 61, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>824</t>
+    <t>949</t>
   </si>
   <si>
     <t>IMPIAN KREATIF RESOURCES</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH KEBANGSAAN PUTRAJAYA P18(2), NO 3, JALAN P18G, PRESINT 18</t>
   </si>
   <si>
-    <t>825</t>
+    <t>950</t>
   </si>
   <si>
     <t>AG MOBILE SDN. BHD.</t>
   </si>
   <si>
     <t>SUITE 49B, PRESINT DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>826</t>
+    <t>951</t>
   </si>
   <si>
     <t>NASI AYAM JOHOLICIOUS</t>
   </si>
   <si>
     <t>LOT PENANGGAH, NO. 4, TAMAN WARISAN PERTANIAN PUTRAJAYA, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>827</t>
+    <t>952</t>
   </si>
   <si>
     <t>LIEW KAR MUN</t>
   </si>
   <si>
     <t>NO. 44, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>828</t>
+    <t>953</t>
   </si>
   <si>
     <t>HAIRVEN (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT G26B, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>829</t>
+    <t>954</t>
   </si>
   <si>
     <t>SIRE EMY ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 30A, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>830</t>
+    <t>955</t>
   </si>
   <si>
     <t>LANGKAH SLD SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 47, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>831</t>
-[...2 lines deleted...]
-    <t>832</t>
+    <t>956</t>
+  </si>
+  <si>
+    <t>957</t>
   </si>
   <si>
     <t>ALWANI</t>
   </si>
   <si>
     <t>LOT MK 04,DATARAN PUTRA,PRESINT 1,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>833</t>
+    <t>958</t>
   </si>
   <si>
     <t>CHAMELON SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG43, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>834</t>
+    <t>959</t>
   </si>
   <si>
     <t>TRESOR MONDEH SDN BHD</t>
   </si>
   <si>
     <t>NO. G-15 &amp; G-16, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>835</t>
+    <t>960</t>
   </si>
   <si>
     <t>RAZI PET SHOP</t>
   </si>
   <si>
     <t>81, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>836</t>
+    <t>961</t>
   </si>
   <si>
     <t>AZZA ALLIANCE</t>
   </si>
   <si>
     <t>L02-38, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>837</t>
+    <t>962</t>
   </si>
   <si>
     <t>ANAKKU SDN BHD</t>
   </si>
   <si>
     <t>LOT G08, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>838</t>
+    <t>963</t>
   </si>
   <si>
     <t>SPA BEKAM AL IHSAN</t>
   </si>
   <si>
     <t>NO.8, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>839</t>
+    <t>964</t>
   </si>
   <si>
     <t>PRO SPORT TAEKWONDO CLUB</t>
   </si>
   <si>
     <t>L01-57, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>840</t>
+    <t>965</t>
   </si>
   <si>
     <t>DAPOMAMALAH</t>
   </si>
   <si>
     <t>LOT GERAI NO. G31, JALAN P8, PRESINT 8</t>
   </si>
   <si>
-    <t>841</t>
+    <t>966</t>
   </si>
   <si>
     <t>QASTURI TIGA SDN. BHD</t>
   </si>
   <si>
     <t>JALAN DIPLOMATIK 3/1</t>
   </si>
   <si>
-    <t>842</t>
+    <t>967</t>
   </si>
   <si>
     <t>60A, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>843</t>
+    <t>968</t>
   </si>
   <si>
     <t>QMAC</t>
   </si>
   <si>
     <t>NO. 38,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>844</t>
+    <t>969</t>
   </si>
   <si>
     <t>NAUTIKA SCUBA CENTER</t>
   </si>
   <si>
     <t>L02-02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>845</t>
+    <t>970</t>
   </si>
   <si>
     <t>RYANS REHABILITATION &amp; SPECIAL NEEDS CENTRE</t>
   </si>
   <si>
     <t>NO. L01-21, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>846</t>
+    <t>971</t>
   </si>
   <si>
     <t>RYANS SPECIAL NEEDS CARE CENTER</t>
   </si>
   <si>
     <t>63A &amp; 65A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>847</t>
+    <t>972</t>
   </si>
   <si>
     <t>RYANS BOOK CAFE &amp; COFFEE</t>
   </si>
   <si>
     <t>L02-26, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>848</t>
+    <t>973</t>
   </si>
   <si>
     <t>EXCLUSIVE DIGITAL SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 66 &amp; 68, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>849</t>
+    <t>974</t>
   </si>
   <si>
     <t>59A &amp; 61A, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>850</t>
+    <t>975</t>
   </si>
   <si>
     <t>SURI</t>
   </si>
   <si>
     <t>NO. 77, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>851</t>
+    <t>976</t>
   </si>
   <si>
     <t>IR WISE ENTERPRISE</t>
   </si>
   <si>
     <t>NO.18B, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>852</t>
+    <t>977</t>
   </si>
   <si>
     <t>KRU STUDIOS</t>
   </si>
   <si>
     <t>WETLAND STUDIOS PUTRAJAYA, NATURE INTERPRETATION CENTER, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>853</t>
+    <t>978</t>
   </si>
   <si>
     <t>DZ COM TECHNOLOGIES</t>
   </si>
   <si>
     <t>NO 18C, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>854</t>
+    <t>979</t>
   </si>
   <si>
     <t>KITA BALLOONS</t>
   </si>
   <si>
     <t>84A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>855</t>
+    <t>980</t>
   </si>
   <si>
     <t>LOT 16, 18, 20, 22 &amp; 41, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>856</t>
+    <t>981</t>
   </si>
   <si>
     <t>SAND KITCHEN RESTAURANT SDN BHD</t>
   </si>
   <si>
     <t>C1-G-03, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>857</t>
+    <t>982</t>
   </si>
   <si>
     <t>TADIKA VONAD (PRESINT 16) SDN BHD</t>
   </si>
   <si>
     <t>JALAN P16 D/4</t>
   </si>
   <si>
-    <t>858</t>
+    <t>983</t>
   </si>
   <si>
     <t>PAPPA STEAMBOAT &amp; GRILL</t>
   </si>
   <si>
     <t>NO. 2, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>859</t>
+    <t>984</t>
   </si>
   <si>
     <t>BERYL'S</t>
   </si>
   <si>
     <t>LOT OS05, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>860</t>
+    <t>985</t>
   </si>
   <si>
     <t>TRAJU TEAM</t>
   </si>
   <si>
     <t>NO. 48B, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>861</t>
+    <t>986</t>
   </si>
   <si>
     <t>NO. 10A &amp; 12A, NADI@15, JALAN PERAK P15</t>
   </si>
   <si>
-    <t>862</t>
+    <t>987</t>
   </si>
   <si>
     <t>BLOK C3, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>863</t>
+    <t>988</t>
   </si>
   <si>
     <t>BLOK A, JALAN P18B, PRESINT 18</t>
   </si>
   <si>
-    <t>864</t>
+    <t>989</t>
   </si>
   <si>
     <t>PAJAK GADAI PELANGI SDN. BHD.</t>
   </si>
   <si>
     <t>NO.93(G), PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK</t>
   </si>
   <si>
-    <t>865</t>
+    <t>990</t>
   </si>
   <si>
     <t>SHARIL</t>
   </si>
   <si>
     <t>NO. 1, NEXUS INTERNATIONAL SCHOOL MALAYSIA, JALAN DIPLOMATIK 3/6, PRESINT 15</t>
   </si>
   <si>
-    <t>866</t>
+    <t>991</t>
   </si>
   <si>
     <t>ROMEO PET SHOP</t>
   </si>
   <si>
     <t>NO. 4, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>867</t>
+    <t>992</t>
   </si>
   <si>
     <t>MR DIY (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT 50,50A,52,52A,52B,54A,54B, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>868</t>
+    <t>993</t>
   </si>
   <si>
     <t>MOHD ADZHAM BIN HASAN</t>
   </si>
   <si>
     <t>PUSAT SEMBELIHAN AYAM PUTRAJAYA,JALAN P20,PRESINT 20,62200,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>869</t>
+    <t>994</t>
   </si>
   <si>
     <t>GENIUS AULAD</t>
   </si>
   <si>
     <t>10A, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>870</t>
+    <t>995</t>
   </si>
   <si>
     <t>PUTRAJAYA STORY</t>
   </si>
   <si>
     <t>SOUQ PUTRAJAYA, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>871</t>
+    <t>996</t>
   </si>
   <si>
     <t>DYNASUN SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G84B - G85, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>872</t>
+    <t>997</t>
   </si>
   <si>
     <t>SOUQ SHOPPE</t>
   </si>
   <si>
-    <t>873</t>
+    <t>998</t>
   </si>
   <si>
     <t>NANA</t>
   </si>
   <si>
     <t>NO. 18, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>874</t>
+    <t>999</t>
   </si>
   <si>
     <t>B-CANYON (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT G88, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>875</t>
+    <t>1000</t>
   </si>
   <si>
     <t>NO. 12, 12A, 14 &amp; 14A, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>876</t>
+    <t>1001</t>
   </si>
   <si>
     <t>ONE GREENTOUCH ENTERPRISE</t>
   </si>
   <si>
     <t>NO.55A (ROOM 6),JALAN DIPLOMATIK,73,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>877</t>
+    <t>1002</t>
   </si>
   <si>
     <t>NBR RICH EMPIRE</t>
   </si>
   <si>
     <t>LOT G-008, (FOOD COURT) SELERA PUTRA, SOUQ PUTRAJAYA, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>878</t>
+    <t>1003</t>
   </si>
   <si>
     <t>FIRST MILLION AVENUE SDN BHD</t>
   </si>
   <si>
     <t>LOT OS28, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>879</t>
+    <t>1004</t>
   </si>
   <si>
     <t>IDEAL DELUXE SDN BHD</t>
   </si>
   <si>
     <t>NO. 10, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>880</t>
+    <t>1005</t>
   </si>
   <si>
     <t>SHARNA S FLORAL &amp; GIFTS</t>
   </si>
   <si>
     <t>NO. 6, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>881</t>
+    <t>1006</t>
   </si>
   <si>
     <t>THE CATTON CAT HOTEL &amp; SPA</t>
   </si>
   <si>
     <t>5A, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>882</t>
+    <t>1007</t>
   </si>
   <si>
     <t>MITRA KEMBARA</t>
   </si>
   <si>
     <t>LOT L02-103,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>883</t>
+    <t>1008</t>
   </si>
   <si>
     <t>FADHLYN ENTERPRISE</t>
   </si>
   <si>
     <t>LOT PT 12850 HS(D) 8220, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>884</t>
+    <t>1009</t>
   </si>
   <si>
     <t>KEDAI SERBANEKA (LOT 11), LOBI BLOK F8, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>885</t>
+    <t>1010</t>
   </si>
   <si>
     <t>KOPERASI PERANGKAAN MALAYSIA BERHAD</t>
   </si>
   <si>
     <t>BLOK C6, KOMPLEKS C, PRESINT 1</t>
   </si>
   <si>
-    <t>886</t>
+    <t>1011</t>
   </si>
   <si>
     <t>GIORDANO (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT LG11, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>887</t>
+    <t>1012</t>
   </si>
   <si>
     <t>KASBIN</t>
   </si>
   <si>
     <t>LOT G-002, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>888</t>
+    <t>1013</t>
   </si>
   <si>
     <t>PUBLIC ISLAMIC BANK BERHAD</t>
   </si>
   <si>
     <t>NO.34,34A,34B.36,36A,36B &amp; 36C, NADI@15, NADI 15, DIPLOMATIK ENCLAVE, PRESINT 15</t>
   </si>
   <si>
-    <t>889</t>
+    <t>1014</t>
   </si>
   <si>
     <t>REALME</t>
   </si>
   <si>
     <t>G28, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>890</t>
+    <t>1015</t>
   </si>
   <si>
     <t>BUBBLELAB LAUNDRY</t>
   </si>
   <si>
     <t>NO. 14, JALAN SELUANG P8/7, PRESINT 8</t>
   </si>
   <si>
-    <t>891</t>
+    <t>1016</t>
   </si>
   <si>
     <t>MOHD CHAN SIGNATURE SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 58 &amp; 60, JALAN PERAK 15, PRESINT 15</t>
   </si>
   <si>
-    <t>892</t>
+    <t>1017</t>
   </si>
   <si>
     <t>JBS BIKE</t>
   </si>
   <si>
     <t>NO.5, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>893</t>
+    <t>1018</t>
   </si>
   <si>
     <t>HTR AUTO SERVICE SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 29, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>894</t>
+    <t>1019</t>
   </si>
   <si>
     <t>UK 8, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>895</t>
+    <t>1020</t>
   </si>
   <si>
     <t>MY MOMS LAUNDRY</t>
   </si>
   <si>
     <t>8, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>896</t>
+    <t>1021</t>
   </si>
   <si>
     <t>NEXUS INTERNATIONAL SCHOOL MALAYSIA</t>
   </si>
   <si>
     <t>NO. 1, JALAN DIPLOMATIK 3/6, PRESINT 15</t>
   </si>
   <si>
-    <t>897</t>
+    <t>1022</t>
   </si>
   <si>
     <t>R&amp;S INFINITE BUSINESS</t>
   </si>
   <si>
     <t>LOT PENANGGAH, NO. 3, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>898</t>
+    <t>1023</t>
   </si>
   <si>
     <t>DINAMIK SAGA RESOURCES</t>
   </si>
   <si>
     <t>RUANG KEDAI DOBI, PUSAT KOMUNITI KUARTERS JENIS APARTMENT FASA 1C, JALAN P16 J, PRESINT 16</t>
   </si>
   <si>
-    <t>899</t>
+    <t>1024</t>
   </si>
   <si>
     <t>LUCKIN COFFEE</t>
   </si>
   <si>
     <t>NO.35, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>900</t>
+    <t>1025</t>
   </si>
   <si>
     <t>QEW TECHNOLOGIES (M) SDN BHD</t>
   </si>
   <si>
     <t>L02-16, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>901</t>
+    <t>1026</t>
   </si>
   <si>
     <t>INDEPENDENT BARBERSHOP</t>
   </si>
   <si>
     <t>NO. 56A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>902</t>
+    <t>1027</t>
   </si>
   <si>
     <t>NO. 80G, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>903</t>
+    <t>1028</t>
   </si>
   <si>
     <t>MOHAMMAD HISHABMUDIN BIN ABU YAZIT</t>
   </si>
   <si>
     <t>NO. 07, PERSIARAN PERDANA, PRESINT 2</t>
   </si>
   <si>
-    <t>904</t>
+    <t>1029</t>
   </si>
   <si>
     <t>RESTU CATERING &amp; CAFE</t>
   </si>
   <si>
     <t>NO.1, KOMPLEKS NASYRUL QURAN, JALAN P14J</t>
   </si>
   <si>
-    <t>905</t>
+    <t>1030</t>
   </si>
   <si>
     <t>MK CURTAIN</t>
   </si>
   <si>
     <t>NO.76, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>906</t>
+    <t>1031</t>
   </si>
   <si>
     <t>EBRIGHT</t>
   </si>
   <si>
     <t>10A, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>907</t>
+    <t>1032</t>
   </si>
   <si>
     <t>MR HAMMER SDN BHD</t>
   </si>
   <si>
     <t>NO. 14G, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>908</t>
+    <t>1033</t>
   </si>
   <si>
     <t>RESTORAN KAK LA NASI ULAM</t>
   </si>
   <si>
     <t>NO.18, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>909</t>
+    <t>1034</t>
   </si>
   <si>
     <t>NASI BERIANI GAM PUTRAJAYA</t>
   </si>
   <si>
     <t>LOT UNIT KERING 2 (UK 2), TAMAN WARISAN PERTANIAN PUTRAJAYA, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>910</t>
+    <t>1035</t>
   </si>
   <si>
     <t>LAS PALACE</t>
   </si>
   <si>
-    <t>NO. 8, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
-[...2 lines deleted...]
-    <t>911</t>
+    <t>1036</t>
   </si>
   <si>
     <t>MGCS SDN BHD</t>
   </si>
   <si>
     <t>G29 &amp; G30,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>912</t>
+    <t>1037</t>
   </si>
   <si>
     <t>AMIR</t>
   </si>
   <si>
     <t>NO. LG 38, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>913</t>
+    <t>1038</t>
   </si>
   <si>
     <t>MENARA OPTOMETRY CENTRE SDN BHD</t>
   </si>
   <si>
     <t>64, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>914</t>
+    <t>1039</t>
   </si>
   <si>
     <t>NS PRESTIGE AUTOSPA</t>
   </si>
   <si>
     <t>NO. 6, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>915</t>
+    <t>1040</t>
   </si>
   <si>
     <t>PASARAYA KARNIVAL KIM WAH SDN BHD</t>
   </si>
   <si>
     <t>NO 10, 12 &amp; 14, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>916</t>
+    <t>1041</t>
   </si>
   <si>
     <t>KIM HIN JOO (M)BHD</t>
   </si>
   <si>
     <t>G77-G79,, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>917</t>
+    <t>1042</t>
   </si>
   <si>
     <t>KEDAI PAKAIAN UNIFORM PELANGI</t>
   </si>
   <si>
     <t>NO. L01-62, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>918</t>
+    <t>1043</t>
   </si>
   <si>
     <t>POLAR ICE CREAM SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G-013, LOBBY SELERA PUTRA, SOUQ PUTRAJAYA, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>919</t>
+    <t>1044</t>
   </si>
   <si>
     <t>L01-48, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>920</t>
+    <t>1045</t>
   </si>
   <si>
     <t>PAJAK GADAI ISLAM ( AR-RAHNU )</t>
   </si>
   <si>
     <t>NO. 7, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>921</t>
+    <t>1046</t>
   </si>
   <si>
     <t>ROCK AUDIO SDN. BHD.</t>
   </si>
   <si>
     <t>UG-17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>922</t>
+    <t>1047</t>
   </si>
   <si>
     <t>EASY FAST MART</t>
   </si>
   <si>
     <t>KEDAI RUNCIT BLOK C2, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>923</t>
+    <t>1048</t>
   </si>
   <si>
     <t>ADAN AFIAT RESOURCES</t>
   </si>
   <si>
     <t>L02-69, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>924</t>
+    <t>1049</t>
   </si>
   <si>
     <t>R ENERGY CAR RENTAL</t>
   </si>
   <si>
     <t>NO. 14, 1st FLOOR,JALAN INDUSTRI PUTRA 1,PRESINT 14,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>925</t>
+    <t>1050</t>
   </si>
   <si>
     <t>IDEAL CAR GROUP SDN BHD</t>
   </si>
   <si>
     <t>NO 14, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>926</t>
+    <t>1051</t>
   </si>
   <si>
     <t>SALINA Z BEAUTY</t>
   </si>
   <si>
     <t>NO. 26A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>927</t>
+    <t>1052</t>
   </si>
   <si>
     <t>ARAS G, KEMENTERIAN PEMBANGUNAN WANITA, KELUARGA DAN MASYARAKAT, PERSIARAN PERDANA, PRESINT 4</t>
   </si>
   <si>
-    <t>928</t>
+    <t>1053</t>
   </si>
   <si>
     <t>HABIB JEWELS SDN BHD</t>
   </si>
   <si>
     <t>LG 17 &amp; 18 ALAMANDA SHOPPING CENTRE , JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>929</t>
+    <t>1054</t>
   </si>
   <si>
     <t>GRAB &amp; GO, JALAN P5, PRESINT 5</t>
   </si>
   <si>
-    <t>930</t>
+    <t>1055</t>
   </si>
   <si>
     <t>TADIKA INTELEK MINDA CERDAS</t>
   </si>
   <si>
     <t>NO. 18A, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>931</t>
+    <t>1056</t>
   </si>
   <si>
     <t>LOT 05, 05A, 06, 07 &amp; 08, JALAN TUN ABDUL RAZAK, PRESINT 3</t>
   </si>
   <si>
-    <t>932</t>
+    <t>1057</t>
   </si>
   <si>
     <t>WETLAND STUDIOS PUTRAJAYA, NATURE INTERPRETATION CENTER, TAMAN WETLAND PUTRAJAYA, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>933</t>
+    <t>1058</t>
   </si>
   <si>
     <t>SENHENG ELECTRIC (KL) SDN.BHD.</t>
   </si>
   <si>
     <t>9, 9A, 9B, 11, 11A, 11B, 11C, 13, 13A, 13B, 13C,JALAN DIPLOMATIK P15,PRESINT 15,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>934</t>
+    <t>1059</t>
   </si>
   <si>
     <t>LOT OS19, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>935</t>
+    <t>1060</t>
   </si>
   <si>
     <t>PUSTAKA RAWANG SDN BHD</t>
   </si>
   <si>
     <t>NO. 6 &amp; 8, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>936</t>
+    <t>1061</t>
   </si>
   <si>
     <t>NO. 4G, JALAN P16/1, PRESINT 16</t>
   </si>
   <si>
-    <t>937</t>
+    <t>1062</t>
   </si>
   <si>
     <t>LOT OS13, GROUND FLOOR,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>938</t>
+    <t>1063</t>
   </si>
   <si>
     <t>LOT G 27, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>939</t>
+    <t>1064</t>
   </si>
   <si>
     <t>LOT G42, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>940</t>
+    <t>1065</t>
   </si>
   <si>
     <t>BIG PHARMACY HEALTHCARE SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 24 &amp; 26, JALAN DIPLOMATIK, PRESINT 15,62050 PUTRAJAYA</t>
   </si>
   <si>
-    <t>941</t>
+    <t>1066</t>
   </si>
   <si>
     <t>QEW COMMUNICATIONS SDN BHD</t>
   </si>
   <si>
-    <t>942</t>
+    <t>1067</t>
   </si>
   <si>
     <t>QEW GROUP BERHAD</t>
   </si>
   <si>
     <t>L02-13, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>943</t>
+    <t>1068</t>
   </si>
   <si>
     <t>TRAVEL FOR ALL RETAIL SDN BHD</t>
   </si>
   <si>
     <t>LOT LG37, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>944</t>
+    <t>1069</t>
   </si>
   <si>
     <t>PURPLE BLOSSOM ENTERPRISE</t>
   </si>
   <si>
     <t>UG-06, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>945</t>
-[...2 lines deleted...]
-    <t>AFFIN BANK BERHAD</t>
+    <t>1070</t>
   </si>
   <si>
     <t>NO. 38, 38A, 38B, 38C &amp; 40, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>946</t>
+    <t>1071</t>
   </si>
   <si>
     <t>IKHASAS TRAVEL &amp; TOUR SDN BHD</t>
   </si>
   <si>
     <t>B2, BLOK A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>947</t>
+    <t>1072</t>
   </si>
   <si>
     <t>LOT PENANGGAH NO. 2, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>948</t>
+    <t>1073</t>
   </si>
   <si>
     <t>RAKAM RAGAM</t>
   </si>
   <si>
     <t>L01-28, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>949</t>
+    <t>1074</t>
   </si>
   <si>
     <t>TREND WORLD</t>
   </si>
   <si>
     <t>40-1B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>950</t>
+    <t>1075</t>
   </si>
   <si>
     <t>SMART FIX MOBILE</t>
   </si>
   <si>
     <t>NO. 38, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>951</t>
+    <t>1076</t>
   </si>
   <si>
     <t>HARUM BAROKAH RESOURCES</t>
   </si>
   <si>
     <t>97, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>952</t>
+    <t>1077</t>
   </si>
   <si>
     <t>STN RESOURCES SDN BHD</t>
   </si>
   <si>
     <t>NO. 7B, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>953</t>
+    <t>1078</t>
   </si>
   <si>
     <t>FALIH AD DEEN EDUCATION SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 18A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>954</t>
+    <t>1079</t>
   </si>
   <si>
     <t>WARUNG SANTAI KITA</t>
   </si>
   <si>
     <t>G.10 MEDAN SELERA P8, JALAN P8, PRESINT 8, 62250 PUTRAJAYA</t>
   </si>
   <si>
-    <t>955</t>
+    <t>1080</t>
   </si>
   <si>
     <t>R &amp; D SINAR ENTERPRISE</t>
   </si>
   <si>
     <t>C-003, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>956</t>
+    <t>1081</t>
   </si>
   <si>
     <t>FOCUS POINT VISION CARE GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG 62, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>957</t>
+    <t>1082</t>
   </si>
   <si>
     <t>C. I. READYMIX SDN BHD</t>
   </si>
   <si>
     <t>LOT 14067 P19 PRESINT 19 PUTRAJAYA 62200 PRESINT 19</t>
   </si>
   <si>
-    <t>958</t>
+    <t>1083</t>
   </si>
   <si>
     <t>BERJAYA KRISPY KREME DOUGHNUTS SDN BHD</t>
   </si>
   <si>
     <t>LOT LG 35, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>959</t>
+    <t>1084</t>
   </si>
   <si>
     <t>KUJDT</t>
   </si>
   <si>
     <t>UG-30, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>960</t>
+    <t>1085</t>
   </si>
   <si>
     <t>ZAKI HOME FURNITURE</t>
   </si>
   <si>
     <t>NO.72 &amp;72A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>961</t>
+    <t>1086</t>
   </si>
   <si>
     <t>PASARAYA MU SDN.BHD</t>
   </si>
   <si>
     <t>NO. 67G, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>962</t>
+    <t>1087</t>
   </si>
   <si>
     <t>AL IKHSAN SPORTS SDN BHD</t>
   </si>
   <si>
     <t>LG 25 &amp; 25A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>963</t>
+    <t>1088</t>
   </si>
   <si>
     <t>PUTRAHOMES REALTY</t>
   </si>
   <si>
     <t>104A, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>964</t>
+    <t>1089</t>
   </si>
   <si>
     <t>AZHAR STATION</t>
   </si>
   <si>
     <t>NO. 10, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>965</t>
+    <t>1090</t>
   </si>
   <si>
     <t>G 16, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>966</t>
+    <t>1091</t>
   </si>
   <si>
     <t>LOT G15, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>967</t>
+    <t>1092</t>
   </si>
   <si>
     <t>CHEF'S CANVAS</t>
   </si>
   <si>
     <t>NO. 45 &amp; 45A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>968</t>
+    <t>1093</t>
   </si>
   <si>
     <t>GENE MARTINO</t>
   </si>
   <si>
     <t>LOT G-25, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>969</t>
+    <t>1094</t>
   </si>
   <si>
     <t>KACAMUDA</t>
   </si>
   <si>
     <t>DEWAN MAKAN, SEKOLAH SULTAN ALAM SHAH, PARCEL G, PRESINT 1</t>
   </si>
   <si>
-    <t>970</t>
+    <t>1095</t>
   </si>
   <si>
     <t>TASKA DUNIA ADINDA</t>
   </si>
   <si>
     <t>NO. 2, JALAN P9 A/3, PRESINT 9</t>
   </si>
   <si>
-    <t>971</t>
+    <t>1096</t>
   </si>
   <si>
     <t>DE GIFT HOUSE</t>
   </si>
   <si>
     <t>12, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>972</t>
+    <t>1097</t>
   </si>
   <si>
     <t>CAT ZOUK MALAYA</t>
   </si>
   <si>
     <t>NO 17, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>973</t>
+    <t>1098</t>
   </si>
   <si>
     <t>HABIB JEWELS FRANCHISE SDN BHD</t>
   </si>
   <si>
     <t>LOT LG 45, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>974</t>
+    <t>1099</t>
   </si>
   <si>
     <t>G-012, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>975</t>
+    <t>1100</t>
   </si>
   <si>
     <t>C-002, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>976</t>
+    <t>1101</t>
   </si>
   <si>
     <t>PIZZA HUT RESTAURANTS SDN BHD</t>
   </si>
   <si>
     <t>LOT G-90, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>977</t>
+    <t>1102</t>
   </si>
   <si>
     <t>QSR STORES SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G89, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>978</t>
+    <t>1103</t>
   </si>
   <si>
     <t>SALAM NOODLES</t>
   </si>
   <si>
     <t>NO. 64, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>979</t>
+    <t>1104</t>
   </si>
   <si>
     <t>BOON HUA BIKERS SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 37 &amp; 39, KAWASAN PERINDUSTRIAN, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>980</t>
+    <t>1105</t>
   </si>
   <si>
     <t>GERAI LAMAN DUTA PRESINT 15</t>
   </si>
   <si>
     <t>KAFETERIA DATARAN DUTA,JALAN DIPLOMATIK 3/6,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>981</t>
+    <t>1106</t>
   </si>
   <si>
     <t>SEEDS HOTEL</t>
   </si>
   <si>
     <t>NO. 23, 23A, 23B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>982</t>
+    <t>1107</t>
   </si>
   <si>
     <t>NICE STYLE</t>
   </si>
   <si>
     <t>67, 67A, 67B &amp; 67C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>983</t>
+    <t>1108</t>
   </si>
   <si>
     <t>MESRA PET SHOP</t>
   </si>
   <si>
     <t>NO. 74, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>984</t>
+    <t>1109</t>
   </si>
   <si>
     <t>ILHAM UNIK SDN BHD</t>
   </si>
   <si>
     <t>LOT G26A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>985</t>
+    <t>1110</t>
   </si>
   <si>
     <t>GLORIA JEANS COFFEE</t>
   </si>
   <si>
     <t>KAFETERIA ARAS 1, SETIA PERDANA 2, BAHAGIAN KHIDMAT PENGURUSAN, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>986</t>
+    <t>1111</t>
   </si>
   <si>
     <t>TADIKA GENERASI PINTAR BERBUDI</t>
   </si>
   <si>
     <t>NO. 64A, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>987</t>
+    <t>1112</t>
   </si>
   <si>
     <t>FLASH MALAYSIA EXPRESS SDN. BHD.</t>
   </si>
   <si>
     <t>38, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>988</t>
+    <t>1113</t>
   </si>
   <si>
     <t>A-SALOON SDN BHD</t>
   </si>
   <si>
     <t>LOT G-66 &amp; G-67, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>989</t>
+    <t>1114</t>
   </si>
   <si>
     <t>NO G-17, SHAFTSBURY STELLAR PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>990</t>
+    <t>1115</t>
   </si>
   <si>
     <t>AGENSI PEKERJAAN ALPHA NEPTUNE (M) SDN BHD</t>
   </si>
   <si>
     <t>NO. 2A,TINGKAT 1 JALAN DIPLOMATIK 2/1, PRESINT 15 ,62050, WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>991</t>
+    <t>1116</t>
   </si>
   <si>
     <t>LOYALTY HAIR STUDIO (M) SDN. BHD.</t>
   </si>
   <si>
     <t>UG-31, RETAIL MALL, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>992</t>
+    <t>1117</t>
   </si>
   <si>
     <t>SW MUSLIMAH SDN BHD</t>
   </si>
   <si>
     <t>NO. 17, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>993</t>
+    <t>1118</t>
   </si>
   <si>
     <t>ESPRIT ESTATE AGENT SDN. BHD. (PUTRAJAYA)</t>
   </si>
   <si>
     <t>L02-68, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>994</t>
+    <t>1119</t>
   </si>
   <si>
     <t>ZENSORI</t>
   </si>
   <si>
     <t>4-2 &amp; 3-2, JALAN P16/1, PRESINT 16</t>
   </si>
   <si>
-    <t>995</t>
+    <t>1120</t>
   </si>
   <si>
     <t>ACCESS IDEAS (M) SDN BHD</t>
   </si>
   <si>
     <t>L01-46, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>996</t>
+    <t>1121</t>
   </si>
   <si>
     <t>L02-80, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>997</t>
+    <t>1122</t>
   </si>
   <si>
     <t>L01-41, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>998</t>
+    <t>1123</t>
   </si>
   <si>
     <t>UNIQLO (M) SDN.BHD.</t>
   </si>
   <si>
     <t>LOT LG12, LG13 &amp; LG75, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>999</t>
+    <t>1124</t>
   </si>
   <si>
     <t>PAJAK GADAI JP (NADI 15) SDN BHD</t>
   </si>
   <si>
     <t>NO. 30-G, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1000</t>
+    <t>1125</t>
   </si>
   <si>
     <t>NO. 43, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1001</t>
+    <t>1126</t>
   </si>
   <si>
     <t>LOT G22, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1002</t>
+    <t>1127</t>
   </si>
   <si>
     <t>CYC AUTO HAUS SERVICES</t>
   </si>
   <si>
     <t>NO.2, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>1003</t>
+    <t>1128</t>
   </si>
   <si>
     <t>WONG WENG YEW</t>
   </si>
   <si>
     <t>NO. 34B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>1004</t>
+    <t>1129</t>
   </si>
   <si>
     <t>EXTREME BROADBAND SDN BHD</t>
   </si>
   <si>
-    <t>1005</t>
-[...5 lines deleted...]
-    <t>1007</t>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>1132</t>
   </si>
   <si>
     <t>TRENT PHARMA SDN BHD</t>
   </si>
   <si>
     <t>NO. 62, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1008</t>
+    <t>1133</t>
   </si>
   <si>
     <t>NO. 16, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1009</t>
+    <t>1134</t>
   </si>
   <si>
     <t>HAPPY HOME SUPERSTORE SDN BHD</t>
   </si>
   <si>
     <t>NO. 86 &amp; 86A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1010</t>
+    <t>1135</t>
   </si>
   <si>
     <t>BALLOON BOUTIQUE</t>
   </si>
   <si>
     <t>LOT OS22, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1011</t>
+    <t>1136</t>
   </si>
   <si>
     <t>OUTDOOR CENTRE SDN BHD</t>
   </si>
   <si>
     <t>NO.7, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>1012</t>
+    <t>1137</t>
   </si>
   <si>
     <t>ASTAKA TEKNIK</t>
   </si>
   <si>
     <t>NO. 22-B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1013</t>
+    <t>1138</t>
   </si>
   <si>
     <t>SECRET RECIPE CAKES &amp; CAFE SDN.BHD.</t>
   </si>
   <si>
     <t>NO. 28, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1014</t>
+    <t>1139</t>
   </si>
   <si>
     <t>LOT G01-82, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1015</t>
+    <t>1140</t>
   </si>
   <si>
     <t>FOX TAILOR SDN BHD</t>
   </si>
   <si>
     <t>LOT G05, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1016</t>
+    <t>1141</t>
   </si>
   <si>
     <t>ADIVAA STUDIO</t>
   </si>
   <si>
     <t>90B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1017</t>
+    <t>1142</t>
   </si>
   <si>
     <t>KIDDO STICKERS GALLERY</t>
   </si>
   <si>
     <t>LOT OSP402, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1018</t>
+    <t>1143</t>
   </si>
   <si>
     <t>CENDANA AUTO SDN BHD</t>
   </si>
   <si>
     <t>NO. 42, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>1019</t>
+    <t>1144</t>
   </si>
   <si>
     <t>WARISAN TOK ABAH</t>
   </si>
   <si>
     <t>LOT PENANGGAH NO.1, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>1020</t>
+    <t>1145</t>
   </si>
   <si>
     <t>FIX SERVICE</t>
   </si>
   <si>
     <t>LOT LG 72, LOWER GROUND FLOOR,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1021</t>
+    <t>1146</t>
   </si>
   <si>
     <t>BBQ TOWN</t>
   </si>
   <si>
     <t>LOT G-17A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1022</t>
+    <t>1147</t>
   </si>
   <si>
     <t>SUKIYA</t>
   </si>
   <si>
     <t>G13 &amp; G13A, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1023</t>
+    <t>1148</t>
   </si>
   <si>
     <t>TADIKA ATFAAL BESTARI ELIT</t>
   </si>
   <si>
     <t>ARAS 1, BLOK F, PPAM SELASIH, JALAN P17 E, PRESINT 17</t>
   </si>
   <si>
-    <t>1024</t>
+    <t>1149</t>
   </si>
   <si>
     <t>ASTERSPRING</t>
   </si>
   <si>
     <t>LOT LG 55 &amp; 56, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1025</t>
+    <t>1150</t>
   </si>
   <si>
     <t>BANK MUAMALAT MALAYSIA BERHAD</t>
   </si>
   <si>
     <t>NO 2 &amp; 4, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>1026</t>
+    <t>1151</t>
   </si>
   <si>
     <t>NANOSTIX</t>
   </si>
   <si>
     <t>LOT 16G, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>1027</t>
+    <t>1152</t>
   </si>
   <si>
     <t>C &amp; J CLARK (M) SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG51A, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>1028</t>
+    <t>1153</t>
   </si>
   <si>
     <t>MIEE TARIK FAIZAL KONG ( BERCITARASA SDN. BHD.)</t>
   </si>
   <si>
     <t>LOT G84, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1029</t>
+    <t>1154</t>
   </si>
   <si>
     <t>AJP ENTERPRISE</t>
   </si>
   <si>
     <t>BLOK C6, KOMPLEKS C, LEBUH PERDANA SELATAN, PRESINT 1</t>
   </si>
   <si>
-    <t>1030</t>
+    <t>1155</t>
   </si>
   <si>
     <t>DEAR SURI</t>
   </si>
   <si>
     <t>LOT KIOS KACA, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>1031</t>
+    <t>1156</t>
   </si>
   <si>
     <t>MOOI XIN YI</t>
   </si>
   <si>
     <t>NO. 55, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1032</t>
+    <t>1157</t>
   </si>
   <si>
     <t>PROQUAZ SDN BHD</t>
   </si>
   <si>
     <t>1B, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>1033</t>
+    <t>1158</t>
   </si>
   <si>
     <t>2B, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>1034</t>
+    <t>1159</t>
   </si>
   <si>
     <t>A-LOOK EYEWEAR SDN BHD</t>
   </si>
   <si>
-    <t>1035</t>
+    <t>1160</t>
   </si>
   <si>
     <t>HONG LEONG ISLAMIC BANK BERHAD</t>
   </si>
   <si>
     <t>NO. 5, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>1036</t>
+    <t>1161</t>
   </si>
   <si>
     <t>PPK PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 13 &amp; 13B, LOT KOMERSIAL NADI@15, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>1037</t>
+    <t>1162</t>
   </si>
   <si>
     <t>ENDOZ ENGINEERING</t>
   </si>
   <si>
     <t>NO.16B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>1038</t>
+    <t>1163</t>
   </si>
   <si>
     <t>LEON CLASSROOM SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 32A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1039</t>
+    <t>1164</t>
   </si>
   <si>
     <t>GREEN BAG BY CIC SDN BHD</t>
   </si>
   <si>
     <t>3A, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>1040</t>
+    <t>1165</t>
   </si>
   <si>
     <t>MANJAKU RETAIL SDN BHD</t>
   </si>
   <si>
     <t>NO. 22,22A,22B,24,24A,24B,26,26A,26B,28,28A,28B,JALAN PERAK P15,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1041</t>
+    <t>1166</t>
   </si>
   <si>
     <t>PERNIAGAAN KMJ</t>
   </si>
   <si>
     <t>SK PUTRAJAYA PRESINT 14 (1), JALAN P14, PRESINT 14</t>
   </si>
   <si>
-    <t>1042</t>
+    <t>1167</t>
   </si>
   <si>
     <t>JABATAN PERANGKAAN MALAYSIA, BLOK C7, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>1043</t>
+    <t>1168</t>
   </si>
   <si>
     <t>NO. 2, PUSAT KOMUNITI KUARTERS JENIS APARTMENT P16, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>1044</t>
+    <t>1169</t>
   </si>
   <si>
     <t>COSWAY (M) SDN BHD</t>
   </si>
   <si>
     <t>NO 1, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>1045</t>
+    <t>1170</t>
   </si>
   <si>
     <t>MR JAY ENTERPRISE</t>
   </si>
   <si>
     <t>JALAN P18M, PRESINT 18 62100 PUTRAJAYA</t>
   </si>
   <si>
-    <t>1046</t>
+    <t>1171</t>
   </si>
   <si>
     <t>SA LOKALICIOUS KITCHEN</t>
   </si>
   <si>
     <t>NO 18, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>1047</t>
+    <t>1172</t>
   </si>
   <si>
     <t>IRHA INTERNATIONAL SDN BHD</t>
   </si>
   <si>
     <t>NO. 43, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>1048</t>
+    <t>1173</t>
   </si>
   <si>
     <t>AURORA BIDAN SDN BHD</t>
   </si>
   <si>
     <t>NO.9, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1049</t>
+    <t>1174</t>
   </si>
   <si>
     <t>OCC SAFETY HEALTH &amp; ENVIRONMENT GLOBAL VENTURES</t>
   </si>
   <si>
     <t>NO.7 LG, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>1050</t>
+    <t>1175</t>
   </si>
   <si>
     <t>DAISY</t>
   </si>
   <si>
     <t>LOT G45-G49, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1051</t>
+    <t>1176</t>
   </si>
   <si>
     <t>ES ADVANCED CONCEPT</t>
   </si>
   <si>
     <t>LOT C-001, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>1052</t>
+    <t>1177</t>
   </si>
   <si>
     <t>AEON BIG (M) SDN BHD</t>
   </si>
   <si>
     <t>LOWER GROUND FLOOR AND GROUND FLOOR, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1053</t>
+    <t>1178</t>
   </si>
   <si>
     <t>CUCKOO INTERNATIONAL (MAL) BERHAD</t>
   </si>
   <si>
     <t>LOT OS01, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>1054</t>
+    <t>1179</t>
   </si>
   <si>
     <t>KOPERASI YAPEIM BERHAD</t>
   </si>
   <si>
     <t>LOT Z1-06-01 HINGGA Z1-06-16, BLOK Z1, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1055</t>
+    <t>1180</t>
   </si>
   <si>
     <t>ORINCO SANOLAN CONSTRUCTION SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 41B, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1056</t>
+    <t>1181</t>
   </si>
   <si>
     <t>KITIKAT HOTEL</t>
   </si>
   <si>
     <t>No 6A,JALAN DIPLOMATIK,238,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1057</t>
+    <t>1182</t>
   </si>
   <si>
     <t>TADIKA ALIF CERIA</t>
   </si>
   <si>
     <t>NO. 2, JALAN P14B 1/7, PRESINT 14</t>
   </si>
   <si>
-    <t>1058</t>
+    <t>1183</t>
   </si>
   <si>
     <t>THAI CUSINE</t>
   </si>
   <si>
     <t>STALL 16, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1059</t>
+    <t>1184</t>
   </si>
   <si>
     <t>QA BUSINESS SERVICES</t>
   </si>
   <si>
     <t>NO.55-C (ROOM3), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1060</t>
+    <t>1185</t>
   </si>
   <si>
     <t>PANJI JAYA PLT</t>
   </si>
   <si>
     <t>UNIT KEDAI 04, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>1061</t>
+    <t>1186</t>
   </si>
   <si>
     <t>LITTLE WOK</t>
   </si>
   <si>
     <t>STALL 3A, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1062</t>
+    <t>1187</t>
   </si>
   <si>
     <t>PRINTEC</t>
   </si>
   <si>
     <t>L02-66,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1063</t>
+    <t>1188</t>
   </si>
   <si>
     <t>PANGLIMA JUTA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G51, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>1064</t>
+    <t>1189</t>
   </si>
   <si>
     <t>MOTOR MUDAH TRADING</t>
   </si>
   <si>
-    <t>NO. 27, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
-[...2 lines deleted...]
-    <t>1065</t>
+    <t>1190</t>
   </si>
   <si>
     <t>CRUISE TASIK PUTRAJAYA, JETI PUTRAJAYA JAMBATAN PUTRA, PRESINT1, PUTRAJAYA, PRESINT 1</t>
   </si>
   <si>
-    <t>1066</t>
+    <t>1191</t>
   </si>
   <si>
     <t>TITI MAJU SDN BHD</t>
   </si>
   <si>
     <t>NO. 39B &amp; 39C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1067</t>
+    <t>1192</t>
   </si>
   <si>
     <t>LERUN INDUSTRIES SDN. BHD.</t>
   </si>
   <si>
     <t>21, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1068</t>
+    <t>1193</t>
   </si>
   <si>
     <t>ENCLAVE HOTEL</t>
   </si>
   <si>
     <t>UNIT 16A, 16B, 16C, 18, 18A, 18B &amp; 18C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1069</t>
+    <t>1194</t>
   </si>
   <si>
     <t>LS RETAIL (MALAYSIA) SDN BHD</t>
   </si>
   <si>
     <t>LOT LG54, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1070</t>
+    <t>1195</t>
   </si>
   <si>
     <t>TAKAFUL IKHLAS GENERAL BERHAD</t>
   </si>
   <si>
     <t>NO.12, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1071</t>
+    <t>1196</t>
   </si>
   <si>
     <t>G&amp;T BRAND SDN BHD</t>
   </si>
   <si>
     <t>LOT LG 31-LG 33, LOWER GROUND FLOOR, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>1072</t>
+    <t>1197</t>
   </si>
   <si>
     <t>CELCOMDIGI TELECOMMUNICATIONS SDN. BHD.</t>
   </si>
   <si>
     <t>LOT 33, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA 62000 PRESINT 1 PUTRAJAYA</t>
   </si>
   <si>
-    <t>1073</t>
+    <t>1198</t>
   </si>
   <si>
     <t>KOPI KENANGAN SDN. BHD.</t>
   </si>
   <si>
     <t>NO.39, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1074</t>
+    <t>1199</t>
   </si>
   <si>
     <t>PONEY GARMENTS SDN BHD</t>
   </si>
   <si>
     <t>LOT G10, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1075</t>
+    <t>1200</t>
   </si>
   <si>
     <t>SEPIRING CAFE SDN BHD</t>
   </si>
   <si>
     <t>LG 30 &amp; 30ES, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>1076</t>
+    <t>1201</t>
   </si>
   <si>
     <t>AH CHENG LAKSA</t>
   </si>
   <si>
     <t>LOT LG 36, LOWER GROUND FLOOR, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>1077</t>
+    <t>1202</t>
   </si>
   <si>
     <t>JMB SPJ</t>
   </si>
   <si>
     <t>B-G-01, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1078</t>
+    <t>1203</t>
   </si>
   <si>
     <t>COWAY (MALAYSIA) SDN BHD</t>
   </si>
   <si>
     <t>NO.2A, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1079</t>
+    <t>1204</t>
   </si>
   <si>
     <t>PETSMORE SDN BHD</t>
   </si>
   <si>
     <t>NO. 71, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1080</t>
+    <t>1205</t>
   </si>
   <si>
     <t>AVIATRICH HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>NO. 3, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1081</t>
+    <t>1206</t>
   </si>
   <si>
     <t>SPEECHEESE TALENT &amp; SPEECH CENTRE</t>
   </si>
   <si>
     <t>18A, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>1082</t>
+    <t>1207</t>
   </si>
   <si>
     <t>TAN BOON MING SDN BHD</t>
   </si>
   <si>
     <t>NO. 2 &amp; 2A, JALAN DIPLOMATIK 1/2, PRESINT 15</t>
   </si>
   <si>
-    <t>1083</t>
+    <t>1208</t>
   </si>
   <si>
     <t>SDS BAKERY &amp; CAFETERIA SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 2, JALAN PULAU PINANG NADI 15, PRESINT 15</t>
   </si>
   <si>
-    <t>1084</t>
+    <t>1209</t>
   </si>
   <si>
     <t>ALPRO OPTISAVER</t>
   </si>
   <si>
     <t>NO.22, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1085</t>
+    <t>1210</t>
   </si>
   <si>
     <t>EATIZEN MINI MART</t>
   </si>
   <si>
     <t>LOT 3, JALAN KANDIS P16, PRESINT 16</t>
   </si>
   <si>
-    <t>1086</t>
+    <t>1211</t>
   </si>
   <si>
     <t>GAS MALAYSIA DISTRIBUTION SDN. BHD.</t>
   </si>
   <si>
     <t>JALAN P18 F</t>
   </si>
   <si>
-    <t>1087</t>
+    <t>1212</t>
   </si>
   <si>
     <t>RICHEESE FACTORY MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT G53A, GROUND FLOOR, ALAMANDA PUTRAJAYA SHOPPING CENTER, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA, WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1088</t>
+    <t>1213</t>
   </si>
   <si>
     <t>FASHION INSPIRATION (M)SDN BHD</t>
   </si>
   <si>
     <t>LOT G13 &amp; 13B, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA</t>
   </si>
   <si>
-    <t>1089</t>
+    <t>1214</t>
   </si>
   <si>
     <t>LOVELY LACE RETAILS &amp; MARKETING SDN BHD</t>
   </si>
   <si>
     <t>G12, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1090</t>
+    <t>1215</t>
   </si>
   <si>
     <t>PUSTAKA RAKYAT (PRESINT 15) SDN BHD</t>
   </si>
   <si>
     <t>NO.1, 1A, 1B &amp; 1C, NADI@15, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1091</t>
+    <t>1216</t>
   </si>
   <si>
     <t>NO. 11, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>1092</t>
+    <t>1217</t>
   </si>
   <si>
     <t>HOTEL PULSE GRANDE, JALAN TAMAN PUTRA PERDANA, PRESINT 1</t>
   </si>
   <si>
-    <t>1093</t>
+    <t>1218</t>
   </si>
   <si>
     <t>LOT RESTORAN, TAMAN BOTANI,PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1094</t>
+    <t>1219</t>
   </si>
   <si>
     <t>OPTICAL 88 EYECARE (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT G43, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1095</t>
+    <t>1220</t>
   </si>
   <si>
     <t>INDAH PUTRAJAYA SDN BHD</t>
   </si>
   <si>
     <t>NO. 1, JALAN ALAMANDA 2, PRESINT 1</t>
   </si>
   <si>
-    <t>1096</t>
+    <t>1221</t>
   </si>
   <si>
     <t>MERCU CITA MANUFACTURING SDN.BHD.</t>
   </si>
   <si>
     <t>LOT LG70,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1097</t>
+    <t>1222</t>
   </si>
   <si>
     <t>LOT G15-ES, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1098</t>
+    <t>1223</t>
   </si>
   <si>
     <t>TRV SEVEN HILLS ACADEMY HUB</t>
   </si>
   <si>
     <t>L02-27, MENARA SHAFTSBURY,PRESINT 1</t>
   </si>
   <si>
-    <t>1099</t>
+    <t>1224</t>
   </si>
   <si>
     <t>ESTEE LAUDER MALAYSIA SDN BHD</t>
   </si>
   <si>
     <t>LOT LG16, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1100</t>
+    <t>1225</t>
   </si>
   <si>
     <t>FACTORY EYEWEAR</t>
   </si>
   <si>
     <t>NO. 57, PRESINT DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1101</t>
+    <t>1226</t>
   </si>
   <si>
     <t>CR BOUTIQUE SDN BHD</t>
   </si>
   <si>
     <t>LOT LG 10, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1102</t>
+    <t>1227</t>
   </si>
   <si>
     <t>JPS FASHIONS (MALAYSIA) SDN. BHD.</t>
   </si>
   <si>
     <t>LG-66, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1103</t>
+    <t>1228</t>
   </si>
   <si>
     <t>GIMME4FINGERS MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>NO.42, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1104</t>
+    <t>1229</t>
   </si>
   <si>
     <t>PARTNERS 360 SDN. BHD.</t>
   </si>
   <si>
     <t>G 56, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1105</t>
+    <t>1230</t>
   </si>
   <si>
     <t>ROLLIN' DOH SHAFTSBURY PUTRAJAYA</t>
   </si>
   <si>
     <t>G-K03, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1106</t>
+    <t>1231</t>
   </si>
   <si>
     <t>LOT LG28 &amp; LG29, ALAMANDA SHOPPING CENTRE JALAN ALAMANDA 62000 PRESINT 1 PUTRAJAYA</t>
   </si>
   <si>
-    <t>1107</t>
+    <t>1232</t>
   </si>
   <si>
     <t>ZEFIKS</t>
   </si>
   <si>
     <t>LOT G11, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1108</t>
+    <t>1233</t>
   </si>
   <si>
     <t>PUSAT BAHASA CAMBRIDGE ENGLISH FOR LIFE (PUTRAJAYA)</t>
   </si>
   <si>
     <t>NO.20B, LOT KOMERSIAL NADI@15, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>1109</t>
+    <t>1234</t>
   </si>
   <si>
     <t>NO G-20, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1110</t>
+    <t>1235</t>
   </si>
   <si>
     <t>NO. 6, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>1111</t>
+    <t>1236</t>
   </si>
   <si>
     <t>NO. 75, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1112</t>
+    <t>1237</t>
   </si>
   <si>
     <t>OS18, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1113</t>
+    <t>1238</t>
   </si>
   <si>
     <t>LG-1, NO. BANGUNAN 01, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>1114</t>
+    <t>1239</t>
   </si>
   <si>
     <t>NO.2 &amp; 4, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1115</t>
+    <t>1240</t>
   </si>
   <si>
     <t>AD DARI KIDS STATION</t>
   </si>
   <si>
     <t>NO. 1B, JALAN PULAU PINANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1116</t>
+    <t>1241</t>
   </si>
   <si>
     <t>ETIQA INSURANCE BERHAD</t>
   </si>
   <si>
     <t>NO. 85 &amp; 85A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1117</t>
+    <t>1242</t>
   </si>
   <si>
     <t>POLAR MART</t>
   </si>
   <si>
     <t>LOT C-004, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>1118</t>
+    <t>1243</t>
   </si>
   <si>
     <t>STORE STG01, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1119</t>
+    <t>1244</t>
   </si>
   <si>
     <t>COKLAT PISANG ENTERPRISE</t>
   </si>
   <si>
     <t>LOT KIOS KS04, JALAN P16 D/1, PRESINT 16</t>
   </si>
   <si>
-    <t>1120</t>
+    <t>1245</t>
   </si>
   <si>
     <t>RASA FOOD ARENA</t>
   </si>
   <si>
     <t>STALL 18, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1121</t>
+    <t>1246</t>
   </si>
   <si>
     <t>FD3 &amp; FD4, LOT G17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1122</t>
+    <t>1247</t>
   </si>
   <si>
     <t>STALL 17</t>
   </si>
   <si>
     <t>STALL 17, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1123</t>
+    <t>1248</t>
   </si>
   <si>
     <t>STALL 15</t>
   </si>
   <si>
     <t>STALL 15, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1124</t>
+    <t>1249</t>
   </si>
   <si>
     <t>STALL 13</t>
   </si>
   <si>
     <t>STALL 13, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1125</t>
+    <t>1250</t>
   </si>
   <si>
     <t>STALL 12</t>
   </si>
   <si>
     <t>STALL 12, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1126</t>
+    <t>1251</t>
   </si>
   <si>
     <t>STALL 10</t>
   </si>
   <si>
     <t>STALL 10, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1127</t>
+    <t>1252</t>
   </si>
   <si>
     <t>STALL 8</t>
   </si>
   <si>
     <t>STALL 8, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1128</t>
+    <t>1253</t>
   </si>
   <si>
     <t>STALL 7</t>
   </si>
   <si>
     <t>STALL 7, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1129</t>
+    <t>1254</t>
   </si>
   <si>
     <t>STALL 6</t>
   </si>
   <si>
     <t>STALL 6, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1130</t>
+    <t>1255</t>
   </si>
   <si>
     <t>STALL 5</t>
   </si>
   <si>
     <t>STALL 5, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1131</t>
+    <t>1256</t>
   </si>
   <si>
     <t>STALL 3</t>
   </si>
   <si>
     <t>STALL 3, LOT G17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1132</t>
+    <t>1257</t>
   </si>
   <si>
     <t>MEE TARIK</t>
   </si>
   <si>
     <t>STALL 2, LOT G17, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1133</t>
+    <t>1258</t>
   </si>
   <si>
     <t>MQH MOLLA MEGA SDN BHD</t>
   </si>
   <si>
     <t>STALL 9, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1134</t>
+    <t>1259</t>
   </si>
   <si>
     <t>STALL 1, LOT G17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1135</t>
+    <t>1260</t>
   </si>
   <si>
     <t>PVH COMMERCIAL MALAYSIA SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG 46-LG 47, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1136</t>
+    <t>1261</t>
   </si>
   <si>
     <t>NO 17, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1137</t>
+    <t>1262</t>
   </si>
   <si>
     <t>SYIEMARAZAK ATELIER</t>
   </si>
   <si>
     <t>UNIT L02-18, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1138</t>
+    <t>1263</t>
   </si>
   <si>
     <t>PADI HOUSE</t>
   </si>
   <si>
     <t>LOT G83, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1139</t>
+    <t>1264</t>
   </si>
   <si>
     <t>NMN ENTERPRISE</t>
   </si>
   <si>
-    <t>1140</t>
+    <t>1265</t>
   </si>
   <si>
     <t>NO. 1A, GF-1, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>1141</t>
+    <t>1266</t>
   </si>
   <si>
     <t>UWSB</t>
   </si>
   <si>
     <t>BLOK A,,JALAN ALAMANDA,144,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1142</t>
+    <t>1267</t>
   </si>
   <si>
     <t>LG-13, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1143</t>
+    <t>1268</t>
   </si>
   <si>
     <t>KKV BUSINESS MANAGEMENT SDN. BHD.</t>
   </si>
   <si>
     <t>LG-84 &amp; LG-85, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1144</t>
+    <t>1269</t>
   </si>
   <si>
     <t>RAPID BUS SDN BHD</t>
   </si>
   <si>
     <t>NO. 28, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>1145</t>
+    <t>1270</t>
   </si>
   <si>
     <t>PUSAT HEMODIALISIS MAIWP-PICOMS</t>
   </si>
   <si>
     <t>NO. 90 &amp; NO. 90B, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1146</t>
+    <t>1271</t>
   </si>
   <si>
     <t>KIM TIME SDN BHD</t>
   </si>
   <si>
     <t>LOT LG21, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1147</t>
+    <t>1272</t>
   </si>
   <si>
     <t>RHMSB-PUTRAJAYA</t>
   </si>
   <si>
     <t>NO. 12, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>1148</t>
+    <t>1273</t>
   </si>
   <si>
     <t>MERCI PASTRIES &amp; COFFEE</t>
   </si>
   <si>
     <t>G-12B,JALAN ALAMANDA,192,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1149</t>
+    <t>1274</t>
   </si>
   <si>
     <t>GLAMPING WETLAND PUTRAJAYA</t>
   </si>
   <si>
     <t>TAPAK ZIPLINE, TAPAK RV &amp; TAPAK PERKHEMAHAN, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>1150</t>
-[...2 lines deleted...]
-    <t>1151</t>
+    <t>1275</t>
+  </si>
+  <si>
+    <t>1276</t>
   </si>
   <si>
     <t>SWITCH</t>
   </si>
   <si>
     <t>LOT G39, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1152</t>
+    <t>1277</t>
   </si>
   <si>
     <t>SUNAN</t>
   </si>
   <si>
     <t>RUANG KEDAI SERBANEKA, KUARTERS JENIS PANGSAPURI FASA 18R12, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>1153</t>
+    <t>1278</t>
   </si>
   <si>
     <t>SR ELEGANT GROUP SDN. BHD.</t>
   </si>
   <si>
     <t>RUANG LEGAR, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>1154</t>
+    <t>1279</t>
   </si>
   <si>
     <t>NHS NATIONWIDE SECURITY SYSTEM SDN BHD</t>
   </si>
   <si>
     <t>Z1-07-16, NO 2, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1155</t>
+    <t>1280</t>
   </si>
   <si>
     <t>LOT KIOS, PUSAT AKTIVITI AIR, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>1156</t>
+    <t>1281</t>
   </si>
   <si>
     <t>PUSAT REKREASI AIR, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>1157</t>
+    <t>1282</t>
   </si>
   <si>
     <t>SATE KAJANG HJ. SAMURI</t>
   </si>
   <si>
     <t>NO 1, TAMAN WARISAN PERTANIAN PUTRAJAYA, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>1158</t>
+    <t>1283</t>
   </si>
   <si>
     <t>SATE KAJANG HJ SAMURI MARKETING SDN BHD</t>
   </si>
   <si>
-    <t>1159</t>
+    <t>1284</t>
   </si>
   <si>
     <t>ARAS 2, BLOK D3, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>1160</t>
+    <t>1285</t>
   </si>
   <si>
     <t>NO 2A, LOT KOMERSIAL NADI 15, JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>1161</t>
+    <t>1286</t>
   </si>
   <si>
     <t>NO. 108, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1162</t>
+    <t>1287</t>
   </si>
   <si>
     <t>KDQ SDN. BHD.</t>
   </si>
   <si>
     <t>BANGUNAN UTAMA KOMPLEKS PUSAT PELAWAT (VISITOR CENTRE), JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>1163</t>
+    <t>1288</t>
   </si>
   <si>
     <t>D EMAS TAILOR</t>
   </si>
   <si>
     <t>L-02-70, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1164</t>
+    <t>1289</t>
   </si>
   <si>
     <t>TEFAL</t>
   </si>
   <si>
     <t>LOT LG05, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1165</t>
+    <t>1290</t>
   </si>
   <si>
     <t>NO 53, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1166</t>
+    <t>1291</t>
   </si>
   <si>
     <t>PARKSON CORPORATION SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG101A &amp; G101, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1167</t>
+    <t>1292</t>
   </si>
   <si>
     <t>KEDAI TELEKOMUNIKASI</t>
   </si>
   <si>
     <t>NO.69, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1168</t>
+    <t>1293</t>
   </si>
   <si>
     <t>NO 5, JALAN DIPLOMATIK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1169</t>
+    <t>1294</t>
   </si>
   <si>
     <t>LOT G32, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1170</t>
+    <t>1295</t>
   </si>
   <si>
     <t>ALI MAJU MART SDN BHD</t>
   </si>
   <si>
     <t>KEDAI RUNCIT, BLOK B, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>1171</t>
+    <t>1296</t>
   </si>
   <si>
     <t>KEDAI RUNCIT, BLOK E, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>1172</t>
+    <t>1297</t>
   </si>
   <si>
     <t>lot g03-04,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1173</t>
+    <t>1298</t>
   </si>
   <si>
     <t>NO. 58, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1174</t>
+    <t>1299</t>
   </si>
   <si>
     <t>MY JHAN VETCARE SDN BHD</t>
   </si>
   <si>
     <t>NO 2, JALAN P15 H, PRESINT 15</t>
   </si>
   <si>
-    <t>1175</t>
+    <t>1300</t>
   </si>
   <si>
     <t>PUSAT PERKEMBANGAN MINDA TUNAS CEMERLANG</t>
   </si>
   <si>
     <t>NO. 93A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1176</t>
+    <t>1301</t>
   </si>
   <si>
     <t>MYDIN MOHAMED HOLDINGS BHD.</t>
   </si>
   <si>
     <t>NO. 40-54, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1177</t>
+    <t>1302</t>
   </si>
   <si>
     <t>LG07, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1178</t>
+    <t>1303</t>
   </si>
   <si>
     <t>CHAGEE</t>
   </si>
   <si>
     <t>LOT G54, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1179</t>
+    <t>1304</t>
   </si>
   <si>
     <t>TADIKA PERMATA SAUJANA</t>
   </si>
   <si>
     <t>NO.40A, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1180</t>
+    <t>1305</t>
   </si>
   <si>
     <t>HARISFADZLAH EMPIRE</t>
   </si>
   <si>
     <t>L02-59, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1181</t>
+    <t>1306</t>
   </si>
   <si>
     <t>ABP AUTO VENTURES SDN BHD</t>
   </si>
   <si>
     <t>NO. 1, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>1182</t>
+    <t>1307</t>
   </si>
   <si>
     <t>SUSHI KING</t>
   </si>
   <si>
     <t>LOT P06, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1183</t>
+    <t>1308</t>
   </si>
   <si>
     <t>ZESTFULPLATE SUPPLY</t>
   </si>
   <si>
     <t>KAFETERIA LOT 8, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>1184</t>
+    <t>1309</t>
   </si>
   <si>
     <t>KOPENK MART</t>
   </si>
   <si>
     <t>K01, KOMPLEKS KEJIRANAN PRESINT 16, JALAN P16G, PRESINT 16</t>
   </si>
   <si>
-    <t>1185</t>
+    <t>1310</t>
   </si>
   <si>
     <t>LOT L02-63A, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1186</t>
+    <t>1311</t>
   </si>
   <si>
     <t>THE RORO KITCHEN</t>
   </si>
   <si>
     <t>LOT ROTI CANAI, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>1187</t>
+    <t>1312</t>
   </si>
   <si>
     <t>QALAM QURAN SOLUTION</t>
   </si>
   <si>
     <t>SUITE 1.1D, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>1188</t>
+    <t>1313</t>
   </si>
   <si>
     <t>DUBUYO SDN. BHD.</t>
   </si>
   <si>
     <t>LOT P05, PLAZA LEVEL, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>1189</t>
+    <t>1314</t>
   </si>
   <si>
     <t>HISTOBUMI CAR CARE SDN BHD</t>
   </si>
   <si>
     <t>NO. 15, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>1190</t>
+    <t>1315</t>
   </si>
   <si>
     <t>MPH BOOKSTORES SDN.BHD</t>
   </si>
   <si>
     <t>LOT LG22-23, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1191</t>
+    <t>1316</t>
   </si>
   <si>
     <t>TCRS RESTAURANTS SDN. BHD.</t>
   </si>
   <si>
     <t>LOT P04, PLAZA LEVEL, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1, 62000 PUTRAJAYA</t>
   </si>
   <si>
-    <t>1192</t>
+    <t>1317</t>
   </si>
   <si>
     <t>NO. 13, JALAN INDUSTRI PUTRA 1, PRESINT 14</t>
   </si>
   <si>
-    <t>1193</t>
+    <t>1318</t>
   </si>
   <si>
     <t>HOT &amp; ROLL HOLDINGS SDN BHD</t>
   </si>
   <si>
     <t>LOBI 2, ARAS 4, BLOK E7, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>1194</t>
+    <t>1319</t>
   </si>
   <si>
     <t>G-003, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>1195</t>
+    <t>1320</t>
   </si>
   <si>
     <t>NO. 77A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1196</t>
+    <t>1321</t>
   </si>
   <si>
     <t>MAXIS BROADBAND SDN BHD</t>
   </si>
   <si>
     <t>LOT G80/81, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1197</t>
+    <t>1322</t>
   </si>
   <si>
     <t>RF CATERING</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH SULTAN ALAM SHAH, PARCEL G, PRESINT 1</t>
   </si>
   <si>
-    <t>1198</t>
+    <t>1323</t>
   </si>
   <si>
     <t>TOP LEADER SDN.BHD.</t>
   </si>
   <si>
     <t>LOT P02, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1199</t>
+    <t>1324</t>
   </si>
   <si>
     <t>1, JALAN P14 C1/5, PRESINT 14</t>
   </si>
   <si>
-    <t>1200</t>
+    <t>1325</t>
   </si>
   <si>
     <t>JAMOL LEGACY</t>
   </si>
   <si>
-    <t>1201</t>
+    <t>1326</t>
   </si>
   <si>
     <t>NO. 8 (GF-7), JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>1202</t>
+    <t>1327</t>
   </si>
   <si>
     <t>TASKA EUPHORIA</t>
   </si>
   <si>
     <t>NO.41A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1203</t>
+    <t>1328</t>
   </si>
   <si>
     <t>NO. 11,JALAN SELUANG P8/7,174,PRESINT 8,62250,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1204</t>
+    <t>1329</t>
   </si>
   <si>
     <t>OSIM (M) SDN BHD</t>
   </si>
   <si>
     <t>LOT LG65, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1205</t>
+    <t>1330</t>
   </si>
   <si>
     <t>WTC AUTOMOTIF (M) SDN-BHD</t>
   </si>
   <si>
     <t>78G &amp; 80G, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1206</t>
+    <t>1331</t>
   </si>
   <si>
     <t>RESTORAN NASI KANDAR AL AZWAN SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 30G, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1207</t>
+    <t>1332</t>
   </si>
   <si>
     <t>LARRIE TRADING SDN. BHD.</t>
   </si>
   <si>
     <t>LOT LG-41,ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1208</t>
+    <t>1333</t>
   </si>
   <si>
     <t>LOT LG-19, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1209</t>
+    <t>1334</t>
   </si>
   <si>
     <t>MIN COFFEE</t>
   </si>
   <si>
     <t>LG-06, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1210</t>
+    <t>1335</t>
   </si>
   <si>
     <t>RESTORAN NANDO'S</t>
   </si>
   <si>
     <t>LOT P07, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1211</t>
+    <t>1336</t>
   </si>
   <si>
     <t>FAR EAST INTERPACIFIC SDN BHD</t>
   </si>
   <si>
     <t>NO. 20, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1212</t>
+    <t>1337</t>
   </si>
   <si>
     <t>EP SECURITY SDN BHD</t>
   </si>
   <si>
     <t>Z1-08-01, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1213</t>
+    <t>1338</t>
   </si>
   <si>
     <t>FF MINI MART</t>
   </si>
   <si>
     <t>L02-07, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1214</t>
+    <t>1339</t>
   </si>
   <si>
     <t>9 ELEVEN MANAGEMENT SDN.BHD</t>
   </si>
   <si>
     <t>KEDAI RUNCIT, BLOK A, JALAN P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1215</t>
+    <t>1340</t>
   </si>
   <si>
     <t>IIB INSURANCE BROKERS SDN BHD</t>
   </si>
   <si>
     <t>L01-16, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1216</t>
+    <t>1341</t>
   </si>
   <si>
     <t>NO. 14, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1217</t>
+    <t>1342</t>
   </si>
   <si>
     <t>ZIFANO LEGACY</t>
   </si>
   <si>
     <t>L01-61, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1218</t>
+    <t>1343</t>
   </si>
   <si>
     <t>IDAMAN HAKIM ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 1A, JALAN DIPLOMATIK 2, PRESINT 15</t>
   </si>
   <si>
-    <t>1219</t>
+    <t>1344</t>
   </si>
   <si>
     <t>JAWAGHIH SDN BHD</t>
   </si>
   <si>
     <t>NO.36A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1220</t>
+    <t>1345</t>
   </si>
   <si>
     <t>SHAFTSBURY PUTRAJAYA</t>
   </si>
   <si>
     <t>LG-3A1, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1221</t>
+    <t>1346</t>
   </si>
   <si>
     <t>NZ VENTURES ENTERPRISE</t>
   </si>
   <si>
     <t>55A, ROOM 4, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1222</t>
+    <t>1347</t>
   </si>
   <si>
     <t>RAMPAI NIAGA SDN BHD</t>
   </si>
   <si>
     <t>LOT LG-57, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1223</t>
+    <t>1348</t>
   </si>
   <si>
     <t>NOREKMAL ENTERPRISE</t>
   </si>
   <si>
     <t>RUANG KAFETERIA, BLOK E14, KEMENTERIAN PENDIDIKAN MALAYSIA, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>1224</t>
-[...2 lines deleted...]
-    <t>AVIS VISION CARE OPTOMETRIST SDN. BHD.</t>
+    <t>1349</t>
   </si>
   <si>
     <t>L01-19, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1225</t>
+    <t>1350</t>
   </si>
   <si>
     <t>AMIR CATERER</t>
   </si>
   <si>
     <t>KAFETERIA E12, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>1226</t>
+    <t>1351</t>
   </si>
   <si>
     <t>NO. 10-10C 12B, JALAN DIPLOMATIK 2/1, PRESINT 15</t>
   </si>
   <si>
-    <t>1227</t>
+    <t>1352</t>
   </si>
   <si>
     <t>SB BOUTIQUE SDN BHD</t>
   </si>
   <si>
     <t>LOT LG63, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1228</t>
+    <t>1353</t>
   </si>
   <si>
     <t>NO. 51A, 51B, 51C, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1229</t>
+    <t>1354</t>
   </si>
   <si>
     <t>TERAPI MEMBACA &amp; MENGIRA CIKGU EZI</t>
   </si>
   <si>
     <t>NO. 82A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1230</t>
+    <t>1355</t>
   </si>
   <si>
     <t>DAPOQ CHEF BAHA</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, SEKOLAH MENENGAH KEBANGSAAN PUTRAJAYA P14(1), JALAN P14, PRESINT 14</t>
   </si>
   <si>
-    <t>1231</t>
+    <t>1356</t>
   </si>
   <si>
     <t>UNCLEBOB</t>
   </si>
   <si>
-    <t>1232</t>
+    <t>1357</t>
   </si>
   <si>
     <t>TAZMIDI</t>
   </si>
   <si>
     <t>L02-03A, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1233</t>
-[...2 lines deleted...]
-    <t>1234</t>
+    <t>1358</t>
+  </si>
+  <si>
+    <t>1359</t>
   </si>
   <si>
     <t>AMBANK (M) BHD</t>
   </si>
   <si>
     <t>UNIT NO.UG-26, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1235</t>
+    <t>1360</t>
   </si>
   <si>
     <t>DEMI COFFEE</t>
   </si>
   <si>
     <t>NO. 67GA, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1236</t>
+    <t>1361</t>
   </si>
   <si>
     <t>ZUL</t>
   </si>
   <si>
     <t>KANTIN SEKOLAH, JALAN P18, PRESINT 18</t>
   </si>
   <si>
-    <t>1237</t>
+    <t>1362</t>
   </si>
   <si>
     <t>FAZRULSTAR ENTERPRISE</t>
   </si>
   <si>
     <t>NO. 63, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1238</t>
+    <t>1363</t>
   </si>
   <si>
     <t>KEDAI NO. 1, PPAM SADERI, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>1239</t>
+    <t>1364</t>
   </si>
   <si>
     <t>DELICIOUS BARBEQUE SDN. BHD.</t>
   </si>
   <si>
     <t>LOT P03, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1240</t>
+    <t>1365</t>
   </si>
   <si>
     <t>NO.5, JALAN P14, PRESINT 14</t>
   </si>
   <si>
-    <t>1241</t>
+    <t>1366</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>LOT G-011, (FOOD COURT) SELERA PUTRA, SOUQ PUTRAJAYA,, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>1242</t>
+    <t>1367</t>
   </si>
   <si>
     <t>RESTORAN DAN KATERING SERI WANGI</t>
   </si>
   <si>
     <t>NO 2, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>1243</t>
+    <t>1368</t>
   </si>
   <si>
     <t>CELCOM RETAIL SDN BHD</t>
   </si>
   <si>
-    <t>LOT G36, JALAN ALAMANDA, PRESINT 1</t>
-[...2 lines deleted...]
-    <t>1244</t>
+    <t>1369</t>
   </si>
   <si>
     <t>OGX NETWORKS SDN BHD</t>
   </si>
   <si>
     <t>NO.26, 26A &amp; 26B, JALAN DIPLOMATIK 3/1, PRESINT 15</t>
   </si>
   <si>
-    <t>1245</t>
+    <t>1370</t>
   </si>
   <si>
     <t>TEALIVE SHAFTSBURY PUTRAJAYA</t>
   </si>
   <si>
     <t>LOT NO. G-12A-01, MENARA SHAFTSBURY PUTRAJAYA, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1246</t>
+    <t>1371</t>
   </si>
   <si>
     <t>LOT NO. 68, 68A, 68B &amp; 68C, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1247</t>
+    <t>1372</t>
   </si>
   <si>
     <t>MERANTI G FORCE SDN BHD</t>
   </si>
   <si>
     <t>NO.6B, PUSAT PERDAGANGAN GREENPARK, JALAN P15H, PRESINT 15</t>
   </si>
   <si>
-    <t>1248</t>
+    <t>1373</t>
+  </si>
+  <si>
+    <t>GAS DISTRICT COOLING (PUTRAJAYA) SDN BHD – GDCP, PLOT 5U1, JALAN P5/1, PRESINT 5</t>
+  </si>
+  <si>
+    <t>1374</t>
   </si>
   <si>
     <t>GLOBETROTTER LEISURE SDN. BHD.</t>
   </si>
   <si>
     <t>NO.2 (R2), JALAN PAHANG, PRESINT 15</t>
   </si>
   <si>
-    <t>1249</t>
+    <t>1375</t>
   </si>
   <si>
     <t>LG 24, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1250</t>
+    <t>1376</t>
   </si>
   <si>
     <t>SIM LEISURE ESCAPE SDN BHD</t>
   </si>
   <si>
     <t>LOT ECP, LOT SC-01-03 &amp; SC-01-04, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1251</t>
+    <t>1377</t>
   </si>
   <si>
     <t>NO.82 &amp; 84, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1252</t>
+    <t>1378</t>
   </si>
   <si>
     <t>NO. 56, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1253</t>
+    <t>1379</t>
   </si>
   <si>
     <t>UMAR REKA NIAGA</t>
   </si>
   <si>
     <t>NO. 24B (R6), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1254</t>
+    <t>1380</t>
   </si>
   <si>
     <t>BUTIK GENG BAJU SEKOLAH</t>
   </si>
   <si>
     <t>RUANG KEDAI KELENGKAPAN SEKOLAH, JALAN P17 A, PRESINT 17</t>
   </si>
   <si>
-    <t>1255</t>
+    <t>1381</t>
   </si>
   <si>
     <t>TRAVELLER MART</t>
   </si>
   <si>
     <t>M-01, DATARAN PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>1256</t>
+    <t>1382</t>
   </si>
   <si>
     <t>DRK INTERNATIONAL TRAVELS &amp; TOURS SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 55B (R7), JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1257</t>
+    <t>1383</t>
   </si>
   <si>
     <t>KABIR EXCHANGE SDN BHD</t>
   </si>
   <si>
-    <t>1258</t>
+    <t>1384</t>
   </si>
   <si>
     <t>RUANG TASKA, ARAS 1 BLOK F2, KOMPLEKS F, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>1259</t>
+    <t>1385</t>
   </si>
   <si>
     <t>LOT OS17, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1260</t>
+    <t>1386</t>
   </si>
   <si>
     <t>RAMS BARBER CORNER</t>
   </si>
   <si>
     <t>NO 12, JALAN DIPLOMATIK 3, PRESINT 15</t>
   </si>
   <si>
-    <t>1261</t>
+    <t>1387</t>
   </si>
   <si>
     <t>LOT NO.3, KOMPLEKS F7, PERSIARAN SULTAN SALAHUDDIN ABDUL AZIZ SHAH, PRESINT 1</t>
   </si>
   <si>
-    <t>1262</t>
+    <t>1388</t>
   </si>
   <si>
     <t>CAPTAIN A FROZEN</t>
   </si>
   <si>
-    <t>1263</t>
+    <t>1389</t>
   </si>
   <si>
     <t>ARAH PREMIUM SDN. BHD</t>
   </si>
   <si>
     <t>NO.60B, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1264</t>
+    <t>1390</t>
   </si>
   <si>
     <t>MZ RYAN ENTERPRISE</t>
   </si>
   <si>
     <t>G03, MEDAN SELERA PRESINT 16, JALAN P16</t>
   </si>
   <si>
-    <t>1265</t>
+    <t>1391</t>
   </si>
   <si>
     <t>IGS PROTECH SDN BHD</t>
   </si>
   <si>
     <t>no 8A,JALAN DIPLOMATIK 2,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1266</t>
+    <t>1392</t>
   </si>
   <si>
     <t>ZM STAR</t>
   </si>
   <si>
     <t>KEDAI NO 2, PPAM SADERI, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>1267</t>
+    <t>1393</t>
   </si>
   <si>
     <t>NO A1-2-1, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>1268</t>
+    <t>1394</t>
   </si>
   <si>
     <t>NO.64B, NADI@15, JALAN PERAK P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1269</t>
+    <t>1395</t>
   </si>
   <si>
     <t>LOT G41, ALAMANDA SHOPPING CENTRE</t>
   </si>
   <si>
     <t>LOT G41, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1270</t>
+    <t>1396</t>
   </si>
   <si>
     <t>GOODWILL DOMAIN</t>
   </si>
   <si>
     <t>NO 14-B,JALAN INDUSTRI PUTRA 1,PRESINT 14,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1271</t>
+    <t>1397</t>
   </si>
   <si>
     <t>KEDAI NO. 1, BLOK B, PPAM SERULING, JALAN P5 A/5, PRESINT 5</t>
   </si>
   <si>
-    <t>1272</t>
+    <t>1398</t>
   </si>
   <si>
     <t>BANGKOK PINTHO CAFE</t>
   </si>
   <si>
     <t>UNIT 4, MENARA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1273</t>
+    <t>1399</t>
   </si>
   <si>
     <t>PERMATA MART</t>
   </si>
   <si>
     <t>NO.1, PANGSAPURI PPAM PALMA, JALAN P11E, PRESINT 11</t>
   </si>
   <si>
-    <t>1274</t>
+    <t>1400</t>
   </si>
   <si>
     <t>NO. 2, BANGUNAN SURUHANJAYA PILIHAN RAYA, JALAN P2T</t>
   </si>
   <si>
-    <t>1275</t>
+    <t>1401</t>
   </si>
   <si>
     <t>WAN VACATION SDN BHD</t>
   </si>
   <si>
     <t>NO. 87A, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1276</t>
-[...2 lines deleted...]
-    <t>1277</t>
+    <t>1402</t>
+  </si>
+  <si>
+    <t>1403</t>
   </si>
   <si>
     <t>RESTORAN NASI KANDAR AL MAJU</t>
   </si>
   <si>
     <t>BLOK C-T.00-U.05, No.1 JALAN P8C/2, PUTRAJAYA 62250 PRESINT 8</t>
   </si>
   <si>
-    <t>1278</t>
+    <t>1404</t>
   </si>
   <si>
     <t>PUSAT PUNGUTAN ZAKAT</t>
   </si>
   <si>
     <t>NO. A1-1-A3, AYER@8, JALAN P8G, PRESINT 8</t>
   </si>
   <si>
-    <t>1279</t>
+    <t>1405</t>
   </si>
   <si>
     <t>NO. 10, JALAN P9 B/1A, PRESINT 9</t>
   </si>
   <si>
-    <t>1280</t>
+    <t>1406</t>
   </si>
   <si>
     <t>CO-OPBANK PERTAMA</t>
   </si>
   <si>
     <t>NO 25 &amp; 25A, JALAN P8G1, PRESINT 8</t>
   </si>
   <si>
-    <t>1281</t>
+    <t>1407</t>
   </si>
   <si>
     <t>VALORAZ SDN.BHD.</t>
   </si>
   <si>
     <t>NO.A2-2-3A AYER@8,PRESINT 8 62250 PRESINT 8</t>
   </si>
   <si>
-    <t>1282</t>
+    <t>1408</t>
   </si>
   <si>
     <t>HAZUKI BROS ENTERPRISE</t>
   </si>
   <si>
     <t>KABIN DI HADAPAN PUSAT KITAR SEMULA, PRESINT 9 62250 PRESINT 9</t>
   </si>
   <si>
-    <t>1283</t>
+    <t>1409</t>
   </si>
   <si>
     <t>YUHANIZ</t>
   </si>
   <si>
     <t>LEVEL 11, 12, 13 BLOK A, SUASANA PJH, JALAN TUN ABDUL RAZAK, PRESINT 2</t>
   </si>
   <si>
-    <t>1284</t>
+    <t>1410</t>
   </si>
   <si>
     <t>HERIOT-WATT UNIVERSITY MALAYSIA SDN BHD</t>
   </si>
   <si>
     <t>NO. 1, HERIOT-WATT UNIVERSITY, NO.1 JLN VENNA P5/2, PRESINT 5</t>
   </si>
   <si>
-    <t>1285</t>
+    <t>1411</t>
   </si>
   <si>
     <t>SERASI INTEGRATED SOLUTIONS SDN. BHD.</t>
   </si>
   <si>
     <t>C-T.02-U.08, JALAN P8 C/1, PRESINT 8</t>
   </si>
   <si>
-    <t>1286</t>
+    <t>1412</t>
   </si>
   <si>
     <t>ZAFCO TRAVEL &amp; TOURS SDN BHD</t>
   </si>
   <si>
     <t>LOT 21, UNIT b-g-r16, 2C5,JALAN TUN ABDUL RAZAK,86,PRESINT 2,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1287</t>
+    <t>1413</t>
   </si>
   <si>
     <t>ACUAN UNGGUL SDN. BHD.</t>
   </si>
   <si>
     <t>BLOK A-T02-U04, PUSAT PERNIAGAAN PRESINT 8, JALAN P8C/1 62250 PRESINT 8</t>
   </si>
   <si>
-    <t>1288</t>
+    <t>1414</t>
   </si>
   <si>
     <t>PUSAT RAWATAN DIALISIS HIDAYAH SDN BHD</t>
   </si>
   <si>
     <t>LOT 01, KOMPLEKS KEJIRANAN P9, PRESINT 9, PUTRAJAYA 62250 PRESINT 9</t>
   </si>
   <si>
-    <t>1289</t>
+    <t>1415</t>
   </si>
   <si>
     <t>MUMIN MINI MARKET</t>
   </si>
   <si>
     <t>KEDAI RUNCIT, BLOK B,JALAN P18,279,PRESINT 18,62100,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1290</t>
+    <t>1416</t>
   </si>
   <si>
     <t>LAUNDRYMALL</t>
   </si>
   <si>
     <t>NO. 3 &amp; 5,JALAN DIPLOMATIK 2,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1291</t>
+    <t>1417</t>
   </si>
   <si>
     <t>GLAMPING WETLAND PUTRAJAYA, PERSIARAN PERSEKUTUAN, PRESINT 13</t>
   </si>
   <si>
-    <t>1292</t>
+    <t>1418</t>
   </si>
   <si>
     <t>MUHAMMAD FARHAN BIN IBRAHIM</t>
   </si>
   <si>
     <t>NO. G05, MEDAN SELERA PRESINT 16, JALAN P16</t>
   </si>
   <si>
-    <t>1293</t>
+    <t>1419</t>
   </si>
   <si>
     <t>LLAOLLAO</t>
   </si>
   <si>
     <t>OS04,JALAN ALAMANDA,70,PRESINT 1,62000,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1294</t>
+    <t>1420</t>
   </si>
   <si>
     <t>BSP BERSATU SDN. BHD.</t>
   </si>
   <si>
     <t>NO. 20, JALAN PAHANG P15, PRESINT 15</t>
   </si>
   <si>
-    <t>1295</t>
+    <t>1421</t>
   </si>
   <si>
     <t>LOT MK 03, DATARAN MASJID PUTRA, JALAN MASJID PUTRA, PRESINT 1</t>
   </si>
   <si>
-    <t>1296</t>
+    <t>1422</t>
   </si>
   <si>
     <t>DAPUR NENEK</t>
   </si>
   <si>
     <t>JALAN P16</t>
   </si>
   <si>
-    <t>1297</t>
+    <t>1423</t>
   </si>
   <si>
     <t>NO.49A, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1298</t>
-[...2 lines deleted...]
-    <t>1299</t>
+    <t>1424</t>
+  </si>
+  <si>
+    <t>1425</t>
   </si>
   <si>
     <t>NO.1-G,2-G &amp; 3-G JALAN P16/1 62150 PRESINT 16</t>
   </si>
   <si>
-    <t>1300</t>
+    <t>1426</t>
   </si>
   <si>
     <t>NO. 5G JLN P16/1 62150 PRESINT 16</t>
   </si>
   <si>
-    <t>1301</t>
+    <t>1427</t>
   </si>
   <si>
     <t>PAPAJAI KAFE</t>
   </si>
   <si>
     <t>LOT 1, KAFETERIA BLOK F8, KOMPLEKS F, LEBUH PERDANA TIMUR, PRESINT 1</t>
   </si>
   <si>
-    <t>1302</t>
+    <t>1428</t>
   </si>
   <si>
     <t>WISMA RF</t>
   </si>
   <si>
     <t>NO. 13B, PUSAT KOMERSIAL, JALAN DIPLOMATIK 2/2, PRESINT 15</t>
   </si>
   <si>
-    <t>1303</t>
+    <t>1429</t>
   </si>
   <si>
     <t>AA PHARMACY PUTRAJAYA</t>
   </si>
   <si>
     <t>JALAN DIPLOMATIK</t>
   </si>
   <si>
-    <t>1304</t>
+    <t>1430</t>
   </si>
   <si>
     <t>NO. 29, PUSAT KOMERSIAL DIPLOMATIK, JALAN DIPLOMATIK, PRESINT 15</t>
   </si>
   <si>
-    <t>1305</t>
+    <t>1431</t>
   </si>
   <si>
     <t>LOT PT 2495, PETRONAS PRESINT 16, JALAN P16, PRESINT 16</t>
   </si>
   <si>
-    <t>1306</t>
+    <t>1432</t>
   </si>
   <si>
     <t>LOT K15, ALAMANDA SHOPPING CENTRE, JALAN ALAMANDA, PRESINT 1</t>
   </si>
   <si>
-    <t>1307</t>
+    <t>1433</t>
   </si>
   <si>
     <t>ARAS BAWAH PASAR AWAM PRESINT 16 PUTRAJAYA, JALAN P16 G, PRESINT 16</t>
   </si>
   <si>
-    <t>1308</t>
+    <t>1434</t>
   </si>
   <si>
     <t>NO 3, 3B, 5 &amp; 5B,JALAN DIPLOMATIK 2/2,188,PRESINT 15,62050,WILAYAH PERSEKUTUAN PUTRAJAYA</t>
   </si>
   <si>
-    <t>1309</t>
+    <t>1435</t>
   </si>
   <si>
     <t>LVMZ DEMIURGIC SDN. BHD</t>
   </si>
   <si>
     <t>LOT NO. G23-G24, TKT BAWAH PUSAT MEMBELI BELAH ALAMANDA PUTRAJAYA 62000 PRESINT 1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -11426,54 +12437,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J1312"/>
+  <dimension ref="A1:J1438"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C1312" sqref="C1312"/>
+      <selection activeCell="C1438" sqref="C1438"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.10" bestFit="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
@@ -11806,458 +12817,458 @@
         <v>88</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>89</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>92</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B38" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C38" s="4" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B39" s="4" t="s">
         <v>108</v>
       </c>
-      <c r="B39" s="4" t="s">
+      <c r="C39" s="4" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B40" s="4" t="s">
         <v>111</v>
       </c>
-      <c r="B40" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="4" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>77</v>
+        <v>120</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>149</v>
+        <v>93</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>175</v>
+        <v>144</v>
       </c>
       <c r="C62" s="4" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>133</v>
+        <v>178</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C71" s="4" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>204</v>
       </c>
       <c r="C72" s="4" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>207</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>208</v>
@@ -12323,95 +13334,95 @@
         <v>224</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>225</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>228</v>
       </c>
       <c r="C80" s="4" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B81" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C81" s="4" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B82" s="4" t="s">
         <v>233</v>
       </c>
-      <c r="B82" s="4" t="s">
+      <c r="C82" s="4" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B83" s="4" t="s">
         <v>236</v>
       </c>
-      <c r="B83" s="4" t="s">
+      <c r="C83" s="4" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B84" s="4" t="s">
         <v>239</v>
       </c>
-      <c r="B84" s="4" t="s">
+      <c r="C84" s="4" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B85" s="4" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C85" s="4" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B86" s="4" t="s">
         <v>245</v>
       </c>
       <c r="C86" s="4" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>248</v>
       </c>
       <c r="C87" s="4" t="s">
         <v>249</v>
@@ -12510,194 +13521,194 @@
         <v>274</v>
       </c>
       <c r="B96" s="4" t="s">
         <v>275</v>
       </c>
       <c r="C96" s="4" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>278</v>
       </c>
       <c r="C97" s="4" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B98" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="C98" s="4" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B99" s="4" t="s">
         <v>283</v>
       </c>
-      <c r="B99" s="4" t="s">
+      <c r="C99" s="4" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B100" s="4" t="s">
         <v>286</v>
       </c>
-      <c r="B100" s="4" t="s">
+      <c r="C100" s="4" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B101" s="4" t="s">
         <v>289</v>
       </c>
-      <c r="B101" s="4" t="s">
+      <c r="C101" s="4" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B102" s="4" t="s">
         <v>292</v>
       </c>
-      <c r="B102" s="4" t="s">
+      <c r="C102" s="4" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B103" s="4" t="s">
         <v>295</v>
       </c>
-      <c r="B103" s="4" t="s">
+      <c r="C103" s="4" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B104" s="4" t="s">
         <v>298</v>
       </c>
-      <c r="B104" s="4" t="s">
+      <c r="C104" s="4" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B105" s="4" t="s">
         <v>301</v>
       </c>
-      <c r="B105" s="4" t="s">
+      <c r="C105" s="4" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B106" s="4" t="s">
         <v>304</v>
       </c>
-      <c r="B106" s="4" t="s">
+      <c r="C106" s="4" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="B107" s="4" t="s">
         <v>307</v>
       </c>
-      <c r="B107" s="4" t="s">
+      <c r="C107" s="4" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B108" s="4" t="s">
         <v>310</v>
       </c>
-      <c r="B108" s="4" t="s">
+      <c r="C108" s="4" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="B109" s="4" t="s">
         <v>313</v>
       </c>
-      <c r="B109" s="4" t="s">
+      <c r="C109" s="4" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B110" s="4" t="s">
         <v>316</v>
       </c>
-      <c r="B110" s="4" t="s">
+      <c r="C110" s="4" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B111" s="4" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C111" s="4" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B112" s="4" t="s">
         <v>322</v>
       </c>
       <c r="C112" s="4" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>325</v>
       </c>
       <c r="C113" s="4" t="s">
         <v>326</v>
@@ -12788,840 +13799,840 @@
         <v>349</v>
       </c>
       <c r="C121" s="4" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B122" s="4" t="s">
         <v>352</v>
       </c>
       <c r="C122" s="4" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B123" s="4" t="s">
         <v>355</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>356</v>
+        <v>84</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="B124" s="4" t="s">
         <v>357</v>
       </c>
-      <c r="B124" s="4" t="s">
+      <c r="C124" s="4" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="B125" s="4" t="s">
         <v>360</v>
       </c>
-      <c r="B125" s="4" t="s">
+      <c r="C125" s="4" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="B126" s="4" t="s">
         <v>363</v>
       </c>
-      <c r="B126" s="4" t="s">
+      <c r="C126" s="4" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B127" s="4" t="s">
         <v>366</v>
       </c>
-      <c r="B127" s="4" t="s">
+      <c r="C127" s="4" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B128" s="4" t="s">
         <v>369</v>
       </c>
-      <c r="B128" s="4" t="s">
+      <c r="C128" s="4" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B129" s="4" t="s">
         <v>372</v>
       </c>
-      <c r="B129" s="4" t="s">
+      <c r="C129" s="4" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="B130" s="4" t="s">
         <v>375</v>
       </c>
-      <c r="B130" s="4" t="s">
+      <c r="C130" s="4" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B131" s="4" t="s">
         <v>378</v>
       </c>
-      <c r="B131" s="4" t="s">
+      <c r="C131" s="4" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="B132" s="4" t="s">
         <v>381</v>
       </c>
-      <c r="B132" s="4" t="s">
+      <c r="C132" s="4" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B133" s="4" t="s">
         <v>384</v>
       </c>
-      <c r="B133" s="4" t="s">
+      <c r="C133" s="4" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="B134" s="4" t="s">
         <v>387</v>
       </c>
-      <c r="B134" s="4" t="s">
+      <c r="C134" s="4" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B135" s="4" t="s">
         <v>390</v>
       </c>
-      <c r="B135" s="4" t="s">
+      <c r="C135" s="4" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="B136" s="4" t="s">
         <v>393</v>
       </c>
-      <c r="B136" s="4" t="s">
+      <c r="C136" s="4" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="B137" s="4" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C137" s="4" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B138" s="4" t="s">
         <v>399</v>
       </c>
       <c r="C138" s="4" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B139" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C139" s="4" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B140" s="4" t="s">
         <v>404</v>
       </c>
-      <c r="B140" s="4" t="s">
+      <c r="C140" s="4" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="B141" s="4" t="s">
         <v>407</v>
       </c>
-      <c r="B141" s="4" t="s">
+      <c r="C141" s="4" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="B142" s="4" t="s">
         <v>410</v>
       </c>
-      <c r="B142" s="4" t="s">
+      <c r="C142" s="4" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="B143" s="4" t="s">
         <v>413</v>
       </c>
-      <c r="B143" s="4" t="s">
+      <c r="C143" s="4" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="B144" s="4" t="s">
         <v>416</v>
       </c>
-      <c r="B144" s="4" t="s">
+      <c r="C144" s="4" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="B145" s="4" t="s">
         <v>419</v>
       </c>
-      <c r="B145" s="4" t="s">
+      <c r="C145" s="4" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="B146" s="4" t="s">
         <v>422</v>
       </c>
-      <c r="B146" s="4" t="s">
+      <c r="C146" s="4" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="B147" s="4" t="s">
         <v>425</v>
       </c>
-      <c r="B147" s="4" t="s">
+      <c r="C147" s="4" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="B148" s="4" t="s">
         <v>428</v>
       </c>
-      <c r="B148" s="4" t="s">
+      <c r="C148" s="4" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="B149" s="4" t="s">
         <v>431</v>
       </c>
-      <c r="B149" s="4" t="s">
+      <c r="C149" s="4" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B150" s="4" t="s">
         <v>434</v>
       </c>
-      <c r="B150" s="4" t="s">
+      <c r="C150" s="4" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="B151" s="4" t="s">
         <v>437</v>
       </c>
-      <c r="B151" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="4" t="s">
-        <v>439</v>
+        <v>66</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="B152" s="4" t="s">
+        <v>439</v>
+      </c>
+      <c r="C152" s="4" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="B153" s="4" t="s">
+        <v>442</v>
+      </c>
+      <c r="C153" s="4" t="s">
         <v>443</v>
-      </c>
-[...4 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="B154" s="4" t="s">
+        <v>445</v>
+      </c>
+      <c r="C154" s="4" t="s">
         <v>446</v>
-      </c>
-[...4 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="3" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="3" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="B156" s="4" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="C156" s="4" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="3" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="3" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="B158" s="4" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="C158" s="4" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="3" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="3" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="B160" s="4" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="3" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="3" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="B162" s="4" t="s">
-        <v>471</v>
+        <v>83</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>472</v>
+        <v>84</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="3" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="3" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="B164" s="4" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="3" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>480</v>
+        <v>431</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="3" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="B166" s="4" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="C166" s="4" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="3" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="3" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="B168" s="4" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="C168" s="4" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="3" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="3" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="B170" s="4" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="C170" s="4" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="3" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="3" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="B172" s="4" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="C172" s="4" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="3" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="3" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="B174" s="4" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="C174" s="4" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="3" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="3" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="B176" s="4" t="s">
-        <v>513</v>
+        <v>101</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="3" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>517</v>
+        <v>510</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="3" t="s">
-        <v>518</v>
+        <v>511</v>
       </c>
       <c r="B178" s="4" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="3" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="3" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="B180" s="4" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="C180" s="4" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="3" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="B181" s="4" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="3" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="B182" s="4" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="C182" s="4" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="3" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="3" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="B184" s="4" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="C184" s="4" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="3" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="B185" s="4" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="B186" s="4" t="s">
+        <v>536</v>
+      </c>
+      <c r="C186" s="4" t="s">
         <v>537</v>
-      </c>
-[...4 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="3" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>541</v>
+        <v>489</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="3" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="B188" s="4" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="C188" s="4" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="3" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="3" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="B190" s="4" t="s">
-        <v>391</v>
+        <v>547</v>
       </c>
       <c r="C190" s="4" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="B191" s="4" t="s">
+        <v>550</v>
+      </c>
+      <c r="C191" s="4" t="s">
         <v>551</v>
-      </c>
-[...4 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="B192" s="4" t="s">
+        <v>553</v>
+      </c>
+      <c r="C192" s="4" t="s">
         <v>554</v>
-      </c>
-[...4 lines deleted...]
-        <v>556</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="B193" s="4" t="s">
+        <v>556</v>
+      </c>
+      <c r="C193" s="4" t="s">
         <v>557</v>
-      </c>
-[...4 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="B194" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="C194" s="4" t="s">
         <v>560</v>
-      </c>
-[...4 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="B195" s="4" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="C195" s="4" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B196" s="4" t="s">
         <v>565</v>
       </c>
       <c r="C196" s="4" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="3" t="s">
         <v>567</v>
       </c>
       <c r="B197" s="4" t="s">
         <v>568</v>
       </c>
       <c r="C197" s="4" t="s">
         <v>569</v>
@@ -13632,3274 +14643,3274 @@
         <v>570</v>
       </c>
       <c r="B198" s="4" t="s">
         <v>571</v>
       </c>
       <c r="C198" s="4" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="3" t="s">
         <v>573</v>
       </c>
       <c r="B199" s="4" t="s">
         <v>574</v>
       </c>
       <c r="C199" s="4" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B200" s="4" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="3" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="3" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B202" s="4" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C202" s="4" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="3" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="B203" s="4" t="s">
-        <v>308</v>
+        <v>586</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="3" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="B204" s="4" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="3" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="3" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="B206" s="4" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="C206" s="4" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="3" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="3" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B208" s="4" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="3" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>414</v>
+        <v>595</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="3" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B210" s="4" t="s">
-        <v>414</v>
+        <v>606</v>
       </c>
       <c r="C210" s="4" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="3" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="B211" s="4" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="3" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B212" s="4" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="C212" s="4" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="3" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="B213" s="4" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="3" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="B214" s="4" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="3" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="3" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B216" s="4" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="C216" s="4" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="3" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="3" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B218" s="4" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="3" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="3" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="B220" s="4" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="3" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="3" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="B222" s="4" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="3" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="3" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="B224" s="4" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="C224" s="4" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="3" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="3" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="B226" s="4" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="3" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="3" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="B228" s="4" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="C228" s="4" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="3" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="3" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="B230" s="4" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="C230" s="4" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="3" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="3" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="B232" s="4" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="C232" s="4" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="3" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="3" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="B234" s="4" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="C234" s="4" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="3" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>675</v>
+        <v>83</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="3" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="B236" s="4" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="C236" s="4" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="3" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="3" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="B238" s="4" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C238" s="4" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="3" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="3" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="C240" s="4" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="3" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>133</v>
+        <v>698</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="3" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="B242" s="4" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="C242" s="4" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="3" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="3" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="B244" s="4" t="s">
-        <v>538</v>
+        <v>707</v>
       </c>
       <c r="C244" s="4" t="s">
-        <v>397</v>
+        <v>708</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" s="3" t="s">
-        <v>700</v>
+        <v>709</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>701</v>
+        <v>710</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>702</v>
+        <v>711</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="3" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="B246" s="4" t="s">
-        <v>701</v>
+        <v>713</v>
       </c>
       <c r="C246" s="4" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="3" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="3" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="B248" s="4" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="C248" s="4" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" s="3" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>709</v>
+        <v>722</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>712</v>
+        <v>723</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="3" t="s">
-        <v>713</v>
+        <v>724</v>
       </c>
       <c r="B250" s="4" t="s">
-        <v>714</v>
+        <v>725</v>
       </c>
       <c r="C250" s="4" t="s">
-        <v>715</v>
+        <v>726</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="3" t="s">
-        <v>716</v>
+        <v>727</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>717</v>
+        <v>728</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>718</v>
+        <v>729</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="3" t="s">
-        <v>719</v>
+        <v>730</v>
       </c>
       <c r="B252" s="4" t="s">
-        <v>720</v>
+        <v>731</v>
       </c>
       <c r="C252" s="4" t="s">
-        <v>721</v>
+        <v>732</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" s="3" t="s">
-        <v>722</v>
+        <v>733</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>723</v>
+        <v>734</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>724</v>
+        <v>735</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" s="3" t="s">
-        <v>725</v>
+        <v>736</v>
       </c>
       <c r="B254" s="4" t="s">
-        <v>726</v>
+        <v>737</v>
       </c>
       <c r="C254" s="4" t="s">
-        <v>727</v>
+        <v>738</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="3" t="s">
-        <v>728</v>
+        <v>739</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>729</v>
+        <v>740</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>730</v>
+        <v>741</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="3" t="s">
-        <v>731</v>
+        <v>742</v>
       </c>
       <c r="B256" s="4" t="s">
-        <v>732</v>
+        <v>743</v>
       </c>
       <c r="C256" s="4" t="s">
-        <v>733</v>
+        <v>744</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="3" t="s">
-        <v>734</v>
+        <v>745</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>735</v>
+        <v>746</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>736</v>
+        <v>747</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="3" t="s">
-        <v>737</v>
+        <v>748</v>
       </c>
       <c r="B258" s="4" t="s">
-        <v>738</v>
+        <v>749</v>
       </c>
       <c r="C258" s="4" t="s">
-        <v>739</v>
+        <v>750</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="3" t="s">
-        <v>740</v>
+        <v>751</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>741</v>
+        <v>752</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>742</v>
+        <v>753</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="3" t="s">
-        <v>743</v>
+        <v>754</v>
       </c>
       <c r="B260" s="4" t="s">
-        <v>744</v>
+        <v>755</v>
       </c>
       <c r="C260" s="4" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="3" t="s">
-        <v>746</v>
+        <v>757</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>747</v>
+        <v>390</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>748</v>
+        <v>758</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="3" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
       <c r="B262" s="4" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="C262" s="4" t="s">
-        <v>751</v>
+        <v>761</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="3" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>754</v>
+        <v>764</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="3" t="s">
-        <v>755</v>
+        <v>765</v>
       </c>
       <c r="B264" s="4" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
       <c r="C264" s="4" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="3" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>759</v>
+        <v>769</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="3" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="B266" s="4" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="C266" s="4" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="3" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="3" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="B268" s="4" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="C268" s="4" t="s">
-        <v>769</v>
+        <v>779</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="3" t="s">
-        <v>770</v>
+        <v>780</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="3" t="s">
-        <v>773</v>
+        <v>783</v>
       </c>
       <c r="B270" s="4" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="C270" s="4" t="s">
-        <v>775</v>
+        <v>785</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="3" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>778</v>
+        <v>788</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="3" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
       <c r="B272" s="4" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="C272" s="4" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="3" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="3" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="B274" s="4" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="C274" s="4" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="3" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>786</v>
+        <v>799</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>789</v>
+        <v>800</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="3" t="s">
-        <v>790</v>
+        <v>801</v>
       </c>
       <c r="B276" s="4" t="s">
-        <v>786</v>
+        <v>802</v>
       </c>
       <c r="C276" s="4" t="s">
-        <v>791</v>
+        <v>803</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="3" t="s">
-        <v>792</v>
+        <v>804</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>786</v>
+        <v>805</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>793</v>
+        <v>806</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" s="3" t="s">
-        <v>794</v>
+        <v>807</v>
       </c>
       <c r="B278" s="4" t="s">
-        <v>648</v>
+        <v>150</v>
       </c>
       <c r="C278" s="4" t="s">
-        <v>795</v>
+        <v>808</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="3" t="s">
-        <v>796</v>
+        <v>809</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>797</v>
+        <v>810</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>798</v>
+        <v>811</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="3" t="s">
-        <v>799</v>
+        <v>812</v>
       </c>
       <c r="B280" s="4" t="s">
-        <v>648</v>
+        <v>813</v>
       </c>
       <c r="C280" s="4" t="s">
-        <v>800</v>
+        <v>814</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="3" t="s">
-        <v>801</v>
+        <v>815</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>802</v>
+        <v>816</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>803</v>
+        <v>817</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" s="3" t="s">
-        <v>804</v>
+        <v>818</v>
       </c>
       <c r="B282" s="4" t="s">
-        <v>805</v>
+        <v>819</v>
       </c>
       <c r="C282" s="4" t="s">
-        <v>806</v>
+        <v>820</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" s="3" t="s">
-        <v>807</v>
+        <v>821</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>808</v>
+        <v>822</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>809</v>
+        <v>823</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" s="3" t="s">
-        <v>810</v>
+        <v>824</v>
       </c>
       <c r="B284" s="4" t="s">
-        <v>811</v>
+        <v>825</v>
       </c>
       <c r="C284" s="4" t="s">
-        <v>812</v>
+        <v>826</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="3" t="s">
-        <v>813</v>
+        <v>827</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>814</v>
+        <v>828</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="3" t="s">
-        <v>816</v>
+        <v>830</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="C286" s="4" t="s">
-        <v>818</v>
+        <v>832</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="3" t="s">
-        <v>819</v>
+        <v>833</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>820</v>
+        <v>834</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>821</v>
+        <v>835</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="3" t="s">
-        <v>822</v>
+        <v>836</v>
       </c>
       <c r="B288" s="4" t="s">
-        <v>823</v>
+        <v>837</v>
       </c>
       <c r="C288" s="4" t="s">
-        <v>824</v>
+        <v>838</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="3" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>826</v>
+        <v>840</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>827</v>
+        <v>841</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="3" t="s">
-        <v>828</v>
+        <v>842</v>
       </c>
       <c r="B290" s="4" t="s">
-        <v>829</v>
+        <v>843</v>
       </c>
       <c r="C290" s="4" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" s="3" t="s">
-        <v>831</v>
+        <v>845</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="3" t="s">
-        <v>834</v>
+        <v>848</v>
       </c>
       <c r="B292" s="4" t="s">
-        <v>832</v>
+        <v>849</v>
       </c>
       <c r="C292" s="4" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="3" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>837</v>
+        <v>852</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>838</v>
+        <v>853</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="3" t="s">
-        <v>839</v>
+        <v>854</v>
       </c>
       <c r="B294" s="4" t="s">
-        <v>840</v>
+        <v>855</v>
       </c>
       <c r="C294" s="4" t="s">
-        <v>841</v>
+        <v>856</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="3" t="s">
-        <v>842</v>
+        <v>857</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>843</v>
+        <v>858</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>844</v>
+        <v>859</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" s="3" t="s">
-        <v>845</v>
+        <v>860</v>
       </c>
       <c r="B296" s="4" t="s">
-        <v>846</v>
+        <v>861</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" s="3" t="s">
-        <v>848</v>
+        <v>863</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>849</v>
+        <v>864</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>850</v>
+        <v>865</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" s="3" t="s">
-        <v>851</v>
+        <v>866</v>
       </c>
       <c r="B298" s="4" t="s">
-        <v>852</v>
+        <v>867</v>
       </c>
       <c r="C298" s="4" t="s">
-        <v>853</v>
+        <v>868</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="3" t="s">
-        <v>854</v>
+        <v>869</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>855</v>
+        <v>870</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>856</v>
+        <v>871</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="3" t="s">
-        <v>857</v>
+        <v>872</v>
       </c>
       <c r="B300" s="4" t="s">
-        <v>858</v>
+        <v>873</v>
       </c>
       <c r="C300" s="4" t="s">
-        <v>859</v>
+        <v>874</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="3" t="s">
-        <v>860</v>
+        <v>875</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>861</v>
+        <v>876</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>862</v>
+        <v>877</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" s="3" t="s">
-        <v>863</v>
+        <v>878</v>
       </c>
       <c r="B302" s="4" t="s">
-        <v>864</v>
+        <v>879</v>
       </c>
       <c r="C302" s="4" t="s">
-        <v>865</v>
+        <v>880</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" s="3" t="s">
-        <v>866</v>
+        <v>881</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>867</v>
+        <v>882</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>868</v>
+        <v>883</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="3" t="s">
-        <v>869</v>
+        <v>884</v>
       </c>
       <c r="B304" s="4" t="s">
-        <v>870</v>
+        <v>47</v>
       </c>
       <c r="C304" s="4" t="s">
-        <v>871</v>
+        <v>885</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="3" t="s">
-        <v>872</v>
+        <v>886</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>873</v>
+        <v>47</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>874</v>
+        <v>887</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" s="3" t="s">
-        <v>875</v>
+        <v>888</v>
       </c>
       <c r="B306" s="4" t="s">
-        <v>876</v>
+        <v>889</v>
       </c>
       <c r="C306" s="4" t="s">
-        <v>877</v>
+        <v>890</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="3" t="s">
-        <v>878</v>
+        <v>891</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>879</v>
+        <v>47</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>880</v>
+        <v>892</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" s="3" t="s">
-        <v>881</v>
+        <v>893</v>
       </c>
       <c r="B308" s="4" t="s">
-        <v>882</v>
+        <v>47</v>
       </c>
       <c r="C308" s="4" t="s">
-        <v>883</v>
+        <v>894</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" s="3" t="s">
-        <v>884</v>
+        <v>895</v>
       </c>
       <c r="B309" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C309" s="4" t="s">
         <v>885</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" s="3" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="B310" s="4" t="s">
-        <v>888</v>
+        <v>360</v>
       </c>
       <c r="C310" s="4" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" s="3" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>595</v>
+        <v>899</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="3" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="B312" s="4" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="C312" s="4" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="3" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>893</v>
+        <v>905</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="3" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="B314" s="4" t="s">
-        <v>898</v>
+        <v>752</v>
       </c>
       <c r="C314" s="4" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="3" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="3" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="B316" s="4" t="s">
-        <v>709</v>
+        <v>913</v>
       </c>
       <c r="C316" s="4" t="s">
-        <v>904</v>
+        <v>914</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" s="3" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" s="3" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="B318" s="4" t="s">
-        <v>909</v>
+        <v>669</v>
       </c>
       <c r="C318" s="4" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" s="3" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="B319" s="4" t="s">
-        <v>912</v>
+        <v>669</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" s="3" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="B320" s="4" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="C320" s="4" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" s="3" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="B321" s="4" t="s">
-        <v>849</v>
+        <v>926</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" s="3" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="B322" s="4" t="s">
-        <v>920</v>
+        <v>158</v>
       </c>
       <c r="C322" s="4" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" s="3" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" s="3" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="B324" s="4" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="C324" s="4" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" s="3" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="B325" s="4" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" s="3" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="B326" s="4" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="C326" s="4" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" s="3" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="B327" s="4" t="s">
-        <v>934</v>
+        <v>669</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" s="3" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="B328" s="4" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="C328" s="4" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" s="3" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="B329" s="4" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" s="3" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="B330" s="4" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="C330" s="4" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" s="3" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="B331" s="4" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="C331" s="4" t="s">
-        <v>927</v>
+        <v>953</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" s="3" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="B332" s="4" t="s">
-        <v>474</v>
+        <v>150</v>
       </c>
       <c r="C332" s="4" t="s">
-        <v>460</v>
+        <v>955</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" s="3" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
       <c r="B333" s="4" t="s">
-        <v>949</v>
+        <v>775</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" s="3" t="s">
-        <v>951</v>
+        <v>958</v>
       </c>
       <c r="B334" s="4" t="s">
-        <v>952</v>
+        <v>775</v>
       </c>
       <c r="C334" s="4" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" s="3" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="B335" s="4" t="s">
-        <v>952</v>
+        <v>961</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>955</v>
+        <v>962</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="3" t="s">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="B336" s="4" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="C336" s="4" t="s">
-        <v>958</v>
+        <v>965</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="3" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
       <c r="B337" s="4" t="s">
-        <v>960</v>
+        <v>967</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>961</v>
+        <v>968</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="3" t="s">
-        <v>962</v>
+        <v>969</v>
       </c>
       <c r="B338" s="4" t="s">
-        <v>963</v>
+        <v>970</v>
       </c>
       <c r="C338" s="4" t="s">
-        <v>964</v>
+        <v>971</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="3" t="s">
-        <v>965</v>
+        <v>972</v>
       </c>
       <c r="B339" s="4" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="3" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="B340" s="4" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="C340" s="4" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="3" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="B341" s="4" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="C341" s="4" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="3" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="B342" s="4" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="C342" s="4" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="3" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="B343" s="4" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" s="3" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="B344" s="4" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="C344" s="4" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="3" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="B345" s="4" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="3" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="B346" s="4" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="C346" s="4" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="3" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="B347" s="4" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" s="3" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="B348" s="4" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="C348" s="4" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="3" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="B349" s="4" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="3" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="B350" s="4" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
       <c r="C350" s="4" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" s="3" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="B351" s="4" t="s">
-        <v>996</v>
+        <v>1007</v>
       </c>
       <c r="C351" s="4" t="s">
-        <v>1001</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" s="3" t="s">
-        <v>1002</v>
+        <v>1009</v>
       </c>
       <c r="B352" s="4" t="s">
-        <v>996</v>
+        <v>1010</v>
       </c>
       <c r="C352" s="4" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" s="3" t="s">
-        <v>1004</v>
+        <v>1012</v>
       </c>
       <c r="B353" s="4" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
       <c r="C353" s="4" t="s">
-        <v>1006</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="3" t="s">
-        <v>1007</v>
+        <v>1015</v>
       </c>
       <c r="B354" s="4" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="C354" s="4" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="3" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="B355" s="4" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="C355" s="4" t="s">
-        <v>1012</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" s="3" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="B356" s="4" t="s">
-        <v>1014</v>
+        <v>1022</v>
       </c>
       <c r="C356" s="4" t="s">
-        <v>1015</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" s="3" t="s">
-        <v>1016</v>
+        <v>1024</v>
       </c>
       <c r="B357" s="4" t="s">
-        <v>1017</v>
+        <v>1025</v>
       </c>
       <c r="C357" s="4" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" s="3" t="s">
-        <v>1019</v>
+        <v>1027</v>
       </c>
       <c r="B358" s="4" t="s">
-        <v>1020</v>
+        <v>1028</v>
       </c>
       <c r="C358" s="4" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" s="3" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="B359" s="4" t="s">
-        <v>8</v>
+        <v>1031</v>
       </c>
       <c r="C359" s="4" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" s="3" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="B360" s="4" t="s">
-        <v>8</v>
+        <v>1031</v>
       </c>
       <c r="C360" s="4" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" s="3" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="B361" s="4" t="s">
-        <v>8</v>
+        <v>1036</v>
       </c>
       <c r="C361" s="4" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="3" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="B362" s="4" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="C362" s="4" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="3" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
       <c r="B363" s="4" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="C363" s="4" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="3" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
       <c r="B364" s="4" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="C364" s="4" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="3" t="s">
-        <v>1037</v>
+        <v>1047</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>1035</v>
+        <v>489</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>1038</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="3" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="B366" s="4" t="s">
-        <v>1035</v>
+        <v>1050</v>
       </c>
       <c r="C366" s="4" t="s">
-        <v>1040</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="3" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
       <c r="B367" s="4" t="s">
-        <v>1042</v>
+        <v>1053</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>1043</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" s="3" t="s">
-        <v>1044</v>
+        <v>1055</v>
       </c>
       <c r="B368" s="4" t="s">
-        <v>1045</v>
+        <v>360</v>
       </c>
       <c r="C368" s="4" t="s">
-        <v>1046</v>
+        <v>758</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" s="3" t="s">
-        <v>1047</v>
+        <v>1056</v>
       </c>
       <c r="B369" s="4" t="s">
-        <v>1042</v>
+        <v>1057</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>1048</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="3" t="s">
-        <v>1049</v>
+        <v>1059</v>
       </c>
       <c r="B370" s="4" t="s">
-        <v>1050</v>
+        <v>1057</v>
       </c>
       <c r="C370" s="4" t="s">
-        <v>1051</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="3" t="s">
-        <v>1052</v>
+        <v>1061</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>1053</v>
+        <v>340</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>1054</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="3" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="B372" s="4" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="C372" s="4" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="3" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="B373" s="4" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="3" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="B374" s="4" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="C374" s="4" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" s="3" t="s">
-        <v>1064</v>
+        <v>1071</v>
       </c>
       <c r="B375" s="4" t="s">
-        <v>1065</v>
+        <v>1072</v>
       </c>
       <c r="C375" s="4" t="s">
-        <v>1066</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" s="3" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="B376" s="4" t="s">
-        <v>1068</v>
+        <v>1075</v>
       </c>
       <c r="C376" s="4" t="s">
-        <v>1069</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" s="3" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="B377" s="4" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="C377" s="4" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" s="3" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
       <c r="B378" s="4" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="C378" s="4" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" s="3" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" s="3" t="s">
-        <v>1079</v>
+        <v>1086</v>
       </c>
       <c r="B380" s="4" t="s">
-        <v>1080</v>
+        <v>1087</v>
       </c>
       <c r="C380" s="4" t="s">
-        <v>1081</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" s="3" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="B381" s="4" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="C381" s="4" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" s="3" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
       <c r="B382" s="4" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="C382" s="4" t="s">
-        <v>1087</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" s="3" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B383" s="4" t="s">
-        <v>1089</v>
+        <v>1096</v>
       </c>
       <c r="C383" s="4" t="s">
-        <v>1090</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" s="3" t="s">
-        <v>1091</v>
+        <v>1098</v>
       </c>
       <c r="B384" s="4" t="s">
-        <v>1092</v>
+        <v>1099</v>
       </c>
       <c r="C384" s="4" t="s">
-        <v>1093</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" s="3" t="s">
-        <v>1094</v>
+        <v>1101</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>1095</v>
+        <v>1102</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>1096</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" s="3" t="s">
-        <v>1097</v>
+        <v>1104</v>
       </c>
       <c r="B386" s="4" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
       <c r="C386" s="4" t="s">
-        <v>1099</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" s="3" t="s">
-        <v>1100</v>
+        <v>1107</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>1101</v>
+        <v>1108</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>1102</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" s="3" t="s">
-        <v>1103</v>
+        <v>1110</v>
       </c>
       <c r="B388" s="4" t="s">
-        <v>1104</v>
+        <v>1111</v>
       </c>
       <c r="C388" s="4" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" s="3" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" s="3" t="s">
-        <v>1109</v>
+        <v>1116</v>
       </c>
       <c r="B390" s="4" t="s">
-        <v>1110</v>
+        <v>1117</v>
       </c>
       <c r="C390" s="4" t="s">
-        <v>1111</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" s="3" t="s">
-        <v>1112</v>
+        <v>1119</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>1113</v>
+        <v>1120</v>
       </c>
       <c r="C391" s="4" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" s="3" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="B392" s="4" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
       <c r="C392" s="4" t="s">
-        <v>1117</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" s="3" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="B393" s="4" t="s">
-        <v>1119</v>
+        <v>1126</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>1120</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" s="3" t="s">
-        <v>1121</v>
+        <v>1128</v>
       </c>
       <c r="B394" s="4" t="s">
-        <v>1122</v>
+        <v>1129</v>
       </c>
       <c r="C394" s="4" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" s="3" t="s">
-        <v>1124</v>
+        <v>1131</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>1125</v>
+        <v>1132</v>
       </c>
       <c r="C395" s="4" t="s">
-        <v>1126</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" s="3" t="s">
-        <v>1127</v>
+        <v>1134</v>
       </c>
       <c r="B396" s="4" t="s">
-        <v>1128</v>
+        <v>1135</v>
       </c>
       <c r="C396" s="4" t="s">
-        <v>1129</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" s="3" t="s">
-        <v>1130</v>
+        <v>1137</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>1131</v>
+        <v>1138</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>1132</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" s="3" t="s">
-        <v>1133</v>
+        <v>1140</v>
       </c>
       <c r="B398" s="4" t="s">
-        <v>1134</v>
+        <v>1141</v>
       </c>
       <c r="C398" s="4" t="s">
-        <v>1135</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" s="3" t="s">
-        <v>1136</v>
+        <v>1143</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="C399" s="4" t="s">
-        <v>1138</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" s="3" t="s">
-        <v>1139</v>
+        <v>1145</v>
       </c>
       <c r="B400" s="4" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C400" s="4" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" s="3" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="B401" s="4" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C401" s="4" t="s">
-        <v>1141</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" s="3" t="s">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="B402" s="4" t="s">
-        <v>1140</v>
+        <v>1004</v>
       </c>
       <c r="C402" s="4" t="s">
-        <v>1144</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" s="3" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>1146</v>
+        <v>1152</v>
       </c>
       <c r="C403" s="4" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" s="3" t="s">
-        <v>1148</v>
+        <v>1154</v>
       </c>
       <c r="B404" s="4" t="s">
-        <v>1146</v>
+        <v>1004</v>
       </c>
       <c r="C404" s="4" t="s">
-        <v>1149</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" s="3" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>1146</v>
+        <v>1157</v>
       </c>
       <c r="C405" s="4" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" s="3" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
       <c r="B406" s="4" t="s">
-        <v>1153</v>
+        <v>1160</v>
       </c>
       <c r="C406" s="4" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" s="3" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="B407" s="4" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
       <c r="C407" s="4" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" s="3" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
       <c r="B408" s="4" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="C408" s="4" t="s">
-        <v>973</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" s="3" t="s">
-        <v>1160</v>
+        <v>1168</v>
       </c>
       <c r="B409" s="4" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="C409" s="4" t="s">
-        <v>1162</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" s="3" t="s">
-        <v>1163</v>
+        <v>1171</v>
       </c>
       <c r="B410" s="4" t="s">
-        <v>1164</v>
+        <v>1172</v>
       </c>
       <c r="C410" s="4" t="s">
-        <v>1165</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" s="3" t="s">
-        <v>1166</v>
+        <v>1174</v>
       </c>
       <c r="B411" s="4" t="s">
-        <v>1167</v>
+        <v>1175</v>
       </c>
       <c r="C411" s="4" t="s">
-        <v>1168</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" s="3" t="s">
-        <v>1169</v>
+        <v>1177</v>
       </c>
       <c r="B412" s="4" t="s">
-        <v>1170</v>
+        <v>1178</v>
       </c>
       <c r="C412" s="4" t="s">
-        <v>1171</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" s="3" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="B413" s="4" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
       <c r="C413" s="4" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" s="3" t="s">
-        <v>1175</v>
+        <v>1183</v>
       </c>
       <c r="B414" s="4" t="s">
-        <v>1176</v>
+        <v>1184</v>
       </c>
       <c r="C414" s="4" t="s">
-        <v>1177</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" s="3" t="s">
-        <v>1178</v>
+        <v>1186</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>1179</v>
+        <v>1187</v>
       </c>
       <c r="C415" s="4" t="s">
-        <v>1180</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" s="3" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="B416" s="4" t="s">
-        <v>901</v>
+        <v>1187</v>
       </c>
       <c r="C416" s="4" t="s">
-        <v>1182</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" s="3" t="s">
-        <v>1183</v>
+        <v>1191</v>
       </c>
       <c r="B417" s="4" t="s">
-        <v>1184</v>
+        <v>1192</v>
       </c>
       <c r="C417" s="4" t="s">
-        <v>1185</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" s="3" t="s">
-        <v>1186</v>
+        <v>1194</v>
       </c>
       <c r="B418" s="4" t="s">
-        <v>1187</v>
+        <v>1195</v>
       </c>
       <c r="C418" s="4" t="s">
-        <v>1188</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" s="3" t="s">
-        <v>1189</v>
+        <v>1197</v>
       </c>
       <c r="B419" s="4" t="s">
-        <v>1190</v>
+        <v>1198</v>
       </c>
       <c r="C419" s="4" t="s">
-        <v>1191</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" s="3" t="s">
-        <v>1192</v>
+        <v>1200</v>
       </c>
       <c r="B420" s="4" t="s">
-        <v>1193</v>
+        <v>1201</v>
       </c>
       <c r="C420" s="4" t="s">
-        <v>1194</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" s="3" t="s">
-        <v>1195</v>
+        <v>1203</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
       <c r="C421" s="4" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" s="3" t="s">
-        <v>1198</v>
+        <v>1206</v>
       </c>
       <c r="B422" s="4" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="C422" s="4" t="s">
-        <v>1200</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" s="3" t="s">
-        <v>1201</v>
+        <v>1209</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>1202</v>
+        <v>1210</v>
       </c>
       <c r="C423" s="4" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" s="3" t="s">
-        <v>1204</v>
+        <v>1212</v>
       </c>
       <c r="B424" s="4" t="s">
-        <v>1205</v>
+        <v>1213</v>
       </c>
       <c r="C424" s="4" t="s">
-        <v>1206</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" s="3" t="s">
-        <v>1207</v>
+        <v>1215</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>1208</v>
+        <v>1216</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>1209</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" s="3" t="s">
-        <v>1210</v>
+        <v>1218</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>1211</v>
+        <v>1219</v>
       </c>
       <c r="C426" s="4" t="s">
-        <v>1212</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" s="3" t="s">
-        <v>1213</v>
+        <v>1221</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>1214</v>
+        <v>1222</v>
       </c>
       <c r="C427" s="4" t="s">
-        <v>1215</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" s="3" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>1217</v>
+        <v>1225</v>
       </c>
       <c r="C428" s="4" t="s">
-        <v>1218</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" s="3" t="s">
-        <v>1219</v>
+        <v>1227</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>1220</v>
+        <v>1228</v>
       </c>
       <c r="C429" s="4" t="s">
-        <v>1221</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" s="3" t="s">
-        <v>1222</v>
+        <v>1230</v>
       </c>
       <c r="B430" s="4" t="s">
-        <v>1223</v>
+        <v>1231</v>
       </c>
       <c r="C430" s="4" t="s">
-        <v>1224</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" s="3" t="s">
-        <v>1225</v>
+        <v>1233</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>1226</v>
+        <v>1234</v>
       </c>
       <c r="C431" s="4" t="s">
-        <v>1227</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" s="3" t="s">
-        <v>1228</v>
+        <v>1236</v>
       </c>
       <c r="B432" s="4" t="s">
-        <v>1226</v>
+        <v>225</v>
       </c>
       <c r="C432" s="4" t="s">
-        <v>1229</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" s="3" t="s">
-        <v>1230</v>
+        <v>1238</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>1231</v>
+        <v>1239</v>
       </c>
       <c r="C433" s="4" t="s">
-        <v>1232</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" s="3" t="s">
-        <v>1233</v>
+        <v>1241</v>
       </c>
       <c r="B434" s="4" t="s">
-        <v>1234</v>
+        <v>1242</v>
       </c>
       <c r="C434" s="4" t="s">
-        <v>1235</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" s="3" t="s">
-        <v>1236</v>
+        <v>1244</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>1237</v>
+        <v>952</v>
       </c>
       <c r="C435" s="4" t="s">
-        <v>1238</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" s="3" t="s">
-        <v>1239</v>
+        <v>1246</v>
       </c>
       <c r="B436" s="4" t="s">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="C436" s="4" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" s="3" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="C437" s="4" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" s="3" t="s">
-        <v>1245</v>
+        <v>1251</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="C438" s="4" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" s="3" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="C439" s="4" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" s="3" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>1249</v>
+        <v>1064</v>
       </c>
       <c r="C440" s="4" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" s="3" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>1249</v>
+        <v>1260</v>
       </c>
       <c r="C441" s="4" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" s="3" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>1249</v>
+        <v>1263</v>
       </c>
       <c r="C442" s="4" t="s">
-        <v>1256</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" s="3" t="s">
-        <v>1257</v>
+        <v>1265</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>1258</v>
+        <v>1266</v>
       </c>
       <c r="C443" s="4" t="s">
-        <v>1259</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" s="3" t="s">
-        <v>1260</v>
+        <v>1268</v>
       </c>
       <c r="B444" s="4" t="s">
-        <v>1261</v>
+        <v>1269</v>
       </c>
       <c r="C444" s="4" t="s">
-        <v>1262</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" s="3" t="s">
-        <v>1263</v>
+        <v>1271</v>
       </c>
       <c r="B445" s="4" t="s">
-        <v>1264</v>
+        <v>1204</v>
       </c>
       <c r="C445" s="4" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" s="3" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="B446" s="4" t="s">
-        <v>1264</v>
+        <v>1274</v>
       </c>
       <c r="C446" s="4" t="s">
-        <v>1267</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" s="3" t="s">
-        <v>1268</v>
+        <v>1276</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>1269</v>
+        <v>1277</v>
       </c>
       <c r="C447" s="4" t="s">
-        <v>1270</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" s="3" t="s">
-        <v>1271</v>
+        <v>1279</v>
       </c>
       <c r="B448" s="4" t="s">
-        <v>1196</v>
+        <v>1280</v>
       </c>
       <c r="C448" s="4" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" s="3" t="s">
-        <v>1273</v>
+        <v>1282</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>1274</v>
+        <v>1283</v>
       </c>
       <c r="C449" s="4" t="s">
-        <v>1275</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" s="3" t="s">
-        <v>1276</v>
+        <v>1285</v>
       </c>
       <c r="B450" s="4" t="s">
-        <v>1277</v>
+        <v>1283</v>
       </c>
       <c r="C450" s="4" t="s">
-        <v>1278</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" s="3" t="s">
-        <v>1279</v>
+        <v>1287</v>
       </c>
       <c r="B451" s="4" t="s">
-        <v>1280</v>
+        <v>1288</v>
       </c>
       <c r="C451" s="4" t="s">
-        <v>1281</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" s="3" t="s">
-        <v>1282</v>
+        <v>1290</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>1283</v>
+        <v>1291</v>
       </c>
       <c r="C452" s="4" t="s">
-        <v>1284</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" s="3" t="s">
-        <v>1285</v>
+        <v>1293</v>
       </c>
       <c r="B453" s="4" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="C453" s="4" t="s">
-        <v>1286</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" s="3" t="s">
-        <v>1287</v>
+        <v>1296</v>
       </c>
       <c r="B454" s="4" t="s">
-        <v>1288</v>
+        <v>1297</v>
       </c>
       <c r="C454" s="4" t="s">
-        <v>1289</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" s="3" t="s">
-        <v>1290</v>
+        <v>1299</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>1291</v>
+        <v>1300</v>
       </c>
       <c r="C455" s="4" t="s">
-        <v>1292</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" s="3" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="B456" s="4" t="s">
-        <v>1294</v>
+        <v>834</v>
       </c>
       <c r="C456" s="4" t="s">
-        <v>1295</v>
+        <v>820</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" s="3" t="s">
-        <v>1296</v>
+        <v>1302</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>1297</v>
+        <v>1303</v>
       </c>
       <c r="C457" s="4" t="s">
-        <v>1298</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" s="3" t="s">
-        <v>1299</v>
+        <v>1305</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="C458" s="4" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" s="3" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="C459" s="4" t="s">
-        <v>1304</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" s="3" t="s">
-        <v>1305</v>
+        <v>1310</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>1306</v>
+        <v>1311</v>
       </c>
       <c r="C460" s="4" t="s">
-        <v>1307</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" s="3" t="s">
-        <v>1308</v>
+        <v>1313</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>1309</v>
+        <v>1314</v>
       </c>
       <c r="C461" s="4" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" s="3" t="s">
-        <v>1311</v>
+        <v>1316</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>1312</v>
+        <v>1317</v>
       </c>
       <c r="C462" s="4" t="s">
-        <v>1313</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" s="3" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>1315</v>
+        <v>1320</v>
       </c>
       <c r="C463" s="4" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" s="3" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>1318</v>
+        <v>1323</v>
       </c>
       <c r="C464" s="4" t="s">
-        <v>1319</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" s="3" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>1321</v>
+        <v>1326</v>
       </c>
       <c r="C465" s="4" t="s">
-        <v>1322</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" s="3" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="B466" s="4" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="C466" s="4" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" s="3" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="C467" s="4" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" s="3" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="C468" s="4" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" s="3" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="C469" s="4" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" s="3" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="B470" s="4" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="C470" s="4" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" s="3" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="C471" s="4" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" s="3" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="B472" s="4" t="s">
-        <v>1258</v>
+        <v>1347</v>
       </c>
       <c r="C472" s="4" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" s="3" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="C473" s="4" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" s="3" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="B474" s="4" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="C474" s="4" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" s="3" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="B475" s="4" t="s">
         <v>1350</v>
       </c>
       <c r="C475" s="4" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" s="3" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>287</v>
+        <v>1350</v>
       </c>
       <c r="C476" s="4" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" s="3" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>1258</v>
+        <v>1359</v>
       </c>
       <c r="C477" s="4" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" s="3" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="C478" s="4" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" s="3" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="C479" s="4" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" s="3" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="C480" s="4" t="s">
-        <v>1030</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" s="3" t="s">
-        <v>1364</v>
+        <v>1370</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>148</v>
+        <v>1371</v>
       </c>
       <c r="C481" s="4" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" s="3" t="s">
-        <v>1366</v>
+        <v>1373</v>
       </c>
       <c r="B482" s="4" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="C482" s="4" t="s">
-        <v>1368</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" s="3" t="s">
-        <v>1369</v>
+        <v>1376</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>1370</v>
+        <v>352</v>
       </c>
       <c r="C483" s="4" t="s">
-        <v>1371</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" s="3" t="s">
-        <v>1372</v>
+        <v>1378</v>
       </c>
       <c r="B484" s="4" t="s">
-        <v>1373</v>
+        <v>352</v>
       </c>
       <c r="C484" s="4" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" s="3" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>1376</v>
+        <v>352</v>
       </c>
       <c r="C485" s="4" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" s="3" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="B486" s="4" t="s">
-        <v>1376</v>
+        <v>1383</v>
       </c>
       <c r="C486" s="4" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" s="3" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>1381</v>
+        <v>272</v>
       </c>
       <c r="C487" s="4" t="s">
-        <v>1382</v>
+        <v>273</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" s="3" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="B488" s="4" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
       <c r="C488" s="4" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" s="3" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="B489" s="4" t="s">
         <v>1387</v>
       </c>
       <c r="C489" s="4" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" s="3" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="B490" s="4" t="s">
-        <v>1390</v>
+        <v>1387</v>
       </c>
       <c r="C490" s="4" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" s="3" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="C491" s="4" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" s="3" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="B492" s="4" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="C492" s="4" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" s="3" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="B493" s="4" t="s">
-        <v>1399</v>
+        <v>1394</v>
       </c>
       <c r="C493" s="4" t="s">
         <v>1400</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" s="3" t="s">
         <v>1401</v>
       </c>
       <c r="B494" s="4" t="s">
         <v>1402</v>
       </c>
       <c r="C494" s="4" t="s">
         <v>1403</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" s="3" t="s">
         <v>1404</v>
       </c>
       <c r="B495" s="4" t="s">
         <v>1405</v>
       </c>
       <c r="C495" s="4" t="s">
         <v>1406</v>
@@ -16987,8931 +17998,10317 @@
         <v>1428</v>
       </c>
       <c r="B503" s="4" t="s">
         <v>1429</v>
       </c>
       <c r="C503" s="4" t="s">
         <v>1430</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" s="3" t="s">
         <v>1431</v>
       </c>
       <c r="B504" s="4" t="s">
         <v>1432</v>
       </c>
       <c r="C504" s="4" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" s="3" t="s">
         <v>1434</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>1432</v>
+        <v>170</v>
       </c>
       <c r="C505" s="4" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" s="3" t="s">
         <v>1436</v>
       </c>
       <c r="B506" s="4" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="C506" s="4" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" s="3" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B507" s="4" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="C507" s="4" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" s="3" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="B508" s="4" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="C508" s="4" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" s="3" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="C509" s="4" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510" s="3" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="B510" s="4" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="C510" s="4" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511" s="3" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="B511" s="4" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="C511" s="4" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512" s="3" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B512" s="4" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="C512" s="4" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513" s="3" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="B513" s="4" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="C513" s="4" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" s="3" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="B514" s="4" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="C514" s="4" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" s="3" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="C515" s="4" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" s="3" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B516" s="4" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="C516" s="4" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" s="3" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="B517" s="4" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="C517" s="4" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" s="3" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="B518" s="4" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="C518" s="4" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" s="3" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B519" s="4" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="C519" s="4" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" s="3" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="B520" s="4" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="C520" s="4" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" s="3" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="B521" s="4" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="C521" s="4" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" s="3" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="B522" s="4" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="C522" s="4" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" s="3" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>1484</v>
+        <v>1488</v>
       </c>
       <c r="C523" s="4" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" s="3" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="B524" s="4" t="s">
-        <v>1484</v>
+        <v>1491</v>
       </c>
       <c r="C524" s="4" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" s="3" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="B525" s="4" t="s">
-        <v>1484</v>
+        <v>1491</v>
       </c>
       <c r="C525" s="4" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" s="3" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="B526" s="4" t="s">
-        <v>1484</v>
+        <v>1491</v>
       </c>
       <c r="C526" s="4" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" s="3" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="B527" s="4" t="s">
-        <v>1484</v>
+        <v>1497</v>
       </c>
       <c r="C527" s="4" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" s="3" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="B528" s="4" t="s">
         <v>1497</v>
       </c>
       <c r="C528" s="4" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" s="3" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="B529" s="4" t="s">
         <v>1497</v>
       </c>
       <c r="C529" s="4" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" s="3" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
       <c r="B530" s="4" t="s">
-        <v>861</v>
+        <v>1504</v>
       </c>
       <c r="C530" s="4" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" s="3" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="C531" s="4" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" s="3" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="B532" s="4" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="C532" s="4" t="s">
-        <v>1507</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" s="3" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="B533" s="4" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="C533" s="4" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" s="3" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="B534" s="4" t="s">
-        <v>861</v>
+        <v>1515</v>
       </c>
       <c r="C534" s="4" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" s="3" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="B535" s="4" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="C535" s="4" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" s="3" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="B536" s="4" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="C536" s="4" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" s="3" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="B537" s="4" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="C537" s="4" t="s">
-        <v>1518</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" s="3" t="s">
-        <v>1521</v>
+        <v>1526</v>
       </c>
       <c r="B538" s="4" t="s">
-        <v>1522</v>
+        <v>1527</v>
       </c>
       <c r="C538" s="4" t="s">
-        <v>1523</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" s="3" t="s">
-        <v>1524</v>
+        <v>1529</v>
       </c>
       <c r="B539" s="4" t="s">
-        <v>1525</v>
+        <v>1530</v>
       </c>
       <c r="C539" s="4" t="s">
-        <v>1526</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" s="3" t="s">
-        <v>1527</v>
+        <v>1532</v>
       </c>
       <c r="B540" s="4" t="s">
-        <v>1528</v>
+        <v>1255</v>
       </c>
       <c r="C540" s="4" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541" s="3" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="B541" s="4" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="C541" s="4" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="A542" s="3" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="B542" s="4" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="C542" s="4" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="A543" s="3" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="B543" s="4" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="C543" s="4" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="A544" s="3" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="B544" s="4" t="s">
-        <v>1540</v>
+        <v>123</v>
       </c>
       <c r="C544" s="4" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="A545" s="3" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="B545" s="4" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="C545" s="4" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="A546" s="3" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="B546" s="4" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="C546" s="4" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547" s="3" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B547" s="4" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C547" s="4" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548" s="3" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="B548" s="4" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
       <c r="C548" s="4" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549" s="3" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="B549" s="4" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="C549" s="4" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="A550" s="3" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="B550" s="4" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="C550" s="4" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551" s="3" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="B551" s="4" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="C551" s="4" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552" s="3" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="C552" s="4" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553" s="3" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="B553" s="4" t="s">
-        <v>697</v>
+        <v>1570</v>
       </c>
       <c r="C553" s="4" t="s">
-        <v>1566</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554" s="3" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="B554" s="4" t="s">
-        <v>195</v>
+        <v>1573</v>
       </c>
       <c r="C554" s="4" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="A555" s="3" t="s">
-        <v>1569</v>
+        <v>1575</v>
       </c>
       <c r="B555" s="4" t="s">
-        <v>1570</v>
+        <v>1576</v>
       </c>
       <c r="C555" s="4" t="s">
-        <v>1571</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="A556" s="3" t="s">
-        <v>1572</v>
+        <v>1578</v>
       </c>
       <c r="B556" s="4" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="C556" s="4" t="s">
-        <v>1574</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="A557" s="3" t="s">
-        <v>1575</v>
+        <v>1580</v>
       </c>
       <c r="B557" s="4" t="s">
-        <v>1576</v>
+        <v>1581</v>
       </c>
       <c r="C557" s="4" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="A558" s="3" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="B558" s="4" t="s">
-        <v>1579</v>
+        <v>1584</v>
       </c>
       <c r="C558" s="4" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="A559" s="3" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="B559" s="4" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
       <c r="C559" s="4" t="s">
-        <v>1583</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560" s="3" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>1585</v>
+        <v>1590</v>
       </c>
       <c r="C560" s="4" t="s">
-        <v>1586</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561" s="3" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
       <c r="B561" s="4" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="C561" s="4" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="562" spans="1:10">
       <c r="A562" s="3" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
       <c r="B562" s="4" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="C562" s="4" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="A563" s="3" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
       <c r="B563" s="4" t="s">
-        <v>1594</v>
+        <v>1599</v>
       </c>
       <c r="C563" s="4" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="A564" s="3" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="B564" s="4" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="C564" s="4" t="s">
-        <v>1235</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="A565" s="3" t="s">
-        <v>1598</v>
+        <v>1603</v>
       </c>
       <c r="B565" s="4" t="s">
         <v>1599</v>
       </c>
       <c r="C565" s="4" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="A566" s="3" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="B566" s="4" t="s">
-        <v>1602</v>
+        <v>1599</v>
       </c>
       <c r="C566" s="4" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="A567" s="3" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="B567" s="4" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="C567" s="4" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="A568" s="3" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="B568" s="4" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="C568" s="4" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569" s="3" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="B569" s="4" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="C569" s="4" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570" s="3" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="B570" s="4" t="s">
         <v>1614</v>
       </c>
       <c r="C570" s="4" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571" s="3" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="B571" s="4" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="C571" s="4" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572" s="3" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="B572" s="4" t="s">
-        <v>1620</v>
+        <v>1546</v>
       </c>
       <c r="C572" s="4" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="A573" s="3" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="B573" s="4" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="C573" s="4" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="A574" s="3" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="B574" s="4" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="C574" s="4" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="A575" s="3" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="B575" s="4" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="C575" s="4" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="A576" s="3" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="C576" s="4" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577" s="3" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="C577" s="4" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578" s="3" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="B578" s="4" t="s">
-        <v>1638</v>
+        <v>1636</v>
       </c>
       <c r="C578" s="4" t="s">
         <v>1639</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579" s="3" t="s">
         <v>1640</v>
       </c>
       <c r="B579" s="4" t="s">
         <v>1641</v>
       </c>
       <c r="C579" s="4" t="s">
         <v>1642</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580" s="3" t="s">
         <v>1643</v>
       </c>
       <c r="B580" s="4" t="s">
         <v>1644</v>
       </c>
       <c r="C580" s="4" t="s">
         <v>1645</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581" s="3" t="s">
         <v>1646</v>
       </c>
       <c r="B581" s="4" t="s">
-        <v>59</v>
+        <v>1647</v>
       </c>
       <c r="C581" s="4" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582" s="3" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="B582" s="4" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="C582" s="4" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583" s="3" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="B583" s="4" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="C583" s="4" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="A584" s="3" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="B584" s="4" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="C584" s="4" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="A585" s="3" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="B585" s="4" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="C585" s="4" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="586" spans="1:10">
       <c r="A586" s="3" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="B586" s="4" t="s">
-        <v>480</v>
+        <v>1662</v>
       </c>
       <c r="C586" s="4" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="587" spans="1:10">
       <c r="A587" s="3" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="B587" s="4" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="C587" s="4" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="588" spans="1:10">
       <c r="A588" s="3" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="B588" s="4" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="C588" s="4" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="589" spans="1:10">
       <c r="A589" s="3" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="B589" s="4" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="C589" s="4" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="590" spans="1:10">
       <c r="A590" s="3" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="B590" s="4" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="C590" s="4" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="591" spans="1:10">
       <c r="A591" s="3" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="B591" s="4" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="C591" s="4" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="592" spans="1:10">
       <c r="A592" s="3" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="B592" s="4" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="C592" s="4" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="593" spans="1:10">
       <c r="A593" s="3" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="B593" s="4" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="C593" s="4" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="594" spans="1:10">
       <c r="A594" s="3" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="B594" s="4" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="C594" s="4" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="595" spans="1:10">
       <c r="A595" s="3" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="B595" s="4" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="C595" s="4" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="596" spans="1:10">
       <c r="A596" s="3" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="B596" s="4" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="C596" s="4" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="597" spans="1:10">
       <c r="A597" s="3" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="B597" s="4" t="s">
-        <v>1693</v>
+        <v>1608</v>
       </c>
       <c r="C597" s="4" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="598" spans="1:10">
       <c r="A598" s="3" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="B598" s="4" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="C598" s="4" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="599" spans="1:10">
       <c r="A599" s="3" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="B599" s="4" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="C599" s="4" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="600" spans="1:10">
       <c r="A600" s="3" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="B600" s="4" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="C600" s="4" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="601" spans="1:10">
       <c r="A601" s="3" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="B601" s="4" t="s">
-        <v>1705</v>
+        <v>648</v>
       </c>
       <c r="C601" s="4" t="s">
         <v>1706</v>
       </c>
     </row>
     <row r="602" spans="1:10">
       <c r="A602" s="3" t="s">
         <v>1707</v>
       </c>
       <c r="B602" s="4" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C602" s="4" t="s">
         <v>1708</v>
-      </c>
-[...1 lines deleted...]
-        <v>1709</v>
       </c>
     </row>
     <row r="603" spans="1:10">
       <c r="A603" s="3" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B603" s="4" t="s">
         <v>1710</v>
       </c>
-      <c r="B603" s="4" t="s">
+      <c r="C603" s="4" t="s">
         <v>1711</v>
-      </c>
-[...1 lines deleted...]
-        <v>1712</v>
       </c>
     </row>
     <row r="604" spans="1:10">
       <c r="A604" s="3" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B604" s="4" t="s">
         <v>1713</v>
-      </c>
-[...1 lines deleted...]
-        <v>1448</v>
       </c>
       <c r="C604" s="4" t="s">
         <v>1714</v>
       </c>
     </row>
     <row r="605" spans="1:10">
       <c r="A605" s="3" t="s">
         <v>1715</v>
       </c>
       <c r="B605" s="4" t="s">
-        <v>1283</v>
+        <v>1716</v>
       </c>
       <c r="C605" s="4" t="s">
-        <v>1716</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="606" spans="1:10">
       <c r="A606" s="3" t="s">
         <v>1717</v>
       </c>
       <c r="B606" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C606" s="4" t="s">
         <v>1718</v>
-      </c>
-[...1 lines deleted...]
-        <v>1719</v>
       </c>
     </row>
     <row r="607" spans="1:10">
       <c r="A607" s="3" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B607" s="4" t="s">
         <v>1720</v>
       </c>
-      <c r="B607" s="4" t="s">
+      <c r="C607" s="4" t="s">
         <v>1721</v>
-      </c>
-[...1 lines deleted...]
-        <v>1722</v>
       </c>
     </row>
     <row r="608" spans="1:10">
       <c r="A608" s="3" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B608" s="4" t="s">
         <v>1723</v>
       </c>
-      <c r="B608" s="4" t="s">
+      <c r="C608" s="4" t="s">
         <v>1724</v>
-      </c>
-[...1 lines deleted...]
-        <v>1725</v>
       </c>
     </row>
     <row r="609" spans="1:10">
       <c r="A609" s="3" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B609" s="4" t="s">
         <v>1726</v>
       </c>
-      <c r="B609" s="4" t="s">
+      <c r="C609" s="4" t="s">
         <v>1727</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
     </row>
     <row r="610" spans="1:10">
       <c r="A610" s="3" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B610" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C610" s="4" t="s">
         <v>1729</v>
-      </c>
-[...4 lines deleted...]
-        <v>1731</v>
       </c>
     </row>
     <row r="611" spans="1:10">
       <c r="A611" s="3" t="s">
-        <v>1732</v>
+        <v>1730</v>
       </c>
       <c r="B611" s="4" t="s">
-        <v>1733</v>
+        <v>74</v>
       </c>
       <c r="C611" s="4" t="s">
-        <v>1734</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="612" spans="1:10">
       <c r="A612" s="3" t="s">
-        <v>1735</v>
+        <v>1732</v>
       </c>
       <c r="B612" s="4" t="s">
-        <v>1736</v>
+        <v>1733</v>
       </c>
       <c r="C612" s="4" t="s">
-        <v>1737</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="613" spans="1:10">
       <c r="A613" s="3" t="s">
-        <v>1738</v>
+        <v>1735</v>
       </c>
       <c r="B613" s="4" t="s">
-        <v>1739</v>
+        <v>1736</v>
       </c>
       <c r="C613" s="4" t="s">
-        <v>1740</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="614" spans="1:10">
       <c r="A614" s="3" t="s">
-        <v>1741</v>
+        <v>1738</v>
       </c>
       <c r="B614" s="4" t="s">
-        <v>1742</v>
+        <v>1739</v>
       </c>
       <c r="C614" s="4" t="s">
         <v>1740</v>
       </c>
     </row>
     <row r="615" spans="1:10">
       <c r="A615" s="3" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B615" s="4" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C615" s="4" t="s">
         <v>1743</v>
-      </c>
-[...4 lines deleted...]
-        <v>1700</v>
       </c>
     </row>
     <row r="616" spans="1:10">
       <c r="A616" s="3" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B616" s="4" t="s">
         <v>1745</v>
       </c>
-      <c r="B616" s="4" t="s">
+      <c r="C616" s="4" t="s">
         <v>1746</v>
-      </c>
-[...1 lines deleted...]
-        <v>1747</v>
       </c>
     </row>
     <row r="617" spans="1:10">
       <c r="A617" s="3" t="s">
-        <v>1748</v>
+        <v>1747</v>
       </c>
       <c r="B617" s="4" t="s">
-        <v>1749</v>
+        <v>196</v>
       </c>
       <c r="C617" s="4" t="s">
-        <v>1750</v>
+        <v>9</v>
       </c>
     </row>
     <row r="618" spans="1:10">
       <c r="A618" s="3" t="s">
-        <v>1751</v>
+        <v>1748</v>
       </c>
       <c r="B618" s="4" t="s">
-        <v>1752</v>
+        <v>1749</v>
       </c>
       <c r="C618" s="4" t="s">
-        <v>1753</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="619" spans="1:10">
       <c r="A619" s="3" t="s">
-        <v>1754</v>
+        <v>1751</v>
       </c>
       <c r="B619" s="4" t="s">
-        <v>1755</v>
+        <v>1752</v>
       </c>
       <c r="C619" s="4" t="s">
-        <v>1756</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="620" spans="1:10">
       <c r="A620" s="3" t="s">
-        <v>1757</v>
+        <v>1754</v>
       </c>
       <c r="B620" s="4" t="s">
-        <v>1758</v>
+        <v>1755</v>
       </c>
       <c r="C620" s="4" t="s">
-        <v>1759</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="621" spans="1:10">
       <c r="A621" s="3" t="s">
-        <v>1760</v>
+        <v>1757</v>
       </c>
       <c r="B621" s="4" t="s">
-        <v>1761</v>
+        <v>1758</v>
       </c>
       <c r="C621" s="4" t="s">
-        <v>1762</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="622" spans="1:10">
       <c r="A622" s="3" t="s">
-        <v>1763</v>
+        <v>1760</v>
       </c>
       <c r="B622" s="4" t="s">
-        <v>1764</v>
+        <v>1761</v>
       </c>
       <c r="C622" s="4" t="s">
-        <v>1765</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="623" spans="1:10">
       <c r="A623" s="3" t="s">
-        <v>1766</v>
+        <v>1763</v>
       </c>
       <c r="B623" s="4" t="s">
-        <v>1767</v>
+        <v>1764</v>
       </c>
       <c r="C623" s="4" t="s">
-        <v>1768</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="624" spans="1:10">
       <c r="A624" s="3" t="s">
-        <v>1769</v>
+        <v>1766</v>
       </c>
       <c r="B624" s="4" t="s">
-        <v>595</v>
+        <v>1767</v>
       </c>
       <c r="C624" s="4" t="s">
-        <v>1770</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="625" spans="1:10">
       <c r="A625" s="3" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B625" s="4" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C625" s="4" t="s">
         <v>1771</v>
-      </c>
-[...4 lines deleted...]
-        <v>1773</v>
       </c>
     </row>
     <row r="626" spans="1:10">
       <c r="A626" s="3" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B626" s="4" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C626" s="4" t="s">
         <v>1774</v>
-      </c>
-[...4 lines deleted...]
-        <v>1776</v>
       </c>
     </row>
     <row r="627" spans="1:10">
       <c r="A627" s="3" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B627" s="4" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C627" s="4" t="s">
         <v>1777</v>
-      </c>
-[...4 lines deleted...]
-        <v>1779</v>
       </c>
     </row>
     <row r="628" spans="1:10">
       <c r="A628" s="3" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B628" s="4" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C628" s="4" t="s">
         <v>1780</v>
-      </c>
-[...4 lines deleted...]
-        <v>1781</v>
       </c>
     </row>
     <row r="629" spans="1:10">
       <c r="A629" s="3" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B629" s="4" t="s">
         <v>1782</v>
       </c>
-      <c r="B629" s="4" t="s">
+      <c r="C629" s="4" t="s">
         <v>1783</v>
-      </c>
-[...1 lines deleted...]
-        <v>1784</v>
       </c>
     </row>
     <row r="630" spans="1:10">
       <c r="A630" s="3" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B630" s="4" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C630" s="4" t="s">
         <v>1785</v>
-      </c>
-[...4 lines deleted...]
-        <v>1787</v>
       </c>
     </row>
     <row r="631" spans="1:10">
       <c r="A631" s="3" t="s">
-        <v>1788</v>
+        <v>1786</v>
       </c>
       <c r="B631" s="4" t="s">
-        <v>53</v>
+        <v>1782</v>
       </c>
       <c r="C631" s="4" t="s">
-        <v>1789</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="632" spans="1:10">
       <c r="A632" s="3" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B632" s="4" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C632" s="4" t="s">
         <v>1790</v>
-      </c>
-[...4 lines deleted...]
-        <v>1792</v>
       </c>
     </row>
     <row r="633" spans="1:10">
       <c r="A633" s="3" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B633" s="4" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C633" s="4" t="s">
         <v>1793</v>
-      </c>
-[...4 lines deleted...]
-        <v>1794</v>
       </c>
     </row>
     <row r="634" spans="1:10">
       <c r="A634" s="3" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B634" s="4" t="s">
         <v>1795</v>
       </c>
-      <c r="B634" s="4" t="s">
+      <c r="C634" s="4" t="s">
         <v>1796</v>
-      </c>
-[...1 lines deleted...]
-        <v>1797</v>
       </c>
     </row>
     <row r="635" spans="1:10">
       <c r="A635" s="3" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B635" s="4" t="s">
         <v>1798</v>
       </c>
-      <c r="B635" s="4" t="s">
+      <c r="C635" s="4" t="s">
         <v>1799</v>
-      </c>
-[...1 lines deleted...]
-        <v>1800</v>
       </c>
     </row>
     <row r="636" spans="1:10">
       <c r="A636" s="3" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B636" s="4" t="s">
         <v>1801</v>
       </c>
-      <c r="B636" s="4" t="s">
+      <c r="C636" s="4" t="s">
         <v>1802</v>
-      </c>
-[...1 lines deleted...]
-        <v>1803</v>
       </c>
     </row>
     <row r="637" spans="1:10">
       <c r="A637" s="3" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B637" s="4" t="s">
         <v>1804</v>
       </c>
-      <c r="B637" s="4" t="s">
+      <c r="C637" s="4" t="s">
         <v>1805</v>
-      </c>
-[...1 lines deleted...]
-        <v>1806</v>
       </c>
     </row>
     <row r="638" spans="1:10">
       <c r="A638" s="3" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B638" s="4" t="s">
         <v>1807</v>
       </c>
-      <c r="B638" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C638" s="4" t="s">
-        <v>1809</v>
+        <v>93</v>
       </c>
     </row>
     <row r="639" spans="1:10">
       <c r="A639" s="3" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B639" s="4" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C639" s="4" t="s">
         <v>1810</v>
-      </c>
-[...4 lines deleted...]
-        <v>1812</v>
       </c>
     </row>
     <row r="640" spans="1:10">
       <c r="A640" s="3" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B640" s="4" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C640" s="4" t="s">
         <v>1813</v>
-      </c>
-[...4 lines deleted...]
-        <v>1815</v>
       </c>
     </row>
     <row r="641" spans="1:10">
       <c r="A641" s="3" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B641" s="4" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C641" s="4" t="s">
         <v>1816</v>
-      </c>
-[...4 lines deleted...]
-        <v>1818</v>
       </c>
     </row>
     <row r="642" spans="1:10">
       <c r="A642" s="3" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B642" s="4" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C642" s="4" t="s">
         <v>1819</v>
-      </c>
-[...4 lines deleted...]
-        <v>1821</v>
       </c>
     </row>
     <row r="643" spans="1:10">
       <c r="A643" s="3" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B643" s="4" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C643" s="4" t="s">
         <v>1822</v>
-      </c>
-[...4 lines deleted...]
-        <v>1824</v>
       </c>
     </row>
     <row r="644" spans="1:10">
       <c r="A644" s="3" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B644" s="4" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C644" s="4" t="s">
         <v>1825</v>
-      </c>
-[...4 lines deleted...]
-        <v>1827</v>
       </c>
     </row>
     <row r="645" spans="1:10">
       <c r="A645" s="3" t="s">
-        <v>1828</v>
+        <v>1826</v>
       </c>
       <c r="B645" s="4" t="s">
-        <v>1829</v>
+        <v>5</v>
       </c>
       <c r="C645" s="4" t="s">
-        <v>1830</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="646" spans="1:10">
       <c r="A646" s="3" t="s">
-        <v>1831</v>
+        <v>1828</v>
       </c>
       <c r="B646" s="4" t="s">
-        <v>1832</v>
+        <v>1829</v>
       </c>
       <c r="C646" s="4" t="s">
-        <v>1833</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="647" spans="1:10">
       <c r="A647" s="3" t="s">
-        <v>1834</v>
+        <v>1831</v>
       </c>
       <c r="B647" s="4" t="s">
-        <v>1835</v>
+        <v>62</v>
       </c>
       <c r="C647" s="4" t="s">
-        <v>1836</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="648" spans="1:10">
       <c r="A648" s="3" t="s">
-        <v>1837</v>
+        <v>1833</v>
       </c>
       <c r="B648" s="4" t="s">
-        <v>1838</v>
+        <v>62</v>
       </c>
       <c r="C648" s="4" t="s">
-        <v>1839</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="649" spans="1:10">
       <c r="A649" s="3" t="s">
-        <v>1840</v>
+        <v>1835</v>
       </c>
       <c r="B649" s="4" t="s">
-        <v>1841</v>
+        <v>62</v>
       </c>
       <c r="C649" s="4" t="s">
-        <v>1842</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="650" spans="1:10">
       <c r="A650" s="3" t="s">
-        <v>1843</v>
+        <v>1837</v>
       </c>
       <c r="B650" s="4" t="s">
-        <v>1844</v>
+        <v>62</v>
       </c>
       <c r="C650" s="4" t="s">
-        <v>1845</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="651" spans="1:10">
       <c r="A651" s="3" t="s">
-        <v>1846</v>
+        <v>1839</v>
       </c>
       <c r="B651" s="4" t="s">
-        <v>1847</v>
+        <v>62</v>
       </c>
       <c r="C651" s="4" t="s">
-        <v>1848</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="652" spans="1:10">
       <c r="A652" s="3" t="s">
-        <v>1849</v>
+        <v>1841</v>
       </c>
       <c r="B652" s="4" t="s">
-        <v>1850</v>
+        <v>62</v>
       </c>
       <c r="C652" s="4" t="s">
-        <v>1851</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="653" spans="1:10">
       <c r="A653" s="3" t="s">
-        <v>1852</v>
+        <v>1843</v>
       </c>
       <c r="B653" s="4" t="s">
-        <v>1853</v>
+        <v>1844</v>
       </c>
       <c r="C653" s="4" t="s">
-        <v>1854</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="654" spans="1:10">
       <c r="A654" s="3" t="s">
-        <v>1855</v>
+        <v>1846</v>
       </c>
       <c r="B654" s="4" t="s">
-        <v>1856</v>
+        <v>1844</v>
       </c>
       <c r="C654" s="4" t="s">
-        <v>1857</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="655" spans="1:10">
       <c r="A655" s="3" t="s">
-        <v>1858</v>
+        <v>1847</v>
       </c>
       <c r="B655" s="4" t="s">
-        <v>1859</v>
+        <v>1216</v>
       </c>
       <c r="C655" s="4" t="s">
-        <v>1860</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="656" spans="1:10">
       <c r="A656" s="3" t="s">
-        <v>1861</v>
+        <v>1849</v>
       </c>
       <c r="B656" s="4" t="s">
-        <v>1862</v>
+        <v>1850</v>
       </c>
       <c r="C656" s="4" t="s">
-        <v>1863</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="657" spans="1:10">
       <c r="A657" s="3" t="s">
-        <v>1864</v>
+        <v>1852</v>
       </c>
       <c r="B657" s="4" t="s">
-        <v>1865</v>
+        <v>1853</v>
       </c>
       <c r="C657" s="4" t="s">
-        <v>1866</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="658" spans="1:10">
       <c r="A658" s="3" t="s">
-        <v>1867</v>
+        <v>1855</v>
       </c>
       <c r="B658" s="4" t="s">
-        <v>1868</v>
+        <v>1856</v>
       </c>
       <c r="C658" s="4" t="s">
-        <v>1869</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="659" spans="1:10">
       <c r="A659" s="3" t="s">
-        <v>1870</v>
+        <v>1858</v>
       </c>
       <c r="B659" s="4" t="s">
-        <v>1871</v>
+        <v>1216</v>
       </c>
       <c r="C659" s="4" t="s">
-        <v>1872</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="660" spans="1:10">
       <c r="A660" s="3" t="s">
-        <v>1873</v>
+        <v>1860</v>
       </c>
       <c r="B660" s="4" t="s">
-        <v>1874</v>
+        <v>1861</v>
       </c>
       <c r="C660" s="4" t="s">
-        <v>1875</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="661" spans="1:10">
       <c r="A661" s="3" t="s">
-        <v>1876</v>
+        <v>1863</v>
       </c>
       <c r="B661" s="4" t="s">
-        <v>1877</v>
+        <v>1864</v>
       </c>
       <c r="C661" s="4" t="s">
-        <v>1878</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="662" spans="1:10">
       <c r="A662" s="3" t="s">
-        <v>1879</v>
+        <v>1866</v>
       </c>
       <c r="B662" s="4" t="s">
-        <v>1880</v>
+        <v>1867</v>
       </c>
       <c r="C662" s="4" t="s">
-        <v>1881</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="663" spans="1:10">
       <c r="A663" s="3" t="s">
-        <v>1882</v>
+        <v>1868</v>
       </c>
       <c r="B663" s="4" t="s">
-        <v>1883</v>
+        <v>1869</v>
       </c>
       <c r="C663" s="4" t="s">
-        <v>1884</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="664" spans="1:10">
       <c r="A664" s="3" t="s">
-        <v>1885</v>
+        <v>1871</v>
       </c>
       <c r="B664" s="4" t="s">
-        <v>1886</v>
+        <v>1872</v>
       </c>
       <c r="C664" s="4" t="s">
-        <v>1887</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="665" spans="1:10">
       <c r="A665" s="3" t="s">
-        <v>1888</v>
+        <v>1874</v>
       </c>
       <c r="B665" s="4" t="s">
-        <v>1889</v>
+        <v>1875</v>
       </c>
       <c r="C665" s="4" t="s">
-        <v>1890</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="666" spans="1:10">
       <c r="A666" s="3" t="s">
-        <v>1891</v>
+        <v>1877</v>
       </c>
       <c r="B666" s="4" t="s">
-        <v>1892</v>
+        <v>1878</v>
       </c>
       <c r="C666" s="4" t="s">
-        <v>1893</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="667" spans="1:10">
       <c r="A667" s="3" t="s">
-        <v>1894</v>
+        <v>1880</v>
       </c>
       <c r="B667" s="4" t="s">
-        <v>623</v>
+        <v>1881</v>
       </c>
       <c r="C667" s="4" t="s">
-        <v>1895</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="668" spans="1:10">
       <c r="A668" s="3" t="s">
-        <v>1896</v>
+        <v>1883</v>
       </c>
       <c r="B668" s="4" t="s">
-        <v>1897</v>
+        <v>1884</v>
       </c>
       <c r="C668" s="4" t="s">
-        <v>1898</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="669" spans="1:10">
       <c r="A669" s="3" t="s">
-        <v>1899</v>
+        <v>1886</v>
       </c>
       <c r="B669" s="4" t="s">
-        <v>1122</v>
+        <v>1887</v>
       </c>
       <c r="C669" s="4" t="s">
-        <v>1900</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="670" spans="1:10">
       <c r="A670" s="3" t="s">
-        <v>1901</v>
+        <v>1889</v>
       </c>
       <c r="B670" s="4" t="s">
-        <v>1902</v>
+        <v>1887</v>
       </c>
       <c r="C670" s="4" t="s">
-        <v>1903</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="671" spans="1:10">
       <c r="A671" s="3" t="s">
-        <v>1904</v>
+        <v>1891</v>
       </c>
       <c r="B671" s="4" t="s">
-        <v>1905</v>
+        <v>1892</v>
       </c>
       <c r="C671" s="4" t="s">
-        <v>1906</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="672" spans="1:10">
       <c r="A672" s="3" t="s">
-        <v>1907</v>
+        <v>1894</v>
       </c>
       <c r="B672" s="4" t="s">
-        <v>1908</v>
+        <v>1895</v>
       </c>
       <c r="C672" s="4" t="s">
-        <v>1909</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="673" spans="1:10">
       <c r="A673" s="3" t="s">
-        <v>1910</v>
+        <v>1897</v>
       </c>
       <c r="B673" s="4" t="s">
-        <v>1911</v>
+        <v>1898</v>
       </c>
       <c r="C673" s="4" t="s">
-        <v>1912</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="674" spans="1:10">
       <c r="A674" s="3" t="s">
-        <v>1913</v>
+        <v>1900</v>
       </c>
       <c r="B674" s="4" t="s">
-        <v>1914</v>
+        <v>1901</v>
       </c>
       <c r="C674" s="4" t="s">
-        <v>1915</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="675" spans="1:10">
       <c r="A675" s="3" t="s">
-        <v>1916</v>
+        <v>1903</v>
       </c>
       <c r="B675" s="4" t="s">
-        <v>1917</v>
+        <v>1904</v>
       </c>
       <c r="C675" s="4" t="s">
-        <v>1918</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="676" spans="1:10">
       <c r="A676" s="3" t="s">
-        <v>1919</v>
+        <v>1906</v>
       </c>
       <c r="B676" s="4" t="s">
-        <v>1920</v>
+        <v>1907</v>
       </c>
       <c r="C676" s="4" t="s">
-        <v>1921</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="677" spans="1:10">
       <c r="A677" s="3" t="s">
-        <v>1922</v>
+        <v>1909</v>
       </c>
       <c r="B677" s="4" t="s">
-        <v>1841</v>
+        <v>1910</v>
       </c>
       <c r="C677" s="4" t="s">
-        <v>1923</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="678" spans="1:10">
       <c r="A678" s="3" t="s">
-        <v>1924</v>
+        <v>1912</v>
       </c>
       <c r="B678" s="4" t="s">
-        <v>1925</v>
+        <v>1053</v>
       </c>
       <c r="C678" s="4" t="s">
-        <v>1926</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="679" spans="1:10">
       <c r="A679" s="3" t="s">
-        <v>1927</v>
+        <v>1914</v>
       </c>
       <c r="B679" s="4" t="s">
-        <v>1928</v>
+        <v>556</v>
       </c>
       <c r="C679" s="4" t="s">
-        <v>1929</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="680" spans="1:10">
       <c r="A680" s="3" t="s">
-        <v>1930</v>
+        <v>1916</v>
       </c>
       <c r="B680" s="4" t="s">
-        <v>1931</v>
+        <v>1917</v>
       </c>
       <c r="C680" s="4" t="s">
-        <v>1932</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="681" spans="1:10">
       <c r="A681" s="3" t="s">
-        <v>1933</v>
+        <v>1919</v>
       </c>
       <c r="B681" s="4" t="s">
-        <v>1934</v>
+        <v>1920</v>
       </c>
       <c r="C681" s="4" t="s">
-        <v>1935</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="682" spans="1:10">
       <c r="A682" s="3" t="s">
-        <v>1936</v>
+        <v>1922</v>
       </c>
       <c r="B682" s="4" t="s">
-        <v>1937</v>
+        <v>1923</v>
       </c>
       <c r="C682" s="4" t="s">
-        <v>1938</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="683" spans="1:10">
       <c r="A683" s="3" t="s">
-        <v>1939</v>
+        <v>1925</v>
       </c>
       <c r="B683" s="4" t="s">
-        <v>1940</v>
+        <v>1926</v>
       </c>
       <c r="C683" s="4" t="s">
-        <v>1941</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="684" spans="1:10">
       <c r="A684" s="3" t="s">
-        <v>1942</v>
+        <v>1928</v>
       </c>
       <c r="B684" s="4" t="s">
-        <v>1943</v>
+        <v>1929</v>
       </c>
       <c r="C684" s="4" t="s">
-        <v>1944</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="685" spans="1:10">
       <c r="A685" s="3" t="s">
-        <v>1945</v>
+        <v>1931</v>
       </c>
       <c r="B685" s="4" t="s">
-        <v>1946</v>
+        <v>1932</v>
       </c>
       <c r="C685" s="4" t="s">
-        <v>1947</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="686" spans="1:10">
       <c r="A686" s="3" t="s">
-        <v>1948</v>
+        <v>1934</v>
       </c>
       <c r="B686" s="4" t="s">
-        <v>1949</v>
+        <v>1935</v>
       </c>
       <c r="C686" s="4" t="s">
-        <v>1950</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="687" spans="1:10">
       <c r="A687" s="3" t="s">
-        <v>1951</v>
+        <v>1937</v>
       </c>
       <c r="B687" s="4" t="s">
-        <v>1952</v>
+        <v>1938</v>
       </c>
       <c r="C687" s="4" t="s">
-        <v>1953</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="688" spans="1:10">
       <c r="A688" s="3" t="s">
-        <v>1954</v>
+        <v>1940</v>
       </c>
       <c r="B688" s="4" t="s">
-        <v>1955</v>
+        <v>1941</v>
       </c>
       <c r="C688" s="4" t="s">
-        <v>1956</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="689" spans="1:10">
       <c r="A689" s="3" t="s">
-        <v>1957</v>
+        <v>1943</v>
       </c>
       <c r="B689" s="4" t="s">
-        <v>1958</v>
+        <v>1944</v>
       </c>
       <c r="C689" s="4" t="s">
-        <v>1959</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="690" spans="1:10">
       <c r="A690" s="3" t="s">
-        <v>1960</v>
+        <v>1945</v>
       </c>
       <c r="B690" s="4" t="s">
-        <v>1961</v>
+        <v>1946</v>
       </c>
       <c r="C690" s="4" t="s">
-        <v>1962</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="691" spans="1:10">
       <c r="A691" s="3" t="s">
-        <v>1963</v>
+        <v>1948</v>
       </c>
       <c r="B691" s="4" t="s">
-        <v>750</v>
+        <v>1949</v>
       </c>
       <c r="C691" s="4" t="s">
-        <v>1964</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="692" spans="1:10">
       <c r="A692" s="3" t="s">
-        <v>1965</v>
+        <v>1951</v>
       </c>
       <c r="B692" s="4" t="s">
-        <v>1966</v>
+        <v>1952</v>
       </c>
       <c r="C692" s="4" t="s">
-        <v>1967</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="693" spans="1:10">
       <c r="A693" s="3" t="s">
-        <v>1968</v>
+        <v>1954</v>
       </c>
       <c r="B693" s="4" t="s">
-        <v>1283</v>
+        <v>1955</v>
       </c>
       <c r="C693" s="4" t="s">
-        <v>1969</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="694" spans="1:10">
       <c r="A694" s="3" t="s">
-        <v>1970</v>
+        <v>1957</v>
       </c>
       <c r="B694" s="4" t="s">
-        <v>1971</v>
+        <v>1958</v>
       </c>
       <c r="C694" s="4" t="s">
-        <v>1972</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="695" spans="1:10">
       <c r="A695" s="3" t="s">
-        <v>1973</v>
+        <v>1960</v>
       </c>
       <c r="B695" s="4" t="s">
-        <v>1974</v>
+        <v>1961</v>
       </c>
       <c r="C695" s="4" t="s">
-        <v>1975</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="696" spans="1:10">
       <c r="A696" s="3" t="s">
-        <v>1976</v>
+        <v>1963</v>
       </c>
       <c r="B696" s="4" t="s">
-        <v>1977</v>
+        <v>1964</v>
       </c>
       <c r="C696" s="4" t="s">
-        <v>1978</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="697" spans="1:10">
       <c r="A697" s="3" t="s">
-        <v>1979</v>
+        <v>1966</v>
       </c>
       <c r="B697" s="4" t="s">
-        <v>1980</v>
+        <v>1967</v>
       </c>
       <c r="C697" s="4" t="s">
-        <v>1981</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="698" spans="1:10">
       <c r="A698" s="3" t="s">
-        <v>1982</v>
+        <v>1969</v>
       </c>
       <c r="B698" s="4" t="s">
-        <v>1983</v>
+        <v>1970</v>
       </c>
       <c r="C698" s="4" t="s">
-        <v>1984</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="699" spans="1:10">
       <c r="A699" s="3" t="s">
-        <v>1985</v>
+        <v>1972</v>
       </c>
       <c r="B699" s="4" t="s">
-        <v>1986</v>
+        <v>1973</v>
       </c>
       <c r="C699" s="4" t="s">
-        <v>1987</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="700" spans="1:10">
       <c r="A700" s="3" t="s">
-        <v>1988</v>
+        <v>1975</v>
       </c>
       <c r="B700" s="4" t="s">
-        <v>1989</v>
+        <v>289</v>
       </c>
       <c r="C700" s="4" t="s">
-        <v>1990</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="701" spans="1:10">
       <c r="A701" s="3" t="s">
-        <v>1991</v>
+        <v>1977</v>
       </c>
       <c r="B701" s="4" t="s">
-        <v>1989</v>
+        <v>301</v>
       </c>
       <c r="C701" s="4" t="s">
-        <v>1992</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="702" spans="1:10">
       <c r="A702" s="3" t="s">
-        <v>1993</v>
+        <v>1979</v>
       </c>
       <c r="B702" s="4" t="s">
-        <v>1994</v>
+        <v>1980</v>
       </c>
       <c r="C702" s="4" t="s">
-        <v>1995</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="703" spans="1:10">
       <c r="A703" s="3" t="s">
-        <v>1996</v>
+        <v>1982</v>
       </c>
       <c r="B703" s="4" t="s">
-        <v>1997</v>
+        <v>1983</v>
       </c>
       <c r="C703" s="4" t="s">
-        <v>1998</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="704" spans="1:10">
       <c r="A704" s="3" t="s">
-        <v>1999</v>
+        <v>1985</v>
       </c>
       <c r="B704" s="4" t="s">
-        <v>2000</v>
+        <v>1986</v>
       </c>
       <c r="C704" s="4" t="s">
-        <v>2001</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="705" spans="1:10">
       <c r="A705" s="3" t="s">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="B705" s="4" t="s">
-        <v>2003</v>
+        <v>1989</v>
       </c>
       <c r="C705" s="4" t="s">
-        <v>2004</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="706" spans="1:10">
       <c r="A706" s="3" t="s">
-        <v>2005</v>
+        <v>1991</v>
       </c>
       <c r="B706" s="4" t="s">
-        <v>2006</v>
+        <v>413</v>
       </c>
       <c r="C706" s="4" t="s">
-        <v>2007</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="707" spans="1:10">
       <c r="A707" s="3" t="s">
-        <v>2008</v>
+        <v>1993</v>
       </c>
       <c r="B707" s="4" t="s">
-        <v>2009</v>
+        <v>1994</v>
       </c>
       <c r="C707" s="4" t="s">
-        <v>2010</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="708" spans="1:10">
       <c r="A708" s="3" t="s">
-        <v>2011</v>
+        <v>1996</v>
       </c>
       <c r="B708" s="4" t="s">
-        <v>2012</v>
+        <v>1997</v>
       </c>
       <c r="C708" s="4" t="s">
-        <v>2013</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="709" spans="1:10">
       <c r="A709" s="3" t="s">
-        <v>2014</v>
+        <v>1999</v>
       </c>
       <c r="B709" s="4" t="s">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="C709" s="4" t="s">
-        <v>2016</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="710" spans="1:10">
       <c r="A710" s="3" t="s">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="B710" s="4" t="s">
-        <v>2018</v>
+        <v>2003</v>
       </c>
       <c r="C710" s="4" t="s">
-        <v>2019</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="711" spans="1:10">
       <c r="A711" s="3" t="s">
-        <v>2020</v>
+        <v>2005</v>
       </c>
       <c r="B711" s="4" t="s">
-        <v>2018</v>
+        <v>840</v>
       </c>
       <c r="C711" s="4" t="s">
-        <v>2021</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="712" spans="1:10">
       <c r="A712" s="3" t="s">
-        <v>2022</v>
+        <v>2007</v>
       </c>
       <c r="B712" s="4" t="s">
-        <v>2023</v>
+        <v>2008</v>
       </c>
       <c r="C712" s="4" t="s">
-        <v>2024</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="713" spans="1:10">
       <c r="A713" s="3" t="s">
-        <v>2025</v>
+        <v>2010</v>
       </c>
       <c r="B713" s="4" t="s">
-        <v>2026</v>
+        <v>2011</v>
       </c>
       <c r="C713" s="4" t="s">
-        <v>2027</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="714" spans="1:10">
       <c r="A714" s="3" t="s">
-        <v>2028</v>
+        <v>2013</v>
       </c>
       <c r="B714" s="4" t="s">
-        <v>2029</v>
+        <v>2014</v>
       </c>
       <c r="C714" s="4" t="s">
-        <v>2030</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="715" spans="1:10">
       <c r="A715" s="3" t="s">
-        <v>2031</v>
+        <v>2016</v>
       </c>
       <c r="B715" s="4" t="s">
-        <v>2032</v>
+        <v>2017</v>
       </c>
       <c r="C715" s="4" t="s">
-        <v>2033</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="716" spans="1:10">
       <c r="A716" s="3" t="s">
-        <v>2034</v>
+        <v>2019</v>
       </c>
       <c r="B716" s="4" t="s">
-        <v>2035</v>
+        <v>2020</v>
       </c>
       <c r="C716" s="4" t="s">
-        <v>2036</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="717" spans="1:10">
       <c r="A717" s="3" t="s">
-        <v>2037</v>
+        <v>2022</v>
       </c>
       <c r="B717" s="4" t="s">
-        <v>2038</v>
+        <v>2023</v>
       </c>
       <c r="C717" s="4" t="s">
-        <v>2039</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="718" spans="1:10">
       <c r="A718" s="3" t="s">
-        <v>2040</v>
+        <v>2025</v>
       </c>
       <c r="B718" s="4" t="s">
-        <v>2041</v>
+        <v>2026</v>
       </c>
       <c r="C718" s="4" t="s">
-        <v>2042</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="719" spans="1:10">
       <c r="A719" s="3" t="s">
-        <v>2043</v>
+        <v>2028</v>
       </c>
       <c r="B719" s="4" t="s">
-        <v>2044</v>
+        <v>2029</v>
       </c>
       <c r="C719" s="4" t="s">
-        <v>2045</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="720" spans="1:10">
       <c r="A720" s="3" t="s">
-        <v>2046</v>
+        <v>2031</v>
       </c>
       <c r="B720" s="4" t="s">
-        <v>2047</v>
+        <v>2032</v>
       </c>
       <c r="C720" s="4" t="s">
-        <v>2048</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="721" spans="1:10">
       <c r="A721" s="3" t="s">
-        <v>2049</v>
+        <v>2034</v>
       </c>
       <c r="B721" s="4" t="s">
-        <v>1008</v>
+        <v>2035</v>
       </c>
       <c r="C721" s="4" t="s">
-        <v>2050</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="722" spans="1:10">
       <c r="A722" s="3" t="s">
-        <v>2051</v>
+        <v>2037</v>
       </c>
       <c r="B722" s="4" t="s">
-        <v>2052</v>
+        <v>2038</v>
       </c>
       <c r="C722" s="4" t="s">
-        <v>2053</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="723" spans="1:10">
       <c r="A723" s="3" t="s">
-        <v>2054</v>
+        <v>2040</v>
       </c>
       <c r="B723" s="4" t="s">
-        <v>2055</v>
+        <v>2041</v>
       </c>
       <c r="C723" s="4" t="s">
-        <v>2056</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="724" spans="1:10">
       <c r="A724" s="3" t="s">
-        <v>2057</v>
+        <v>2043</v>
       </c>
       <c r="B724" s="4" t="s">
-        <v>2058</v>
+        <v>2044</v>
       </c>
       <c r="C724" s="4" t="s">
-        <v>2059</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="725" spans="1:10">
       <c r="A725" s="3" t="s">
-        <v>2060</v>
+        <v>2046</v>
       </c>
       <c r="B725" s="4" t="s">
-        <v>2061</v>
+        <v>2047</v>
       </c>
       <c r="C725" s="4" t="s">
-        <v>2062</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="726" spans="1:10">
       <c r="A726" s="3" t="s">
-        <v>2063</v>
+        <v>2049</v>
       </c>
       <c r="B726" s="4" t="s">
-        <v>2064</v>
+        <v>2050</v>
       </c>
       <c r="C726" s="4" t="s">
-        <v>2065</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="727" spans="1:10">
       <c r="A727" s="3" t="s">
-        <v>2066</v>
+        <v>2052</v>
       </c>
       <c r="B727" s="4" t="s">
-        <v>2067</v>
+        <v>2053</v>
       </c>
       <c r="C727" s="4" t="s">
-        <v>2068</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="728" spans="1:10">
       <c r="A728" s="3" t="s">
-        <v>2069</v>
+        <v>2055</v>
       </c>
       <c r="B728" s="4" t="s">
-        <v>2070</v>
+        <v>2056</v>
       </c>
       <c r="C728" s="4" t="s">
-        <v>2071</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="729" spans="1:10">
       <c r="A729" s="3" t="s">
-        <v>2072</v>
+        <v>2058</v>
       </c>
       <c r="B729" s="4" t="s">
-        <v>2073</v>
+        <v>1798</v>
       </c>
       <c r="C729" s="4" t="s">
-        <v>2074</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="730" spans="1:10">
       <c r="A730" s="3" t="s">
-        <v>2075</v>
+        <v>2060</v>
       </c>
       <c r="B730" s="4" t="s">
-        <v>2076</v>
+        <v>1636</v>
       </c>
       <c r="C730" s="4" t="s">
-        <v>2077</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="731" spans="1:10">
       <c r="A731" s="3" t="s">
-        <v>2078</v>
+        <v>2062</v>
       </c>
       <c r="B731" s="4" t="s">
-        <v>2079</v>
+        <v>2063</v>
       </c>
       <c r="C731" s="4" t="s">
-        <v>2080</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="732" spans="1:10">
       <c r="A732" s="3" t="s">
-        <v>2081</v>
+        <v>2065</v>
       </c>
       <c r="B732" s="4" t="s">
-        <v>786</v>
+        <v>2066</v>
       </c>
       <c r="C732" s="4" t="s">
-        <v>2082</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="733" spans="1:10">
       <c r="A733" s="3" t="s">
-        <v>2083</v>
+        <v>2068</v>
       </c>
       <c r="B733" s="4" t="s">
-        <v>2084</v>
+        <v>2069</v>
       </c>
       <c r="C733" s="4" t="s">
-        <v>2085</v>
+        <v>57</v>
       </c>
     </row>
     <row r="734" spans="1:10">
       <c r="A734" s="3" t="s">
-        <v>2086</v>
+        <v>2070</v>
       </c>
       <c r="B734" s="4" t="s">
-        <v>2087</v>
+        <v>2071</v>
       </c>
       <c r="C734" s="4" t="s">
-        <v>2088</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="735" spans="1:10">
       <c r="A735" s="3" t="s">
-        <v>2089</v>
+        <v>2073</v>
       </c>
       <c r="B735" s="4" t="s">
-        <v>2090</v>
+        <v>2074</v>
       </c>
       <c r="C735" s="4" t="s">
-        <v>2091</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="736" spans="1:10">
       <c r="A736" s="3" t="s">
-        <v>2092</v>
+        <v>2076</v>
       </c>
       <c r="B736" s="4" t="s">
-        <v>2093</v>
+        <v>2077</v>
       </c>
       <c r="C736" s="4" t="s">
-        <v>2094</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="737" spans="1:10">
       <c r="A737" s="3" t="s">
-        <v>2095</v>
+        <v>2079</v>
       </c>
       <c r="B737" s="4" t="s">
-        <v>2096</v>
+        <v>2080</v>
       </c>
       <c r="C737" s="4" t="s">
-        <v>2097</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="738" spans="1:10">
       <c r="A738" s="3" t="s">
-        <v>2098</v>
+        <v>2082</v>
       </c>
       <c r="B738" s="4" t="s">
-        <v>2099</v>
+        <v>2083</v>
       </c>
       <c r="C738" s="4" t="s">
-        <v>2100</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="739" spans="1:10">
       <c r="A739" s="3" t="s">
-        <v>2101</v>
+        <v>2085</v>
       </c>
       <c r="B739" s="4" t="s">
-        <v>2102</v>
+        <v>2086</v>
       </c>
       <c r="C739" s="4" t="s">
-        <v>2103</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="740" spans="1:10">
       <c r="A740" s="3" t="s">
-        <v>2104</v>
+        <v>2087</v>
       </c>
       <c r="B740" s="4" t="s">
-        <v>1303</v>
+        <v>2088</v>
       </c>
       <c r="C740" s="4" t="s">
-        <v>2105</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="741" spans="1:10">
       <c r="A741" s="3" t="s">
-        <v>2106</v>
+        <v>2089</v>
       </c>
       <c r="B741" s="4" t="s">
-        <v>1303</v>
+        <v>2090</v>
       </c>
       <c r="C741" s="4" t="s">
-        <v>2107</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="742" spans="1:10">
       <c r="A742" s="3" t="s">
-        <v>2108</v>
+        <v>2092</v>
       </c>
       <c r="B742" s="4" t="s">
-        <v>2109</v>
+        <v>2093</v>
       </c>
       <c r="C742" s="4" t="s">
-        <v>2110</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="743" spans="1:10">
       <c r="A743" s="3" t="s">
-        <v>2111</v>
+        <v>2095</v>
       </c>
       <c r="B743" s="4" t="s">
-        <v>2112</v>
+        <v>2096</v>
       </c>
       <c r="C743" s="4" t="s">
-        <v>2113</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="744" spans="1:10">
       <c r="A744" s="3" t="s">
-        <v>2114</v>
+        <v>2098</v>
       </c>
       <c r="B744" s="4" t="s">
-        <v>133</v>
+        <v>2099</v>
       </c>
       <c r="C744" s="4" t="s">
-        <v>2115</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="745" spans="1:10">
       <c r="A745" s="3" t="s">
-        <v>2116</v>
+        <v>2101</v>
       </c>
       <c r="B745" s="4" t="s">
-        <v>2117</v>
+        <v>2102</v>
       </c>
       <c r="C745" s="4" t="s">
-        <v>2118</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="746" spans="1:10">
       <c r="A746" s="3" t="s">
-        <v>2119</v>
+        <v>2104</v>
       </c>
       <c r="B746" s="4" t="s">
-        <v>2120</v>
+        <v>2105</v>
       </c>
       <c r="C746" s="4" t="s">
-        <v>2121</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="747" spans="1:10">
       <c r="A747" s="3" t="s">
-        <v>2122</v>
+        <v>2107</v>
       </c>
       <c r="B747" s="4" t="s">
-        <v>2123</v>
+        <v>2108</v>
       </c>
       <c r="C747" s="4" t="s">
-        <v>2124</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="748" spans="1:10">
       <c r="A748" s="3" t="s">
-        <v>2125</v>
+        <v>2110</v>
       </c>
       <c r="B748" s="4" t="s">
-        <v>2126</v>
+        <v>2111</v>
       </c>
       <c r="C748" s="4" t="s">
-        <v>2127</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="749" spans="1:10">
       <c r="A749" s="3" t="s">
-        <v>2128</v>
+        <v>2113</v>
       </c>
       <c r="B749" s="4" t="s">
-        <v>2129</v>
+        <v>952</v>
       </c>
       <c r="C749" s="4" t="s">
-        <v>2130</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="750" spans="1:10">
       <c r="A750" s="3" t="s">
-        <v>2131</v>
+        <v>2115</v>
       </c>
       <c r="B750" s="4" t="s">
-        <v>2132</v>
+        <v>2116</v>
       </c>
       <c r="C750" s="4" t="s">
-        <v>2133</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="751" spans="1:10">
       <c r="A751" s="3" t="s">
-        <v>2134</v>
+        <v>2118</v>
       </c>
       <c r="B751" s="4" t="s">
-        <v>2135</v>
+        <v>2119</v>
       </c>
       <c r="C751" s="4" t="s">
-        <v>2136</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="752" spans="1:10">
       <c r="A752" s="3" t="s">
-        <v>2137</v>
+        <v>2121</v>
       </c>
       <c r="B752" s="4" t="s">
-        <v>2138</v>
+        <v>2122</v>
       </c>
       <c r="C752" s="4" t="s">
-        <v>2139</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="753" spans="1:10">
       <c r="A753" s="3" t="s">
-        <v>2140</v>
+        <v>2124</v>
       </c>
       <c r="B753" s="4" t="s">
-        <v>2141</v>
+        <v>979</v>
       </c>
       <c r="C753" s="4" t="s">
-        <v>2142</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="754" spans="1:10">
       <c r="A754" s="3" t="s">
-        <v>2143</v>
+        <v>2126</v>
       </c>
       <c r="B754" s="4" t="s">
-        <v>2144</v>
+        <v>2127</v>
       </c>
       <c r="C754" s="4" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="755" spans="1:10">
       <c r="A755" s="3" t="s">
-        <v>2146</v>
+        <v>2129</v>
       </c>
       <c r="B755" s="4" t="s">
-        <v>2147</v>
+        <v>2130</v>
       </c>
       <c r="C755" s="4" t="s">
-        <v>2148</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="756" spans="1:10">
       <c r="A756" s="3" t="s">
-        <v>2149</v>
+        <v>2132</v>
       </c>
       <c r="B756" s="4" t="s">
-        <v>2150</v>
+        <v>83</v>
       </c>
       <c r="C756" s="4" t="s">
-        <v>2151</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="757" spans="1:10">
       <c r="A757" s="3" t="s">
-        <v>2152</v>
+        <v>2134</v>
       </c>
       <c r="B757" s="4" t="s">
-        <v>2153</v>
+        <v>2135</v>
       </c>
       <c r="C757" s="4" t="s">
-        <v>2154</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="758" spans="1:10">
       <c r="A758" s="3" t="s">
-        <v>2155</v>
+        <v>2137</v>
       </c>
       <c r="B758" s="4" t="s">
-        <v>334</v>
+        <v>1123</v>
       </c>
       <c r="C758" s="4" t="s">
-        <v>1759</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="759" spans="1:10">
       <c r="A759" s="3" t="s">
-        <v>2156</v>
+        <v>2139</v>
       </c>
       <c r="B759" s="4" t="s">
-        <v>2157</v>
+        <v>2140</v>
       </c>
       <c r="C759" s="4" t="s">
-        <v>2158</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="760" spans="1:10">
       <c r="A760" s="3" t="s">
-        <v>2159</v>
+        <v>2142</v>
       </c>
       <c r="B760" s="4" t="s">
-        <v>2160</v>
+        <v>2143</v>
       </c>
       <c r="C760" s="4" t="s">
-        <v>2161</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="761" spans="1:10">
       <c r="A761" s="3" t="s">
-        <v>2162</v>
+        <v>2145</v>
       </c>
       <c r="B761" s="4" t="s">
-        <v>2163</v>
+        <v>2146</v>
       </c>
       <c r="C761" s="4" t="s">
-        <v>2164</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="762" spans="1:10">
       <c r="A762" s="3" t="s">
-        <v>2165</v>
+        <v>2148</v>
       </c>
       <c r="B762" s="4" t="s">
-        <v>2166</v>
+        <v>2149</v>
       </c>
       <c r="C762" s="4" t="s">
-        <v>2167</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="763" spans="1:10">
       <c r="A763" s="3" t="s">
-        <v>2168</v>
+        <v>2151</v>
       </c>
       <c r="B763" s="4" t="s">
-        <v>2169</v>
+        <v>2152</v>
       </c>
       <c r="C763" s="4" t="s">
-        <v>1154</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="764" spans="1:10">
       <c r="A764" s="3" t="s">
-        <v>2170</v>
+        <v>2154</v>
       </c>
       <c r="B764" s="4" t="s">
-        <v>2171</v>
+        <v>2155</v>
       </c>
       <c r="C764" s="4" t="s">
-        <v>2172</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="765" spans="1:10">
       <c r="A765" s="3" t="s">
-        <v>2173</v>
+        <v>2157</v>
       </c>
       <c r="B765" s="4" t="s">
-        <v>2171</v>
+        <v>2158</v>
       </c>
       <c r="C765" s="4" t="s">
-        <v>2174</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="766" spans="1:10">
       <c r="A766" s="3" t="s">
-        <v>2175</v>
+        <v>2160</v>
       </c>
       <c r="B766" s="4" t="s">
-        <v>2171</v>
+        <v>2161</v>
       </c>
       <c r="C766" s="4" t="s">
-        <v>2176</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="767" spans="1:10">
       <c r="A767" s="3" t="s">
-        <v>2177</v>
+        <v>2163</v>
       </c>
       <c r="B767" s="4" t="s">
-        <v>2171</v>
+        <v>2164</v>
       </c>
       <c r="C767" s="4" t="s">
-        <v>2178</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="768" spans="1:10">
       <c r="A768" s="3" t="s">
-        <v>2179</v>
+        <v>2166</v>
       </c>
       <c r="B768" s="4" t="s">
-        <v>2171</v>
+        <v>2167</v>
       </c>
       <c r="C768" s="4" t="s">
-        <v>2180</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="769" spans="1:10">
       <c r="A769" s="3" t="s">
-        <v>2181</v>
+        <v>2169</v>
       </c>
       <c r="B769" s="4" t="s">
-        <v>2182</v>
+        <v>2170</v>
       </c>
       <c r="C769" s="4" t="s">
-        <v>2183</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="770" spans="1:10">
       <c r="A770" s="3" t="s">
-        <v>2184</v>
+        <v>2172</v>
       </c>
       <c r="B770" s="4" t="s">
-        <v>2185</v>
+        <v>2173</v>
       </c>
       <c r="C770" s="4" t="s">
-        <v>2186</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="771" spans="1:10">
       <c r="A771" s="3" t="s">
-        <v>2187</v>
+        <v>2175</v>
       </c>
       <c r="B771" s="4" t="s">
-        <v>2188</v>
+        <v>2176</v>
       </c>
       <c r="C771" s="4" t="s">
-        <v>2189</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="772" spans="1:10">
       <c r="A772" s="3" t="s">
-        <v>2190</v>
+        <v>2178</v>
       </c>
       <c r="B772" s="4" t="s">
-        <v>2191</v>
+        <v>2179</v>
       </c>
       <c r="C772" s="4" t="s">
-        <v>2192</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="773" spans="1:10">
       <c r="A773" s="3" t="s">
-        <v>2193</v>
+        <v>2181</v>
       </c>
       <c r="B773" s="4" t="s">
-        <v>2194</v>
+        <v>2182</v>
       </c>
       <c r="C773" s="4" t="s">
-        <v>2195</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="774" spans="1:10">
       <c r="A774" s="3" t="s">
-        <v>2196</v>
+        <v>2184</v>
       </c>
       <c r="B774" s="4" t="s">
-        <v>2197</v>
+        <v>2185</v>
       </c>
       <c r="C774" s="4" t="s">
-        <v>2198</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="775" spans="1:10">
       <c r="A775" s="3" t="s">
-        <v>2199</v>
+        <v>2187</v>
       </c>
       <c r="B775" s="4" t="s">
-        <v>2200</v>
+        <v>2188</v>
       </c>
       <c r="C775" s="4" t="s">
-        <v>2201</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="776" spans="1:10">
       <c r="A776" s="3" t="s">
-        <v>2202</v>
+        <v>2190</v>
       </c>
       <c r="B776" s="4" t="s">
-        <v>2203</v>
+        <v>2191</v>
       </c>
       <c r="C776" s="4" t="s">
-        <v>2204</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="777" spans="1:10">
       <c r="A777" s="3" t="s">
-        <v>2205</v>
+        <v>2193</v>
       </c>
       <c r="B777" s="4" t="s">
-        <v>2206</v>
+        <v>2194</v>
       </c>
       <c r="C777" s="4" t="s">
-        <v>2207</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="778" spans="1:10">
       <c r="A778" s="3" t="s">
-        <v>2208</v>
+        <v>2196</v>
       </c>
       <c r="B778" s="4" t="s">
-        <v>2209</v>
+        <v>2197</v>
       </c>
       <c r="C778" s="4" t="s">
-        <v>2210</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="779" spans="1:10">
       <c r="A779" s="3" t="s">
-        <v>2211</v>
+        <v>2199</v>
       </c>
       <c r="B779" s="4" t="s">
-        <v>2212</v>
+        <v>2200</v>
       </c>
       <c r="C779" s="4" t="s">
-        <v>2213</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="780" spans="1:10">
       <c r="A780" s="3" t="s">
-        <v>2214</v>
+        <v>2202</v>
       </c>
       <c r="B780" s="4" t="s">
-        <v>2215</v>
+        <v>2203</v>
       </c>
       <c r="C780" s="4" t="s">
-        <v>2216</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="781" spans="1:10">
       <c r="A781" s="3" t="s">
-        <v>2217</v>
+        <v>2205</v>
       </c>
       <c r="B781" s="4" t="s">
-        <v>2218</v>
+        <v>2206</v>
       </c>
       <c r="C781" s="4" t="s">
-        <v>2219</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="782" spans="1:10">
       <c r="A782" s="3" t="s">
-        <v>2220</v>
+        <v>2208</v>
       </c>
       <c r="B782" s="4" t="s">
-        <v>2221</v>
+        <v>2209</v>
       </c>
       <c r="C782" s="4" t="s">
-        <v>2222</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="783" spans="1:10">
       <c r="A783" s="3" t="s">
-        <v>2223</v>
+        <v>2211</v>
       </c>
       <c r="B783" s="4" t="s">
-        <v>2224</v>
+        <v>2212</v>
       </c>
       <c r="C783" s="4" t="s">
-        <v>2225</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="784" spans="1:10">
       <c r="A784" s="3" t="s">
-        <v>2226</v>
+        <v>2214</v>
       </c>
       <c r="B784" s="4" t="s">
-        <v>2227</v>
+        <v>2215</v>
       </c>
       <c r="C784" s="4" t="s">
-        <v>2228</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="785" spans="1:10">
       <c r="A785" s="3" t="s">
-        <v>2229</v>
+        <v>2217</v>
       </c>
       <c r="B785" s="4" t="s">
-        <v>2230</v>
+        <v>2218</v>
       </c>
       <c r="C785" s="4" t="s">
-        <v>2231</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="786" spans="1:10">
       <c r="A786" s="3" t="s">
-        <v>2232</v>
+        <v>2220</v>
       </c>
       <c r="B786" s="4" t="s">
-        <v>2233</v>
+        <v>2221</v>
       </c>
       <c r="C786" s="4" t="s">
-        <v>2234</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="787" spans="1:10">
       <c r="A787" s="3" t="s">
-        <v>2235</v>
+        <v>2223</v>
       </c>
       <c r="B787" s="4" t="s">
-        <v>2236</v>
+        <v>2224</v>
       </c>
       <c r="C787" s="4" t="s">
-        <v>2237</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="788" spans="1:10">
       <c r="A788" s="3" t="s">
-        <v>2238</v>
+        <v>2226</v>
       </c>
       <c r="B788" s="4" t="s">
-        <v>2239</v>
+        <v>2227</v>
       </c>
       <c r="C788" s="4" t="s">
-        <v>2240</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="789" spans="1:10">
       <c r="A789" s="3" t="s">
-        <v>2241</v>
+        <v>2229</v>
       </c>
       <c r="B789" s="4" t="s">
-        <v>2242</v>
+        <v>2230</v>
       </c>
       <c r="C789" s="4" t="s">
-        <v>2243</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="790" spans="1:10">
       <c r="A790" s="3" t="s">
-        <v>2244</v>
+        <v>2232</v>
       </c>
       <c r="B790" s="4" t="s">
-        <v>2245</v>
+        <v>2233</v>
       </c>
       <c r="C790" s="4" t="s">
-        <v>2246</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="791" spans="1:10">
       <c r="A791" s="3" t="s">
-        <v>2247</v>
+        <v>2235</v>
       </c>
       <c r="B791" s="4" t="s">
-        <v>2248</v>
+        <v>2236</v>
       </c>
       <c r="C791" s="4" t="s">
-        <v>2249</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="792" spans="1:10">
       <c r="A792" s="3" t="s">
-        <v>2250</v>
+        <v>2238</v>
       </c>
       <c r="B792" s="4" t="s">
-        <v>2251</v>
+        <v>979</v>
       </c>
       <c r="C792" s="4" t="s">
-        <v>2252</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="793" spans="1:10">
       <c r="A793" s="3" t="s">
-        <v>2253</v>
+        <v>2240</v>
       </c>
       <c r="B793" s="4" t="s">
-        <v>2254</v>
+        <v>2241</v>
       </c>
       <c r="C793" s="4" t="s">
-        <v>2255</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="794" spans="1:10">
       <c r="A794" s="3" t="s">
-        <v>2256</v>
+        <v>2243</v>
       </c>
       <c r="B794" s="4" t="s">
-        <v>2257</v>
+        <v>1473</v>
       </c>
       <c r="C794" s="4" t="s">
-        <v>2258</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="795" spans="1:10">
       <c r="A795" s="3" t="s">
-        <v>2259</v>
+        <v>2245</v>
       </c>
       <c r="B795" s="4" t="s">
-        <v>2260</v>
+        <v>2246</v>
       </c>
       <c r="C795" s="4" t="s">
-        <v>2261</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="796" spans="1:10">
       <c r="A796" s="3" t="s">
-        <v>2262</v>
+        <v>2248</v>
       </c>
       <c r="B796" s="4" t="s">
-        <v>2263</v>
+        <v>2249</v>
       </c>
       <c r="C796" s="4" t="s">
-        <v>2264</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="797" spans="1:10">
       <c r="A797" s="3" t="s">
-        <v>2265</v>
+        <v>2251</v>
       </c>
       <c r="B797" s="4" t="s">
-        <v>1333</v>
+        <v>2252</v>
       </c>
       <c r="C797" s="4" t="s">
-        <v>2266</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="798" spans="1:10">
       <c r="A798" s="3" t="s">
-        <v>2267</v>
+        <v>2254</v>
       </c>
       <c r="B798" s="4" t="s">
-        <v>826</v>
+        <v>2255</v>
       </c>
       <c r="C798" s="4" t="s">
-        <v>2268</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="799" spans="1:10">
       <c r="A799" s="3" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="B799" s="4" t="s">
-        <v>1733</v>
+        <v>2258</v>
       </c>
       <c r="C799" s="4" t="s">
-        <v>2270</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="800" spans="1:10">
       <c r="A800" s="3" t="s">
-        <v>2271</v>
+        <v>2260</v>
       </c>
       <c r="B800" s="4" t="s">
-        <v>2272</v>
+        <v>2261</v>
       </c>
       <c r="C800" s="4" t="s">
-        <v>2273</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="801" spans="1:10">
       <c r="A801" s="3" t="s">
-        <v>2274</v>
+        <v>2263</v>
       </c>
       <c r="B801" s="4" t="s">
-        <v>2275</v>
+        <v>2264</v>
       </c>
       <c r="C801" s="4" t="s">
-        <v>2276</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="802" spans="1:10">
       <c r="A802" s="3" t="s">
-        <v>2277</v>
+        <v>2266</v>
       </c>
       <c r="B802" s="4" t="s">
-        <v>2278</v>
+        <v>2185</v>
       </c>
       <c r="C802" s="4" t="s">
-        <v>2279</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="803" spans="1:10">
       <c r="A803" s="3" t="s">
-        <v>2280</v>
+        <v>2268</v>
       </c>
       <c r="B803" s="4" t="s">
-        <v>2281</v>
+        <v>2269</v>
       </c>
       <c r="C803" s="4" t="s">
-        <v>2282</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="804" spans="1:10">
       <c r="A804" s="3" t="s">
-        <v>2283</v>
+        <v>2271</v>
       </c>
       <c r="B804" s="4" t="s">
-        <v>2284</v>
+        <v>2272</v>
       </c>
       <c r="C804" s="4" t="s">
-        <v>2285</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="805" spans="1:10">
       <c r="A805" s="3" t="s">
-        <v>2286</v>
+        <v>2274</v>
       </c>
       <c r="B805" s="4" t="s">
-        <v>2287</v>
+        <v>2275</v>
       </c>
       <c r="C805" s="4" t="s">
-        <v>2288</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="806" spans="1:10">
       <c r="A806" s="3" t="s">
-        <v>2289</v>
+        <v>2277</v>
       </c>
       <c r="B806" s="4" t="s">
-        <v>2290</v>
+        <v>2278</v>
       </c>
       <c r="C806" s="4" t="s">
-        <v>2291</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="807" spans="1:10">
       <c r="A807" s="3" t="s">
-        <v>2292</v>
+        <v>2280</v>
       </c>
       <c r="B807" s="4" t="s">
-        <v>2293</v>
+        <v>2281</v>
       </c>
       <c r="C807" s="4" t="s">
-        <v>2294</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="808" spans="1:10">
       <c r="A808" s="3" t="s">
-        <v>2295</v>
+        <v>2283</v>
       </c>
       <c r="B808" s="4" t="s">
-        <v>2296</v>
+        <v>2284</v>
       </c>
       <c r="C808" s="4" t="s">
-        <v>2297</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="809" spans="1:10">
       <c r="A809" s="3" t="s">
-        <v>2298</v>
+        <v>2286</v>
       </c>
       <c r="B809" s="4" t="s">
-        <v>2299</v>
+        <v>2287</v>
       </c>
       <c r="C809" s="4" t="s">
-        <v>2300</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="810" spans="1:10">
       <c r="A810" s="3" t="s">
-        <v>2301</v>
+        <v>2289</v>
       </c>
       <c r="B810" s="4" t="s">
-        <v>2302</v>
+        <v>2290</v>
       </c>
       <c r="C810" s="4" t="s">
-        <v>2303</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="811" spans="1:10">
       <c r="A811" s="3" t="s">
-        <v>2304</v>
+        <v>2292</v>
       </c>
       <c r="B811" s="4" t="s">
-        <v>2305</v>
+        <v>2293</v>
       </c>
       <c r="C811" s="4" t="s">
-        <v>2306</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="812" spans="1:10">
       <c r="A812" s="3" t="s">
-        <v>2307</v>
+        <v>2295</v>
       </c>
       <c r="B812" s="4" t="s">
-        <v>2308</v>
+        <v>2296</v>
       </c>
       <c r="C812" s="4" t="s">
-        <v>2309</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="813" spans="1:10">
       <c r="A813" s="3" t="s">
-        <v>2310</v>
+        <v>2298</v>
       </c>
       <c r="B813" s="4" t="s">
-        <v>2311</v>
+        <v>2299</v>
       </c>
       <c r="C813" s="4" t="s">
-        <v>2312</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="814" spans="1:10">
       <c r="A814" s="3" t="s">
-        <v>2313</v>
+        <v>2301</v>
       </c>
       <c r="B814" s="4" t="s">
-        <v>2314</v>
+        <v>2302</v>
       </c>
       <c r="C814" s="4" t="s">
-        <v>2315</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="815" spans="1:10">
       <c r="A815" s="3" t="s">
-        <v>2316</v>
+        <v>2304</v>
       </c>
       <c r="B815" s="4" t="s">
-        <v>2317</v>
+        <v>2305</v>
       </c>
       <c r="C815" s="4" t="s">
-        <v>2318</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="816" spans="1:10">
       <c r="A816" s="3" t="s">
-        <v>2319</v>
+        <v>2307</v>
       </c>
       <c r="B816" s="4" t="s">
-        <v>2320</v>
+        <v>1105</v>
       </c>
       <c r="C816" s="4" t="s">
-        <v>2321</v>
+        <v>240</v>
       </c>
     </row>
     <row r="817" spans="1:10">
       <c r="A817" s="3" t="s">
-        <v>2322</v>
+        <v>2308</v>
       </c>
       <c r="B817" s="4" t="s">
-        <v>2323</v>
+        <v>2309</v>
       </c>
       <c r="C817" s="4" t="s">
-        <v>2324</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="818" spans="1:10">
       <c r="A818" s="3" t="s">
-        <v>2325</v>
+        <v>2311</v>
       </c>
       <c r="B818" s="4" t="s">
-        <v>405</v>
+        <v>1636</v>
       </c>
       <c r="C818" s="4" t="s">
-        <v>2326</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="819" spans="1:10">
       <c r="A819" s="3" t="s">
-        <v>2327</v>
+        <v>2313</v>
       </c>
       <c r="B819" s="4" t="s">
-        <v>2328</v>
+        <v>2314</v>
       </c>
       <c r="C819" s="4" t="s">
-        <v>2329</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="820" spans="1:10">
       <c r="A820" s="3" t="s">
-        <v>2330</v>
+        <v>2316</v>
       </c>
       <c r="B820" s="4" t="s">
-        <v>2328</v>
+        <v>2317</v>
       </c>
       <c r="C820" s="4" t="s">
-        <v>2331</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="821" spans="1:10">
       <c r="A821" s="3" t="s">
-        <v>2332</v>
+        <v>2319</v>
       </c>
       <c r="B821" s="4" t="s">
-        <v>2333</v>
+        <v>2320</v>
       </c>
       <c r="C821" s="4" t="s">
-        <v>2334</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="822" spans="1:10">
       <c r="A822" s="3" t="s">
-        <v>2335</v>
+        <v>2322</v>
       </c>
       <c r="B822" s="4" t="s">
-        <v>2333</v>
+        <v>2323</v>
       </c>
       <c r="C822" s="4" t="s">
-        <v>2336</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="823" spans="1:10">
       <c r="A823" s="3" t="s">
-        <v>2337</v>
+        <v>2325</v>
       </c>
       <c r="B823" s="4" t="s">
-        <v>2338</v>
+        <v>2326</v>
       </c>
       <c r="C823" s="4" t="s">
-        <v>2339</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="824" spans="1:10">
       <c r="A824" s="3" t="s">
-        <v>2340</v>
+        <v>2328</v>
       </c>
       <c r="B824" s="4" t="s">
-        <v>2338</v>
+        <v>2329</v>
       </c>
       <c r="C824" s="4" t="s">
-        <v>2341</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="825" spans="1:10">
       <c r="A825" s="3" t="s">
-        <v>2342</v>
+        <v>2331</v>
       </c>
       <c r="B825" s="4" t="s">
-        <v>2343</v>
+        <v>2332</v>
       </c>
       <c r="C825" s="4" t="s">
-        <v>2344</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="826" spans="1:10">
       <c r="A826" s="3" t="s">
-        <v>2345</v>
+        <v>2334</v>
       </c>
       <c r="B826" s="4" t="s">
-        <v>2346</v>
+        <v>2332</v>
       </c>
       <c r="C826" s="4" t="s">
-        <v>2347</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="827" spans="1:10">
       <c r="A827" s="3" t="s">
-        <v>2348</v>
+        <v>2336</v>
       </c>
       <c r="B827" s="4" t="s">
-        <v>2349</v>
+        <v>2337</v>
       </c>
       <c r="C827" s="4" t="s">
-        <v>2350</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="828" spans="1:10">
       <c r="A828" s="3" t="s">
-        <v>2351</v>
+        <v>2339</v>
       </c>
       <c r="B828" s="4" t="s">
-        <v>2352</v>
+        <v>2340</v>
       </c>
       <c r="C828" s="4" t="s">
-        <v>2353</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="829" spans="1:10">
       <c r="A829" s="3" t="s">
-        <v>2354</v>
+        <v>2342</v>
       </c>
       <c r="B829" s="4" t="s">
-        <v>2355</v>
+        <v>2343</v>
       </c>
       <c r="C829" s="4" t="s">
-        <v>2356</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="830" spans="1:10">
       <c r="A830" s="3" t="s">
-        <v>2357</v>
+        <v>2345</v>
       </c>
       <c r="B830" s="4" t="s">
-        <v>2358</v>
+        <v>2346</v>
       </c>
       <c r="C830" s="4" t="s">
-        <v>2359</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="831" spans="1:10">
       <c r="A831" s="3" t="s">
-        <v>2360</v>
+        <v>2348</v>
       </c>
       <c r="B831" s="4" t="s">
-        <v>2361</v>
+        <v>2349</v>
       </c>
       <c r="C831" s="4" t="s">
-        <v>2362</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="832" spans="1:10">
       <c r="A832" s="3" t="s">
-        <v>2363</v>
+        <v>2351</v>
       </c>
       <c r="B832" s="4" t="s">
-        <v>2364</v>
+        <v>2352</v>
       </c>
       <c r="C832" s="4" t="s">
-        <v>2365</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="833" spans="1:10">
       <c r="A833" s="3" t="s">
-        <v>2366</v>
+        <v>2354</v>
       </c>
       <c r="B833" s="4" t="s">
-        <v>2367</v>
+        <v>2355</v>
       </c>
       <c r="C833" s="4" t="s">
-        <v>2368</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="834" spans="1:10">
       <c r="A834" s="3" t="s">
-        <v>2369</v>
+        <v>2357</v>
       </c>
       <c r="B834" s="4" t="s">
-        <v>2367</v>
+        <v>2358</v>
       </c>
       <c r="C834" s="4" t="s">
-        <v>2368</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="835" spans="1:10">
       <c r="A835" s="3" t="s">
-        <v>2370</v>
+        <v>2360</v>
       </c>
       <c r="B835" s="4" t="s">
-        <v>2371</v>
+        <v>2361</v>
       </c>
       <c r="C835" s="4" t="s">
-        <v>2372</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="836" spans="1:10">
       <c r="A836" s="3" t="s">
-        <v>2373</v>
+        <v>2363</v>
       </c>
       <c r="B836" s="4" t="s">
-        <v>2374</v>
+        <v>2361</v>
       </c>
       <c r="C836" s="4" t="s">
-        <v>2375</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="837" spans="1:10">
       <c r="A837" s="3" t="s">
-        <v>2376</v>
+        <v>2365</v>
       </c>
       <c r="B837" s="4" t="s">
-        <v>2377</v>
+        <v>2366</v>
       </c>
       <c r="C837" s="4" t="s">
-        <v>2378</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="838" spans="1:10">
       <c r="A838" s="3" t="s">
-        <v>2379</v>
+        <v>2368</v>
       </c>
       <c r="B838" s="4" t="s">
-        <v>2380</v>
+        <v>2369</v>
       </c>
       <c r="C838" s="4" t="s">
-        <v>2381</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="839" spans="1:10">
       <c r="A839" s="3" t="s">
-        <v>2382</v>
+        <v>2371</v>
       </c>
       <c r="B839" s="4" t="s">
-        <v>2383</v>
+        <v>2372</v>
       </c>
       <c r="C839" s="4" t="s">
-        <v>2384</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="840" spans="1:10">
       <c r="A840" s="3" t="s">
-        <v>2385</v>
+        <v>2374</v>
       </c>
       <c r="B840" s="4" t="s">
-        <v>2386</v>
+        <v>2375</v>
       </c>
       <c r="C840" s="4" t="s">
-        <v>2387</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="841" spans="1:10">
       <c r="A841" s="3" t="s">
-        <v>2388</v>
+        <v>2377</v>
       </c>
       <c r="B841" s="4" t="s">
-        <v>2389</v>
+        <v>2378</v>
       </c>
       <c r="C841" s="4" t="s">
-        <v>2390</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="842" spans="1:10">
       <c r="A842" s="3" t="s">
-        <v>2391</v>
+        <v>2380</v>
       </c>
       <c r="B842" s="4" t="s">
-        <v>2392</v>
+        <v>2381</v>
       </c>
       <c r="C842" s="4" t="s">
-        <v>2393</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="843" spans="1:10">
       <c r="A843" s="3" t="s">
-        <v>2394</v>
+        <v>2383</v>
       </c>
       <c r="B843" s="4" t="s">
-        <v>2395</v>
+        <v>2384</v>
       </c>
       <c r="C843" s="4" t="s">
-        <v>2396</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="844" spans="1:10">
       <c r="A844" s="3" t="s">
-        <v>2397</v>
+        <v>2386</v>
       </c>
       <c r="B844" s="4" t="s">
-        <v>2398</v>
+        <v>2387</v>
       </c>
       <c r="C844" s="4" t="s">
-        <v>2399</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="845" spans="1:10">
       <c r="A845" s="3" t="s">
-        <v>2400</v>
+        <v>2389</v>
       </c>
       <c r="B845" s="4" t="s">
-        <v>879</v>
+        <v>2390</v>
       </c>
       <c r="C845" s="4" t="s">
-        <v>2401</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="846" spans="1:10">
       <c r="A846" s="3" t="s">
-        <v>2402</v>
+        <v>2392</v>
       </c>
       <c r="B846" s="4" t="s">
-        <v>2403</v>
+        <v>1362</v>
       </c>
       <c r="C846" s="4" t="s">
-        <v>2404</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="847" spans="1:10">
       <c r="A847" s="3" t="s">
-        <v>2405</v>
+        <v>2394</v>
       </c>
       <c r="B847" s="4" t="s">
-        <v>2406</v>
+        <v>2395</v>
       </c>
       <c r="C847" s="4" t="s">
-        <v>2407</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="848" spans="1:10">
       <c r="A848" s="3" t="s">
-        <v>2408</v>
+        <v>2397</v>
       </c>
       <c r="B848" s="4" t="s">
-        <v>2409</v>
+        <v>2398</v>
       </c>
       <c r="C848" s="4" t="s">
-        <v>2410</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="849" spans="1:10">
       <c r="A849" s="3" t="s">
-        <v>2411</v>
+        <v>2400</v>
       </c>
       <c r="B849" s="4" t="s">
-        <v>2412</v>
+        <v>2401</v>
       </c>
       <c r="C849" s="4" t="s">
-        <v>2413</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="850" spans="1:10">
       <c r="A850" s="3" t="s">
-        <v>2414</v>
+        <v>2403</v>
       </c>
       <c r="B850" s="4" t="s">
-        <v>2415</v>
+        <v>2404</v>
       </c>
       <c r="C850" s="4" t="s">
-        <v>2416</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="851" spans="1:10">
       <c r="A851" s="3" t="s">
-        <v>2417</v>
+        <v>2406</v>
       </c>
       <c r="B851" s="4" t="s">
-        <v>2418</v>
+        <v>2407</v>
       </c>
       <c r="C851" s="4" t="s">
-        <v>2419</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="852" spans="1:10">
       <c r="A852" s="3" t="s">
-        <v>2420</v>
+        <v>2409</v>
       </c>
       <c r="B852" s="4" t="s">
-        <v>2412</v>
+        <v>2410</v>
       </c>
       <c r="C852" s="4" t="s">
-        <v>2421</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="853" spans="1:10">
       <c r="A853" s="3" t="s">
-        <v>2422</v>
+        <v>2412</v>
       </c>
       <c r="B853" s="4" t="s">
-        <v>2423</v>
+        <v>2413</v>
       </c>
       <c r="C853" s="4" t="s">
-        <v>2424</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="854" spans="1:10">
       <c r="A854" s="3" t="s">
-        <v>2425</v>
+        <v>2415</v>
       </c>
       <c r="B854" s="4" t="s">
-        <v>2426</v>
+        <v>2416</v>
       </c>
       <c r="C854" s="4" t="s">
-        <v>2427</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="855" spans="1:10">
       <c r="A855" s="3" t="s">
-        <v>2428</v>
+        <v>2418</v>
       </c>
       <c r="B855" s="4" t="s">
-        <v>2429</v>
+        <v>2419</v>
       </c>
       <c r="C855" s="4" t="s">
-        <v>2430</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="856" spans="1:10">
       <c r="A856" s="3" t="s">
-        <v>2431</v>
+        <v>2421</v>
       </c>
       <c r="B856" s="4" t="s">
-        <v>2432</v>
+        <v>2422</v>
       </c>
       <c r="C856" s="4" t="s">
-        <v>2433</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="857" spans="1:10">
       <c r="A857" s="3" t="s">
-        <v>2434</v>
+        <v>2424</v>
       </c>
       <c r="B857" s="4" t="s">
-        <v>2435</v>
+        <v>1141</v>
       </c>
       <c r="C857" s="4" t="s">
-        <v>2436</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="858" spans="1:10">
       <c r="A858" s="3" t="s">
-        <v>2437</v>
+        <v>2426</v>
       </c>
       <c r="B858" s="4" t="s">
-        <v>1620</v>
+        <v>2427</v>
       </c>
       <c r="C858" s="4" t="s">
-        <v>2438</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="859" spans="1:10">
       <c r="A859" s="3" t="s">
-        <v>2439</v>
+        <v>2429</v>
       </c>
       <c r="B859" s="4" t="s">
-        <v>2440</v>
+        <v>2430</v>
       </c>
       <c r="C859" s="4" t="s">
-        <v>2441</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="860" spans="1:10">
       <c r="A860" s="3" t="s">
-        <v>2442</v>
+        <v>2432</v>
       </c>
       <c r="B860" s="4" t="s">
-        <v>2443</v>
+        <v>2433</v>
       </c>
       <c r="C860" s="4" t="s">
-        <v>2444</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="861" spans="1:10">
       <c r="A861" s="3" t="s">
-        <v>2445</v>
+        <v>2435</v>
       </c>
       <c r="B861" s="4" t="s">
-        <v>2446</v>
+        <v>2436</v>
       </c>
       <c r="C861" s="4" t="s">
-        <v>2447</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="862" spans="1:10">
       <c r="A862" s="3" t="s">
-        <v>2448</v>
+        <v>2438</v>
       </c>
       <c r="B862" s="4" t="s">
-        <v>2449</v>
+        <v>2439</v>
       </c>
       <c r="C862" s="4" t="s">
-        <v>2450</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="863" spans="1:10">
       <c r="A863" s="3" t="s">
-        <v>2451</v>
+        <v>2441</v>
       </c>
       <c r="B863" s="4" t="s">
-        <v>2452</v>
+        <v>2442</v>
       </c>
       <c r="C863" s="4" t="s">
-        <v>2453</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="864" spans="1:10">
       <c r="A864" s="3" t="s">
-        <v>2454</v>
+        <v>2444</v>
       </c>
       <c r="B864" s="4" t="s">
-        <v>1339</v>
+        <v>2445</v>
       </c>
       <c r="C864" s="4" t="s">
-        <v>2455</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="865" spans="1:10">
       <c r="A865" s="3" t="s">
-        <v>2456</v>
+        <v>2447</v>
       </c>
       <c r="B865" s="4" t="s">
-        <v>1122</v>
+        <v>1656</v>
       </c>
       <c r="C865" s="4" t="s">
-        <v>2457</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="866" spans="1:10">
       <c r="A866" s="3" t="s">
-        <v>2458</v>
+        <v>2449</v>
       </c>
       <c r="B866" s="4" t="s">
-        <v>1122</v>
+        <v>1656</v>
       </c>
       <c r="C866" s="4" t="s">
-        <v>2459</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="867" spans="1:10">
       <c r="A867" s="3" t="s">
-        <v>2460</v>
+        <v>2451</v>
       </c>
       <c r="B867" s="4" t="s">
-        <v>2461</v>
+        <v>2452</v>
       </c>
       <c r="C867" s="4" t="s">
-        <v>2462</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="868" spans="1:10">
       <c r="A868" s="3" t="s">
-        <v>2463</v>
+        <v>2454</v>
       </c>
       <c r="B868" s="4" t="s">
-        <v>2464</v>
+        <v>2455</v>
       </c>
       <c r="C868" s="4" t="s">
-        <v>2465</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="869" spans="1:10">
       <c r="A869" s="3" t="s">
-        <v>2466</v>
+        <v>2457</v>
       </c>
       <c r="B869" s="4" t="s">
-        <v>2467</v>
+        <v>489</v>
       </c>
       <c r="C869" s="4" t="s">
-        <v>2468</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="870" spans="1:10">
       <c r="A870" s="3" t="s">
-        <v>2469</v>
+        <v>2459</v>
       </c>
       <c r="B870" s="4" t="s">
-        <v>2470</v>
+        <v>2460</v>
       </c>
       <c r="C870" s="4" t="s">
-        <v>2471</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="871" spans="1:10">
       <c r="A871" s="3" t="s">
-        <v>2472</v>
+        <v>2462</v>
       </c>
       <c r="B871" s="4" t="s">
-        <v>2473</v>
+        <v>2463</v>
       </c>
       <c r="C871" s="4" t="s">
-        <v>2474</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="872" spans="1:10">
       <c r="A872" s="3" t="s">
-        <v>2475</v>
+        <v>2465</v>
       </c>
       <c r="B872" s="4" t="s">
-        <v>2476</v>
+        <v>2466</v>
       </c>
       <c r="C872" s="4" t="s">
-        <v>2477</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="873" spans="1:10">
       <c r="A873" s="3" t="s">
-        <v>2478</v>
+        <v>2468</v>
       </c>
       <c r="B873" s="4" t="s">
-        <v>2479</v>
+        <v>2469</v>
       </c>
       <c r="C873" s="4" t="s">
-        <v>2480</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="874" spans="1:10">
       <c r="A874" s="3" t="s">
-        <v>2481</v>
+        <v>2471</v>
       </c>
       <c r="B874" s="4" t="s">
-        <v>2482</v>
+        <v>2472</v>
       </c>
       <c r="C874" s="4" t="s">
-        <v>2483</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="875" spans="1:10">
       <c r="A875" s="3" t="s">
-        <v>2484</v>
+        <v>2474</v>
       </c>
       <c r="B875" s="4" t="s">
-        <v>2485</v>
+        <v>2475</v>
       </c>
       <c r="C875" s="4" t="s">
-        <v>2480</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="876" spans="1:10">
       <c r="A876" s="3" t="s">
-        <v>2486</v>
+        <v>2477</v>
       </c>
       <c r="B876" s="4" t="s">
-        <v>2487</v>
+        <v>2478</v>
       </c>
       <c r="C876" s="4" t="s">
-        <v>2488</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="877" spans="1:10">
       <c r="A877" s="3" t="s">
-        <v>2489</v>
+        <v>2480</v>
       </c>
       <c r="B877" s="4" t="s">
-        <v>2490</v>
+        <v>2481</v>
       </c>
       <c r="C877" s="4" t="s">
-        <v>2491</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="878" spans="1:10">
       <c r="A878" s="3" t="s">
-        <v>2492</v>
+        <v>2483</v>
       </c>
       <c r="B878" s="4" t="s">
-        <v>1620</v>
+        <v>2484</v>
       </c>
       <c r="C878" s="4" t="s">
-        <v>2493</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="879" spans="1:10">
       <c r="A879" s="3" t="s">
-        <v>2494</v>
+        <v>2486</v>
       </c>
       <c r="B879" s="4" t="s">
-        <v>2495</v>
+        <v>2487</v>
       </c>
       <c r="C879" s="4" t="s">
-        <v>2496</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="880" spans="1:10">
       <c r="A880" s="3" t="s">
-        <v>2497</v>
+        <v>2489</v>
       </c>
       <c r="B880" s="4" t="s">
-        <v>2498</v>
+        <v>2490</v>
       </c>
       <c r="C880" s="4" t="s">
-        <v>2499</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="881" spans="1:10">
       <c r="A881" s="3" t="s">
-        <v>2500</v>
+        <v>2492</v>
       </c>
       <c r="B881" s="4" t="s">
-        <v>2501</v>
+        <v>2493</v>
       </c>
       <c r="C881" s="4" t="s">
-        <v>2502</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="882" spans="1:10">
       <c r="A882" s="3" t="s">
-        <v>2503</v>
+        <v>2495</v>
       </c>
       <c r="B882" s="4" t="s">
-        <v>2504</v>
+        <v>2496</v>
       </c>
       <c r="C882" s="4" t="s">
-        <v>2505</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="883" spans="1:10">
       <c r="A883" s="3" t="s">
-        <v>2506</v>
+        <v>2498</v>
       </c>
       <c r="B883" s="4" t="s">
-        <v>2507</v>
+        <v>695</v>
       </c>
       <c r="C883" s="4" t="s">
-        <v>2508</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="884" spans="1:10">
       <c r="A884" s="3" t="s">
-        <v>2509</v>
+        <v>2499</v>
       </c>
       <c r="B884" s="4" t="s">
-        <v>2510</v>
+        <v>2500</v>
       </c>
       <c r="C884" s="4" t="s">
-        <v>2511</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="885" spans="1:10">
       <c r="A885" s="3" t="s">
-        <v>2512</v>
+        <v>2502</v>
       </c>
       <c r="B885" s="4" t="s">
-        <v>2513</v>
+        <v>2503</v>
       </c>
       <c r="C885" s="4" t="s">
-        <v>2514</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="886" spans="1:10">
       <c r="A886" s="3" t="s">
-        <v>2515</v>
+        <v>2505</v>
       </c>
       <c r="B886" s="4" t="s">
-        <v>2516</v>
+        <v>2506</v>
       </c>
       <c r="C886" s="4" t="s">
-        <v>2517</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="887" spans="1:10">
       <c r="A887" s="3" t="s">
-        <v>2518</v>
+        <v>2508</v>
       </c>
       <c r="B887" s="4" t="s">
-        <v>80</v>
+        <v>2509</v>
       </c>
       <c r="C887" s="4" t="s">
-        <v>2519</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="888" spans="1:10">
       <c r="A888" s="3" t="s">
-        <v>2520</v>
+        <v>2511</v>
       </c>
       <c r="B888" s="4" t="s">
-        <v>2521</v>
+        <v>2512</v>
       </c>
       <c r="C888" s="4" t="s">
-        <v>2522</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="889" spans="1:10">
       <c r="A889" s="3" t="s">
-        <v>2523</v>
+        <v>2513</v>
       </c>
       <c r="B889" s="4" t="s">
-        <v>2524</v>
+        <v>2514</v>
       </c>
       <c r="C889" s="4" t="s">
-        <v>2525</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="890" spans="1:10">
       <c r="A890" s="3" t="s">
-        <v>2526</v>
+        <v>2516</v>
       </c>
       <c r="B890" s="4" t="s">
-        <v>2527</v>
+        <v>2514</v>
       </c>
       <c r="C890" s="4" t="s">
-        <v>2528</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="891" spans="1:10">
       <c r="A891" s="3" t="s">
-        <v>2529</v>
+        <v>2518</v>
       </c>
       <c r="B891" s="4" t="s">
-        <v>2530</v>
+        <v>2514</v>
       </c>
       <c r="C891" s="4" t="s">
-        <v>2531</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="892" spans="1:10">
       <c r="A892" s="3" t="s">
-        <v>2532</v>
+        <v>2520</v>
       </c>
       <c r="B892" s="4" t="s">
-        <v>2533</v>
+        <v>2514</v>
       </c>
       <c r="C892" s="4" t="s">
-        <v>2534</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="893" spans="1:10">
       <c r="A893" s="3" t="s">
-        <v>2535</v>
+        <v>2522</v>
       </c>
       <c r="B893" s="4" t="s">
-        <v>2536</v>
+        <v>2514</v>
       </c>
       <c r="C893" s="4" t="s">
-        <v>2537</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="894" spans="1:10">
       <c r="A894" s="3" t="s">
-        <v>2538</v>
+        <v>2524</v>
       </c>
       <c r="B894" s="4" t="s">
-        <v>2539</v>
+        <v>2525</v>
       </c>
       <c r="C894" s="4" t="s">
-        <v>2540</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="895" spans="1:10">
       <c r="A895" s="3" t="s">
-        <v>2541</v>
+        <v>2527</v>
       </c>
       <c r="B895" s="4" t="s">
-        <v>2542</v>
+        <v>2528</v>
       </c>
       <c r="C895" s="4" t="s">
-        <v>2543</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="896" spans="1:10">
       <c r="A896" s="3" t="s">
-        <v>2544</v>
+        <v>2530</v>
       </c>
       <c r="B896" s="4" t="s">
-        <v>2545</v>
+        <v>2531</v>
       </c>
       <c r="C896" s="4" t="s">
-        <v>2546</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="897" spans="1:10">
       <c r="A897" s="3" t="s">
-        <v>2547</v>
+        <v>2533</v>
       </c>
       <c r="B897" s="4" t="s">
-        <v>133</v>
+        <v>2534</v>
       </c>
       <c r="C897" s="4" t="s">
-        <v>2548</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="898" spans="1:10">
       <c r="A898" s="3" t="s">
-        <v>2549</v>
+        <v>2536</v>
       </c>
       <c r="B898" s="4" t="s">
-        <v>2550</v>
+        <v>2537</v>
       </c>
       <c r="C898" s="4" t="s">
-        <v>2551</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="899" spans="1:10">
       <c r="A899" s="3" t="s">
-        <v>2552</v>
+        <v>2539</v>
       </c>
       <c r="B899" s="4" t="s">
-        <v>2553</v>
+        <v>2540</v>
       </c>
       <c r="C899" s="4" t="s">
-        <v>2554</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="900" spans="1:10">
       <c r="A900" s="3" t="s">
-        <v>2555</v>
+        <v>2542</v>
       </c>
       <c r="B900" s="4" t="s">
-        <v>2556</v>
+        <v>2543</v>
       </c>
       <c r="C900" s="4" t="s">
-        <v>2557</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="901" spans="1:10">
       <c r="A901" s="3" t="s">
-        <v>2558</v>
+        <v>2545</v>
       </c>
       <c r="B901" s="4" t="s">
-        <v>2559</v>
+        <v>2546</v>
       </c>
       <c r="C901" s="4" t="s">
-        <v>2560</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="902" spans="1:10">
       <c r="A902" s="3" t="s">
-        <v>2561</v>
+        <v>2548</v>
       </c>
       <c r="B902" s="4" t="s">
-        <v>2562</v>
+        <v>2549</v>
       </c>
       <c r="C902" s="4" t="s">
-        <v>2563</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="903" spans="1:10">
       <c r="A903" s="3" t="s">
-        <v>2564</v>
+        <v>2551</v>
       </c>
       <c r="B903" s="4" t="s">
-        <v>2565</v>
+        <v>2552</v>
       </c>
       <c r="C903" s="4" t="s">
-        <v>2566</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="904" spans="1:10">
       <c r="A904" s="3" t="s">
-        <v>2567</v>
+        <v>2554</v>
       </c>
       <c r="B904" s="4" t="s">
-        <v>2568</v>
+        <v>2555</v>
       </c>
       <c r="C904" s="4" t="s">
-        <v>2569</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="905" spans="1:10">
       <c r="A905" s="3" t="s">
-        <v>2570</v>
+        <v>2557</v>
       </c>
       <c r="B905" s="4" t="s">
-        <v>1862</v>
+        <v>2558</v>
       </c>
       <c r="C905" s="4" t="s">
-        <v>2571</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="906" spans="1:10">
       <c r="A906" s="3" t="s">
-        <v>2572</v>
+        <v>2560</v>
       </c>
       <c r="B906" s="4" t="s">
-        <v>2573</v>
+        <v>2561</v>
       </c>
       <c r="C906" s="4" t="s">
-        <v>2574</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="907" spans="1:10">
       <c r="A907" s="3" t="s">
-        <v>2575</v>
+        <v>2563</v>
       </c>
       <c r="B907" s="4" t="s">
-        <v>2576</v>
+        <v>2564</v>
       </c>
       <c r="C907" s="4" t="s">
-        <v>2577</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="908" spans="1:10">
       <c r="A908" s="3" t="s">
-        <v>2578</v>
+        <v>2566</v>
       </c>
       <c r="B908" s="4" t="s">
-        <v>2579</v>
+        <v>2567</v>
       </c>
       <c r="C908" s="4" t="s">
-        <v>2580</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="909" spans="1:10">
       <c r="A909" s="3" t="s">
-        <v>2581</v>
+        <v>2569</v>
       </c>
       <c r="B909" s="4" t="s">
-        <v>2582</v>
+        <v>164</v>
       </c>
       <c r="C909" s="4" t="s">
-        <v>2583</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="910" spans="1:10">
       <c r="A910" s="3" t="s">
-        <v>2584</v>
+        <v>2571</v>
       </c>
       <c r="B910" s="4" t="s">
-        <v>2585</v>
+        <v>2572</v>
       </c>
       <c r="C910" s="4" t="s">
-        <v>2586</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="911" spans="1:10">
       <c r="A911" s="3" t="s">
-        <v>2587</v>
+        <v>2574</v>
       </c>
       <c r="B911" s="4" t="s">
-        <v>2588</v>
+        <v>2575</v>
       </c>
       <c r="C911" s="4" t="s">
-        <v>2589</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="912" spans="1:10">
       <c r="A912" s="3" t="s">
-        <v>2590</v>
+        <v>2577</v>
       </c>
       <c r="B912" s="4" t="s">
-        <v>2591</v>
+        <v>2578</v>
       </c>
       <c r="C912" s="4" t="s">
-        <v>2592</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="913" spans="1:10">
       <c r="A913" s="3" t="s">
-        <v>2593</v>
+        <v>2580</v>
       </c>
       <c r="B913" s="4" t="s">
-        <v>2594</v>
+        <v>2581</v>
       </c>
       <c r="C913" s="4" t="s">
-        <v>2595</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="914" spans="1:10">
       <c r="A914" s="3" t="s">
-        <v>2596</v>
+        <v>2583</v>
       </c>
       <c r="B914" s="4" t="s">
-        <v>2597</v>
+        <v>2584</v>
       </c>
       <c r="C914" s="4" t="s">
-        <v>2598</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="915" spans="1:10">
       <c r="A915" s="3" t="s">
-        <v>2599</v>
+        <v>2586</v>
       </c>
       <c r="B915" s="4" t="s">
-        <v>2600</v>
+        <v>2587</v>
       </c>
       <c r="C915" s="4" t="s">
-        <v>2601</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="916" spans="1:10">
       <c r="A916" s="3" t="s">
-        <v>2602</v>
+        <v>2589</v>
       </c>
       <c r="B916" s="4" t="s">
-        <v>2603</v>
+        <v>2590</v>
       </c>
       <c r="C916" s="4" t="s">
-        <v>2604</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="917" spans="1:10">
       <c r="A917" s="3" t="s">
-        <v>2605</v>
+        <v>2592</v>
       </c>
       <c r="B917" s="4" t="s">
-        <v>2606</v>
+        <v>2593</v>
       </c>
       <c r="C917" s="4" t="s">
-        <v>2607</v>
+        <v>261</v>
       </c>
     </row>
     <row r="918" spans="1:10">
       <c r="A918" s="3" t="s">
-        <v>2608</v>
+        <v>2594</v>
       </c>
       <c r="B918" s="4" t="s">
-        <v>2609</v>
+        <v>2595</v>
       </c>
       <c r="C918" s="4" t="s">
-        <v>2610</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="919" spans="1:10">
       <c r="A919" s="3" t="s">
-        <v>2611</v>
+        <v>2597</v>
       </c>
       <c r="B919" s="4" t="s">
-        <v>2612</v>
+        <v>2598</v>
       </c>
       <c r="C919" s="4" t="s">
-        <v>2613</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="920" spans="1:10">
       <c r="A920" s="3" t="s">
-        <v>2614</v>
+        <v>2600</v>
       </c>
       <c r="B920" s="4" t="s">
-        <v>2615</v>
+        <v>2601</v>
       </c>
       <c r="C920" s="4" t="s">
-        <v>2616</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="921" spans="1:10">
       <c r="A921" s="3" t="s">
-        <v>2617</v>
+        <v>2603</v>
       </c>
       <c r="B921" s="4" t="s">
-        <v>2618</v>
+        <v>2604</v>
       </c>
       <c r="C921" s="4" t="s">
-        <v>2619</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="922" spans="1:10">
       <c r="A922" s="3" t="s">
-        <v>2620</v>
+        <v>2606</v>
       </c>
       <c r="B922" s="4" t="s">
-        <v>2615</v>
+        <v>1686</v>
       </c>
       <c r="C922" s="4" t="s">
-        <v>2621</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="923" spans="1:10">
       <c r="A923" s="3" t="s">
-        <v>2622</v>
+        <v>2608</v>
       </c>
       <c r="B923" s="4" t="s">
-        <v>2623</v>
+        <v>1181</v>
       </c>
       <c r="C923" s="4" t="s">
-        <v>2624</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="924" spans="1:10">
       <c r="A924" s="3" t="s">
-        <v>2625</v>
+        <v>2610</v>
       </c>
       <c r="B924" s="4" t="s">
-        <v>2626</v>
+        <v>2077</v>
       </c>
       <c r="C924" s="4" t="s">
-        <v>2627</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="925" spans="1:10">
       <c r="A925" s="3" t="s">
-        <v>2628</v>
+        <v>2612</v>
       </c>
       <c r="B925" s="4" t="s">
-        <v>2629</v>
+        <v>2613</v>
       </c>
       <c r="C925" s="4" t="s">
-        <v>2630</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="926" spans="1:10">
       <c r="A926" s="3" t="s">
-        <v>2631</v>
+        <v>2615</v>
       </c>
       <c r="B926" s="4" t="s">
-        <v>2632</v>
+        <v>2616</v>
       </c>
       <c r="C926" s="4" t="s">
-        <v>2633</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="927" spans="1:10">
       <c r="A927" s="3" t="s">
-        <v>2634</v>
+        <v>2618</v>
       </c>
       <c r="B927" s="4" t="s">
-        <v>2635</v>
+        <v>2619</v>
       </c>
       <c r="C927" s="4" t="s">
-        <v>2636</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="928" spans="1:10">
       <c r="A928" s="3" t="s">
-        <v>2637</v>
+        <v>2621</v>
       </c>
       <c r="B928" s="4" t="s">
-        <v>2638</v>
+        <v>2622</v>
       </c>
       <c r="C928" s="4" t="s">
-        <v>2639</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="929" spans="1:10">
       <c r="A929" s="3" t="s">
-        <v>2640</v>
+        <v>2624</v>
       </c>
       <c r="B929" s="4" t="s">
-        <v>2641</v>
+        <v>2625</v>
       </c>
       <c r="C929" s="4" t="s">
-        <v>2642</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="930" spans="1:10">
       <c r="A930" s="3" t="s">
-        <v>2643</v>
+        <v>2627</v>
       </c>
       <c r="B930" s="4" t="s">
-        <v>1083</v>
+        <v>269</v>
       </c>
       <c r="C930" s="4" t="s">
-        <v>2644</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="931" spans="1:10">
       <c r="A931" s="3" t="s">
-        <v>2645</v>
+        <v>2629</v>
       </c>
       <c r="B931" s="4" t="s">
-        <v>2646</v>
+        <v>2630</v>
       </c>
       <c r="C931" s="4" t="s">
-        <v>2647</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="932" spans="1:10">
       <c r="A932" s="3" t="s">
-        <v>2648</v>
+        <v>2632</v>
       </c>
       <c r="B932" s="4" t="s">
-        <v>53</v>
+        <v>2633</v>
       </c>
       <c r="C932" s="4" t="s">
-        <v>2649</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="933" spans="1:10">
       <c r="A933" s="3" t="s">
-        <v>2650</v>
+        <v>2635</v>
       </c>
       <c r="B933" s="4" t="s">
-        <v>2651</v>
+        <v>2636</v>
       </c>
       <c r="C933" s="4" t="s">
-        <v>2652</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="934" spans="1:10">
       <c r="A934" s="3" t="s">
-        <v>2653</v>
+        <v>2638</v>
       </c>
       <c r="B934" s="4" t="s">
-        <v>1159</v>
+        <v>2639</v>
       </c>
       <c r="C934" s="4" t="s">
-        <v>2654</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="935" spans="1:10">
       <c r="A935" s="3" t="s">
-        <v>2655</v>
+        <v>2641</v>
       </c>
       <c r="B935" s="4" t="s">
-        <v>2429</v>
+        <v>2642</v>
       </c>
       <c r="C935" s="4" t="s">
-        <v>2656</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="936" spans="1:10">
       <c r="A936" s="3" t="s">
-        <v>2657</v>
+        <v>2644</v>
       </c>
       <c r="B936" s="4" t="s">
-        <v>2658</v>
+        <v>2645</v>
       </c>
       <c r="C936" s="4" t="s">
-        <v>2659</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="937" spans="1:10">
       <c r="A937" s="3" t="s">
-        <v>2660</v>
+        <v>2647</v>
       </c>
       <c r="B937" s="4" t="s">
-        <v>1089</v>
+        <v>2648</v>
       </c>
       <c r="C937" s="4" t="s">
-        <v>2661</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="938" spans="1:10">
       <c r="A938" s="3" t="s">
-        <v>2662</v>
+        <v>2650</v>
       </c>
       <c r="B938" s="4" t="s">
-        <v>2663</v>
+        <v>2651</v>
       </c>
       <c r="C938" s="4" t="s">
-        <v>2664</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="939" spans="1:10">
       <c r="A939" s="3" t="s">
-        <v>2665</v>
+        <v>2653</v>
       </c>
       <c r="B939" s="4" t="s">
-        <v>2663</v>
+        <v>2654</v>
       </c>
       <c r="C939" s="4" t="s">
-        <v>2666</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="940" spans="1:10">
       <c r="A940" s="3" t="s">
-        <v>2667</v>
+        <v>2656</v>
       </c>
       <c r="B940" s="4" t="s">
-        <v>2533</v>
+        <v>2657</v>
       </c>
       <c r="C940" s="4" t="s">
-        <v>2668</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="941" spans="1:10">
       <c r="A941" s="3" t="s">
-        <v>2669</v>
+        <v>2659</v>
       </c>
       <c r="B941" s="4" t="s">
-        <v>2533</v>
+        <v>2660</v>
       </c>
       <c r="C941" s="4" t="s">
-        <v>2670</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="942" spans="1:10">
       <c r="A942" s="3" t="s">
-        <v>2671</v>
+        <v>2662</v>
       </c>
       <c r="B942" s="4" t="s">
-        <v>2533</v>
+        <v>2663</v>
       </c>
       <c r="C942" s="4" t="s">
-        <v>2672</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="943" spans="1:10">
       <c r="A943" s="3" t="s">
-        <v>2673</v>
+        <v>2665</v>
       </c>
       <c r="B943" s="4" t="s">
-        <v>2674</v>
+        <v>766</v>
       </c>
       <c r="C943" s="4" t="s">
-        <v>2675</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="944" spans="1:10">
       <c r="A944" s="3" t="s">
-        <v>2676</v>
+        <v>2667</v>
       </c>
       <c r="B944" s="4" t="s">
-        <v>2677</v>
+        <v>2668</v>
       </c>
       <c r="C944" s="4" t="s">
-        <v>2566</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="945" spans="1:10">
       <c r="A945" s="3" t="s">
-        <v>2678</v>
+        <v>2670</v>
       </c>
       <c r="B945" s="4" t="s">
-        <v>2679</v>
+        <v>2668</v>
       </c>
       <c r="C945" s="4" t="s">
-        <v>2680</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="946" spans="1:10">
       <c r="A946" s="3" t="s">
-        <v>2681</v>
+        <v>2672</v>
       </c>
       <c r="B946" s="4" t="s">
-        <v>2682</v>
+        <v>2673</v>
       </c>
       <c r="C946" s="4" t="s">
-        <v>2683</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="947" spans="1:10">
       <c r="A947" s="3" t="s">
-        <v>2684</v>
+        <v>2675</v>
       </c>
       <c r="B947" s="4" t="s">
-        <v>2685</v>
+        <v>2673</v>
       </c>
       <c r="C947" s="4" t="s">
-        <v>2686</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="948" spans="1:10">
       <c r="A948" s="3" t="s">
-        <v>2687</v>
+        <v>2677</v>
       </c>
       <c r="B948" s="4" t="s">
-        <v>2688</v>
+        <v>2678</v>
       </c>
       <c r="C948" s="4" t="s">
-        <v>2689</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="949" spans="1:10">
       <c r="A949" s="3" t="s">
-        <v>2690</v>
+        <v>2680</v>
       </c>
       <c r="B949" s="4" t="s">
-        <v>2691</v>
+        <v>2678</v>
       </c>
       <c r="C949" s="4" t="s">
-        <v>2692</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="950" spans="1:10">
       <c r="A950" s="3" t="s">
-        <v>2693</v>
+        <v>2682</v>
       </c>
       <c r="B950" s="4" t="s">
-        <v>2556</v>
+        <v>2683</v>
       </c>
       <c r="C950" s="4" t="s">
-        <v>2694</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="951" spans="1:10">
       <c r="A951" s="3" t="s">
-        <v>2695</v>
+        <v>2685</v>
       </c>
       <c r="B951" s="4" t="s">
-        <v>2696</v>
+        <v>2686</v>
       </c>
       <c r="C951" s="4" t="s">
-        <v>2697</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="952" spans="1:10">
       <c r="A952" s="3" t="s">
-        <v>2698</v>
+        <v>2688</v>
       </c>
       <c r="B952" s="4" t="s">
-        <v>2699</v>
+        <v>2689</v>
       </c>
       <c r="C952" s="4" t="s">
-        <v>2700</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="953" spans="1:10">
       <c r="A953" s="3" t="s">
-        <v>2701</v>
+        <v>2691</v>
       </c>
       <c r="B953" s="4" t="s">
-        <v>2702</v>
+        <v>2692</v>
       </c>
       <c r="C953" s="4" t="s">
-        <v>2703</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="954" spans="1:10">
       <c r="A954" s="3" t="s">
-        <v>2704</v>
+        <v>2694</v>
       </c>
       <c r="B954" s="4" t="s">
-        <v>2705</v>
+        <v>2695</v>
       </c>
       <c r="C954" s="4" t="s">
-        <v>2706</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="955" spans="1:10">
       <c r="A955" s="3" t="s">
-        <v>2707</v>
+        <v>2697</v>
       </c>
       <c r="B955" s="4" t="s">
-        <v>2708</v>
+        <v>2698</v>
       </c>
       <c r="C955" s="4" t="s">
-        <v>2709</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="956" spans="1:10">
       <c r="A956" s="3" t="s">
-        <v>2710</v>
+        <v>2700</v>
       </c>
       <c r="B956" s="4" t="s">
-        <v>2711</v>
+        <v>2701</v>
       </c>
       <c r="C956" s="4" t="s">
-        <v>2712</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="957" spans="1:10">
       <c r="A957" s="3" t="s">
-        <v>2713</v>
+        <v>2703</v>
       </c>
       <c r="B957" s="4" t="s">
-        <v>2714</v>
+        <v>2704</v>
       </c>
       <c r="C957" s="4" t="s">
-        <v>2715</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="958" spans="1:10">
       <c r="A958" s="3" t="s">
-        <v>2716</v>
+        <v>2706</v>
       </c>
       <c r="B958" s="4" t="s">
-        <v>2717</v>
+        <v>2707</v>
       </c>
       <c r="C958" s="4" t="s">
-        <v>2718</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="959" spans="1:10">
       <c r="A959" s="3" t="s">
-        <v>2719</v>
+        <v>2709</v>
       </c>
       <c r="B959" s="4" t="s">
-        <v>2720</v>
+        <v>2707</v>
       </c>
       <c r="C959" s="4" t="s">
-        <v>2721</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="960" spans="1:10">
       <c r="A960" s="3" t="s">
-        <v>2722</v>
+        <v>2710</v>
       </c>
       <c r="B960" s="4" t="s">
-        <v>2723</v>
+        <v>2711</v>
       </c>
       <c r="C960" s="4" t="s">
-        <v>2724</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="961" spans="1:10">
       <c r="A961" s="3" t="s">
-        <v>2725</v>
+        <v>2713</v>
       </c>
       <c r="B961" s="4" t="s">
-        <v>2726</v>
+        <v>2714</v>
       </c>
       <c r="C961" s="4" t="s">
-        <v>2727</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="962" spans="1:10">
       <c r="A962" s="3" t="s">
-        <v>2728</v>
+        <v>2716</v>
       </c>
       <c r="B962" s="4" t="s">
-        <v>2729</v>
+        <v>2717</v>
       </c>
       <c r="C962" s="4" t="s">
-        <v>2730</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="963" spans="1:10">
       <c r="A963" s="3" t="s">
-        <v>2731</v>
+        <v>2719</v>
       </c>
       <c r="B963" s="4" t="s">
-        <v>2732</v>
+        <v>2720</v>
       </c>
       <c r="C963" s="4" t="s">
-        <v>2733</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="964" spans="1:10">
       <c r="A964" s="3" t="s">
-        <v>2734</v>
+        <v>2722</v>
       </c>
       <c r="B964" s="4" t="s">
-        <v>2735</v>
+        <v>2723</v>
       </c>
       <c r="C964" s="4" t="s">
-        <v>2736</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="965" spans="1:10">
       <c r="A965" s="3" t="s">
-        <v>2737</v>
+        <v>2725</v>
       </c>
       <c r="B965" s="4" t="s">
-        <v>2738</v>
+        <v>2726</v>
       </c>
       <c r="C965" s="4" t="s">
-        <v>2739</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="966" spans="1:10">
       <c r="A966" s="3" t="s">
-        <v>2740</v>
+        <v>2728</v>
       </c>
       <c r="B966" s="4" t="s">
-        <v>2741</v>
+        <v>2729</v>
       </c>
       <c r="C966" s="4" t="s">
-        <v>2742</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="967" spans="1:10">
       <c r="A967" s="3" t="s">
-        <v>2743</v>
+        <v>2731</v>
       </c>
       <c r="B967" s="4" t="s">
-        <v>2744</v>
+        <v>2732</v>
       </c>
       <c r="C967" s="4" t="s">
-        <v>2745</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="968" spans="1:10">
       <c r="A968" s="3" t="s">
-        <v>2746</v>
+        <v>2734</v>
       </c>
       <c r="B968" s="4" t="s">
-        <v>709</v>
+        <v>2735</v>
       </c>
       <c r="C968" s="4" t="s">
-        <v>2747</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="969" spans="1:10">
       <c r="A969" s="3" t="s">
-        <v>2748</v>
+        <v>2737</v>
       </c>
       <c r="B969" s="4" t="s">
-        <v>706</v>
+        <v>2738</v>
       </c>
       <c r="C969" s="4" t="s">
-        <v>2749</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="970" spans="1:10">
       <c r="A970" s="3" t="s">
-        <v>2750</v>
+        <v>2740</v>
       </c>
       <c r="B970" s="4" t="s">
-        <v>2751</v>
+        <v>1234</v>
       </c>
       <c r="C970" s="4" t="s">
-        <v>2752</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="971" spans="1:10">
       <c r="A971" s="3" t="s">
-        <v>2753</v>
+        <v>2742</v>
       </c>
       <c r="B971" s="4" t="s">
-        <v>2754</v>
+        <v>2743</v>
       </c>
       <c r="C971" s="4" t="s">
-        <v>2755</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="972" spans="1:10">
       <c r="A972" s="3" t="s">
-        <v>2756</v>
+        <v>2745</v>
       </c>
       <c r="B972" s="4" t="s">
-        <v>2757</v>
+        <v>2746</v>
       </c>
       <c r="C972" s="4" t="s">
-        <v>2758</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="973" spans="1:10">
       <c r="A973" s="3" t="s">
-        <v>2759</v>
+        <v>2748</v>
       </c>
       <c r="B973" s="4" t="s">
-        <v>2760</v>
+        <v>2749</v>
       </c>
       <c r="C973" s="4" t="s">
-        <v>2761</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="974" spans="1:10">
       <c r="A974" s="3" t="s">
-        <v>2762</v>
+        <v>2751</v>
       </c>
       <c r="B974" s="4" t="s">
-        <v>2763</v>
+        <v>2752</v>
       </c>
       <c r="C974" s="4" t="s">
-        <v>2764</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="975" spans="1:10">
       <c r="A975" s="3" t="s">
-        <v>2765</v>
+        <v>2754</v>
       </c>
       <c r="B975" s="4" t="s">
-        <v>2766</v>
+        <v>2755</v>
       </c>
       <c r="C975" s="4" t="s">
-        <v>2767</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="976" spans="1:10">
       <c r="A976" s="3" t="s">
-        <v>2768</v>
+        <v>2757</v>
       </c>
       <c r="B976" s="4" t="s">
-        <v>2769</v>
+        <v>2758</v>
       </c>
       <c r="C976" s="4" t="s">
-        <v>2770</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="977" spans="1:10">
       <c r="A977" s="3" t="s">
-        <v>2771</v>
+        <v>2760</v>
       </c>
       <c r="B977" s="4" t="s">
-        <v>2717</v>
+        <v>2752</v>
       </c>
       <c r="C977" s="4" t="s">
-        <v>2772</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="978" spans="1:10">
       <c r="A978" s="3" t="s">
-        <v>2773</v>
+        <v>2762</v>
       </c>
       <c r="B978" s="4" t="s">
-        <v>2717</v>
+        <v>2763</v>
       </c>
       <c r="C978" s="4" t="s">
-        <v>2774</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="979" spans="1:10">
       <c r="A979" s="3" t="s">
-        <v>2775</v>
+        <v>2765</v>
       </c>
       <c r="B979" s="4" t="s">
-        <v>2776</v>
+        <v>2766</v>
       </c>
       <c r="C979" s="4" t="s">
-        <v>2777</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="980" spans="1:10">
       <c r="A980" s="3" t="s">
-        <v>2778</v>
+        <v>2768</v>
       </c>
       <c r="B980" s="4" t="s">
-        <v>2779</v>
+        <v>2769</v>
       </c>
       <c r="C980" s="4" t="s">
-        <v>2780</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="981" spans="1:10">
       <c r="A981" s="3" t="s">
-        <v>2781</v>
+        <v>2771</v>
       </c>
       <c r="B981" s="4" t="s">
-        <v>2782</v>
+        <v>2772</v>
       </c>
       <c r="C981" s="4" t="s">
-        <v>2783</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="982" spans="1:10">
       <c r="A982" s="3" t="s">
-        <v>2784</v>
+        <v>2774</v>
       </c>
       <c r="B982" s="4" t="s">
-        <v>2785</v>
+        <v>2775</v>
       </c>
       <c r="C982" s="4" t="s">
-        <v>2786</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="983" spans="1:10">
       <c r="A983" s="3" t="s">
-        <v>2787</v>
+        <v>2777</v>
       </c>
       <c r="B983" s="4" t="s">
-        <v>2788</v>
+        <v>1967</v>
       </c>
       <c r="C983" s="4" t="s">
-        <v>2789</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="984" spans="1:10">
       <c r="A984" s="3" t="s">
-        <v>2790</v>
+        <v>2779</v>
       </c>
       <c r="B984" s="4" t="s">
-        <v>2791</v>
+        <v>2780</v>
       </c>
       <c r="C984" s="4" t="s">
-        <v>2792</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="985" spans="1:10">
       <c r="A985" s="3" t="s">
-        <v>2793</v>
+        <v>2782</v>
       </c>
       <c r="B985" s="4" t="s">
-        <v>2794</v>
+        <v>2783</v>
       </c>
       <c r="C985" s="4" t="s">
-        <v>2795</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="986" spans="1:10">
       <c r="A986" s="3" t="s">
-        <v>2796</v>
+        <v>2785</v>
       </c>
       <c r="B986" s="4" t="s">
-        <v>2797</v>
+        <v>2786</v>
       </c>
       <c r="C986" s="4" t="s">
-        <v>2798</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="987" spans="1:10">
       <c r="A987" s="3" t="s">
-        <v>2799</v>
+        <v>2788</v>
       </c>
       <c r="B987" s="4" t="s">
-        <v>2800</v>
+        <v>2789</v>
       </c>
       <c r="C987" s="4" t="s">
-        <v>2801</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="988" spans="1:10">
       <c r="A988" s="3" t="s">
-        <v>2802</v>
+        <v>2791</v>
       </c>
       <c r="B988" s="4" t="s">
-        <v>2803</v>
+        <v>2792</v>
       </c>
       <c r="C988" s="4" t="s">
-        <v>2804</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="989" spans="1:10">
       <c r="A989" s="3" t="s">
-        <v>2805</v>
+        <v>2794</v>
       </c>
       <c r="B989" s="4" t="s">
-        <v>2806</v>
+        <v>1692</v>
       </c>
       <c r="C989" s="4" t="s">
-        <v>2807</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="990" spans="1:10">
       <c r="A990" s="3" t="s">
-        <v>2808</v>
+        <v>2796</v>
       </c>
       <c r="B990" s="4" t="s">
-        <v>2809</v>
+        <v>1473</v>
       </c>
       <c r="C990" s="4" t="s">
-        <v>2810</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="991" spans="1:10">
       <c r="A991" s="3" t="s">
-        <v>2811</v>
+        <v>2798</v>
       </c>
       <c r="B991" s="4" t="s">
-        <v>2812</v>
+        <v>1473</v>
       </c>
       <c r="C991" s="4" t="s">
-        <v>2813</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="992" spans="1:10">
       <c r="A992" s="3" t="s">
-        <v>2814</v>
+        <v>2800</v>
       </c>
       <c r="B992" s="4" t="s">
-        <v>1110</v>
+        <v>2801</v>
       </c>
       <c r="C992" s="4" t="s">
-        <v>2815</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="993" spans="1:10">
       <c r="A993" s="3" t="s">
-        <v>2816</v>
+        <v>2803</v>
       </c>
       <c r="B993" s="4" t="s">
-        <v>2817</v>
+        <v>2804</v>
       </c>
       <c r="C993" s="4" t="s">
-        <v>2818</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="994" spans="1:10">
       <c r="A994" s="3" t="s">
-        <v>2819</v>
+        <v>2806</v>
       </c>
       <c r="B994" s="4" t="s">
-        <v>2820</v>
+        <v>2807</v>
       </c>
       <c r="C994" s="4" t="s">
-        <v>2821</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="995" spans="1:10">
       <c r="A995" s="3" t="s">
-        <v>2822</v>
+        <v>2809</v>
       </c>
       <c r="B995" s="4" t="s">
-        <v>2823</v>
+        <v>2810</v>
       </c>
       <c r="C995" s="4" t="s">
-        <v>2824</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="996" spans="1:10">
       <c r="A996" s="3" t="s">
-        <v>2825</v>
+        <v>2812</v>
       </c>
       <c r="B996" s="4" t="s">
-        <v>2826</v>
+        <v>2813</v>
       </c>
       <c r="C996" s="4" t="s">
-        <v>2827</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="997" spans="1:10">
       <c r="A997" s="3" t="s">
-        <v>2828</v>
+        <v>2815</v>
       </c>
       <c r="B997" s="4" t="s">
-        <v>2829</v>
+        <v>2816</v>
       </c>
       <c r="C997" s="4" t="s">
-        <v>2830</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="998" spans="1:10">
       <c r="A998" s="3" t="s">
-        <v>2831</v>
+        <v>2818</v>
       </c>
       <c r="B998" s="4" t="s">
-        <v>2832</v>
+        <v>2819</v>
       </c>
       <c r="C998" s="4" t="s">
-        <v>2833</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="999" spans="1:10">
       <c r="A999" s="3" t="s">
-        <v>2834</v>
+        <v>2821</v>
       </c>
       <c r="B999" s="4" t="s">
-        <v>2832</v>
+        <v>2822</v>
       </c>
       <c r="C999" s="4" t="s">
-        <v>2835</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="1000" spans="1:10">
       <c r="A1000" s="3" t="s">
-        <v>2836</v>
+        <v>2824</v>
       </c>
       <c r="B1000" s="4" t="s">
-        <v>2832</v>
+        <v>2825</v>
       </c>
       <c r="C1000" s="4" t="s">
-        <v>2837</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="1001" spans="1:10">
       <c r="A1001" s="3" t="s">
-        <v>2838</v>
+        <v>2826</v>
       </c>
       <c r="B1001" s="4" t="s">
-        <v>2839</v>
+        <v>2827</v>
       </c>
       <c r="C1001" s="4" t="s">
-        <v>2840</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="1002" spans="1:10">
       <c r="A1002" s="3" t="s">
-        <v>2841</v>
+        <v>2829</v>
       </c>
       <c r="B1002" s="4" t="s">
-        <v>2842</v>
+        <v>2830</v>
       </c>
       <c r="C1002" s="4" t="s">
-        <v>2843</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="1003" spans="1:10">
       <c r="A1003" s="3" t="s">
-        <v>2844</v>
+        <v>2832</v>
       </c>
       <c r="B1003" s="4" t="s">
-        <v>8</v>
+        <v>1967</v>
       </c>
       <c r="C1003" s="4" t="s">
-        <v>2845</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="1004" spans="1:10">
       <c r="A1004" s="3" t="s">
-        <v>2846</v>
+        <v>2834</v>
       </c>
       <c r="B1004" s="4" t="s">
-        <v>8</v>
+        <v>2835</v>
       </c>
       <c r="C1004" s="4" t="s">
-        <v>2847</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="1005" spans="1:10">
       <c r="A1005" s="3" t="s">
-        <v>2848</v>
+        <v>2837</v>
       </c>
       <c r="B1005" s="4" t="s">
-        <v>2849</v>
+        <v>2838</v>
       </c>
       <c r="C1005" s="4" t="s">
-        <v>2850</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="1006" spans="1:10">
       <c r="A1006" s="3" t="s">
-        <v>2851</v>
+        <v>2840</v>
       </c>
       <c r="B1006" s="4" t="s">
-        <v>2852</v>
+        <v>2841</v>
       </c>
       <c r="C1006" s="4" t="s">
-        <v>2853</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="1007" spans="1:10">
       <c r="A1007" s="3" t="s">
-        <v>2854</v>
+        <v>2843</v>
       </c>
       <c r="B1007" s="4" t="s">
-        <v>2855</v>
+        <v>2844</v>
       </c>
       <c r="C1007" s="4" t="s">
-        <v>2853</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="1008" spans="1:10">
       <c r="A1008" s="3" t="s">
-        <v>2856</v>
+        <v>2846</v>
       </c>
       <c r="B1008" s="4" t="s">
-        <v>2852</v>
+        <v>2847</v>
       </c>
       <c r="C1008" s="4" t="s">
-        <v>2853</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="1009" spans="1:10">
       <c r="A1009" s="3" t="s">
-        <v>2857</v>
+        <v>2849</v>
       </c>
       <c r="B1009" s="4" t="s">
-        <v>2852</v>
+        <v>2850</v>
       </c>
       <c r="C1009" s="4" t="s">
-        <v>2853</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="1010" spans="1:10">
       <c r="A1010" s="3" t="s">
-        <v>2858</v>
+        <v>2852</v>
       </c>
       <c r="B1010" s="4" t="s">
-        <v>2859</v>
+        <v>2853</v>
       </c>
       <c r="C1010" s="4" t="s">
-        <v>2860</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="1011" spans="1:10">
       <c r="A1011" s="3" t="s">
-        <v>2861</v>
+        <v>2855</v>
       </c>
       <c r="B1011" s="4" t="s">
-        <v>474</v>
+        <v>2856</v>
       </c>
       <c r="C1011" s="4" t="s">
-        <v>2862</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="1012" spans="1:10">
       <c r="A1012" s="3" t="s">
-        <v>2863</v>
+        <v>2858</v>
       </c>
       <c r="B1012" s="4" t="s">
-        <v>2864</v>
+        <v>434</v>
       </c>
       <c r="C1012" s="4" t="s">
-        <v>2865</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="1013" spans="1:10">
       <c r="A1013" s="3" t="s">
-        <v>2866</v>
+        <v>2860</v>
       </c>
       <c r="B1013" s="4" t="s">
-        <v>2867</v>
+        <v>2861</v>
       </c>
       <c r="C1013" s="4" t="s">
-        <v>2868</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="1014" spans="1:10">
       <c r="A1014" s="3" t="s">
-        <v>2869</v>
+        <v>2863</v>
       </c>
       <c r="B1014" s="4" t="s">
-        <v>2870</v>
+        <v>2864</v>
       </c>
       <c r="C1014" s="4" t="s">
-        <v>2871</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="1015" spans="1:10">
       <c r="A1015" s="3" t="s">
-        <v>2872</v>
+        <v>2866</v>
       </c>
       <c r="B1015" s="4" t="s">
-        <v>2873</v>
+        <v>2867</v>
       </c>
       <c r="C1015" s="4" t="s">
-        <v>2874</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="1016" spans="1:10">
       <c r="A1016" s="3" t="s">
-        <v>2875</v>
+        <v>2869</v>
       </c>
       <c r="B1016" s="4" t="s">
-        <v>2876</v>
+        <v>2870</v>
       </c>
       <c r="C1016" s="4" t="s">
-        <v>2877</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="1017" spans="1:10">
       <c r="A1017" s="3" t="s">
-        <v>2878</v>
+        <v>2872</v>
       </c>
       <c r="B1017" s="4" t="s">
-        <v>2876</v>
+        <v>2873</v>
       </c>
       <c r="C1017" s="4" t="s">
-        <v>2879</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1018" spans="1:10">
       <c r="A1018" s="3" t="s">
-        <v>2880</v>
+        <v>2875</v>
       </c>
       <c r="B1018" s="4" t="s">
-        <v>2881</v>
+        <v>2876</v>
       </c>
       <c r="C1018" s="4" t="s">
-        <v>2882</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="1019" spans="1:10">
       <c r="A1019" s="3" t="s">
-        <v>2883</v>
+        <v>2878</v>
       </c>
       <c r="B1019" s="4" t="s">
-        <v>2884</v>
+        <v>2879</v>
       </c>
       <c r="C1019" s="4" t="s">
-        <v>2885</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="1020" spans="1:10">
       <c r="A1020" s="3" t="s">
-        <v>2886</v>
+        <v>2881</v>
       </c>
       <c r="B1020" s="4" t="s">
-        <v>2887</v>
+        <v>2882</v>
       </c>
       <c r="C1020" s="4" t="s">
-        <v>2888</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="1021" spans="1:10">
       <c r="A1021" s="3" t="s">
-        <v>2889</v>
+        <v>2884</v>
       </c>
       <c r="B1021" s="4" t="s">
-        <v>2890</v>
+        <v>2885</v>
       </c>
       <c r="C1021" s="4" t="s">
-        <v>2891</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1022" spans="1:10">
       <c r="A1022" s="3" t="s">
-        <v>2892</v>
+        <v>2887</v>
       </c>
       <c r="B1022" s="4" t="s">
-        <v>2893</v>
+        <v>489</v>
       </c>
       <c r="C1022" s="4" t="s">
-        <v>2894</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="1023" spans="1:10">
       <c r="A1023" s="3" t="s">
-        <v>2895</v>
+        <v>2889</v>
       </c>
       <c r="B1023" s="4" t="s">
-        <v>2896</v>
+        <v>2890</v>
       </c>
       <c r="C1023" s="4" t="s">
-        <v>2897</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="1024" spans="1:10">
       <c r="A1024" s="3" t="s">
-        <v>2898</v>
+        <v>2892</v>
       </c>
       <c r="B1024" s="4" t="s">
-        <v>2899</v>
+        <v>2893</v>
       </c>
       <c r="C1024" s="4" t="s">
-        <v>2900</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1025" spans="1:10">
       <c r="A1025" s="3" t="s">
-        <v>2901</v>
+        <v>2895</v>
       </c>
       <c r="B1025" s="4" t="s">
-        <v>2902</v>
+        <v>2896</v>
       </c>
       <c r="C1025" s="4" t="s">
-        <v>2903</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="1026" spans="1:10">
       <c r="A1026" s="3" t="s">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="B1026" s="4" t="s">
-        <v>2905</v>
+        <v>2899</v>
       </c>
       <c r="C1026" s="4" t="s">
-        <v>2906</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1027" spans="1:10">
       <c r="A1027" s="3" t="s">
-        <v>2907</v>
+        <v>2901</v>
       </c>
       <c r="B1027" s="4" t="s">
-        <v>2908</v>
+        <v>2902</v>
       </c>
       <c r="C1027" s="4" t="s">
-        <v>2909</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1028" spans="1:10">
       <c r="A1028" s="3" t="s">
-        <v>2910</v>
+        <v>2904</v>
       </c>
       <c r="B1028" s="4" t="s">
-        <v>2911</v>
+        <v>2905</v>
       </c>
       <c r="C1028" s="4" t="s">
-        <v>2912</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="1029" spans="1:10">
       <c r="A1029" s="3" t="s">
-        <v>2913</v>
+        <v>2907</v>
       </c>
       <c r="B1029" s="4" t="s">
-        <v>2914</v>
+        <v>2908</v>
       </c>
       <c r="C1029" s="4" t="s">
-        <v>2915</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="1030" spans="1:10">
       <c r="A1030" s="3" t="s">
-        <v>2916</v>
+        <v>2910</v>
       </c>
       <c r="B1030" s="4" t="s">
-        <v>2917</v>
+        <v>2206</v>
       </c>
       <c r="C1030" s="4" t="s">
-        <v>2918</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="1031" spans="1:10">
       <c r="A1031" s="3" t="s">
-        <v>2919</v>
+        <v>2912</v>
       </c>
       <c r="B1031" s="4" t="s">
-        <v>2920</v>
+        <v>2913</v>
       </c>
       <c r="C1031" s="4" t="s">
-        <v>2921</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="1032" spans="1:10">
       <c r="A1032" s="3" t="s">
-        <v>2922</v>
+        <v>2915</v>
       </c>
       <c r="B1032" s="4" t="s">
-        <v>2923</v>
+        <v>2916</v>
       </c>
       <c r="C1032" s="4" t="s">
-        <v>2924</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="1033" spans="1:10">
       <c r="A1033" s="3" t="s">
-        <v>2925</v>
+        <v>2918</v>
       </c>
       <c r="B1033" s="4" t="s">
-        <v>2926</v>
+        <v>2919</v>
       </c>
       <c r="C1033" s="4" t="s">
-        <v>2927</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="1034" spans="1:10">
       <c r="A1034" s="3" t="s">
-        <v>2928</v>
+        <v>2921</v>
       </c>
       <c r="B1034" s="4" t="s">
-        <v>2929</v>
+        <v>2922</v>
       </c>
       <c r="C1034" s="4" t="s">
-        <v>2930</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="1035" spans="1:10">
       <c r="A1035" s="3" t="s">
-        <v>2931</v>
+        <v>2924</v>
       </c>
       <c r="B1035" s="4" t="s">
-        <v>2932</v>
+        <v>2925</v>
       </c>
       <c r="C1035" s="4" t="s">
-        <v>2933</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="1036" spans="1:10">
       <c r="A1036" s="3" t="s">
-        <v>2934</v>
+        <v>2927</v>
       </c>
       <c r="B1036" s="4" t="s">
-        <v>2932</v>
+        <v>2928</v>
       </c>
       <c r="C1036" s="4" t="s">
-        <v>2935</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="1037" spans="1:10">
       <c r="A1037" s="3" t="s">
-        <v>2936</v>
+        <v>2930</v>
       </c>
       <c r="B1037" s="4" t="s">
-        <v>2937</v>
+        <v>2931</v>
       </c>
       <c r="C1037" s="4" t="s">
-        <v>1645</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1038" spans="1:10">
       <c r="A1038" s="3" t="s">
-        <v>2938</v>
+        <v>2933</v>
       </c>
       <c r="B1038" s="4" t="s">
-        <v>2939</v>
+        <v>2934</v>
       </c>
       <c r="C1038" s="4" t="s">
-        <v>2940</v>
+        <v>51</v>
       </c>
     </row>
     <row r="1039" spans="1:10">
       <c r="A1039" s="3" t="s">
-        <v>2941</v>
+        <v>2935</v>
       </c>
       <c r="B1039" s="4" t="s">
-        <v>2942</v>
+        <v>2936</v>
       </c>
       <c r="C1039" s="4" t="s">
-        <v>2943</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="1040" spans="1:10">
       <c r="A1040" s="3" t="s">
-        <v>2944</v>
+        <v>2938</v>
       </c>
       <c r="B1040" s="4" t="s">
-        <v>2945</v>
+        <v>2939</v>
       </c>
       <c r="C1040" s="4" t="s">
-        <v>2946</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="1041" spans="1:10">
       <c r="A1041" s="3" t="s">
-        <v>2947</v>
+        <v>2941</v>
       </c>
       <c r="B1041" s="4" t="s">
-        <v>2948</v>
+        <v>2942</v>
       </c>
       <c r="C1041" s="4" t="s">
-        <v>2949</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="1042" spans="1:10">
       <c r="A1042" s="3" t="s">
-        <v>2950</v>
+        <v>2944</v>
       </c>
       <c r="B1042" s="4" t="s">
-        <v>2951</v>
+        <v>2945</v>
       </c>
       <c r="C1042" s="4" t="s">
-        <v>2952</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="1043" spans="1:10">
       <c r="A1043" s="3" t="s">
-        <v>2953</v>
+        <v>2947</v>
       </c>
       <c r="B1043" s="4" t="s">
-        <v>2954</v>
+        <v>2948</v>
       </c>
       <c r="C1043" s="4" t="s">
-        <v>2955</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="1044" spans="1:10">
       <c r="A1044" s="3" t="s">
-        <v>2956</v>
+        <v>2950</v>
       </c>
       <c r="B1044" s="4" t="s">
-        <v>2957</v>
+        <v>2951</v>
       </c>
       <c r="C1044" s="4" t="s">
-        <v>2958</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="1045" spans="1:10">
       <c r="A1045" s="3" t="s">
-        <v>2959</v>
+        <v>2953</v>
       </c>
       <c r="B1045" s="4" t="s">
-        <v>121</v>
+        <v>2954</v>
       </c>
       <c r="C1045" s="4" t="s">
-        <v>2960</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="1046" spans="1:10">
       <c r="A1046" s="3" t="s">
-        <v>2961</v>
+        <v>2956</v>
       </c>
       <c r="B1046" s="4" t="s">
-        <v>2629</v>
+        <v>2957</v>
       </c>
       <c r="C1046" s="4" t="s">
-        <v>2962</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="1047" spans="1:10">
       <c r="A1047" s="3" t="s">
-        <v>2963</v>
+        <v>2959</v>
       </c>
       <c r="B1047" s="4" t="s">
-        <v>2964</v>
+        <v>2954</v>
       </c>
       <c r="C1047" s="4" t="s">
-        <v>2965</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="1048" spans="1:10">
       <c r="A1048" s="3" t="s">
-        <v>2966</v>
+        <v>2961</v>
       </c>
       <c r="B1048" s="4" t="s">
-        <v>2967</v>
+        <v>2962</v>
       </c>
       <c r="C1048" s="4" t="s">
-        <v>2968</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="1049" spans="1:10">
       <c r="A1049" s="3" t="s">
-        <v>2969</v>
+        <v>2964</v>
       </c>
       <c r="B1049" s="4" t="s">
-        <v>2970</v>
+        <v>2965</v>
       </c>
       <c r="C1049" s="4" t="s">
-        <v>2971</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="1050" spans="1:10">
       <c r="A1050" s="3" t="s">
-        <v>2972</v>
+        <v>2967</v>
       </c>
       <c r="B1050" s="4" t="s">
-        <v>2973</v>
+        <v>2968</v>
       </c>
       <c r="C1050" s="4" t="s">
-        <v>2974</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="1051" spans="1:10">
       <c r="A1051" s="3" t="s">
-        <v>2975</v>
+        <v>2970</v>
       </c>
       <c r="B1051" s="4" t="s">
-        <v>2976</v>
+        <v>2971</v>
       </c>
       <c r="C1051" s="4" t="s">
-        <v>2977</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="1052" spans="1:10">
       <c r="A1052" s="3" t="s">
-        <v>2978</v>
+        <v>2973</v>
       </c>
       <c r="B1052" s="4" t="s">
-        <v>2979</v>
+        <v>2974</v>
       </c>
       <c r="C1052" s="4" t="s">
-        <v>2980</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="1053" spans="1:10">
       <c r="A1053" s="3" t="s">
-        <v>2981</v>
+        <v>2976</v>
       </c>
       <c r="B1053" s="4" t="s">
-        <v>2982</v>
+        <v>2977</v>
       </c>
       <c r="C1053" s="4" t="s">
-        <v>2983</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="1054" spans="1:10">
       <c r="A1054" s="3" t="s">
-        <v>2984</v>
+        <v>2979</v>
       </c>
       <c r="B1054" s="4" t="s">
-        <v>2985</v>
+        <v>2980</v>
       </c>
       <c r="C1054" s="4" t="s">
-        <v>2986</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="1055" spans="1:10">
       <c r="A1055" s="3" t="s">
-        <v>2987</v>
+        <v>2982</v>
       </c>
       <c r="B1055" s="4" t="s">
-        <v>2988</v>
+        <v>170</v>
       </c>
       <c r="C1055" s="4" t="s">
-        <v>2989</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="1056" spans="1:10">
       <c r="A1056" s="3" t="s">
-        <v>2990</v>
+        <v>2984</v>
       </c>
       <c r="B1056" s="4" t="s">
-        <v>2991</v>
+        <v>2985</v>
       </c>
       <c r="C1056" s="4" t="s">
-        <v>2992</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1057" spans="1:10">
       <c r="A1057" s="3" t="s">
-        <v>2993</v>
+        <v>2987</v>
       </c>
       <c r="B1057" s="4" t="s">
-        <v>2994</v>
+        <v>83</v>
       </c>
       <c r="C1057" s="4" t="s">
-        <v>2995</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="1058" spans="1:10">
       <c r="A1058" s="3" t="s">
-        <v>2996</v>
+        <v>2989</v>
       </c>
       <c r="B1058" s="4" t="s">
-        <v>2997</v>
+        <v>2990</v>
       </c>
       <c r="C1058" s="4" t="s">
-        <v>2998</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="1059" spans="1:10">
       <c r="A1059" s="3" t="s">
-        <v>2999</v>
+        <v>2992</v>
       </c>
       <c r="B1059" s="4" t="s">
-        <v>3000</v>
+        <v>1510</v>
       </c>
       <c r="C1059" s="4" t="s">
-        <v>3001</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="1060" spans="1:10">
       <c r="A1060" s="3" t="s">
-        <v>3002</v>
+        <v>2994</v>
       </c>
       <c r="B1060" s="4" t="s">
-        <v>3003</v>
+        <v>2769</v>
       </c>
       <c r="C1060" s="4" t="s">
-        <v>3004</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1061" spans="1:10">
       <c r="A1061" s="3" t="s">
-        <v>3005</v>
+        <v>2996</v>
       </c>
       <c r="B1061" s="4" t="s">
-        <v>3006</v>
+        <v>2997</v>
       </c>
       <c r="C1061" s="4" t="s">
-        <v>3007</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="1062" spans="1:10">
       <c r="A1062" s="3" t="s">
-        <v>3008</v>
+        <v>2999</v>
       </c>
       <c r="B1062" s="4" t="s">
-        <v>3009</v>
+        <v>1440</v>
       </c>
       <c r="C1062" s="4" t="s">
-        <v>3010</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1063" spans="1:10">
       <c r="A1063" s="3" t="s">
-        <v>3011</v>
+        <v>3001</v>
       </c>
       <c r="B1063" s="4" t="s">
-        <v>3012</v>
+        <v>3002</v>
       </c>
       <c r="C1063" s="4" t="s">
-        <v>3013</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="1064" spans="1:10">
       <c r="A1064" s="3" t="s">
-        <v>3014</v>
+        <v>3004</v>
       </c>
       <c r="B1064" s="4" t="s">
-        <v>3015</v>
+        <v>3002</v>
       </c>
       <c r="C1064" s="4" t="s">
-        <v>3016</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="1065" spans="1:10">
       <c r="A1065" s="3" t="s">
-        <v>3017</v>
+        <v>3006</v>
       </c>
       <c r="B1065" s="4" t="s">
-        <v>3018</v>
+        <v>2873</v>
       </c>
       <c r="C1065" s="4" t="s">
-        <v>3019</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="1066" spans="1:10">
       <c r="A1066" s="3" t="s">
-        <v>3020</v>
+        <v>3008</v>
       </c>
       <c r="B1066" s="4" t="s">
-        <v>3021</v>
+        <v>2873</v>
       </c>
       <c r="C1066" s="4" t="s">
-        <v>3022</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="1067" spans="1:10">
       <c r="A1067" s="3" t="s">
-        <v>3023</v>
+        <v>3010</v>
       </c>
       <c r="B1067" s="4" t="s">
-        <v>3024</v>
+        <v>2873</v>
       </c>
       <c r="C1067" s="4" t="s">
-        <v>3025</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="1068" spans="1:10">
       <c r="A1068" s="3" t="s">
-        <v>3026</v>
+        <v>3012</v>
       </c>
       <c r="B1068" s="4" t="s">
-        <v>2717</v>
+        <v>3013</v>
       </c>
       <c r="C1068" s="4" t="s">
-        <v>3027</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="1069" spans="1:10">
       <c r="A1069" s="3" t="s">
-        <v>3028</v>
+        <v>3015</v>
       </c>
       <c r="B1069" s="4" t="s">
-        <v>3029</v>
+        <v>3016</v>
       </c>
       <c r="C1069" s="4" t="s">
-        <v>3030</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="1070" spans="1:10">
       <c r="A1070" s="3" t="s">
-        <v>3031</v>
+        <v>3017</v>
       </c>
       <c r="B1070" s="4" t="s">
-        <v>3032</v>
+        <v>3018</v>
       </c>
       <c r="C1070" s="4" t="s">
-        <v>3033</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="1071" spans="1:10">
       <c r="A1071" s="3" t="s">
-        <v>3034</v>
+        <v>3020</v>
       </c>
       <c r="B1071" s="4" t="s">
-        <v>3035</v>
+        <v>3021</v>
       </c>
       <c r="C1071" s="4" t="s">
-        <v>3036</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="1072" spans="1:10">
       <c r="A1072" s="3" t="s">
-        <v>3037</v>
+        <v>3023</v>
       </c>
       <c r="B1072" s="4" t="s">
-        <v>3038</v>
+        <v>3024</v>
       </c>
       <c r="C1072" s="4" t="s">
-        <v>3039</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1073" spans="1:10">
       <c r="A1073" s="3" t="s">
-        <v>3040</v>
+        <v>3026</v>
       </c>
       <c r="B1073" s="4" t="s">
-        <v>3041</v>
+        <v>14</v>
       </c>
       <c r="C1073" s="4" t="s">
-        <v>3042</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="1074" spans="1:10">
       <c r="A1074" s="3" t="s">
-        <v>3043</v>
+        <v>3028</v>
       </c>
       <c r="B1074" s="4" t="s">
-        <v>3044</v>
+        <v>3029</v>
       </c>
       <c r="C1074" s="4" t="s">
-        <v>3045</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1075" spans="1:10">
       <c r="A1075" s="3" t="s">
-        <v>3046</v>
+        <v>3031</v>
       </c>
       <c r="B1075" s="4" t="s">
-        <v>3047</v>
+        <v>2896</v>
       </c>
       <c r="C1075" s="4" t="s">
-        <v>3048</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="1076" spans="1:10">
       <c r="A1076" s="3" t="s">
-        <v>3049</v>
+        <v>3033</v>
       </c>
       <c r="B1076" s="4" t="s">
-        <v>3050</v>
+        <v>3034</v>
       </c>
       <c r="C1076" s="4" t="s">
-        <v>3051</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="1077" spans="1:10">
       <c r="A1077" s="3" t="s">
-        <v>3052</v>
+        <v>3036</v>
       </c>
       <c r="B1077" s="4" t="s">
-        <v>3053</v>
+        <v>3037</v>
       </c>
       <c r="C1077" s="4" t="s">
-        <v>3054</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="1078" spans="1:10">
       <c r="A1078" s="3" t="s">
-        <v>3055</v>
+        <v>3039</v>
       </c>
       <c r="B1078" s="4" t="s">
-        <v>3056</v>
+        <v>3040</v>
       </c>
       <c r="C1078" s="4" t="s">
-        <v>3057</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="1079" spans="1:10">
       <c r="A1079" s="3" t="s">
-        <v>3058</v>
+        <v>3042</v>
       </c>
       <c r="B1079" s="4" t="s">
-        <v>3059</v>
+        <v>3043</v>
       </c>
       <c r="C1079" s="4" t="s">
-        <v>3060</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="1080" spans="1:10">
       <c r="A1080" s="3" t="s">
-        <v>3061</v>
+        <v>3045</v>
       </c>
       <c r="B1080" s="4" t="s">
-        <v>3062</v>
+        <v>3046</v>
       </c>
       <c r="C1080" s="4" t="s">
-        <v>3063</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="1081" spans="1:10">
       <c r="A1081" s="3" t="s">
-        <v>3064</v>
+        <v>3048</v>
       </c>
       <c r="B1081" s="4" t="s">
-        <v>3065</v>
+        <v>3049</v>
       </c>
       <c r="C1081" s="4" t="s">
-        <v>3066</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1082" spans="1:10">
       <c r="A1082" s="3" t="s">
-        <v>3067</v>
+        <v>3051</v>
       </c>
       <c r="B1082" s="4" t="s">
-        <v>3068</v>
+        <v>3052</v>
       </c>
       <c r="C1082" s="4" t="s">
-        <v>3069</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="1083" spans="1:10">
       <c r="A1083" s="3" t="s">
-        <v>3070</v>
+        <v>3054</v>
       </c>
       <c r="B1083" s="4" t="s">
-        <v>3071</v>
+        <v>3055</v>
       </c>
       <c r="C1083" s="4" t="s">
-        <v>3072</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="1084" spans="1:10">
       <c r="A1084" s="3" t="s">
-        <v>3073</v>
+        <v>3057</v>
       </c>
       <c r="B1084" s="4" t="s">
-        <v>3074</v>
+        <v>3058</v>
       </c>
       <c r="C1084" s="4" t="s">
-        <v>3075</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="1085" spans="1:10">
       <c r="A1085" s="3" t="s">
-        <v>3076</v>
+        <v>3060</v>
       </c>
       <c r="B1085" s="4" t="s">
-        <v>3077</v>
+        <v>3061</v>
       </c>
       <c r="C1085" s="4" t="s">
-        <v>3078</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="1086" spans="1:10">
       <c r="A1086" s="3" t="s">
-        <v>3079</v>
+        <v>3063</v>
       </c>
       <c r="B1086" s="4" t="s">
-        <v>3080</v>
+        <v>3064</v>
       </c>
       <c r="C1086" s="4" t="s">
-        <v>3081</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="1087" spans="1:10">
       <c r="A1087" s="3" t="s">
-        <v>3082</v>
+        <v>3066</v>
       </c>
       <c r="B1087" s="4" t="s">
-        <v>3083</v>
+        <v>3067</v>
       </c>
       <c r="C1087" s="4" t="s">
-        <v>3084</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="1088" spans="1:10">
       <c r="A1088" s="3" t="s">
-        <v>3085</v>
+        <v>3069</v>
       </c>
       <c r="B1088" s="4" t="s">
-        <v>3086</v>
+        <v>3070</v>
       </c>
       <c r="C1088" s="4" t="s">
-        <v>3087</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="1089" spans="1:10">
       <c r="A1089" s="3" t="s">
-        <v>3088</v>
+        <v>3072</v>
       </c>
       <c r="B1089" s="4" t="s">
-        <v>3089</v>
+        <v>3073</v>
       </c>
       <c r="C1089" s="4" t="s">
-        <v>3090</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="1090" spans="1:10">
       <c r="A1090" s="3" t="s">
-        <v>3091</v>
+        <v>3075</v>
       </c>
       <c r="B1090" s="4" t="s">
-        <v>3092</v>
+        <v>3076</v>
       </c>
       <c r="C1090" s="4" t="s">
-        <v>3093</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="1091" spans="1:10">
       <c r="A1091" s="3" t="s">
-        <v>3094</v>
+        <v>3078</v>
       </c>
       <c r="B1091" s="4" t="s">
-        <v>3095</v>
+        <v>3079</v>
       </c>
       <c r="C1091" s="4" t="s">
-        <v>3096</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="1092" spans="1:10">
       <c r="A1092" s="3" t="s">
-        <v>3097</v>
+        <v>3081</v>
       </c>
       <c r="B1092" s="4" t="s">
-        <v>3098</v>
+        <v>3082</v>
       </c>
       <c r="C1092" s="4" t="s">
-        <v>3099</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="1093" spans="1:10">
       <c r="A1093" s="3" t="s">
-        <v>3100</v>
+        <v>3084</v>
       </c>
       <c r="B1093" s="4" t="s">
-        <v>3101</v>
+        <v>1064</v>
       </c>
       <c r="C1093" s="4" t="s">
-        <v>3102</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="1094" spans="1:10">
       <c r="A1094" s="3" t="s">
-        <v>3103</v>
+        <v>3086</v>
       </c>
       <c r="B1094" s="4" t="s">
-        <v>1140</v>
+        <v>340</v>
       </c>
       <c r="C1094" s="4" t="s">
-        <v>3104</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="1095" spans="1:10">
       <c r="A1095" s="3" t="s">
-        <v>3105</v>
+        <v>3088</v>
       </c>
       <c r="B1095" s="4" t="s">
-        <v>53</v>
+        <v>3089</v>
       </c>
       <c r="C1095" s="4" t="s">
-        <v>3106</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="1096" spans="1:10">
       <c r="A1096" s="3" t="s">
-        <v>3107</v>
+        <v>3091</v>
       </c>
       <c r="B1096" s="4" t="s">
-        <v>53</v>
+        <v>3092</v>
       </c>
       <c r="C1096" s="4" t="s">
-        <v>3108</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="1097" spans="1:10">
       <c r="A1097" s="3" t="s">
-        <v>3109</v>
+        <v>3094</v>
       </c>
       <c r="B1097" s="4" t="s">
-        <v>3110</v>
+        <v>3095</v>
       </c>
       <c r="C1097" s="4" t="s">
-        <v>3111</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="1098" spans="1:10">
       <c r="A1098" s="3" t="s">
-        <v>3112</v>
+        <v>3097</v>
       </c>
       <c r="B1098" s="4" t="s">
-        <v>3113</v>
+        <v>3098</v>
       </c>
       <c r="C1098" s="4" t="s">
-        <v>3114</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="1099" spans="1:10">
       <c r="A1099" s="3" t="s">
-        <v>3115</v>
+        <v>3100</v>
       </c>
       <c r="B1099" s="4" t="s">
-        <v>3116</v>
+        <v>3101</v>
       </c>
       <c r="C1099" s="4" t="s">
-        <v>3117</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="1100" spans="1:10">
       <c r="A1100" s="3" t="s">
-        <v>3118</v>
+        <v>3103</v>
       </c>
       <c r="B1100" s="4" t="s">
-        <v>706</v>
+        <v>3104</v>
       </c>
       <c r="C1100" s="4" t="s">
-        <v>3119</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="1101" spans="1:10">
       <c r="A1101" s="3" t="s">
-        <v>3120</v>
+        <v>3106</v>
       </c>
       <c r="B1101" s="4" t="s">
-        <v>3121</v>
+        <v>3107</v>
       </c>
       <c r="C1101" s="4" t="s">
-        <v>3122</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="1102" spans="1:10">
       <c r="A1102" s="3" t="s">
-        <v>3123</v>
+        <v>3109</v>
       </c>
       <c r="B1102" s="4" t="s">
-        <v>3124</v>
+        <v>3055</v>
       </c>
       <c r="C1102" s="4" t="s">
-        <v>3125</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="1103" spans="1:10">
       <c r="A1103" s="3" t="s">
-        <v>3126</v>
+        <v>3111</v>
       </c>
       <c r="B1103" s="4" t="s">
-        <v>3127</v>
+        <v>3055</v>
       </c>
       <c r="C1103" s="4" t="s">
-        <v>3128</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="1104" spans="1:10">
       <c r="A1104" s="3" t="s">
-        <v>3129</v>
+        <v>3113</v>
       </c>
       <c r="B1104" s="4" t="s">
-        <v>3130</v>
+        <v>3114</v>
       </c>
       <c r="C1104" s="4" t="s">
-        <v>3131</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="1105" spans="1:10">
       <c r="A1105" s="3" t="s">
-        <v>3132</v>
+        <v>3116</v>
       </c>
       <c r="B1105" s="4" t="s">
-        <v>3133</v>
+        <v>3117</v>
       </c>
       <c r="C1105" s="4" t="s">
-        <v>3134</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="1106" spans="1:10">
       <c r="A1106" s="3" t="s">
-        <v>3135</v>
+        <v>3119</v>
       </c>
       <c r="B1106" s="4" t="s">
-        <v>3136</v>
+        <v>3120</v>
       </c>
       <c r="C1106" s="4" t="s">
-        <v>3137</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="1107" spans="1:10">
       <c r="A1107" s="3" t="s">
-        <v>3138</v>
+        <v>3122</v>
       </c>
       <c r="B1107" s="4" t="s">
-        <v>3139</v>
+        <v>3123</v>
       </c>
       <c r="C1107" s="4" t="s">
-        <v>3140</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="1108" spans="1:10">
       <c r="A1108" s="3" t="s">
-        <v>3141</v>
+        <v>3125</v>
       </c>
       <c r="B1108" s="4" t="s">
-        <v>3142</v>
+        <v>3126</v>
       </c>
       <c r="C1108" s="4" t="s">
-        <v>3143</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="1109" spans="1:10">
       <c r="A1109" s="3" t="s">
-        <v>3144</v>
+        <v>3128</v>
       </c>
       <c r="B1109" s="4" t="s">
-        <v>1045</v>
+        <v>3129</v>
       </c>
       <c r="C1109" s="4" t="s">
-        <v>3145</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="1110" spans="1:10">
       <c r="A1110" s="3" t="s">
-        <v>3146</v>
+        <v>3131</v>
       </c>
       <c r="B1110" s="4" t="s">
-        <v>3147</v>
+        <v>3132</v>
       </c>
       <c r="C1110" s="4" t="s">
-        <v>3148</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="1111" spans="1:10">
       <c r="A1111" s="3" t="s">
-        <v>3149</v>
+        <v>3134</v>
       </c>
       <c r="B1111" s="4" t="s">
-        <v>3150</v>
+        <v>3135</v>
       </c>
       <c r="C1111" s="4" t="s">
-        <v>3151</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="1112" spans="1:10">
       <c r="A1112" s="3" t="s">
-        <v>3152</v>
+        <v>3137</v>
       </c>
       <c r="B1112" s="4" t="s">
-        <v>1484</v>
+        <v>3138</v>
       </c>
       <c r="C1112" s="4" t="s">
-        <v>3153</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="1113" spans="1:10">
       <c r="A1113" s="3" t="s">
-        <v>3154</v>
+        <v>3140</v>
       </c>
       <c r="B1113" s="4" t="s">
-        <v>1484</v>
+        <v>3141</v>
       </c>
       <c r="C1113" s="4" t="s">
-        <v>3155</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="1114" spans="1:10">
       <c r="A1114" s="3" t="s">
-        <v>3156</v>
+        <v>3143</v>
       </c>
       <c r="B1114" s="4" t="s">
-        <v>1484</v>
+        <v>3144</v>
       </c>
       <c r="C1114" s="4" t="s">
-        <v>3157</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="1115" spans="1:10">
       <c r="A1115" s="3" t="s">
-        <v>3158</v>
+        <v>3146</v>
       </c>
       <c r="B1115" s="4" t="s">
-        <v>1614</v>
+        <v>3147</v>
       </c>
       <c r="C1115" s="4" t="s">
-        <v>3159</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="1116" spans="1:10">
       <c r="A1116" s="3" t="s">
-        <v>3160</v>
+        <v>3149</v>
       </c>
       <c r="B1116" s="4" t="s">
-        <v>1249</v>
+        <v>3150</v>
       </c>
       <c r="C1116" s="4" t="s">
-        <v>3161</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="1117" spans="1:10">
       <c r="A1117" s="3" t="s">
-        <v>3162</v>
+        <v>3152</v>
       </c>
       <c r="B1117" s="4" t="s">
-        <v>1249</v>
+        <v>1461</v>
       </c>
       <c r="C1117" s="4" t="s">
-        <v>3163</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="1118" spans="1:10">
       <c r="A1118" s="3" t="s">
-        <v>3164</v>
+        <v>3154</v>
       </c>
       <c r="B1118" s="4" t="s">
-        <v>3165</v>
+        <v>3155</v>
       </c>
       <c r="C1118" s="4" t="s">
-        <v>3166</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="1119" spans="1:10">
       <c r="A1119" s="3" t="s">
-        <v>3167</v>
+        <v>3157</v>
       </c>
       <c r="B1119" s="4" t="s">
-        <v>3168</v>
+        <v>3158</v>
       </c>
       <c r="C1119" s="4" t="s">
-        <v>3169</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="1120" spans="1:10">
       <c r="A1120" s="3" t="s">
-        <v>3170</v>
+        <v>3160</v>
       </c>
       <c r="B1120" s="4" t="s">
-        <v>3171</v>
+        <v>3161</v>
       </c>
       <c r="C1120" s="4" t="s">
-        <v>3172</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="1121" spans="1:10">
       <c r="A1121" s="3" t="s">
-        <v>3173</v>
+        <v>3163</v>
       </c>
       <c r="B1121" s="4" t="s">
-        <v>709</v>
+        <v>3164</v>
       </c>
       <c r="C1121" s="4" t="s">
-        <v>3174</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="1122" spans="1:10">
       <c r="A1122" s="3" t="s">
-        <v>3175</v>
+        <v>3166</v>
       </c>
       <c r="B1122" s="4" t="s">
-        <v>3176</v>
+        <v>3167</v>
       </c>
       <c r="C1122" s="4" t="s">
-        <v>3177</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="1123" spans="1:10">
       <c r="A1123" s="3" t="s">
-        <v>3178</v>
+        <v>3169</v>
       </c>
       <c r="B1123" s="4" t="s">
-        <v>3179</v>
+        <v>3170</v>
       </c>
       <c r="C1123" s="4" t="s">
-        <v>3180</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="1124" spans="1:10">
       <c r="A1124" s="3" t="s">
-        <v>3181</v>
+        <v>3172</v>
       </c>
       <c r="B1124" s="4" t="s">
-        <v>3179</v>
+        <v>3170</v>
       </c>
       <c r="C1124" s="4" t="s">
-        <v>3182</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="1125" spans="1:10">
       <c r="A1125" s="3" t="s">
-        <v>3183</v>
+        <v>3174</v>
       </c>
       <c r="B1125" s="4" t="s">
-        <v>3184</v>
+        <v>3170</v>
       </c>
       <c r="C1125" s="4" t="s">
-        <v>3185</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="1126" spans="1:10">
       <c r="A1126" s="3" t="s">
-        <v>3186</v>
+        <v>3176</v>
       </c>
       <c r="B1126" s="4" t="s">
-        <v>3187</v>
+        <v>3177</v>
       </c>
       <c r="C1126" s="4" t="s">
-        <v>3188</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="1127" spans="1:10">
       <c r="A1127" s="3" t="s">
-        <v>3189</v>
+        <v>3179</v>
       </c>
       <c r="B1127" s="4" t="s">
-        <v>3190</v>
+        <v>3180</v>
       </c>
       <c r="C1127" s="4" t="s">
-        <v>3191</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="1128" spans="1:10">
       <c r="A1128" s="3" t="s">
-        <v>3192</v>
+        <v>3182</v>
       </c>
       <c r="B1128" s="4" t="s">
-        <v>3193</v>
+        <v>352</v>
       </c>
       <c r="C1128" s="4" t="s">
-        <v>3194</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="1129" spans="1:10">
       <c r="A1129" s="3" t="s">
-        <v>3195</v>
+        <v>3184</v>
       </c>
       <c r="B1129" s="4" t="s">
-        <v>3196</v>
+        <v>352</v>
       </c>
       <c r="C1129" s="4" t="s">
-        <v>3197</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="1130" spans="1:10">
       <c r="A1130" s="3" t="s">
-        <v>3198</v>
+        <v>3186</v>
       </c>
       <c r="B1130" s="4" t="s">
-        <v>3199</v>
+        <v>3187</v>
       </c>
       <c r="C1130" s="4" t="s">
-        <v>3200</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="1131" spans="1:10">
       <c r="A1131" s="3" t="s">
-        <v>3201</v>
+        <v>3189</v>
       </c>
       <c r="B1131" s="4" t="s">
-        <v>3202</v>
+        <v>3190</v>
       </c>
       <c r="C1131" s="4" t="s">
-        <v>3203</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="1132" spans="1:10">
       <c r="A1132" s="3" t="s">
-        <v>3204</v>
+        <v>3192</v>
       </c>
       <c r="B1132" s="4" t="s">
-        <v>3205</v>
+        <v>3193</v>
       </c>
       <c r="C1132" s="4" t="s">
-        <v>3206</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="1133" spans="1:10">
       <c r="A1133" s="3" t="s">
-        <v>3207</v>
+        <v>3194</v>
       </c>
       <c r="B1133" s="4" t="s">
-        <v>3208</v>
+        <v>3190</v>
       </c>
       <c r="C1133" s="4" t="s">
-        <v>3209</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="1134" spans="1:10">
       <c r="A1134" s="3" t="s">
-        <v>3210</v>
+        <v>3195</v>
       </c>
       <c r="B1134" s="4" t="s">
-        <v>3211</v>
+        <v>3190</v>
       </c>
       <c r="C1134" s="4" t="s">
-        <v>3212</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="1135" spans="1:10">
       <c r="A1135" s="3" t="s">
-        <v>3213</v>
+        <v>3196</v>
       </c>
       <c r="B1135" s="4" t="s">
-        <v>3214</v>
+        <v>3197</v>
       </c>
       <c r="C1135" s="4" t="s">
-        <v>3215</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="1136" spans="1:10">
       <c r="A1136" s="3" t="s">
-        <v>3216</v>
+        <v>3199</v>
       </c>
       <c r="B1136" s="4" t="s">
-        <v>3217</v>
+        <v>834</v>
       </c>
       <c r="C1136" s="4" t="s">
-        <v>3218</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="1137" spans="1:10">
       <c r="A1137" s="3" t="s">
-        <v>3219</v>
+        <v>3201</v>
       </c>
       <c r="B1137" s="4" t="s">
-        <v>3217</v>
+        <v>3202</v>
       </c>
       <c r="C1137" s="4" t="s">
-        <v>3220</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="1138" spans="1:10">
       <c r="A1138" s="3" t="s">
-        <v>3221</v>
+        <v>3204</v>
       </c>
       <c r="B1138" s="4" t="s">
-        <v>3222</v>
+        <v>3205</v>
       </c>
       <c r="C1138" s="4" t="s">
-        <v>3223</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="1139" spans="1:10">
       <c r="A1139" s="3" t="s">
-        <v>3224</v>
+        <v>3207</v>
       </c>
       <c r="B1139" s="4" t="s">
-        <v>1387</v>
+        <v>3208</v>
       </c>
       <c r="C1139" s="4" t="s">
-        <v>3225</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="1140" spans="1:10">
       <c r="A1140" s="3" t="s">
-        <v>3226</v>
+        <v>3210</v>
       </c>
       <c r="B1140" s="4" t="s">
-        <v>3227</v>
+        <v>3211</v>
       </c>
       <c r="C1140" s="4" t="s">
-        <v>3228</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="1141" spans="1:10">
       <c r="A1141" s="3" t="s">
-        <v>3229</v>
+        <v>3213</v>
       </c>
       <c r="B1141" s="4" t="s">
-        <v>3230</v>
+        <v>3214</v>
       </c>
       <c r="C1141" s="4" t="s">
-        <v>3231</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="1142" spans="1:10">
       <c r="A1142" s="3" t="s">
-        <v>3232</v>
+        <v>3216</v>
       </c>
       <c r="B1142" s="4" t="s">
-        <v>3233</v>
+        <v>3214</v>
       </c>
       <c r="C1142" s="4" t="s">
-        <v>2258</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="1143" spans="1:10">
       <c r="A1143" s="3" t="s">
-        <v>3234</v>
+        <v>3218</v>
       </c>
       <c r="B1143" s="4" t="s">
-        <v>1312</v>
+        <v>3219</v>
       </c>
       <c r="C1143" s="4" t="s">
-        <v>3235</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1144" spans="1:10">
       <c r="A1144" s="3" t="s">
-        <v>3236</v>
+        <v>3221</v>
       </c>
       <c r="B1144" s="4" t="s">
-        <v>3237</v>
+        <v>3222</v>
       </c>
       <c r="C1144" s="4" t="s">
-        <v>3238</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="1145" spans="1:10">
       <c r="A1145" s="3" t="s">
-        <v>3239</v>
+        <v>3224</v>
       </c>
       <c r="B1145" s="4" t="s">
-        <v>3062</v>
+        <v>3225</v>
       </c>
       <c r="C1145" s="4" t="s">
-        <v>3240</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="1146" spans="1:10">
       <c r="A1146" s="3" t="s">
-        <v>3241</v>
+        <v>3227</v>
       </c>
       <c r="B1146" s="4" t="s">
-        <v>3242</v>
+        <v>3228</v>
       </c>
       <c r="C1146" s="4" t="s">
-        <v>3243</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="1147" spans="1:10">
       <c r="A1147" s="3" t="s">
-        <v>3244</v>
+        <v>3230</v>
       </c>
       <c r="B1147" s="4" t="s">
-        <v>3245</v>
+        <v>3231</v>
       </c>
       <c r="C1147" s="4" t="s">
-        <v>3246</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="1148" spans="1:10">
       <c r="A1148" s="3" t="s">
-        <v>3247</v>
+        <v>3233</v>
       </c>
       <c r="B1148" s="4" t="s">
-        <v>3248</v>
+        <v>3234</v>
       </c>
       <c r="C1148" s="4" t="s">
-        <v>3249</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="1149" spans="1:10">
       <c r="A1149" s="3" t="s">
-        <v>3250</v>
+        <v>3236</v>
       </c>
       <c r="B1149" s="4" t="s">
-        <v>3251</v>
+        <v>3237</v>
       </c>
       <c r="C1149" s="4" t="s">
-        <v>3252</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="1150" spans="1:10">
       <c r="A1150" s="3" t="s">
-        <v>3253</v>
+        <v>3239</v>
       </c>
       <c r="B1150" s="4" t="s">
-        <v>3254</v>
+        <v>3240</v>
       </c>
       <c r="C1150" s="4" t="s">
-        <v>3255</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="1151" spans="1:10">
       <c r="A1151" s="3" t="s">
-        <v>3256</v>
+        <v>3242</v>
       </c>
       <c r="B1151" s="4" t="s">
-        <v>3257</v>
+        <v>3243</v>
       </c>
       <c r="C1151" s="4" t="s">
-        <v>3258</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="1152" spans="1:10">
       <c r="A1152" s="3" t="s">
-        <v>3259</v>
+        <v>3245</v>
       </c>
       <c r="B1152" s="4" t="s">
-        <v>3260</v>
+        <v>3246</v>
       </c>
       <c r="C1152" s="4" t="s">
-        <v>3261</v>
+        <v>3247</v>
       </c>
     </row>
     <row r="1153" spans="1:10">
       <c r="A1153" s="3" t="s">
-        <v>3262</v>
+        <v>3248</v>
       </c>
       <c r="B1153" s="4" t="s">
-        <v>2884</v>
+        <v>3249</v>
       </c>
       <c r="C1153" s="4" t="s">
-        <v>2885</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="1154" spans="1:10">
       <c r="A1154" s="3" t="s">
-        <v>3263</v>
+        <v>3251</v>
       </c>
       <c r="B1154" s="4" t="s">
-        <v>3264</v>
+        <v>3252</v>
       </c>
       <c r="C1154" s="4" t="s">
-        <v>3265</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="1155" spans="1:10">
       <c r="A1155" s="3" t="s">
-        <v>3266</v>
+        <v>3254</v>
       </c>
       <c r="B1155" s="4" t="s">
-        <v>3267</v>
+        <v>3255</v>
       </c>
       <c r="C1155" s="4" t="s">
-        <v>3268</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="1156" spans="1:10">
       <c r="A1156" s="3" t="s">
-        <v>3269</v>
+        <v>3257</v>
       </c>
       <c r="B1156" s="4" t="s">
-        <v>3270</v>
+        <v>3258</v>
       </c>
       <c r="C1156" s="4" t="s">
-        <v>3271</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="1157" spans="1:10">
       <c r="A1157" s="3" t="s">
-        <v>3272</v>
+        <v>3260</v>
       </c>
       <c r="B1157" s="4" t="s">
-        <v>3273</v>
+        <v>3261</v>
       </c>
       <c r="C1157" s="4" t="s">
-        <v>3274</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="1158" spans="1:10">
       <c r="A1158" s="3" t="s">
-        <v>3275</v>
+        <v>3263</v>
       </c>
       <c r="B1158" s="4" t="s">
-        <v>802</v>
+        <v>3264</v>
       </c>
       <c r="C1158" s="4" t="s">
-        <v>3276</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="1159" spans="1:10">
       <c r="A1159" s="3" t="s">
-        <v>3277</v>
+        <v>3266</v>
       </c>
       <c r="B1159" s="4" t="s">
-        <v>802</v>
+        <v>3267</v>
       </c>
       <c r="C1159" s="4" t="s">
-        <v>3278</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="1160" spans="1:10">
       <c r="A1160" s="3" t="s">
-        <v>3279</v>
+        <v>3269</v>
       </c>
       <c r="B1160" s="4" t="s">
-        <v>3280</v>
+        <v>3270</v>
       </c>
       <c r="C1160" s="4" t="s">
-        <v>3281</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="1161" spans="1:10">
       <c r="A1161" s="3" t="s">
-        <v>3282</v>
+        <v>3272</v>
       </c>
       <c r="B1161" s="4" t="s">
-        <v>3283</v>
+        <v>3270</v>
       </c>
       <c r="C1161" s="4" t="s">
-        <v>2488</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="1162" spans="1:10">
       <c r="A1162" s="3" t="s">
-        <v>3284</v>
+        <v>3274</v>
       </c>
       <c r="B1162" s="4" t="s">
-        <v>1029</v>
+        <v>3275</v>
       </c>
       <c r="C1162" s="4" t="s">
-        <v>3285</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="1163" spans="1:10">
       <c r="A1163" s="3" t="s">
-        <v>3286</v>
+        <v>3276</v>
       </c>
       <c r="B1163" s="4" t="s">
-        <v>1029</v>
+        <v>3277</v>
       </c>
       <c r="C1163" s="4" t="s">
-        <v>3287</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="1164" spans="1:10">
       <c r="A1164" s="3" t="s">
-        <v>3288</v>
+        <v>3279</v>
       </c>
       <c r="B1164" s="4" t="s">
-        <v>3065</v>
+        <v>3280</v>
       </c>
       <c r="C1164" s="4" t="s">
-        <v>3289</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="1165" spans="1:10">
       <c r="A1165" s="3" t="s">
-        <v>3290</v>
+        <v>3282</v>
       </c>
       <c r="B1165" s="4" t="s">
-        <v>3291</v>
+        <v>3283</v>
       </c>
       <c r="C1165" s="4" t="s">
-        <v>3292</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="1166" spans="1:10">
       <c r="A1166" s="3" t="s">
-        <v>3293</v>
+        <v>3285</v>
       </c>
       <c r="B1166" s="4" t="s">
-        <v>3294</v>
+        <v>3286</v>
       </c>
       <c r="C1166" s="4" t="s">
-        <v>3295</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="1167" spans="1:10">
       <c r="A1167" s="3" t="s">
-        <v>3296</v>
+        <v>3288</v>
       </c>
       <c r="B1167" s="4" t="s">
-        <v>3297</v>
+        <v>3289</v>
       </c>
       <c r="C1167" s="4" t="s">
-        <v>3298</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="1168" spans="1:10">
       <c r="A1168" s="3" t="s">
-        <v>3299</v>
+        <v>3291</v>
       </c>
       <c r="B1168" s="4" t="s">
-        <v>1146</v>
+        <v>3292</v>
       </c>
       <c r="C1168" s="4" t="s">
-        <v>3300</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="1169" spans="1:10">
       <c r="A1169" s="3" t="s">
-        <v>3301</v>
+        <v>3294</v>
       </c>
       <c r="B1169" s="4" t="s">
-        <v>3302</v>
+        <v>3295</v>
       </c>
       <c r="C1169" s="4" t="s">
-        <v>3303</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="1170" spans="1:10">
       <c r="A1170" s="3" t="s">
-        <v>3304</v>
+        <v>3297</v>
       </c>
       <c r="B1170" s="4" t="s">
-        <v>3305</v>
+        <v>477</v>
       </c>
       <c r="C1170" s="4" t="s">
-        <v>3306</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="1171" spans="1:10">
       <c r="A1171" s="3" t="s">
-        <v>3307</v>
+        <v>3299</v>
       </c>
       <c r="B1171" s="4" t="s">
-        <v>1288</v>
+        <v>2968</v>
       </c>
       <c r="C1171" s="4" t="s">
-        <v>3308</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1172" spans="1:10">
       <c r="A1172" s="3" t="s">
-        <v>3309</v>
+        <v>3301</v>
       </c>
       <c r="B1172" s="4" t="s">
-        <v>1288</v>
+        <v>3302</v>
       </c>
       <c r="C1172" s="4" t="s">
-        <v>3310</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="1173" spans="1:10">
       <c r="A1173" s="3" t="s">
-        <v>3311</v>
+        <v>3304</v>
       </c>
       <c r="B1173" s="4" t="s">
-        <v>3312</v>
+        <v>3305</v>
       </c>
       <c r="C1173" s="4" t="s">
-        <v>3313</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="1174" spans="1:10">
       <c r="A1174" s="3" t="s">
-        <v>3314</v>
+        <v>3307</v>
       </c>
       <c r="B1174" s="4" t="s">
-        <v>3312</v>
+        <v>3308</v>
       </c>
       <c r="C1174" s="4" t="s">
-        <v>3315</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="1175" spans="1:10">
       <c r="A1175" s="3" t="s">
-        <v>3316</v>
+        <v>3310</v>
       </c>
       <c r="B1175" s="4" t="s">
-        <v>750</v>
+        <v>3311</v>
       </c>
       <c r="C1175" s="4" t="s">
-        <v>3317</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="1176" spans="1:10">
       <c r="A1176" s="3" t="s">
-        <v>3318</v>
+        <v>3313</v>
       </c>
       <c r="B1176" s="4" t="s">
-        <v>750</v>
+        <v>3314</v>
       </c>
       <c r="C1176" s="4" t="s">
-        <v>3319</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="1177" spans="1:10">
       <c r="A1177" s="3" t="s">
-        <v>3320</v>
+        <v>3316</v>
       </c>
       <c r="B1177" s="4" t="s">
-        <v>3321</v>
+        <v>3317</v>
       </c>
       <c r="C1177" s="4" t="s">
-        <v>3322</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="1178" spans="1:10">
       <c r="A1178" s="3" t="s">
-        <v>3323</v>
+        <v>3319</v>
       </c>
       <c r="B1178" s="4" t="s">
-        <v>3324</v>
+        <v>3320</v>
       </c>
       <c r="C1178" s="4" t="s">
-        <v>3325</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="1179" spans="1:10">
       <c r="A1179" s="3" t="s">
-        <v>3326</v>
+        <v>3322</v>
       </c>
       <c r="B1179" s="4" t="s">
-        <v>3327</v>
+        <v>3323</v>
       </c>
       <c r="C1179" s="4" t="s">
-        <v>3328</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="1180" spans="1:10">
       <c r="A1180" s="3" t="s">
-        <v>3329</v>
+        <v>3325</v>
       </c>
       <c r="B1180" s="4" t="s">
-        <v>2227</v>
+        <v>3326</v>
       </c>
       <c r="C1180" s="4" t="s">
-        <v>3330</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="1181" spans="1:10">
       <c r="A1181" s="3" t="s">
-        <v>3331</v>
+        <v>3328</v>
       </c>
       <c r="B1181" s="4" t="s">
-        <v>3332</v>
+        <v>3329</v>
       </c>
       <c r="C1181" s="4" t="s">
-        <v>3333</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="1182" spans="1:10">
       <c r="A1182" s="3" t="s">
-        <v>3334</v>
+        <v>3331</v>
       </c>
       <c r="B1182" s="4" t="s">
-        <v>3335</v>
+        <v>3332</v>
       </c>
       <c r="C1182" s="4" t="s">
-        <v>3336</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="1183" spans="1:10">
       <c r="A1183" s="3" t="s">
-        <v>3337</v>
+        <v>3334</v>
       </c>
       <c r="B1183" s="4" t="s">
-        <v>3338</v>
+        <v>3335</v>
       </c>
       <c r="C1183" s="4" t="s">
-        <v>3339</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="1184" spans="1:10">
       <c r="A1184" s="3" t="s">
-        <v>3340</v>
+        <v>3337</v>
       </c>
       <c r="B1184" s="4" t="s">
-        <v>3341</v>
+        <v>3338</v>
       </c>
       <c r="C1184" s="4" t="s">
-        <v>3342</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="1185" spans="1:10">
       <c r="A1185" s="3" t="s">
-        <v>3343</v>
+        <v>3340</v>
       </c>
       <c r="B1185" s="4" t="s">
-        <v>3344</v>
+        <v>3341</v>
       </c>
       <c r="C1185" s="4" t="s">
-        <v>3345</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="1186" spans="1:10">
       <c r="A1186" s="3" t="s">
-        <v>3346</v>
+        <v>3343</v>
       </c>
       <c r="B1186" s="4" t="s">
-        <v>3347</v>
+        <v>3344</v>
       </c>
       <c r="C1186" s="4" t="s">
-        <v>3348</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="1187" spans="1:10">
       <c r="A1187" s="3" t="s">
-        <v>3349</v>
+        <v>3346</v>
       </c>
       <c r="B1187" s="4" t="s">
-        <v>3350</v>
+        <v>3347</v>
       </c>
       <c r="C1187" s="4" t="s">
-        <v>3351</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="1188" spans="1:10">
       <c r="A1188" s="3" t="s">
-        <v>3352</v>
+        <v>3349</v>
       </c>
       <c r="B1188" s="4" t="s">
-        <v>3338</v>
+        <v>3350</v>
       </c>
       <c r="C1188" s="4" t="s">
-        <v>3353</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="1189" spans="1:10">
       <c r="A1189" s="3" t="s">
+        <v>3352</v>
+      </c>
+      <c r="B1189" s="4" t="s">
+        <v>3353</v>
+      </c>
+      <c r="C1189" s="4" t="s">
         <v>3354</v>
-      </c>
-[...4 lines deleted...]
-        <v>3356</v>
       </c>
     </row>
     <row r="1190" spans="1:10">
       <c r="A1190" s="3" t="s">
+        <v>3355</v>
+      </c>
+      <c r="B1190" s="4" t="s">
+        <v>3356</v>
+      </c>
+      <c r="C1190" s="4" t="s">
         <v>3357</v>
-      </c>
-[...4 lines deleted...]
-        <v>3359</v>
       </c>
     </row>
     <row r="1191" spans="1:10">
       <c r="A1191" s="3" t="s">
+        <v>3358</v>
+      </c>
+      <c r="B1191" s="4" t="s">
+        <v>3359</v>
+      </c>
+      <c r="C1191" s="4" t="s">
         <v>3360</v>
-      </c>
-[...4 lines deleted...]
-        <v>3362</v>
       </c>
     </row>
     <row r="1192" spans="1:10">
       <c r="A1192" s="3" t="s">
-        <v>3363</v>
+        <v>3361</v>
       </c>
       <c r="B1192" s="4" t="s">
-        <v>3364</v>
+        <v>3362</v>
       </c>
       <c r="C1192" s="4" t="s">
-        <v>3365</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1193" spans="1:10">
       <c r="A1193" s="3" t="s">
-        <v>3366</v>
+        <v>3363</v>
       </c>
       <c r="B1193" s="4" t="s">
-        <v>3367</v>
+        <v>3055</v>
       </c>
       <c r="C1193" s="4" t="s">
-        <v>3368</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="1194" spans="1:10">
       <c r="A1194" s="3" t="s">
-        <v>3369</v>
+        <v>3365</v>
       </c>
       <c r="B1194" s="4" t="s">
-        <v>3370</v>
+        <v>3366</v>
       </c>
       <c r="C1194" s="4" t="s">
-        <v>3371</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="1195" spans="1:10">
       <c r="A1195" s="3" t="s">
-        <v>3372</v>
+        <v>3368</v>
       </c>
       <c r="B1195" s="4" t="s">
-        <v>3364</v>
+        <v>3369</v>
       </c>
       <c r="C1195" s="4" t="s">
-        <v>3373</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="1196" spans="1:10">
       <c r="A1196" s="3" t="s">
-        <v>3374</v>
+        <v>3371</v>
       </c>
       <c r="B1196" s="4" t="s">
-        <v>3375</v>
+        <v>3372</v>
       </c>
       <c r="C1196" s="4" t="s">
-        <v>3376</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="1197" spans="1:10">
       <c r="A1197" s="3" t="s">
-        <v>3377</v>
+        <v>3374</v>
       </c>
       <c r="B1197" s="4" t="s">
-        <v>3050</v>
+        <v>3375</v>
       </c>
       <c r="C1197" s="4" t="s">
-        <v>3378</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="1198" spans="1:10">
       <c r="A1198" s="3" t="s">
+        <v>3377</v>
+      </c>
+      <c r="B1198" s="4" t="s">
+        <v>3378</v>
+      </c>
+      <c r="C1198" s="4" t="s">
         <v>3379</v>
-      </c>
-[...4 lines deleted...]
-        <v>3380</v>
       </c>
     </row>
     <row r="1199" spans="1:10">
       <c r="A1199" s="3" t="s">
+        <v>3380</v>
+      </c>
+      <c r="B1199" s="4" t="s">
         <v>3381</v>
       </c>
-      <c r="B1199" s="4" t="s">
+      <c r="C1199" s="4" t="s">
         <v>3382</v>
-      </c>
-[...1 lines deleted...]
-        <v>3383</v>
       </c>
     </row>
     <row r="1200" spans="1:10">
       <c r="A1200" s="3" t="s">
+        <v>3383</v>
+      </c>
+      <c r="B1200" s="4" t="s">
         <v>3384</v>
       </c>
-      <c r="B1200" s="4" t="s">
+      <c r="C1200" s="4" t="s">
         <v>3385</v>
-      </c>
-[...1 lines deleted...]
-        <v>3386</v>
       </c>
     </row>
     <row r="1201" spans="1:10">
       <c r="A1201" s="3" t="s">
+        <v>3386</v>
+      </c>
+      <c r="B1201" s="4" t="s">
         <v>3387</v>
       </c>
-      <c r="B1201" s="4" t="s">
+      <c r="C1201" s="4" t="s">
         <v>3388</v>
-      </c>
-[...1 lines deleted...]
-        <v>3389</v>
       </c>
     </row>
     <row r="1202" spans="1:10">
       <c r="A1202" s="3" t="s">
+        <v>3389</v>
+      </c>
+      <c r="B1202" s="4" t="s">
         <v>3390</v>
-      </c>
-[...1 lines deleted...]
-        <v>1399</v>
       </c>
       <c r="C1202" s="4" t="s">
         <v>3391</v>
       </c>
     </row>
     <row r="1203" spans="1:10">
       <c r="A1203" s="3" t="s">
         <v>3392</v>
       </c>
       <c r="B1203" s="4" t="s">
         <v>3393</v>
       </c>
       <c r="C1203" s="4" t="s">
-        <v>1926</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="1204" spans="1:10">
       <c r="A1204" s="3" t="s">
-        <v>3394</v>
+        <v>3395</v>
       </c>
       <c r="B1204" s="4" t="s">
-        <v>1820</v>
+        <v>3396</v>
       </c>
       <c r="C1204" s="4" t="s">
-        <v>3395</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="1205" spans="1:10">
       <c r="A1205" s="3" t="s">
-        <v>3396</v>
+        <v>3398</v>
       </c>
       <c r="B1205" s="4" t="s">
-        <v>3397</v>
+        <v>3399</v>
       </c>
       <c r="C1205" s="4" t="s">
-        <v>3398</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1206" spans="1:10">
       <c r="A1206" s="3" t="s">
-        <v>3399</v>
+        <v>3401</v>
       </c>
       <c r="B1206" s="4" t="s">
-        <v>777</v>
+        <v>3402</v>
       </c>
       <c r="C1206" s="4" t="s">
-        <v>3400</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="1207" spans="1:10">
       <c r="A1207" s="3" t="s">
-        <v>3401</v>
+        <v>3404</v>
       </c>
       <c r="B1207" s="4" t="s">
-        <v>3402</v>
+        <v>3405</v>
       </c>
       <c r="C1207" s="4" t="s">
-        <v>3403</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="1208" spans="1:10">
       <c r="A1208" s="3" t="s">
-        <v>3404</v>
+        <v>3407</v>
       </c>
       <c r="B1208" s="4" t="s">
-        <v>3405</v>
+        <v>3408</v>
       </c>
       <c r="C1208" s="4" t="s">
-        <v>3406</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="1209" spans="1:10">
       <c r="A1209" s="3" t="s">
-        <v>3407</v>
+        <v>3410</v>
       </c>
       <c r="B1209" s="4" t="s">
-        <v>3408</v>
+        <v>3411</v>
       </c>
       <c r="C1209" s="4" t="s">
-        <v>3409</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="1210" spans="1:10">
       <c r="A1210" s="3" t="s">
-        <v>3410</v>
+        <v>3413</v>
       </c>
       <c r="B1210" s="4" t="s">
-        <v>3411</v>
+        <v>3414</v>
       </c>
       <c r="C1210" s="4" t="s">
-        <v>3412</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="1211" spans="1:10">
       <c r="A1211" s="3" t="s">
-        <v>3413</v>
+        <v>3416</v>
       </c>
       <c r="B1211" s="4" t="s">
-        <v>3411</v>
+        <v>3417</v>
       </c>
       <c r="C1211" s="4" t="s">
-        <v>3414</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="1212" spans="1:10">
       <c r="A1212" s="3" t="s">
-        <v>3415</v>
+        <v>3419</v>
       </c>
       <c r="B1212" s="4" t="s">
-        <v>3416</v>
+        <v>3420</v>
       </c>
       <c r="C1212" s="4" t="s">
-        <v>3417</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="1213" spans="1:10">
       <c r="A1213" s="3" t="s">
-        <v>3418</v>
+        <v>3422</v>
       </c>
       <c r="B1213" s="4" t="s">
-        <v>3419</v>
+        <v>3423</v>
       </c>
       <c r="C1213" s="4" t="s">
-        <v>3420</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="1214" spans="1:10">
       <c r="A1214" s="3" t="s">
-        <v>3421</v>
+        <v>3425</v>
       </c>
       <c r="B1214" s="4" t="s">
-        <v>3422</v>
+        <v>3426</v>
       </c>
       <c r="C1214" s="4" t="s">
-        <v>3423</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1215" spans="1:10">
       <c r="A1215" s="3" t="s">
-        <v>3424</v>
+        <v>3428</v>
       </c>
       <c r="B1215" s="4" t="s">
-        <v>3425</v>
+        <v>3429</v>
       </c>
       <c r="C1215" s="4" t="s">
-        <v>3426</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="1216" spans="1:10">
       <c r="A1216" s="3" t="s">
-        <v>3427</v>
+        <v>3431</v>
       </c>
       <c r="B1216" s="4" t="s">
-        <v>3428</v>
+        <v>3432</v>
       </c>
       <c r="C1216" s="4" t="s">
-        <v>3429</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="1217" spans="1:10">
       <c r="A1217" s="3" t="s">
-        <v>3430</v>
+        <v>3434</v>
       </c>
       <c r="B1217" s="4" t="s">
-        <v>3431</v>
+        <v>3435</v>
       </c>
       <c r="C1217" s="4" t="s">
-        <v>3432</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="1218" spans="1:10">
       <c r="A1218" s="3" t="s">
-        <v>3433</v>
+        <v>3437</v>
       </c>
       <c r="B1218" s="4" t="s">
-        <v>3434</v>
+        <v>3438</v>
       </c>
       <c r="C1218" s="4" t="s">
-        <v>3435</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="1219" spans="1:10">
       <c r="A1219" s="3" t="s">
-        <v>3436</v>
+        <v>3440</v>
       </c>
       <c r="B1219" s="4" t="s">
-        <v>1005</v>
+        <v>1491</v>
       </c>
       <c r="C1219" s="4" t="s">
-        <v>3437</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="1220" spans="1:10">
       <c r="A1220" s="3" t="s">
-        <v>3438</v>
+        <v>3442</v>
       </c>
       <c r="B1220" s="4" t="s">
-        <v>3439</v>
+        <v>83</v>
       </c>
       <c r="C1220" s="4" t="s">
-        <v>3440</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="1221" spans="1:10">
       <c r="A1221" s="3" t="s">
-        <v>3441</v>
+        <v>3444</v>
       </c>
       <c r="B1221" s="4" t="s">
-        <v>3442</v>
+        <v>83</v>
       </c>
       <c r="C1221" s="4" t="s">
-        <v>3443</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="1222" spans="1:10">
       <c r="A1222" s="3" t="s">
-        <v>3444</v>
+        <v>3446</v>
       </c>
       <c r="B1222" s="4" t="s">
-        <v>3445</v>
+        <v>3447</v>
       </c>
       <c r="C1222" s="4" t="s">
-        <v>3446</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="1223" spans="1:10">
       <c r="A1223" s="3" t="s">
-        <v>3447</v>
+        <v>3449</v>
       </c>
       <c r="B1223" s="4" t="s">
-        <v>3448</v>
+        <v>3450</v>
       </c>
       <c r="C1223" s="4" t="s">
-        <v>3449</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="1224" spans="1:10">
       <c r="A1224" s="3" t="s">
-        <v>3450</v>
+        <v>3452</v>
       </c>
       <c r="B1224" s="4" t="s">
-        <v>3451</v>
+        <v>3453</v>
       </c>
       <c r="C1224" s="4" t="s">
-        <v>3452</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="1225" spans="1:10">
       <c r="A1225" s="3" t="s">
-        <v>3453</v>
+        <v>3455</v>
       </c>
       <c r="B1225" s="4" t="s">
-        <v>3454</v>
+        <v>340</v>
       </c>
       <c r="C1225" s="4" t="s">
-        <v>3455</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="1226" spans="1:10">
       <c r="A1226" s="3" t="s">
-        <v>3456</v>
+        <v>3457</v>
       </c>
       <c r="B1226" s="4" t="s">
-        <v>3457</v>
+        <v>3458</v>
       </c>
       <c r="C1226" s="4" t="s">
-        <v>3458</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="1227" spans="1:10">
       <c r="A1227" s="3" t="s">
-        <v>3459</v>
+        <v>3460</v>
       </c>
       <c r="B1227" s="4" t="s">
-        <v>3460</v>
+        <v>3461</v>
       </c>
       <c r="C1227" s="4" t="s">
-        <v>3461</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="1228" spans="1:10">
       <c r="A1228" s="3" t="s">
-        <v>3462</v>
+        <v>3463</v>
       </c>
       <c r="B1228" s="4" t="s">
-        <v>3463</v>
+        <v>3464</v>
       </c>
       <c r="C1228" s="4" t="s">
-        <v>3464</v>
+        <v>3465</v>
       </c>
     </row>
     <row r="1229" spans="1:10">
       <c r="A1229" s="3" t="s">
-        <v>3465</v>
+        <v>3466</v>
       </c>
       <c r="B1229" s="4" t="s">
-        <v>1994</v>
+        <v>3467</v>
       </c>
       <c r="C1229" s="4" t="s">
-        <v>3466</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="1230" spans="1:10">
       <c r="A1230" s="3" t="s">
-        <v>3467</v>
+        <v>3469</v>
       </c>
       <c r="B1230" s="4" t="s">
-        <v>3468</v>
+        <v>3470</v>
       </c>
       <c r="C1230" s="4" t="s">
-        <v>3469</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="1231" spans="1:10">
       <c r="A1231" s="3" t="s">
-        <v>3470</v>
+        <v>3472</v>
       </c>
       <c r="B1231" s="4" t="s">
-        <v>574</v>
+        <v>3473</v>
       </c>
       <c r="C1231" s="4" t="s">
-        <v>3471</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="1232" spans="1:10">
       <c r="A1232" s="3" t="s">
-        <v>3472</v>
+        <v>3475</v>
       </c>
       <c r="B1232" s="4" t="s">
-        <v>3473</v>
+        <v>3476</v>
       </c>
       <c r="C1232" s="4" t="s">
-        <v>3474</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="1233" spans="1:10">
       <c r="A1233" s="3" t="s">
-        <v>3475</v>
+        <v>3478</v>
       </c>
       <c r="B1233" s="4" t="s">
-        <v>3476</v>
+        <v>3479</v>
       </c>
       <c r="C1233" s="4" t="s">
-        <v>3477</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="1234" spans="1:10">
       <c r="A1234" s="3" t="s">
-        <v>3478</v>
+        <v>3481</v>
       </c>
       <c r="B1234" s="4" t="s">
-        <v>3479</v>
+        <v>1397</v>
       </c>
       <c r="C1234" s="4" t="s">
-        <v>2517</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="1235" spans="1:10">
       <c r="A1235" s="3" t="s">
-        <v>3480</v>
+        <v>3483</v>
       </c>
       <c r="B1235" s="4" t="s">
-        <v>3481</v>
+        <v>3484</v>
       </c>
       <c r="C1235" s="4" t="s">
-        <v>3482</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="1236" spans="1:10">
       <c r="A1236" s="3" t="s">
-        <v>3483</v>
+        <v>3486</v>
       </c>
       <c r="B1236" s="4" t="s">
-        <v>1261</v>
+        <v>3487</v>
       </c>
       <c r="C1236" s="4" t="s">
-        <v>1262</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="1237" spans="1:10">
       <c r="A1237" s="3" t="s">
-        <v>3484</v>
+        <v>3489</v>
       </c>
       <c r="B1237" s="4" t="s">
-        <v>3485</v>
+        <v>62</v>
       </c>
       <c r="C1237" s="4" t="s">
-        <v>3486</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="1238" spans="1:10">
       <c r="A1238" s="3" t="s">
-        <v>3487</v>
+        <v>3491</v>
       </c>
       <c r="B1238" s="4" t="s">
-        <v>3488</v>
+        <v>62</v>
       </c>
       <c r="C1238" s="4" t="s">
-        <v>3489</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="1239" spans="1:10">
       <c r="A1239" s="3" t="s">
-        <v>3490</v>
+        <v>3493</v>
       </c>
       <c r="B1239" s="4" t="s">
-        <v>3491</v>
+        <v>62</v>
       </c>
       <c r="C1239" s="4" t="s">
-        <v>3492</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="1240" spans="1:10">
       <c r="A1240" s="3" t="s">
-        <v>3493</v>
+        <v>3495</v>
       </c>
       <c r="B1240" s="4" t="s">
-        <v>3494</v>
+        <v>1961</v>
       </c>
       <c r="C1240" s="4" t="s">
-        <v>3495</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="1241" spans="1:10">
       <c r="A1241" s="3" t="s">
-        <v>3496</v>
+        <v>3497</v>
       </c>
       <c r="B1241" s="4" t="s">
-        <v>861</v>
+        <v>1599</v>
       </c>
       <c r="C1241" s="4" t="s">
-        <v>3497</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="1242" spans="1:10">
       <c r="A1242" s="3" t="s">
-        <v>3498</v>
+        <v>3499</v>
       </c>
       <c r="B1242" s="4" t="s">
-        <v>3499</v>
+        <v>1599</v>
       </c>
       <c r="C1242" s="4" t="s">
         <v>3500</v>
       </c>
     </row>
     <row r="1243" spans="1:10">
       <c r="A1243" s="3" t="s">
         <v>3501</v>
       </c>
       <c r="B1243" s="4" t="s">
-        <v>1053</v>
+        <v>3502</v>
       </c>
       <c r="C1243" s="4" t="s">
-        <v>3502</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="1244" spans="1:10">
       <c r="A1244" s="3" t="s">
-        <v>3503</v>
+        <v>3504</v>
       </c>
       <c r="B1244" s="4" t="s">
-        <v>3504</v>
+        <v>3505</v>
       </c>
       <c r="C1244" s="4" t="s">
-        <v>3505</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="1245" spans="1:10">
       <c r="A1245" s="3" t="s">
-        <v>3506</v>
+        <v>3507</v>
       </c>
       <c r="B1245" s="4" t="s">
-        <v>3507</v>
+        <v>3508</v>
       </c>
       <c r="C1245" s="4" t="s">
-        <v>3508</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="1246" spans="1:10">
       <c r="A1246" s="3" t="s">
-        <v>3509</v>
+        <v>3510</v>
       </c>
       <c r="B1246" s="4" t="s">
-        <v>3510</v>
+        <v>1064</v>
       </c>
       <c r="C1246" s="4" t="s">
         <v>3511</v>
       </c>
     </row>
     <row r="1247" spans="1:10">
       <c r="A1247" s="3" t="s">
         <v>3512</v>
       </c>
       <c r="B1247" s="4" t="s">
         <v>3513</v>
       </c>
       <c r="C1247" s="4" t="s">
         <v>3514</v>
       </c>
     </row>
     <row r="1248" spans="1:10">
       <c r="A1248" s="3" t="s">
         <v>3515</v>
       </c>
       <c r="B1248" s="4" t="s">
         <v>3516</v>
       </c>
       <c r="C1248" s="4" t="s">
         <v>3517</v>
       </c>
     </row>
     <row r="1249" spans="1:10">
       <c r="A1249" s="3" t="s">
         <v>3518</v>
       </c>
       <c r="B1249" s="4" t="s">
-        <v>2779</v>
+        <v>3516</v>
       </c>
       <c r="C1249" s="4" t="s">
         <v>3519</v>
       </c>
     </row>
     <row r="1250" spans="1:10">
       <c r="A1250" s="3" t="s">
         <v>3520</v>
       </c>
       <c r="B1250" s="4" t="s">
         <v>3521</v>
       </c>
       <c r="C1250" s="4" t="s">
         <v>3522</v>
       </c>
     </row>
     <row r="1251" spans="1:10">
       <c r="A1251" s="3" t="s">
         <v>3523</v>
       </c>
       <c r="B1251" s="4" t="s">
         <v>3524</v>
       </c>
       <c r="C1251" s="4" t="s">
         <v>3525</v>
       </c>
     </row>
     <row r="1252" spans="1:10">
       <c r="A1252" s="3" t="s">
         <v>3526</v>
       </c>
       <c r="B1252" s="4" t="s">
-        <v>74</v>
+        <v>3527</v>
       </c>
       <c r="C1252" s="4" t="s">
-        <v>3527</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="1253" spans="1:10">
       <c r="A1253" s="3" t="s">
-        <v>3528</v>
+        <v>3529</v>
       </c>
       <c r="B1253" s="4" t="s">
-        <v>3529</v>
+        <v>3530</v>
       </c>
       <c r="C1253" s="4" t="s">
-        <v>3530</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="1254" spans="1:10">
       <c r="A1254" s="3" t="s">
-        <v>3531</v>
+        <v>3532</v>
       </c>
       <c r="B1254" s="4" t="s">
-        <v>74</v>
+        <v>3533</v>
       </c>
       <c r="C1254" s="4" t="s">
-        <v>3532</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="1255" spans="1:10">
       <c r="A1255" s="3" t="s">
-        <v>3533</v>
+        <v>3535</v>
       </c>
       <c r="B1255" s="4" t="s">
-        <v>1312</v>
+        <v>3536</v>
       </c>
       <c r="C1255" s="4" t="s">
-        <v>3534</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="1256" spans="1:10">
       <c r="A1256" s="3" t="s">
-        <v>3535</v>
+        <v>3538</v>
       </c>
       <c r="B1256" s="4" t="s">
-        <v>3536</v>
+        <v>3539</v>
       </c>
       <c r="C1256" s="4" t="s">
-        <v>3537</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="1257" spans="1:10">
       <c r="A1257" s="3" t="s">
-        <v>3538</v>
+        <v>3541</v>
       </c>
       <c r="B1257" s="4" t="s">
-        <v>3539</v>
+        <v>3542</v>
       </c>
       <c r="C1257" s="4" t="s">
-        <v>3540</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="1258" spans="1:10">
       <c r="A1258" s="3" t="s">
-        <v>3541</v>
+        <v>3544</v>
       </c>
       <c r="B1258" s="4" t="s">
-        <v>3542</v>
+        <v>3545</v>
       </c>
       <c r="C1258" s="4" t="s">
-        <v>3543</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="1259" spans="1:10">
       <c r="A1259" s="3" t="s">
-        <v>3544</v>
+        <v>3547</v>
       </c>
       <c r="B1259" s="4" t="s">
-        <v>3545</v>
+        <v>3548</v>
       </c>
       <c r="C1259" s="4" t="s">
-        <v>3546</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="1260" spans="1:10">
       <c r="A1260" s="3" t="s">
-        <v>3547</v>
+        <v>3550</v>
       </c>
       <c r="B1260" s="4" t="s">
-        <v>3548</v>
+        <v>3551</v>
       </c>
       <c r="C1260" s="4" t="s">
-        <v>3495</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="1261" spans="1:10">
       <c r="A1261" s="3" t="s">
-        <v>3549</v>
+        <v>3553</v>
       </c>
       <c r="B1261" s="4" t="s">
-        <v>1772</v>
+        <v>3554</v>
       </c>
       <c r="C1261" s="4" t="s">
-        <v>3550</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="1262" spans="1:10">
       <c r="A1262" s="3" t="s">
-        <v>3551</v>
+        <v>3556</v>
       </c>
       <c r="B1262" s="4" t="s">
-        <v>2533</v>
+        <v>3554</v>
       </c>
       <c r="C1262" s="4" t="s">
-        <v>3552</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="1263" spans="1:10">
       <c r="A1263" s="3" t="s">
-        <v>3553</v>
+        <v>3558</v>
       </c>
       <c r="B1263" s="4" t="s">
-        <v>3554</v>
+        <v>3559</v>
       </c>
       <c r="C1263" s="4" t="s">
-        <v>3555</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="1264" spans="1:10">
       <c r="A1264" s="3" t="s">
-        <v>3556</v>
+        <v>3561</v>
       </c>
       <c r="B1264" s="4" t="s">
-        <v>213</v>
+        <v>1739</v>
       </c>
       <c r="C1264" s="4" t="s">
-        <v>3557</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="1265" spans="1:10">
       <c r="A1265" s="3" t="s">
-        <v>3558</v>
+        <v>3563</v>
       </c>
       <c r="B1265" s="4" t="s">
-        <v>3559</v>
+        <v>3564</v>
       </c>
       <c r="C1265" s="4" t="s">
-        <v>3322</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="1266" spans="1:10">
       <c r="A1266" s="3" t="s">
-        <v>3560</v>
+        <v>3566</v>
       </c>
       <c r="B1266" s="4" t="s">
-        <v>3561</v>
+        <v>3567</v>
       </c>
       <c r="C1266" s="4" t="s">
-        <v>3562</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="1267" spans="1:10">
       <c r="A1267" s="3" t="s">
-        <v>3563</v>
+        <v>3569</v>
       </c>
       <c r="B1267" s="4" t="s">
-        <v>3564</v>
+        <v>3570</v>
       </c>
       <c r="C1267" s="4" t="s">
-        <v>3565</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="1268" spans="1:10">
       <c r="A1268" s="3" t="s">
-        <v>3566</v>
+        <v>3571</v>
       </c>
       <c r="B1268" s="4" t="s">
-        <v>3567</v>
+        <v>1665</v>
       </c>
       <c r="C1268" s="4" t="s">
-        <v>3568</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="1269" spans="1:10">
       <c r="A1269" s="3" t="s">
-        <v>3569</v>
+        <v>3573</v>
       </c>
       <c r="B1269" s="4" t="s">
-        <v>3570</v>
+        <v>3574</v>
       </c>
       <c r="C1269" s="4" t="s">
-        <v>3571</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="1270" spans="1:10">
       <c r="A1270" s="3" t="s">
-        <v>3572</v>
+        <v>3576</v>
       </c>
       <c r="B1270" s="4" t="s">
-        <v>697</v>
+        <v>3399</v>
       </c>
       <c r="C1270" s="4" t="s">
-        <v>3573</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="1271" spans="1:10">
       <c r="A1271" s="3" t="s">
-        <v>3574</v>
+        <v>3578</v>
       </c>
       <c r="B1271" s="4" t="s">
-        <v>3165</v>
+        <v>3579</v>
       </c>
       <c r="C1271" s="4" t="s">
-        <v>3575</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="1272" spans="1:10">
       <c r="A1272" s="3" t="s">
-        <v>3576</v>
+        <v>3581</v>
       </c>
       <c r="B1272" s="4" t="s">
-        <v>3577</v>
+        <v>3582</v>
       </c>
       <c r="C1272" s="4" t="s">
-        <v>3578</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="1273" spans="1:10">
       <c r="A1273" s="3" t="s">
-        <v>3579</v>
+        <v>3584</v>
       </c>
       <c r="B1273" s="4" t="s">
-        <v>3580</v>
+        <v>3585</v>
       </c>
       <c r="C1273" s="4" t="s">
-        <v>3581</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="1274" spans="1:10">
       <c r="A1274" s="3" t="s">
-        <v>3582</v>
+        <v>3587</v>
       </c>
       <c r="B1274" s="4" t="s">
-        <v>130</v>
+        <v>3588</v>
       </c>
       <c r="C1274" s="4" t="s">
-        <v>3583</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="1275" spans="1:10">
       <c r="A1275" s="3" t="s">
-        <v>3584</v>
+        <v>3590</v>
       </c>
       <c r="B1275" s="4" t="s">
-        <v>3585</v>
+        <v>3591</v>
       </c>
       <c r="C1275" s="4" t="s">
-        <v>3586</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="1276" spans="1:10">
       <c r="A1276" s="3" t="s">
-        <v>3587</v>
+        <v>3593</v>
       </c>
       <c r="B1276" s="4" t="s">
-        <v>3588</v>
+        <v>3594</v>
       </c>
       <c r="C1276" s="4" t="s">
-        <v>3589</v>
+        <v>3595</v>
       </c>
     </row>
     <row r="1277" spans="1:10">
       <c r="A1277" s="3" t="s">
-        <v>3590</v>
+        <v>3596</v>
       </c>
       <c r="B1277" s="4" t="s">
-        <v>1005</v>
+        <v>3597</v>
       </c>
       <c r="C1277" s="4" t="s">
-        <v>3591</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="1278" spans="1:10">
       <c r="A1278" s="3" t="s">
-        <v>3592</v>
+        <v>3599</v>
       </c>
       <c r="B1278" s="4" t="s">
-        <v>3593</v>
+        <v>3222</v>
       </c>
       <c r="C1278" s="4" t="s">
-        <v>3594</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="1279" spans="1:10">
       <c r="A1279" s="3" t="s">
-        <v>3595</v>
+        <v>3600</v>
       </c>
       <c r="B1279" s="4" t="s">
-        <v>598</v>
+        <v>3601</v>
       </c>
       <c r="C1279" s="4" t="s">
-        <v>599</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="1280" spans="1:10">
       <c r="A1280" s="3" t="s">
-        <v>3596</v>
+        <v>3603</v>
       </c>
       <c r="B1280" s="4" t="s">
-        <v>3597</v>
+        <v>3604</v>
       </c>
       <c r="C1280" s="4" t="s">
-        <v>3598</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="1281" spans="1:10">
       <c r="A1281" s="3" t="s">
-        <v>3599</v>
+        <v>3606</v>
       </c>
       <c r="B1281" s="4" t="s">
-        <v>3600</v>
+        <v>3607</v>
       </c>
       <c r="C1281" s="4" t="s">
-        <v>3601</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="1282" spans="1:10">
       <c r="A1282" s="3" t="s">
-        <v>3602</v>
+        <v>3609</v>
       </c>
       <c r="B1282" s="4" t="s">
-        <v>3600</v>
+        <v>3610</v>
       </c>
       <c r="C1282" s="4" t="s">
-        <v>3603</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="1283" spans="1:10">
       <c r="A1283" s="3" t="s">
-        <v>3604</v>
+        <v>3612</v>
       </c>
       <c r="B1283" s="4" t="s">
-        <v>3605</v>
+        <v>1157</v>
       </c>
       <c r="C1283" s="4" t="s">
-        <v>3606</v>
+        <v>3613</v>
       </c>
     </row>
     <row r="1284" spans="1:10">
       <c r="A1284" s="3" t="s">
-        <v>3607</v>
+        <v>3614</v>
       </c>
       <c r="B1284" s="4" t="s">
-        <v>3608</v>
+        <v>1157</v>
       </c>
       <c r="C1284" s="4" t="s">
-        <v>3609</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="1285" spans="1:10">
       <c r="A1285" s="3" t="s">
-        <v>3610</v>
+        <v>3616</v>
       </c>
       <c r="B1285" s="4" t="s">
-        <v>3611</v>
+        <v>3617</v>
       </c>
       <c r="C1285" s="4" t="s">
-        <v>3612</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="1286" spans="1:10">
       <c r="A1286" s="3" t="s">
-        <v>3613</v>
+        <v>3619</v>
       </c>
       <c r="B1286" s="4" t="s">
-        <v>3614</v>
+        <v>3620</v>
       </c>
       <c r="C1286" s="4" t="s">
-        <v>3615</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="1287" spans="1:10">
       <c r="A1287" s="3" t="s">
-        <v>3616</v>
+        <v>3621</v>
       </c>
       <c r="B1287" s="4" t="s">
-        <v>3617</v>
+        <v>1383</v>
       </c>
       <c r="C1287" s="4" t="s">
-        <v>3618</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="1288" spans="1:10">
       <c r="A1288" s="3" t="s">
-        <v>3619</v>
+        <v>3623</v>
       </c>
       <c r="B1288" s="4" t="s">
-        <v>3620</v>
+        <v>1383</v>
       </c>
       <c r="C1288" s="4" t="s">
-        <v>3621</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="1289" spans="1:10">
       <c r="A1289" s="3" t="s">
-        <v>3622</v>
+        <v>3625</v>
       </c>
       <c r="B1289" s="4" t="s">
-        <v>3623</v>
+        <v>3402</v>
       </c>
       <c r="C1289" s="4" t="s">
-        <v>3624</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="1290" spans="1:10">
       <c r="A1290" s="3" t="s">
-        <v>3625</v>
+        <v>3627</v>
       </c>
       <c r="B1290" s="4" t="s">
-        <v>3626</v>
+        <v>3628</v>
       </c>
       <c r="C1290" s="4" t="s">
-        <v>3627</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="1291" spans="1:10">
       <c r="A1291" s="3" t="s">
-        <v>3628</v>
+        <v>3630</v>
       </c>
       <c r="B1291" s="4" t="s">
-        <v>3629</v>
+        <v>3631</v>
       </c>
       <c r="C1291" s="4" t="s">
-        <v>3630</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="1292" spans="1:10">
       <c r="A1292" s="3" t="s">
-        <v>3631</v>
+        <v>3633</v>
       </c>
       <c r="B1292" s="4" t="s">
-        <v>3632</v>
+        <v>3634</v>
       </c>
       <c r="C1292" s="4" t="s">
-        <v>3633</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="1293" spans="1:10">
       <c r="A1293" s="3" t="s">
-        <v>3634</v>
+        <v>3636</v>
       </c>
       <c r="B1293" s="4" t="s">
-        <v>3635</v>
+        <v>1497</v>
       </c>
       <c r="C1293" s="4" t="s">
-        <v>3636</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="1294" spans="1:10">
       <c r="A1294" s="3" t="s">
-        <v>3637</v>
+        <v>3638</v>
       </c>
       <c r="B1294" s="4" t="s">
-        <v>3260</v>
+        <v>3639</v>
       </c>
       <c r="C1294" s="4" t="s">
-        <v>3638</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="1295" spans="1:10">
       <c r="A1295" s="3" t="s">
-        <v>3639</v>
+        <v>3641</v>
       </c>
       <c r="B1295" s="4" t="s">
-        <v>3640</v>
+        <v>3642</v>
       </c>
       <c r="C1295" s="4" t="s">
-        <v>3641</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="1296" spans="1:10">
       <c r="A1296" s="3" t="s">
-        <v>3642</v>
+        <v>3644</v>
       </c>
       <c r="B1296" s="4" t="s">
-        <v>3643</v>
+        <v>1641</v>
       </c>
       <c r="C1296" s="4" t="s">
-        <v>3644</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="1297" spans="1:10">
       <c r="A1297" s="3" t="s">
-        <v>3645</v>
+        <v>3646</v>
       </c>
       <c r="B1297" s="4" t="s">
-        <v>3646</v>
+        <v>1641</v>
       </c>
       <c r="C1297" s="4" t="s">
         <v>3647</v>
       </c>
     </row>
     <row r="1298" spans="1:10">
       <c r="A1298" s="3" t="s">
         <v>3648</v>
       </c>
       <c r="B1298" s="4" t="s">
-        <v>2371</v>
+        <v>3649</v>
       </c>
       <c r="C1298" s="4" t="s">
-        <v>3649</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="1299" spans="1:10">
       <c r="A1299" s="3" t="s">
-        <v>3650</v>
+        <v>3651</v>
       </c>
       <c r="B1299" s="4" t="s">
-        <v>3651</v>
+        <v>3649</v>
       </c>
       <c r="C1299" s="4" t="s">
         <v>3652</v>
       </c>
     </row>
     <row r="1300" spans="1:10">
       <c r="A1300" s="3" t="s">
         <v>3653</v>
       </c>
       <c r="B1300" s="4" t="s">
-        <v>2352</v>
+        <v>1105</v>
       </c>
       <c r="C1300" s="4" t="s">
         <v>3654</v>
       </c>
     </row>
     <row r="1301" spans="1:10">
       <c r="A1301" s="3" t="s">
         <v>3655</v>
       </c>
       <c r="B1301" s="4" t="s">
-        <v>2967</v>
+        <v>1105</v>
       </c>
       <c r="C1301" s="4" t="s">
-        <v>2968</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="1302" spans="1:10">
       <c r="A1302" s="3" t="s">
-        <v>3656</v>
+        <v>3657</v>
       </c>
       <c r="B1302" s="4" t="s">
-        <v>1146</v>
+        <v>3658</v>
       </c>
       <c r="C1302" s="4" t="s">
-        <v>3657</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="1303" spans="1:10">
       <c r="A1303" s="3" t="s">
-        <v>3658</v>
+        <v>3660</v>
       </c>
       <c r="B1303" s="4" t="s">
-        <v>1140</v>
+        <v>3661</v>
       </c>
       <c r="C1303" s="4" t="s">
-        <v>3659</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="1304" spans="1:10">
       <c r="A1304" s="3" t="s">
-        <v>3660</v>
+        <v>3663</v>
       </c>
       <c r="B1304" s="4" t="s">
-        <v>3661</v>
+        <v>3664</v>
       </c>
       <c r="C1304" s="4" t="s">
-        <v>3662</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="1305" spans="1:10">
       <c r="A1305" s="3" t="s">
-        <v>3663</v>
+        <v>3666</v>
       </c>
       <c r="B1305" s="4" t="s">
-        <v>3664</v>
+        <v>164</v>
       </c>
       <c r="C1305" s="4" t="s">
-        <v>3665</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="1306" spans="1:10">
       <c r="A1306" s="3" t="s">
-        <v>3666</v>
+        <v>3668</v>
       </c>
       <c r="B1306" s="4" t="s">
-        <v>3667</v>
+        <v>3669</v>
       </c>
       <c r="C1306" s="4" t="s">
-        <v>3668</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="1307" spans="1:10">
       <c r="A1307" s="3" t="s">
-        <v>3669</v>
+        <v>3671</v>
       </c>
       <c r="B1307" s="4" t="s">
-        <v>709</v>
+        <v>3672</v>
       </c>
       <c r="C1307" s="4" t="s">
-        <v>3670</v>
+        <v>3673</v>
       </c>
     </row>
     <row r="1308" spans="1:10">
       <c r="A1308" s="3" t="s">
-        <v>3671</v>
+        <v>3674</v>
       </c>
       <c r="B1308" s="4" t="s">
-        <v>709</v>
+        <v>3675</v>
       </c>
       <c r="C1308" s="4" t="s">
-        <v>3672</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="1309" spans="1:10">
       <c r="A1309" s="3" t="s">
-        <v>3673</v>
+        <v>3677</v>
       </c>
       <c r="B1309" s="4" t="s">
-        <v>709</v>
+        <v>3678</v>
       </c>
       <c r="C1309" s="4" t="s">
-        <v>3674</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="1310" spans="1:10">
       <c r="A1310" s="3" t="s">
-        <v>3675</v>
+        <v>3680</v>
       </c>
       <c r="B1310" s="4" t="s">
-        <v>133</v>
+        <v>3681</v>
       </c>
       <c r="C1310" s="4" t="s">
-        <v>3676</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="1311" spans="1:10">
       <c r="A1311" s="3" t="s">
-        <v>3677</v>
+        <v>3683</v>
       </c>
       <c r="B1311" s="4" t="s">
-        <v>3600</v>
+        <v>3684</v>
       </c>
       <c r="C1311" s="4" t="s">
-        <v>3678</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="1312" spans="1:10">
       <c r="A1312" s="3" t="s">
-        <v>3679</v>
+        <v>3686</v>
       </c>
       <c r="B1312" s="4" t="s">
-        <v>3680</v>
+        <v>3687</v>
       </c>
       <c r="C1312" s="4" t="s">
-        <v>3681</v>
+        <v>3688</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:10">
+      <c r="A1313" s="3" t="s">
+        <v>3689</v>
+      </c>
+      <c r="B1313" s="4" t="s">
+        <v>3675</v>
+      </c>
+      <c r="C1313" s="4" t="s">
+        <v>3690</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:10">
+      <c r="A1314" s="3" t="s">
+        <v>3691</v>
+      </c>
+      <c r="B1314" s="4" t="s">
+        <v>3692</v>
+      </c>
+      <c r="C1314" s="4" t="s">
+        <v>3693</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:10">
+      <c r="A1315" s="3" t="s">
+        <v>3694</v>
+      </c>
+      <c r="B1315" s="4" t="s">
+        <v>3695</v>
+      </c>
+      <c r="C1315" s="4" t="s">
+        <v>3696</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:10">
+      <c r="A1316" s="3" t="s">
+        <v>3697</v>
+      </c>
+      <c r="B1316" s="4" t="s">
+        <v>3698</v>
+      </c>
+      <c r="C1316" s="4" t="s">
+        <v>3699</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:10">
+      <c r="A1317" s="3" t="s">
+        <v>3700</v>
+      </c>
+      <c r="B1317" s="4" t="s">
+        <v>3701</v>
+      </c>
+      <c r="C1317" s="4" t="s">
+        <v>3702</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:10">
+      <c r="A1318" s="3" t="s">
+        <v>3703</v>
+      </c>
+      <c r="B1318" s="4" t="s">
+        <v>3704</v>
+      </c>
+      <c r="C1318" s="4" t="s">
+        <v>3705</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:10">
+      <c r="A1319" s="3" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B1319" s="4" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C1319" s="4" t="s">
+        <v>3708</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:10">
+      <c r="A1320" s="3" t="s">
+        <v>3709</v>
+      </c>
+      <c r="B1320" s="4" t="s">
+        <v>3701</v>
+      </c>
+      <c r="C1320" s="4" t="s">
+        <v>3710</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:10">
+      <c r="A1321" s="3" t="s">
+        <v>3711</v>
+      </c>
+      <c r="B1321" s="4" t="s">
+        <v>3712</v>
+      </c>
+      <c r="C1321" s="4" t="s">
+        <v>3713</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:10">
+      <c r="A1322" s="3" t="s">
+        <v>3714</v>
+      </c>
+      <c r="B1322" s="4" t="s">
+        <v>3387</v>
+      </c>
+      <c r="C1322" s="4" t="s">
+        <v>3715</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:10">
+      <c r="A1323" s="3" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B1323" s="4" t="s">
+        <v>3332</v>
+      </c>
+      <c r="C1323" s="4" t="s">
+        <v>3717</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:10">
+      <c r="A1324" s="3" t="s">
+        <v>3718</v>
+      </c>
+      <c r="B1324" s="4" t="s">
+        <v>3719</v>
+      </c>
+      <c r="C1324" s="4" t="s">
+        <v>3720</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:10">
+      <c r="A1325" s="3" t="s">
+        <v>3721</v>
+      </c>
+      <c r="B1325" s="4" t="s">
+        <v>3722</v>
+      </c>
+      <c r="C1325" s="4" t="s">
+        <v>3723</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:10">
+      <c r="A1326" s="3" t="s">
+        <v>3724</v>
+      </c>
+      <c r="B1326" s="4" t="s">
+        <v>3725</v>
+      </c>
+      <c r="C1326" s="4" t="s">
+        <v>3726</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:10">
+      <c r="A1327" s="3" t="s">
+        <v>3727</v>
+      </c>
+      <c r="B1327" s="4" t="s">
+        <v>1749</v>
+      </c>
+      <c r="C1327" s="4" t="s">
+        <v>3728</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:10">
+      <c r="A1328" s="3" t="s">
+        <v>3729</v>
+      </c>
+      <c r="B1328" s="4" t="s">
+        <v>3730</v>
+      </c>
+      <c r="C1328" s="4" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:10">
+      <c r="A1329" s="3" t="s">
+        <v>3731</v>
+      </c>
+      <c r="B1329" s="4" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C1329" s="4" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:10">
+      <c r="A1330" s="3" t="s">
+        <v>3733</v>
+      </c>
+      <c r="B1330" s="4" t="s">
+        <v>3734</v>
+      </c>
+      <c r="C1330" s="4" t="s">
+        <v>3735</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:10">
+      <c r="A1331" s="3" t="s">
+        <v>3736</v>
+      </c>
+      <c r="B1331" s="4" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C1331" s="4" t="s">
+        <v>3737</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:10">
+      <c r="A1332" s="3" t="s">
+        <v>3738</v>
+      </c>
+      <c r="B1332" s="4" t="s">
+        <v>3739</v>
+      </c>
+      <c r="C1332" s="4" t="s">
+        <v>3740</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:10">
+      <c r="A1333" s="3" t="s">
+        <v>3741</v>
+      </c>
+      <c r="B1333" s="4" t="s">
+        <v>3742</v>
+      </c>
+      <c r="C1333" s="4" t="s">
+        <v>3743</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:10">
+      <c r="A1334" s="3" t="s">
+        <v>3744</v>
+      </c>
+      <c r="B1334" s="4" t="s">
+        <v>3745</v>
+      </c>
+      <c r="C1334" s="4" t="s">
+        <v>3746</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:10">
+      <c r="A1335" s="3" t="s">
+        <v>3747</v>
+      </c>
+      <c r="B1335" s="4" t="s">
+        <v>3748</v>
+      </c>
+      <c r="C1335" s="4" t="s">
+        <v>3749</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:10">
+      <c r="A1336" s="3" t="s">
+        <v>3750</v>
+      </c>
+      <c r="B1336" s="4" t="s">
+        <v>3748</v>
+      </c>
+      <c r="C1336" s="4" t="s">
+        <v>3751</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:10">
+      <c r="A1337" s="3" t="s">
+        <v>3752</v>
+      </c>
+      <c r="B1337" s="4" t="s">
+        <v>3753</v>
+      </c>
+      <c r="C1337" s="4" t="s">
+        <v>3754</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:10">
+      <c r="A1338" s="3" t="s">
+        <v>3755</v>
+      </c>
+      <c r="B1338" s="4" t="s">
+        <v>3756</v>
+      </c>
+      <c r="C1338" s="4" t="s">
+        <v>3757</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:10">
+      <c r="A1339" s="3" t="s">
+        <v>3758</v>
+      </c>
+      <c r="B1339" s="4" t="s">
+        <v>3759</v>
+      </c>
+      <c r="C1339" s="4" t="s">
+        <v>3760</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:10">
+      <c r="A1340" s="3" t="s">
+        <v>3761</v>
+      </c>
+      <c r="B1340" s="4" t="s">
+        <v>3762</v>
+      </c>
+      <c r="C1340" s="4" t="s">
+        <v>3763</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:10">
+      <c r="A1341" s="3" t="s">
+        <v>3764</v>
+      </c>
+      <c r="B1341" s="4" t="s">
+        <v>3765</v>
+      </c>
+      <c r="C1341" s="4" t="s">
+        <v>3766</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:10">
+      <c r="A1342" s="3" t="s">
+        <v>3767</v>
+      </c>
+      <c r="B1342" s="4" t="s">
+        <v>3768</v>
+      </c>
+      <c r="C1342" s="4" t="s">
+        <v>3769</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:10">
+      <c r="A1343" s="3" t="s">
+        <v>3770</v>
+      </c>
+      <c r="B1343" s="4" t="s">
+        <v>3771</v>
+      </c>
+      <c r="C1343" s="4" t="s">
+        <v>3772</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:10">
+      <c r="A1344" s="3" t="s">
+        <v>3773</v>
+      </c>
+      <c r="B1344" s="4" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C1344" s="4" t="s">
+        <v>3774</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:10">
+      <c r="A1345" s="3" t="s">
+        <v>3775</v>
+      </c>
+      <c r="B1345" s="4" t="s">
+        <v>3776</v>
+      </c>
+      <c r="C1345" s="4" t="s">
+        <v>3777</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:10">
+      <c r="A1346" s="3" t="s">
+        <v>3778</v>
+      </c>
+      <c r="B1346" s="4" t="s">
+        <v>3779</v>
+      </c>
+      <c r="C1346" s="4" t="s">
+        <v>3780</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:10">
+      <c r="A1347" s="3" t="s">
+        <v>3781</v>
+      </c>
+      <c r="B1347" s="4" t="s">
+        <v>3782</v>
+      </c>
+      <c r="C1347" s="4" t="s">
+        <v>3783</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:10">
+      <c r="A1348" s="3" t="s">
+        <v>3784</v>
+      </c>
+      <c r="B1348" s="4" t="s">
+        <v>3785</v>
+      </c>
+      <c r="C1348" s="4" t="s">
+        <v>3786</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:10">
+      <c r="A1349" s="3" t="s">
+        <v>3787</v>
+      </c>
+      <c r="B1349" s="4" t="s">
+        <v>3788</v>
+      </c>
+      <c r="C1349" s="4" t="s">
+        <v>3789</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:10">
+      <c r="A1350" s="3" t="s">
+        <v>3790</v>
+      </c>
+      <c r="B1350" s="4" t="s">
+        <v>3791</v>
+      </c>
+      <c r="C1350" s="4" t="s">
+        <v>3792</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:10">
+      <c r="A1351" s="3" t="s">
+        <v>3793</v>
+      </c>
+      <c r="B1351" s="4" t="s">
+        <v>3794</v>
+      </c>
+      <c r="C1351" s="4" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:10">
+      <c r="A1352" s="3" t="s">
+        <v>3796</v>
+      </c>
+      <c r="B1352" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C1352" s="4" t="s">
+        <v>3797</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:10">
+      <c r="A1353" s="3" t="s">
+        <v>3798</v>
+      </c>
+      <c r="B1353" s="4" t="s">
+        <v>3799</v>
+      </c>
+      <c r="C1353" s="4" t="s">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:10">
+      <c r="A1354" s="3" t="s">
+        <v>3801</v>
+      </c>
+      <c r="B1354" s="4" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C1354" s="4" t="s">
+        <v>3802</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:10">
+      <c r="A1355" s="3" t="s">
+        <v>3803</v>
+      </c>
+      <c r="B1355" s="4" t="s">
+        <v>3804</v>
+      </c>
+      <c r="C1355" s="4" t="s">
+        <v>3805</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:10">
+      <c r="A1356" s="3" t="s">
+        <v>3806</v>
+      </c>
+      <c r="B1356" s="4" t="s">
+        <v>931</v>
+      </c>
+      <c r="C1356" s="4" t="s">
+        <v>3807</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:10">
+      <c r="A1357" s="3" t="s">
+        <v>3808</v>
+      </c>
+      <c r="B1357" s="4" t="s">
+        <v>3809</v>
+      </c>
+      <c r="C1357" s="4" t="s">
+        <v>3810</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:10">
+      <c r="A1358" s="3" t="s">
+        <v>3811</v>
+      </c>
+      <c r="B1358" s="4" t="s">
+        <v>3812</v>
+      </c>
+      <c r="C1358" s="4" t="s">
+        <v>3813</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:10">
+      <c r="A1359" s="3" t="s">
+        <v>3814</v>
+      </c>
+      <c r="B1359" s="4" t="s">
+        <v>3815</v>
+      </c>
+      <c r="C1359" s="4" t="s">
+        <v>2857</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:10">
+      <c r="A1360" s="3" t="s">
+        <v>3816</v>
+      </c>
+      <c r="B1360" s="4" t="s">
+        <v>3817</v>
+      </c>
+      <c r="C1360" s="4" t="s">
+        <v>3818</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:10">
+      <c r="A1361" s="3" t="s">
+        <v>3819</v>
+      </c>
+      <c r="B1361" s="4" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C1361" s="4" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:10">
+      <c r="A1362" s="3" t="s">
+        <v>3820</v>
+      </c>
+      <c r="B1362" s="4" t="s">
+        <v>3821</v>
+      </c>
+      <c r="C1362" s="4" t="s">
+        <v>3822</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:10">
+      <c r="A1363" s="3" t="s">
+        <v>3823</v>
+      </c>
+      <c r="B1363" s="4" t="s">
+        <v>3824</v>
+      </c>
+      <c r="C1363" s="4" t="s">
+        <v>3825</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:10">
+      <c r="A1364" s="3" t="s">
+        <v>3826</v>
+      </c>
+      <c r="B1364" s="4" t="s">
+        <v>3827</v>
+      </c>
+      <c r="C1364" s="4" t="s">
+        <v>3828</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:10">
+      <c r="A1365" s="3" t="s">
+        <v>3829</v>
+      </c>
+      <c r="B1365" s="4" t="s">
+        <v>3830</v>
+      </c>
+      <c r="C1365" s="4" t="s">
+        <v>3831</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:10">
+      <c r="A1366" s="3" t="s">
+        <v>3832</v>
+      </c>
+      <c r="B1366" s="4" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C1366" s="4" t="s">
+        <v>3833</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:10">
+      <c r="A1367" s="3" t="s">
+        <v>3834</v>
+      </c>
+      <c r="B1367" s="4" t="s">
+        <v>3835</v>
+      </c>
+      <c r="C1367" s="4" t="s">
+        <v>3836</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:10">
+      <c r="A1368" s="3" t="s">
+        <v>3837</v>
+      </c>
+      <c r="B1368" s="4" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C1368" s="4" t="s">
+        <v>3838</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:10">
+      <c r="A1369" s="3" t="s">
+        <v>3839</v>
+      </c>
+      <c r="B1369" s="4" t="s">
+        <v>3840</v>
+      </c>
+      <c r="C1369" s="4" t="s">
+        <v>3841</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:10">
+      <c r="A1370" s="3" t="s">
+        <v>3842</v>
+      </c>
+      <c r="B1370" s="4" t="s">
+        <v>3843</v>
+      </c>
+      <c r="C1370" s="4" t="s">
+        <v>3844</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:10">
+      <c r="A1371" s="3" t="s">
+        <v>3845</v>
+      </c>
+      <c r="B1371" s="4" t="s">
+        <v>3846</v>
+      </c>
+      <c r="C1371" s="4" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:10">
+      <c r="A1372" s="3" t="s">
+        <v>3847</v>
+      </c>
+      <c r="B1372" s="4" t="s">
+        <v>3848</v>
+      </c>
+      <c r="C1372" s="4" t="s">
+        <v>3849</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:10">
+      <c r="A1373" s="3" t="s">
+        <v>3850</v>
+      </c>
+      <c r="B1373" s="4" t="s">
+        <v>3851</v>
+      </c>
+      <c r="C1373" s="4" t="s">
+        <v>3852</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:10">
+      <c r="A1374" s="3" t="s">
+        <v>3853</v>
+      </c>
+      <c r="B1374" s="4" t="s">
+        <v>3117</v>
+      </c>
+      <c r="C1374" s="4" t="s">
+        <v>3854</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:10">
+      <c r="A1375" s="3" t="s">
+        <v>3855</v>
+      </c>
+      <c r="B1375" s="4" t="s">
+        <v>3856</v>
+      </c>
+      <c r="C1375" s="4" t="s">
+        <v>3857</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:10">
+      <c r="A1376" s="3" t="s">
+        <v>3858</v>
+      </c>
+      <c r="B1376" s="4" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C1376" s="4" t="s">
+        <v>3859</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:10">
+      <c r="A1377" s="3" t="s">
+        <v>3860</v>
+      </c>
+      <c r="B1377" s="4" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C1377" s="4" t="s">
+        <v>3862</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:10">
+      <c r="A1378" s="3" t="s">
+        <v>3863</v>
+      </c>
+      <c r="B1378" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="C1378" s="4" t="s">
+        <v>3864</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:10">
+      <c r="A1379" s="3" t="s">
+        <v>3865</v>
+      </c>
+      <c r="B1379" s="4" t="s">
+        <v>3866</v>
+      </c>
+      <c r="C1379" s="4" t="s">
+        <v>3867</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:10">
+      <c r="A1380" s="3" t="s">
+        <v>3868</v>
+      </c>
+      <c r="B1380" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="C1380" s="4" t="s">
+        <v>3869</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:10">
+      <c r="A1381" s="3" t="s">
+        <v>3870</v>
+      </c>
+      <c r="B1381" s="4" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C1381" s="4" t="s">
+        <v>3871</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:10">
+      <c r="A1382" s="3" t="s">
+        <v>3872</v>
+      </c>
+      <c r="B1382" s="4" t="s">
+        <v>3873</v>
+      </c>
+      <c r="C1382" s="4" t="s">
+        <v>3874</v>
+      </c>
+    </row>
+    <row r="1383" spans="1:10">
+      <c r="A1383" s="3" t="s">
+        <v>3875</v>
+      </c>
+      <c r="B1383" s="4" t="s">
+        <v>3876</v>
+      </c>
+      <c r="C1383" s="4" t="s">
+        <v>3877</v>
+      </c>
+    </row>
+    <row r="1384" spans="1:10">
+      <c r="A1384" s="3" t="s">
+        <v>3878</v>
+      </c>
+      <c r="B1384" s="4" t="s">
+        <v>3879</v>
+      </c>
+      <c r="C1384" s="4" t="s">
+        <v>3880</v>
+      </c>
+    </row>
+    <row r="1385" spans="1:10">
+      <c r="A1385" s="3" t="s">
+        <v>3881</v>
+      </c>
+      <c r="B1385" s="4" t="s">
+        <v>3882</v>
+      </c>
+      <c r="C1385" s="4" t="s">
+        <v>3883</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:10">
+      <c r="A1386" s="3" t="s">
+        <v>3884</v>
+      </c>
+      <c r="B1386" s="4" t="s">
+        <v>3885</v>
+      </c>
+      <c r="C1386" s="4" t="s">
+        <v>3831</v>
+      </c>
+    </row>
+    <row r="1387" spans="1:10">
+      <c r="A1387" s="3" t="s">
+        <v>3886</v>
+      </c>
+      <c r="B1387" s="4" t="s">
+        <v>2116</v>
+      </c>
+      <c r="C1387" s="4" t="s">
+        <v>3887</v>
+      </c>
+    </row>
+    <row r="1388" spans="1:10">
+      <c r="A1388" s="3" t="s">
+        <v>3888</v>
+      </c>
+      <c r="B1388" s="4" t="s">
+        <v>2873</v>
+      </c>
+      <c r="C1388" s="4" t="s">
+        <v>3889</v>
+      </c>
+    </row>
+    <row r="1389" spans="1:10">
+      <c r="A1389" s="3" t="s">
+        <v>3890</v>
+      </c>
+      <c r="B1389" s="4" t="s">
+        <v>3891</v>
+      </c>
+      <c r="C1389" s="4" t="s">
+        <v>3892</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:10">
+      <c r="A1390" s="3" t="s">
+        <v>3893</v>
+      </c>
+      <c r="B1390" s="4" t="s">
+        <v>574</v>
+      </c>
+      <c r="C1390" s="4" t="s">
+        <v>3894</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:10">
+      <c r="A1391" s="3" t="s">
+        <v>3895</v>
+      </c>
+      <c r="B1391" s="4" t="s">
+        <v>3896</v>
+      </c>
+      <c r="C1391" s="4" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:10">
+      <c r="A1392" s="3" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B1392" s="4" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C1392" s="4" t="s">
+        <v>3899</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:10">
+      <c r="A1393" s="3" t="s">
+        <v>3900</v>
+      </c>
+      <c r="B1393" s="4" t="s">
+        <v>3901</v>
+      </c>
+      <c r="C1393" s="4" t="s">
+        <v>3902</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:10">
+      <c r="A1394" s="3" t="s">
+        <v>3903</v>
+      </c>
+      <c r="B1394" s="4" t="s">
+        <v>3904</v>
+      </c>
+      <c r="C1394" s="4" t="s">
+        <v>3905</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:10">
+      <c r="A1395" s="3" t="s">
+        <v>3906</v>
+      </c>
+      <c r="B1395" s="4" t="s">
+        <v>3907</v>
+      </c>
+      <c r="C1395" s="4" t="s">
+        <v>3908</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:10">
+      <c r="A1396" s="3" t="s">
+        <v>3909</v>
+      </c>
+      <c r="B1396" s="4" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C1396" s="4" t="s">
+        <v>3910</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:10">
+      <c r="A1397" s="3" t="s">
+        <v>3911</v>
+      </c>
+      <c r="B1397" s="4" t="s">
+        <v>3502</v>
+      </c>
+      <c r="C1397" s="4" t="s">
+        <v>3912</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:10">
+      <c r="A1398" s="3" t="s">
+        <v>3913</v>
+      </c>
+      <c r="B1398" s="4" t="s">
+        <v>3914</v>
+      </c>
+      <c r="C1398" s="4" t="s">
+        <v>3915</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:10">
+      <c r="A1399" s="3" t="s">
+        <v>3916</v>
+      </c>
+      <c r="B1399" s="4" t="s">
+        <v>3917</v>
+      </c>
+      <c r="C1399" s="4" t="s">
+        <v>3918</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:10">
+      <c r="A1400" s="3" t="s">
+        <v>3919</v>
+      </c>
+      <c r="B1400" s="4" t="s">
+        <v>486</v>
+      </c>
+      <c r="C1400" s="4" t="s">
+        <v>3920</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:10">
+      <c r="A1401" s="3" t="s">
+        <v>3921</v>
+      </c>
+      <c r="B1401" s="4" t="s">
+        <v>3922</v>
+      </c>
+      <c r="C1401" s="4" t="s">
+        <v>3923</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:10">
+      <c r="A1402" s="3" t="s">
+        <v>3924</v>
+      </c>
+      <c r="B1402" s="4" t="s">
+        <v>3925</v>
+      </c>
+      <c r="C1402" s="4" t="s">
+        <v>3926</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:10">
+      <c r="A1403" s="3" t="s">
+        <v>3927</v>
+      </c>
+      <c r="B1403" s="4" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C1403" s="4" t="s">
+        <v>3928</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:10">
+      <c r="A1404" s="3" t="s">
+        <v>3929</v>
+      </c>
+      <c r="B1404" s="4" t="s">
+        <v>3930</v>
+      </c>
+      <c r="C1404" s="4" t="s">
+        <v>3931</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:10">
+      <c r="A1405" s="3" t="s">
+        <v>3932</v>
+      </c>
+      <c r="B1405" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C1405" s="4" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:10">
+      <c r="A1406" s="3" t="s">
+        <v>3933</v>
+      </c>
+      <c r="B1406" s="4" t="s">
+        <v>3934</v>
+      </c>
+      <c r="C1406" s="4" t="s">
+        <v>3935</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:10">
+      <c r="A1407" s="3" t="s">
+        <v>3936</v>
+      </c>
+      <c r="B1407" s="4" t="s">
+        <v>3937</v>
+      </c>
+      <c r="C1407" s="4" t="s">
+        <v>3938</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:10">
+      <c r="A1408" s="3" t="s">
+        <v>3939</v>
+      </c>
+      <c r="B1408" s="4" t="s">
+        <v>3937</v>
+      </c>
+      <c r="C1408" s="4" t="s">
+        <v>3940</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:10">
+      <c r="A1409" s="3" t="s">
+        <v>3941</v>
+      </c>
+      <c r="B1409" s="4" t="s">
+        <v>3942</v>
+      </c>
+      <c r="C1409" s="4" t="s">
+        <v>3943</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:10">
+      <c r="A1410" s="3" t="s">
+        <v>3944</v>
+      </c>
+      <c r="B1410" s="4" t="s">
+        <v>3945</v>
+      </c>
+      <c r="C1410" s="4" t="s">
+        <v>3946</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:10">
+      <c r="A1411" s="3" t="s">
+        <v>3947</v>
+      </c>
+      <c r="B1411" s="4" t="s">
+        <v>3948</v>
+      </c>
+      <c r="C1411" s="4" t="s">
+        <v>3949</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:10">
+      <c r="A1412" s="3" t="s">
+        <v>3950</v>
+      </c>
+      <c r="B1412" s="4" t="s">
+        <v>3951</v>
+      </c>
+      <c r="C1412" s="4" t="s">
+        <v>3952</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:10">
+      <c r="A1413" s="3" t="s">
+        <v>3953</v>
+      </c>
+      <c r="B1413" s="4" t="s">
+        <v>3954</v>
+      </c>
+      <c r="C1413" s="4" t="s">
+        <v>3955</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:10">
+      <c r="A1414" s="3" t="s">
+        <v>3956</v>
+      </c>
+      <c r="B1414" s="4" t="s">
+        <v>3957</v>
+      </c>
+      <c r="C1414" s="4" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:10">
+      <c r="A1415" s="3" t="s">
+        <v>3959</v>
+      </c>
+      <c r="B1415" s="4" t="s">
+        <v>3960</v>
+      </c>
+      <c r="C1415" s="4" t="s">
+        <v>3961</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:10">
+      <c r="A1416" s="3" t="s">
+        <v>3962</v>
+      </c>
+      <c r="B1416" s="4" t="s">
+        <v>3963</v>
+      </c>
+      <c r="C1416" s="4" t="s">
+        <v>3964</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:10">
+      <c r="A1417" s="3" t="s">
+        <v>3965</v>
+      </c>
+      <c r="B1417" s="4" t="s">
+        <v>3966</v>
+      </c>
+      <c r="C1417" s="4" t="s">
+        <v>3967</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:10">
+      <c r="A1418" s="3" t="s">
+        <v>3968</v>
+      </c>
+      <c r="B1418" s="4" t="s">
+        <v>3969</v>
+      </c>
+      <c r="C1418" s="4" t="s">
+        <v>3970</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:10">
+      <c r="A1419" s="3" t="s">
+        <v>3971</v>
+      </c>
+      <c r="B1419" s="4" t="s">
+        <v>3972</v>
+      </c>
+      <c r="C1419" s="4" t="s">
+        <v>3973</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:10">
+      <c r="A1420" s="3" t="s">
+        <v>3974</v>
+      </c>
+      <c r="B1420" s="4" t="s">
+        <v>3597</v>
+      </c>
+      <c r="C1420" s="4" t="s">
+        <v>3975</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:10">
+      <c r="A1421" s="3" t="s">
+        <v>3976</v>
+      </c>
+      <c r="B1421" s="4" t="s">
+        <v>3977</v>
+      </c>
+      <c r="C1421" s="4" t="s">
+        <v>3978</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:10">
+      <c r="A1422" s="3" t="s">
+        <v>3979</v>
+      </c>
+      <c r="B1422" s="4" t="s">
+        <v>3980</v>
+      </c>
+      <c r="C1422" s="4" t="s">
+        <v>3981</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:10">
+      <c r="A1423" s="3" t="s">
+        <v>3982</v>
+      </c>
+      <c r="B1423" s="4" t="s">
+        <v>3983</v>
+      </c>
+      <c r="C1423" s="4" t="s">
+        <v>3984</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:10">
+      <c r="A1424" s="3" t="s">
+        <v>3985</v>
+      </c>
+      <c r="B1424" s="4" t="s">
+        <v>2711</v>
+      </c>
+      <c r="C1424" s="4" t="s">
+        <v>3986</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:10">
+      <c r="A1425" s="3" t="s">
+        <v>3987</v>
+      </c>
+      <c r="B1425" s="4" t="s">
+        <v>3988</v>
+      </c>
+      <c r="C1425" s="4" t="s">
+        <v>3989</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:10">
+      <c r="A1426" s="3" t="s">
+        <v>3990</v>
+      </c>
+      <c r="B1426" s="4" t="s">
+        <v>2692</v>
+      </c>
+      <c r="C1426" s="4" t="s">
+        <v>3991</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:10">
+      <c r="A1427" s="3" t="s">
+        <v>3992</v>
+      </c>
+      <c r="B1427" s="4" t="s">
+        <v>3305</v>
+      </c>
+      <c r="C1427" s="4" t="s">
+        <v>3306</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:10">
+      <c r="A1428" s="3" t="s">
+        <v>3993</v>
+      </c>
+      <c r="B1428" s="4" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C1428" s="4" t="s">
+        <v>3994</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:10">
+      <c r="A1429" s="3" t="s">
+        <v>3995</v>
+      </c>
+      <c r="B1429" s="4" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C1429" s="4" t="s">
+        <v>3996</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:10">
+      <c r="A1430" s="3" t="s">
+        <v>3997</v>
+      </c>
+      <c r="B1430" s="4" t="s">
+        <v>3998</v>
+      </c>
+      <c r="C1430" s="4" t="s">
+        <v>3999</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:10">
+      <c r="A1431" s="3" t="s">
+        <v>4000</v>
+      </c>
+      <c r="B1431" s="4" t="s">
+        <v>4001</v>
+      </c>
+      <c r="C1431" s="4" t="s">
+        <v>4002</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:10">
+      <c r="A1432" s="3" t="s">
+        <v>4003</v>
+      </c>
+      <c r="B1432" s="4" t="s">
+        <v>4004</v>
+      </c>
+      <c r="C1432" s="4" t="s">
+        <v>4005</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:10">
+      <c r="A1433" s="3" t="s">
+        <v>4006</v>
+      </c>
+      <c r="B1433" s="4" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C1433" s="4" t="s">
+        <v>4007</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:10">
+      <c r="A1434" s="3" t="s">
+        <v>4008</v>
+      </c>
+      <c r="B1434" s="4" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C1434" s="4" t="s">
+        <v>4009</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:10">
+      <c r="A1435" s="3" t="s">
+        <v>4010</v>
+      </c>
+      <c r="B1435" s="4" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C1435" s="4" t="s">
+        <v>4011</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:10">
+      <c r="A1436" s="3" t="s">
+        <v>4012</v>
+      </c>
+      <c r="B1436" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="C1436" s="4" t="s">
+        <v>4013</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:10">
+      <c r="A1437" s="3" t="s">
+        <v>4014</v>
+      </c>
+      <c r="B1437" s="4" t="s">
+        <v>3937</v>
+      </c>
+      <c r="C1437" s="4" t="s">
+        <v>4015</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:10">
+      <c r="A1438" s="3" t="s">
+        <v>4016</v>
+      </c>
+      <c r="B1438" s="4" t="s">
+        <v>4017</v>
+      </c>
+      <c r="C1438" s="4" t="s">
+        <v>4018</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>